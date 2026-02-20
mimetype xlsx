--- v0 (2025-11-04)
+++ v1 (2026-02-20)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="559" uniqueCount="559">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="564">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -641,50 +641,59 @@
   <si>
     <t>978655605626-5</t>
   </si>
   <si>
     <t>Empresa Familiar no Brasil - Contribuições da Administração e da Psicologia na Perspectiva Sistêmica</t>
   </si>
   <si>
     <t>Tatiane Regina Petrillo Pires de Araujo e Julia Sursis Nobre Ferro Bucher-Maluschke</t>
   </si>
   <si>
     <t>978853629069-0</t>
   </si>
   <si>
     <t>Empresa Familiar ou... Inferno familiar?</t>
   </si>
   <si>
     <t>Oldoni Pedro Floriani</t>
   </si>
   <si>
     <t>2ª Edição – Revista e Atualizada</t>
   </si>
   <si>
     <t>978853621743-7</t>
   </si>
   <si>
+    <t>Escola Cívico-Militar - O Desenvolvimento da Visão Unificada Diante da Pedagogia da Confluência em Face dos Valores Oferecidos pelos Sistemas de Educação</t>
+  </si>
+  <si>
+    <t>Nilo Henrique Nunes Caldas</t>
+  </si>
+  <si>
+    <t>978652632044-0</t>
+  </si>
+  <si>
     <t>Escrituração Contábil - Aspectos Essenciais à sua Validação - À Luz dos Novos Padrões de Contabilidade - Prefácio de Adilson Cordeiro</t>
   </si>
   <si>
     <t>5ª Edição - Revista e Atualizada</t>
   </si>
   <si>
     <t>978655605448-3</t>
   </si>
   <si>
     <t>Escrituração Contábil Geral</t>
   </si>
   <si>
     <t>978853625139-4</t>
   </si>
   <si>
     <t>ESG - Environmental, Social And Governance - Novos Horizontes e Perspectivas da Sustentabilidade Corporativa</t>
   </si>
   <si>
     <t>Coordenador: Roger Maciel de Oliveira - Organizadora: Vitória Bastos Bernardi</t>
   </si>
   <si>
     <t>978652630375-7</t>
   </si>
   <si>
     <t>Estilhaços do Real - O Ensino da Administração em uma Perspectiva Benjaminiana</t>
@@ -1422,50 +1431,56 @@
     <t>978853627013-5</t>
   </si>
   <si>
     <t>Prática de Orçamento Empresarial</t>
   </si>
   <si>
     <t>978853629199-4</t>
   </si>
   <si>
     <t>Práticas de Gestão do Tempo - Estratégias e Aplicações - Uma Jornada do Caos ao Equilíbrio</t>
   </si>
   <si>
     <t>Daniela Teodoro de Paula</t>
   </si>
   <si>
     <t>978652630968-1</t>
   </si>
   <si>
     <t>Preservação da Empresa no Código Civil Brasileiro</t>
   </si>
   <si>
     <t>Carlos Alberto Farracha de Castro</t>
   </si>
   <si>
     <t>978853621570-9</t>
+  </si>
+  <si>
+    <t>Prestação de Serviços Públicos no Brasil - Uma Análise Social e Reflexiva</t>
+  </si>
+  <si>
+    <t>978652632063-1</t>
   </si>
   <si>
     <t>Processo Decisório - Considerações sobre a Tomada de Decisões</t>
   </si>
   <si>
     <t>Maria Auxiliadora do Nascimento Mélo, Maria das Graças Vieira e Telma Sueli de Oliveira Porto</t>
   </si>
   <si>
     <t>978853623368-0</t>
   </si>
   <si>
     <t>Programa de Qualidade Total para Empresas de Pequeno e Médio Porte - Roteiro Prático de Implantação</t>
   </si>
   <si>
     <t>Luiz Carlos Zanella</t>
   </si>
   <si>
     <t>978853622086-4</t>
   </si>
   <si>
     <t>Projetos Empresariais - Elaboração e Análise de Viabilidade</t>
   </si>
   <si>
     <t>Edison Küster e Fabiane Christina Küster</t>
   </si>
@@ -1739,51 +1754,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R197"/>
+  <dimension ref="A1:R199"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="15"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -5011,6198 +5026,6295 @@
       </c>
       <c r="K68">
         <v>13</v>
       </c>
       <c r="L68" s="1">
         <v>39366</v>
       </c>
       <c r="M68" s="2">
         <v>9788536217437</v>
       </c>
       <c r="N68" t="s" s="3">
         <v>209</v>
       </c>
       <c r="O68" s="4">
         <v>109.90</v>
       </c>
       <c r="P68" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>28932</v>
+        <v>31954</v>
       </c>
       <c r="C69" t="s">
         <v>210</v>
       </c>
       <c r="D69" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="E69" t="s">
         <v>211</v>
       </c>
       <c r="F69">
-        <v>218</v>
+        <v>120</v>
       </c>
       <c r="G69">
-        <v>270</v>
+        <v>154</v>
       </c>
       <c r="H69" t="s">
         <v>18</v>
       </c>
       <c r="I69">
         <v>150</v>
       </c>
       <c r="J69">
         <v>210</v>
       </c>
       <c r="K69">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L69" s="1">
-        <v>44249</v>
+        <v>46036</v>
       </c>
       <c r="M69" s="2">
-        <v>9786556054483</v>
+        <v>9786526320440</v>
       </c>
       <c r="N69" t="s" s="3">
         <v>212</v>
       </c>
       <c r="O69" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P69" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
-        <v>23957</v>
+        <v>28932</v>
       </c>
       <c r="C70" t="s">
         <v>213</v>
       </c>
       <c r="D70" t="s">
-        <v>57</v>
+        <v>53</v>
+      </c>
+      <c r="E70" t="s">
+        <v>214</v>
       </c>
       <c r="F70">
-        <v>336</v>
+        <v>218</v>
       </c>
       <c r="G70">
-        <v>417</v>
+        <v>270</v>
       </c>
       <c r="H70" t="s">
         <v>18</v>
       </c>
       <c r="I70">
         <v>150</v>
       </c>
       <c r="J70">
         <v>210</v>
       </c>
       <c r="K70">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="L70" s="1">
-        <v>42145</v>
+        <v>44249</v>
       </c>
       <c r="M70" s="2">
-        <v>9788536251394</v>
+        <v>9786556054483</v>
       </c>
       <c r="N70" t="s" s="3">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="O70" s="4">
-        <v>139.90</v>
+        <v>99.90</v>
       </c>
       <c r="P70" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
-        <v>30356</v>
+        <v>23957</v>
       </c>
       <c r="C71" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D71" t="s">
-        <v>216</v>
+        <v>57</v>
       </c>
       <c r="F71">
-        <v>206</v>
+        <v>336</v>
       </c>
       <c r="G71">
-        <v>255</v>
+        <v>417</v>
       </c>
       <c r="H71" t="s">
         <v>18</v>
       </c>
       <c r="I71">
         <v>150</v>
       </c>
       <c r="J71">
         <v>210</v>
       </c>
       <c r="K71">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="L71" s="1">
-        <v>45002</v>
+        <v>42145</v>
       </c>
       <c r="M71" s="2">
-        <v>9786526303757</v>
+        <v>9788536251394</v>
       </c>
       <c r="N71" t="s" s="3">
         <v>217</v>
       </c>
       <c r="O71" s="4">
-        <v>99.90</v>
+        <v>139.90</v>
       </c>
       <c r="P71" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
-        <v>22667</v>
+        <v>30356</v>
       </c>
       <c r="C72" t="s">
         <v>218</v>
       </c>
       <c r="D72" t="s">
         <v>219</v>
       </c>
       <c r="F72">
-        <v>138</v>
+        <v>206</v>
       </c>
       <c r="G72">
-        <v>290</v>
+        <v>255</v>
       </c>
       <c r="H72" t="s">
         <v>18</v>
       </c>
       <c r="I72">
         <v>150</v>
       </c>
       <c r="J72">
         <v>210</v>
       </c>
       <c r="K72">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L72" s="1">
-        <v>41087</v>
+        <v>45002</v>
       </c>
       <c r="M72" s="2">
-        <v>9788536238234</v>
+        <v>9786526303757</v>
       </c>
       <c r="N72" t="s" s="3">
         <v>220</v>
       </c>
       <c r="O72" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P72" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
-        <v>13043</v>
+        <v>22667</v>
       </c>
       <c r="C73" t="s">
         <v>221</v>
       </c>
       <c r="D73" t="s">
         <v>222</v>
       </c>
       <c r="F73">
-        <v>224</v>
+        <v>138</v>
       </c>
       <c r="G73">
-        <v>306</v>
+        <v>290</v>
       </c>
       <c r="H73" t="s">
         <v>18</v>
       </c>
       <c r="I73">
         <v>150</v>
       </c>
       <c r="J73">
         <v>210</v>
       </c>
       <c r="K73">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L73" s="1">
-        <v>38321</v>
+        <v>41087</v>
       </c>
       <c r="M73" s="2">
-        <v>9788536208619</v>
+        <v>9788536238234</v>
       </c>
       <c r="N73" t="s" s="3">
         <v>223</v>
       </c>
       <c r="O73" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P73" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
-        <v>12993</v>
+        <v>13043</v>
       </c>
       <c r="C74" t="s">
         <v>224</v>
       </c>
       <c r="D74" t="s">
         <v>225</v>
       </c>
       <c r="F74">
-        <v>248</v>
+        <v>224</v>
       </c>
       <c r="G74">
-        <v>334</v>
+        <v>306</v>
       </c>
       <c r="H74" t="s">
         <v>18</v>
       </c>
       <c r="I74">
         <v>150</v>
       </c>
       <c r="J74">
         <v>210</v>
       </c>
       <c r="K74">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="L74" s="1">
-        <v>38264</v>
+        <v>38321</v>
       </c>
       <c r="M74" s="2">
-        <v>9788536208107</v>
+        <v>9788536208619</v>
       </c>
       <c r="N74" t="s" s="3">
         <v>226</v>
       </c>
       <c r="O74" s="4">
         <v>109.90</v>
       </c>
       <c r="P74" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
-        <v>13042</v>
+        <v>12993</v>
       </c>
       <c r="C75" t="s">
         <v>227</v>
       </c>
       <c r="D75" t="s">
         <v>228</v>
       </c>
       <c r="F75">
-        <v>188</v>
+        <v>248</v>
       </c>
       <c r="G75">
-        <v>254</v>
+        <v>334</v>
       </c>
       <c r="H75" t="s">
         <v>18</v>
       </c>
       <c r="I75">
         <v>150</v>
       </c>
       <c r="J75">
         <v>210</v>
       </c>
       <c r="K75">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L75" s="1">
-        <v>38321</v>
+        <v>38264</v>
       </c>
       <c r="M75" s="2">
-        <v>9788536208602</v>
+        <v>9788536208107</v>
       </c>
       <c r="N75" t="s" s="3">
         <v>229</v>
       </c>
       <c r="O75" s="4">
-        <v>99.90</v>
+        <v>109.90</v>
       </c>
       <c r="P75" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
-        <v>29496</v>
+        <v>13042</v>
       </c>
       <c r="C76" t="s">
         <v>230</v>
       </c>
       <c r="D76" t="s">
         <v>231</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76">
-        <v>120</v>
+        <v>188</v>
       </c>
       <c r="G76">
-        <v>149</v>
+        <v>254</v>
       </c>
       <c r="H76" t="s">
         <v>18</v>
       </c>
       <c r="I76">
         <v>150</v>
       </c>
       <c r="J76">
         <v>210</v>
       </c>
       <c r="K76">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L76" s="1">
-        <v>44609</v>
+        <v>38321</v>
       </c>
       <c r="M76" s="2">
-        <v>9786556059129</v>
+        <v>9788536208602</v>
       </c>
       <c r="N76" t="s" s="3">
         <v>232</v>
       </c>
       <c r="O76" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P76" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
-        <v>22836</v>
+        <v>29496</v>
       </c>
       <c r="C77" t="s">
         <v>233</v>
       </c>
       <c r="D77" t="s">
         <v>234</v>
       </c>
+      <c r="E77" t="s">
+        <v>54</v>
+      </c>
       <c r="F77">
-        <v>164</v>
+        <v>120</v>
       </c>
       <c r="G77">
-        <v>210</v>
+        <v>149</v>
       </c>
       <c r="H77" t="s">
         <v>18</v>
       </c>
       <c r="I77">
         <v>150</v>
       </c>
       <c r="J77">
         <v>210</v>
       </c>
       <c r="K77">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L77" s="1">
-        <v>41225</v>
+        <v>44609</v>
       </c>
       <c r="M77" s="2">
-        <v>9788536239835</v>
+        <v>9786556059129</v>
       </c>
       <c r="N77" t="s" s="3">
         <v>235</v>
       </c>
       <c r="O77" s="4">
-        <v>74.70</v>
+        <v>69.90</v>
       </c>
       <c r="P77" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
-        <v>22745</v>
+        <v>22836</v>
       </c>
       <c r="C78" t="s">
         <v>236</v>
       </c>
       <c r="D78" t="s">
-        <v>57</v>
+        <v>237</v>
       </c>
       <c r="F78">
-        <v>216</v>
+        <v>164</v>
       </c>
       <c r="G78">
-        <v>285</v>
+        <v>210</v>
       </c>
       <c r="H78" t="s">
         <v>18</v>
       </c>
       <c r="I78">
         <v>150</v>
       </c>
       <c r="J78">
         <v>210</v>
       </c>
       <c r="K78">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L78" s="1">
-        <v>41163</v>
+        <v>41225</v>
       </c>
       <c r="M78" s="2">
-        <v>9788536238760</v>
+        <v>9788536239835</v>
       </c>
       <c r="N78" t="s" s="3">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="O78" s="4">
-        <v>89.90</v>
+        <v>74.70</v>
       </c>
       <c r="P78" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
-        <v>24482</v>
+        <v>22745</v>
       </c>
       <c r="C79" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D79" t="s">
-        <v>239</v>
+        <v>57</v>
       </c>
       <c r="F79">
-        <v>144</v>
+        <v>216</v>
       </c>
       <c r="G79">
-        <v>178</v>
+        <v>285</v>
       </c>
       <c r="H79" t="s">
         <v>18</v>
       </c>
       <c r="I79">
         <v>150</v>
       </c>
       <c r="J79">
         <v>210</v>
       </c>
       <c r="K79">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L79" s="1">
-        <v>42447</v>
+        <v>41163</v>
       </c>
       <c r="M79" s="2">
-        <v>9788536256368</v>
+        <v>9788536238760</v>
       </c>
       <c r="N79" t="s" s="3">
         <v>240</v>
       </c>
       <c r="O79" s="4">
-        <v>74.70</v>
+        <v>89.90</v>
       </c>
       <c r="P79" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
-        <v>23964</v>
+        <v>24482</v>
       </c>
       <c r="C80" t="s">
         <v>241</v>
       </c>
       <c r="D80" t="s">
         <v>242</v>
       </c>
       <c r="F80">
-        <v>168</v>
+        <v>144</v>
       </c>
       <c r="G80">
-        <v>208</v>
+        <v>178</v>
       </c>
       <c r="H80" t="s">
         <v>18</v>
       </c>
       <c r="I80">
         <v>150</v>
       </c>
       <c r="J80">
         <v>210</v>
       </c>
       <c r="K80">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L80" s="1">
-        <v>42150</v>
+        <v>42447</v>
       </c>
       <c r="M80" s="2">
-        <v>9788536251721</v>
+        <v>9788536256368</v>
       </c>
       <c r="N80" t="s" s="3">
         <v>243</v>
       </c>
       <c r="O80" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P80" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>25387</v>
+        <v>23964</v>
       </c>
       <c r="C81" t="s">
         <v>244</v>
       </c>
       <c r="D81" t="s">
         <v>245</v>
       </c>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81">
-        <v>246</v>
+        <v>168</v>
       </c>
       <c r="G81">
-        <v>305</v>
+        <v>208</v>
       </c>
       <c r="H81" t="s">
         <v>18</v>
       </c>
       <c r="I81">
         <v>150</v>
       </c>
       <c r="J81">
         <v>210</v>
       </c>
       <c r="K81">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L81" s="1">
-        <v>42766</v>
+        <v>42150</v>
       </c>
       <c r="M81" s="2">
-        <v>9788536265032</v>
+        <v>9788536251721</v>
       </c>
       <c r="N81" t="s" s="3">
         <v>246</v>
       </c>
       <c r="O81" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P81" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
-        <v>12386</v>
+        <v>25387</v>
       </c>
       <c r="C82" t="s">
         <v>247</v>
       </c>
       <c r="D82" t="s">
         <v>248</v>
       </c>
+      <c r="E82" t="s">
+        <v>54</v>
+      </c>
       <c r="F82">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="G82">
-        <v>324</v>
+        <v>305</v>
       </c>
       <c r="H82" t="s">
         <v>18</v>
       </c>
       <c r="I82">
         <v>150</v>
       </c>
       <c r="J82">
         <v>210</v>
       </c>
       <c r="K82">
         <v>13</v>
       </c>
       <c r="L82" s="1">
-        <v>37454</v>
+        <v>42766</v>
       </c>
       <c r="M82" s="2">
-        <v>9788536200330</v>
+        <v>9788536265032</v>
       </c>
       <c r="N82" t="s" s="3">
         <v>249</v>
       </c>
       <c r="O82" s="4">
         <v>109.90</v>
       </c>
       <c r="P82" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
-        <v>30690</v>
+        <v>12386</v>
       </c>
       <c r="C83" t="s">
         <v>250</v>
       </c>
       <c r="D83" t="s">
         <v>251</v>
       </c>
       <c r="F83">
-        <v>432</v>
+        <v>252</v>
       </c>
       <c r="G83">
-        <v>536</v>
+        <v>324</v>
       </c>
       <c r="H83" t="s">
         <v>18</v>
       </c>
       <c r="I83">
         <v>150</v>
       </c>
       <c r="J83">
         <v>210</v>
       </c>
       <c r="K83">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="L83" s="1">
-        <v>45188</v>
+        <v>37454</v>
       </c>
       <c r="M83" s="2">
-        <v>9786526308257</v>
+        <v>9788536200330</v>
       </c>
       <c r="N83" t="s" s="3">
         <v>252</v>
       </c>
       <c r="O83" s="4">
-        <v>209.90</v>
+        <v>109.90</v>
       </c>
       <c r="P83" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
-        <v>30178</v>
+        <v>30690</v>
       </c>
       <c r="C84" t="s">
         <v>253</v>
       </c>
       <c r="D84" t="s">
         <v>254</v>
       </c>
       <c r="F84">
-        <v>156</v>
+        <v>432</v>
       </c>
       <c r="G84">
-        <v>193</v>
+        <v>536</v>
       </c>
       <c r="H84" t="s">
         <v>18</v>
       </c>
       <c r="I84">
         <v>150</v>
       </c>
       <c r="J84">
         <v>210</v>
       </c>
       <c r="K84">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="L84" s="1">
-        <v>44875</v>
+        <v>45188</v>
       </c>
       <c r="M84" s="2">
-        <v>9786526302019</v>
+        <v>9786526308257</v>
       </c>
       <c r="N84" t="s" s="3">
         <v>255</v>
       </c>
       <c r="O84" s="4">
-        <v>89.90</v>
+        <v>209.90</v>
       </c>
       <c r="P84" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
-        <v>20041</v>
+        <v>30178</v>
       </c>
       <c r="C85" t="s">
         <v>256</v>
       </c>
       <c r="D85" t="s">
         <v>257</v>
       </c>
-      <c r="E85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85">
-        <v>362</v>
+        <v>156</v>
       </c>
       <c r="G85">
-        <v>434</v>
+        <v>193</v>
       </c>
       <c r="H85" t="s">
         <v>18</v>
       </c>
       <c r="I85">
         <v>150</v>
       </c>
       <c r="J85">
         <v>210</v>
       </c>
       <c r="K85">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="L85" s="1">
-        <v>38954</v>
+        <v>44875</v>
       </c>
       <c r="M85" s="2">
-        <v>9788536213439</v>
+        <v>9786526302019</v>
       </c>
       <c r="N85" t="s" s="3">
         <v>258</v>
       </c>
       <c r="O85" s="4">
-        <v>149.90</v>
+        <v>89.90</v>
       </c>
       <c r="P85" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
-        <v>30132</v>
+        <v>20041</v>
       </c>
       <c r="C86" t="s">
         <v>259</v>
       </c>
       <c r="D86" t="s">
         <v>260</v>
       </c>
       <c r="E86" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F86">
-        <v>384</v>
+        <v>362</v>
       </c>
       <c r="G86">
-        <v>476</v>
+        <v>434</v>
       </c>
       <c r="H86" t="s">
         <v>18</v>
       </c>
       <c r="I86">
         <v>150</v>
       </c>
       <c r="J86">
         <v>210</v>
       </c>
       <c r="K86">
         <v>19</v>
       </c>
       <c r="L86" s="1">
-        <v>44853</v>
+        <v>38954</v>
       </c>
       <c r="M86" s="2">
-        <v>9786526302071</v>
+        <v>9788536213439</v>
       </c>
       <c r="N86" t="s" s="3">
         <v>261</v>
       </c>
       <c r="O86" s="4">
-        <v>189.90</v>
+        <v>149.90</v>
       </c>
       <c r="P86" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
+        <v>30132</v>
+      </c>
+      <c r="C87" t="s">
+        <v>262</v>
+      </c>
+      <c r="D87" t="s">
+        <v>263</v>
+      </c>
+      <c r="E87" t="s">
+        <v>214</v>
+      </c>
+      <c r="F87">
+        <v>384</v>
+      </c>
+      <c r="G87">
+        <v>476</v>
+      </c>
+      <c r="H87" t="s">
+        <v>18</v>
+      </c>
+      <c r="I87">
+        <v>150</v>
+      </c>
+      <c r="J87">
+        <v>210</v>
+      </c>
+      <c r="K87">
+        <v>19</v>
+      </c>
+      <c r="L87" s="1">
+        <v>44853</v>
+      </c>
+      <c r="M87" s="2">
+        <v>9786526302071</v>
+      </c>
+      <c r="N87" t="s" s="3">
+        <v>264</v>
+      </c>
+      <c r="O87" s="4">
+        <v>189.90</v>
+      </c>
+      <c r="P87" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88">
+        <v>87</v>
+      </c>
+      <c r="B88">
         <v>29305</v>
       </c>
-      <c r="C87" t="inlineStr">
+      <c r="C88" t="inlineStr">
         <is>
           <t>Fundo de Comércio Goodwill - Apuração de Haveres - Balanço Patrimonial - Dano Emergente - Lucro Cessante - Locação Não Residencial - Desapropriações - Cooperativas - Franquias - Reembolso de Ações - Acervos Técnicos - Vida Útil - Perda de Oportunidade ou de Chance de Negócios</t>
         </is>
       </c>
-      <c r="D87" t="s">
+      <c r="D88" t="s">
         <v>53</v>
       </c>
-      <c r="E87" t="s">
+      <c r="E88" t="s">
         <v>163</v>
       </c>
-      <c r="F87">
+      <c r="F88">
         <v>490</v>
       </c>
-      <c r="G87">
+      <c r="G88">
         <v>608</v>
       </c>
-      <c r="H87" t="s">
-[...8 lines deleted...]
-      <c r="K87">
+      <c r="H88" t="s">
+        <v>18</v>
+      </c>
+      <c r="I88">
+        <v>150</v>
+      </c>
+      <c r="J88">
+        <v>210</v>
+      </c>
+      <c r="K88">
         <v>24</v>
       </c>
-      <c r="L87" s="1">
+      <c r="L88" s="1">
         <v>44484</v>
       </c>
-      <c r="M87" s="2">
+      <c r="M88" s="2">
         <v>9786556057330</v>
-      </c>
-[...45 lines deleted...]
-        <v>9788536262758</v>
       </c>
       <c r="N88" t="s" s="3">
         <v>265</v>
       </c>
       <c r="O88" s="4">
-        <v>109.90</v>
+        <v>209.90</v>
       </c>
       <c r="P88" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
+        <v>25154</v>
+      </c>
+      <c r="C89" t="s">
+        <v>266</v>
+      </c>
+      <c r="D89" t="s">
+        <v>267</v>
+      </c>
+      <c r="F89">
+        <v>242</v>
+      </c>
+      <c r="G89">
+        <v>300</v>
+      </c>
+      <c r="H89" t="s">
+        <v>18</v>
+      </c>
+      <c r="I89">
+        <v>150</v>
+      </c>
+      <c r="J89">
+        <v>210</v>
+      </c>
+      <c r="K89">
+        <v>13</v>
+      </c>
+      <c r="L89" s="1">
+        <v>42660</v>
+      </c>
+      <c r="M89" s="2">
+        <v>9788536262758</v>
+      </c>
+      <c r="N89" t="s" s="3">
+        <v>268</v>
+      </c>
+      <c r="O89" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P89" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90">
+        <v>89</v>
+      </c>
+      <c r="B90">
         <v>30015</v>
       </c>
-      <c r="C89" t="inlineStr">
+      <c r="C90" t="inlineStr">
         <is>
           <t>Gerenciamento de Fusões e Aquisições - Aspectos Societários, Tributários, Contábeis, Regulatórios e de Governança - Enfoque Multidisciplinar e Estratégico - Análise de Casos Reais</t>
         </is>
       </c>
-      <c r="D89" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D90" t="s">
         <v>269</v>
       </c>
       <c r="F90">
-        <v>146</v>
+        <v>220</v>
       </c>
       <c r="G90">
-        <v>181</v>
+        <v>273</v>
       </c>
       <c r="H90" t="s">
         <v>18</v>
       </c>
       <c r="I90">
         <v>150</v>
       </c>
       <c r="J90">
         <v>210</v>
       </c>
       <c r="K90">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L90" s="1">
-        <v>44260</v>
+        <v>44806</v>
       </c>
       <c r="M90" s="2">
-        <v>9786556054438</v>
+        <v>9786526301104</v>
       </c>
       <c r="N90" t="s" s="3">
         <v>270</v>
       </c>
       <c r="O90" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P90" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
-        <v>20933</v>
+        <v>28954</v>
       </c>
       <c r="C91" t="s">
         <v>271</v>
       </c>
       <c r="D91" t="s">
         <v>272</v>
       </c>
       <c r="F91">
-        <v>276</v>
+        <v>146</v>
       </c>
       <c r="G91">
-        <v>390</v>
+        <v>181</v>
       </c>
       <c r="H91" t="s">
         <v>18</v>
       </c>
       <c r="I91">
         <v>150</v>
       </c>
       <c r="J91">
         <v>210</v>
       </c>
       <c r="K91">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="L91" s="1">
-        <v>39763</v>
+        <v>44260</v>
       </c>
       <c r="M91" s="2">
-        <v>9788536222691</v>
+        <v>9786556054438</v>
       </c>
       <c r="N91" t="s" s="3">
         <v>273</v>
       </c>
       <c r="O91" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P91" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
-        <v>21009</v>
+        <v>20933</v>
       </c>
       <c r="C92" t="s">
         <v>274</v>
       </c>
       <c r="D92" t="s">
         <v>275</v>
       </c>
       <c r="F92">
-        <v>194</v>
+        <v>276</v>
       </c>
       <c r="G92">
-        <v>235</v>
+        <v>390</v>
       </c>
       <c r="H92" t="s">
         <v>18</v>
       </c>
       <c r="I92">
         <v>150</v>
       </c>
       <c r="J92">
         <v>210</v>
       </c>
       <c r="K92">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="L92" s="1">
-        <v>39862</v>
+        <v>39763</v>
       </c>
       <c r="M92" s="2">
-        <v>9788536223520</v>
+        <v>9788536222691</v>
       </c>
       <c r="N92" t="s" s="3">
         <v>276</v>
       </c>
       <c r="O92" s="4">
-        <v>84.70</v>
+        <v>119.90</v>
       </c>
       <c r="P92" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
-        <v>20967</v>
+        <v>21009</v>
       </c>
       <c r="C93" t="s">
         <v>277</v>
       </c>
       <c r="D93" t="s">
         <v>278</v>
       </c>
       <c r="F93">
-        <v>264</v>
+        <v>194</v>
       </c>
       <c r="G93">
-        <v>340</v>
+        <v>235</v>
       </c>
       <c r="H93" t="s">
         <v>18</v>
       </c>
       <c r="I93">
         <v>150</v>
       </c>
       <c r="J93">
         <v>210</v>
       </c>
       <c r="K93">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="L93" s="1">
-        <v>39801</v>
+        <v>39862</v>
       </c>
       <c r="M93" s="2">
-        <v>9788536222103</v>
+        <v>9788536223520</v>
       </c>
       <c r="N93" t="s" s="3">
         <v>279</v>
       </c>
       <c r="O93" s="4">
-        <v>109.90</v>
+        <v>84.70</v>
       </c>
       <c r="P93" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
-        <v>20861</v>
+        <v>20967</v>
       </c>
       <c r="C94" t="s">
         <v>280</v>
       </c>
       <c r="D94" t="s">
         <v>281</v>
       </c>
       <c r="F94">
-        <v>378</v>
+        <v>264</v>
       </c>
       <c r="G94">
         <v>340</v>
       </c>
       <c r="H94" t="s">
         <v>18</v>
       </c>
       <c r="I94">
         <v>150</v>
       </c>
       <c r="J94">
         <v>210</v>
       </c>
       <c r="K94">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="L94" s="1">
-        <v>39708</v>
+        <v>39801</v>
       </c>
       <c r="M94" s="2">
-        <v>9788536221854</v>
+        <v>9788536222103</v>
       </c>
       <c r="N94" t="s" s="3">
         <v>282</v>
       </c>
       <c r="O94" s="4">
-        <v>159.90</v>
+        <v>109.90</v>
       </c>
       <c r="P94" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
-        <v>21092</v>
+        <v>20861</v>
       </c>
       <c r="C95" t="s">
         <v>283</v>
       </c>
       <c r="D95" t="s">
         <v>284</v>
       </c>
-      <c r="E95" t="s">
+      <c r="F95">
+        <v>378</v>
+      </c>
+      <c r="G95">
+        <v>340</v>
+      </c>
+      <c r="H95" t="s">
+        <v>18</v>
+      </c>
+      <c r="I95">
+        <v>150</v>
+      </c>
+      <c r="J95">
+        <v>210</v>
+      </c>
+      <c r="K95">
+        <v>19</v>
+      </c>
+      <c r="L95" s="1">
+        <v>39708</v>
+      </c>
+      <c r="M95" s="2">
+        <v>9788536221854</v>
+      </c>
+      <c r="N95" t="s" s="3">
         <v>285</v>
       </c>
-      <c r="F95">
-[...25 lines deleted...]
-      </c>
       <c r="O95" s="4">
-        <v>99.90</v>
+        <v>159.90</v>
       </c>
       <c r="P95" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
-        <v>26939</v>
+        <v>21092</v>
       </c>
       <c r="C96" t="s">
+        <v>286</v>
+      </c>
+      <c r="D96" t="s">
         <v>287</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
         <v>288</v>
       </c>
-      <c r="E96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F96">
-        <v>104</v>
+        <v>246</v>
       </c>
       <c r="G96">
-        <v>129</v>
+        <v>315</v>
       </c>
       <c r="H96" t="s">
         <v>18</v>
       </c>
       <c r="I96">
         <v>150</v>
       </c>
       <c r="J96">
         <v>210</v>
       </c>
       <c r="K96">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L96" s="1">
-        <v>43265</v>
+        <v>39916</v>
       </c>
       <c r="M96" s="2">
-        <v>9788536279886</v>
+        <v>9788536222615</v>
       </c>
       <c r="N96" t="s" s="3">
         <v>289</v>
       </c>
       <c r="O96" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P96" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
-        <v>24092</v>
+        <v>26939</v>
       </c>
       <c r="C97" t="s">
         <v>290</v>
       </c>
       <c r="D97" t="s">
         <v>291</v>
       </c>
+      <c r="E97" t="s">
+        <v>54</v>
+      </c>
       <c r="F97">
         <v>104</v>
       </c>
       <c r="G97">
         <v>129</v>
       </c>
       <c r="H97" t="s">
         <v>18</v>
       </c>
       <c r="I97">
         <v>150</v>
       </c>
       <c r="J97">
         <v>210</v>
       </c>
       <c r="K97">
         <v>6</v>
       </c>
       <c r="L97" s="1">
-        <v>42208</v>
+        <v>43265</v>
       </c>
       <c r="M97" s="2">
-        <v>9788536252773</v>
+        <v>9788536279886</v>
       </c>
       <c r="N97" t="s" s="3">
         <v>292</v>
       </c>
       <c r="O97" s="4">
         <v>59.90</v>
       </c>
       <c r="P97" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
-        <v>23816</v>
+        <v>24092</v>
       </c>
       <c r="C98" t="s">
         <v>293</v>
       </c>
       <c r="D98" t="s">
-        <v>57</v>
+        <v>294</v>
       </c>
       <c r="F98">
-        <v>230</v>
+        <v>104</v>
       </c>
       <c r="G98">
-        <v>285</v>
+        <v>129</v>
       </c>
       <c r="H98" t="s">
         <v>18</v>
       </c>
       <c r="I98">
         <v>150</v>
       </c>
       <c r="J98">
         <v>210</v>
       </c>
       <c r="K98">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L98" s="1">
-        <v>42060</v>
+        <v>42208</v>
       </c>
       <c r="M98" s="2">
-        <v>9788536250335</v>
+        <v>9788536252773</v>
       </c>
       <c r="N98" t="s" s="3">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="O98" s="4">
-        <v>97.70</v>
+        <v>59.90</v>
       </c>
       <c r="P98" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
-        <v>27910</v>
+        <v>23816</v>
       </c>
       <c r="C99" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D99" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="F99">
-        <v>160</v>
+        <v>230</v>
       </c>
       <c r="G99">
-        <v>198</v>
+        <v>285</v>
       </c>
       <c r="H99" t="s">
         <v>18</v>
       </c>
       <c r="I99">
         <v>150</v>
       </c>
       <c r="J99">
         <v>210</v>
       </c>
       <c r="K99">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L99" s="1">
-        <v>43658</v>
+        <v>42060</v>
       </c>
       <c r="M99" s="2">
-        <v>9788536289694</v>
+        <v>9788536250335</v>
       </c>
       <c r="N99" t="s" s="3">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="O99" s="4">
-        <v>79.90</v>
+        <v>97.70</v>
       </c>
       <c r="P99" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
+        <v>27910</v>
+      </c>
+      <c r="C100" t="s">
+        <v>298</v>
+      </c>
+      <c r="D100" t="s">
+        <v>133</v>
+      </c>
+      <c r="F100">
+        <v>160</v>
+      </c>
+      <c r="G100">
+        <v>198</v>
+      </c>
+      <c r="H100" t="s">
+        <v>18</v>
+      </c>
+      <c r="I100">
+        <v>150</v>
+      </c>
+      <c r="J100">
+        <v>210</v>
+      </c>
+      <c r="K100">
+        <v>9</v>
+      </c>
+      <c r="L100" s="1">
+        <v>43658</v>
+      </c>
+      <c r="M100" s="2">
+        <v>9788536289694</v>
+      </c>
+      <c r="N100" t="s" s="3">
+        <v>299</v>
+      </c>
+      <c r="O100" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P100" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101">
+        <v>100</v>
+      </c>
+      <c r="B101">
         <v>20905</v>
       </c>
-      <c r="C100" t="inlineStr">
+      <c r="C101" t="inlineStr">
         <is>
           <t>Gestão Estratégica da Informação, do Conhecimento e das Competências no Ambiente Educacional - Vencendo Desafios na Busca de Novas Oportunidades de Aprendizado, Inovação e Competitividade</t>
         </is>
       </c>
-      <c r="D100" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D101" t="s">
         <v>300</v>
       </c>
       <c r="F101">
-        <v>498</v>
+        <v>152</v>
       </c>
       <c r="G101">
-        <v>607</v>
+        <v>210</v>
       </c>
       <c r="H101" t="s">
         <v>18</v>
       </c>
       <c r="I101">
         <v>150</v>
       </c>
       <c r="J101">
         <v>210</v>
       </c>
       <c r="K101">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="L101" s="1">
-        <v>40254</v>
+        <v>39741</v>
       </c>
       <c r="M101" s="2">
-        <v>9788536228785</v>
+        <v>9788536222363</v>
       </c>
       <c r="N101" t="s" s="3">
         <v>301</v>
       </c>
       <c r="O101" s="4">
-        <v>209.90</v>
+        <v>69.90</v>
       </c>
       <c r="P101" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
-        <v>22113</v>
+        <v>21597</v>
       </c>
       <c r="C102" t="s">
         <v>302</v>
       </c>
       <c r="D102" t="s">
         <v>303</v>
       </c>
-      <c r="E102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F102">
-        <v>152</v>
+        <v>498</v>
       </c>
       <c r="G102">
-        <v>194</v>
+        <v>607</v>
       </c>
       <c r="H102" t="s">
         <v>18</v>
       </c>
       <c r="I102">
         <v>150</v>
       </c>
       <c r="J102">
         <v>210</v>
       </c>
       <c r="K102">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="L102" s="1">
-        <v>40564</v>
+        <v>40254</v>
       </c>
       <c r="M102" s="2">
-        <v>9788536232461</v>
+        <v>9788536228785</v>
       </c>
       <c r="N102" t="s" s="3">
         <v>304</v>
       </c>
       <c r="O102" s="4">
-        <v>74.70</v>
+        <v>209.90</v>
       </c>
       <c r="P102" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
-        <v>28657</v>
+        <v>22113</v>
       </c>
       <c r="C103" t="s">
         <v>305</v>
       </c>
       <c r="D103" t="s">
         <v>306</v>
       </c>
+      <c r="E103" t="s">
+        <v>47</v>
+      </c>
       <c r="F103">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="G103">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H103" t="s">
         <v>18</v>
       </c>
       <c r="I103">
         <v>150</v>
       </c>
       <c r="J103">
         <v>210</v>
       </c>
       <c r="K103">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L103" s="1">
-        <v>44068</v>
+        <v>40564</v>
       </c>
       <c r="M103" s="2">
-        <v>9786556051024</v>
+        <v>9788536232461</v>
       </c>
       <c r="N103" t="s" s="3">
         <v>307</v>
       </c>
       <c r="O103" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P103" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
-        <v>13381</v>
+        <v>28657</v>
       </c>
       <c r="C104" t="s">
         <v>308</v>
       </c>
       <c r="D104" t="s">
         <v>309</v>
       </c>
       <c r="F104">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="G104">
-        <v>300</v>
+        <v>193</v>
       </c>
       <c r="H104" t="s">
         <v>18</v>
       </c>
       <c r="I104">
         <v>150</v>
       </c>
       <c r="J104">
         <v>210</v>
       </c>
       <c r="K104">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L104" s="1">
-        <v>38786</v>
+        <v>44068</v>
       </c>
       <c r="M104" s="2">
-        <v>9788536212067</v>
+        <v>9786556051024</v>
       </c>
       <c r="N104" t="s" s="3">
         <v>310</v>
       </c>
       <c r="O104" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P104" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
-        <v>22489</v>
+        <v>13381</v>
       </c>
       <c r="C105" t="s">
         <v>311</v>
       </c>
       <c r="D105" t="s">
         <v>312</v>
       </c>
       <c r="F105">
-        <v>276</v>
+        <v>112</v>
       </c>
       <c r="G105">
-        <v>397</v>
+        <v>300</v>
       </c>
       <c r="H105" t="s">
         <v>18</v>
       </c>
       <c r="I105">
         <v>150</v>
       </c>
       <c r="J105">
         <v>210</v>
       </c>
       <c r="K105">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="L105" s="1">
-        <v>40939</v>
+        <v>38786</v>
       </c>
       <c r="M105" s="2">
-        <v>9788536236346</v>
+        <v>9788536212067</v>
       </c>
       <c r="N105" t="s" s="3">
         <v>313</v>
       </c>
       <c r="O105" s="4">
-        <v>129.90</v>
+        <v>59.90</v>
       </c>
       <c r="P105" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
-        <v>24856</v>
+        <v>22489</v>
       </c>
       <c r="C106" t="s">
         <v>314</v>
       </c>
       <c r="D106" t="s">
         <v>315</v>
       </c>
       <c r="F106">
-        <v>328</v>
+        <v>276</v>
       </c>
       <c r="G106">
-        <v>417</v>
+        <v>397</v>
       </c>
       <c r="H106" t="s">
         <v>18</v>
       </c>
       <c r="I106">
         <v>150</v>
       </c>
       <c r="J106">
         <v>210</v>
       </c>
       <c r="K106">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="L106" s="1">
-        <v>42571</v>
+        <v>40939</v>
       </c>
       <c r="M106" s="2">
-        <v>9788536259925</v>
+        <v>9788536236346</v>
       </c>
       <c r="N106" t="s" s="3">
         <v>316</v>
       </c>
       <c r="O106" s="4">
-        <v>139.90</v>
+        <v>129.90</v>
       </c>
       <c r="P106" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
-        <v>12962</v>
+        <v>24856</v>
       </c>
       <c r="C107" t="s">
         <v>317</v>
       </c>
       <c r="D107" t="s">
         <v>318</v>
       </c>
       <c r="F107">
-        <v>128</v>
+        <v>328</v>
       </c>
       <c r="G107">
-        <v>188</v>
+        <v>417</v>
       </c>
       <c r="H107" t="s">
         <v>18</v>
       </c>
       <c r="I107">
         <v>150</v>
       </c>
       <c r="J107">
         <v>210</v>
       </c>
       <c r="K107">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="L107" s="1">
-        <v>38233</v>
+        <v>42571</v>
       </c>
       <c r="M107" s="2">
-        <v>9788536207896</v>
+        <v>9788536259925</v>
       </c>
       <c r="N107" t="s" s="3">
         <v>319</v>
       </c>
       <c r="O107" s="4">
-        <v>59.90</v>
+        <v>139.90</v>
       </c>
       <c r="P107" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
-        <v>24466</v>
+        <v>12962</v>
       </c>
       <c r="C108" t="s">
         <v>320</v>
       </c>
       <c r="D108" t="s">
         <v>321</v>
       </c>
       <c r="F108">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="G108">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="H108" t="s">
         <v>18</v>
       </c>
       <c r="I108">
         <v>150</v>
       </c>
       <c r="J108">
         <v>210</v>
       </c>
       <c r="K108">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L108" s="1">
-        <v>42440</v>
+        <v>38233</v>
       </c>
       <c r="M108" s="2">
-        <v>9788536256245</v>
+        <v>9788536207896</v>
       </c>
       <c r="N108" t="s" s="3">
         <v>322</v>
       </c>
       <c r="O108" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P108" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
-        <v>22298</v>
+        <v>24466</v>
       </c>
       <c r="C109" t="s">
         <v>323</v>
       </c>
       <c r="D109" t="s">
         <v>324</v>
       </c>
       <c r="F109">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="G109">
-        <v>134</v>
+        <v>191</v>
       </c>
       <c r="H109" t="s">
         <v>18</v>
       </c>
       <c r="I109">
         <v>150</v>
       </c>
       <c r="J109">
         <v>210</v>
       </c>
       <c r="K109">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L109" s="1">
-        <v>40791</v>
+        <v>42440</v>
       </c>
       <c r="M109" s="2">
-        <v>9788536234298</v>
+        <v>9788536256245</v>
       </c>
       <c r="N109" t="s" s="3">
         <v>325</v>
       </c>
       <c r="O109" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P109" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
-        <v>31094</v>
+        <v>22298</v>
       </c>
       <c r="C110" t="s">
         <v>326</v>
       </c>
       <c r="D110" t="s">
         <v>327</v>
       </c>
       <c r="F110">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="G110">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="H110" t="s">
         <v>18</v>
       </c>
       <c r="I110">
         <v>150</v>
       </c>
       <c r="J110">
         <v>210</v>
       </c>
       <c r="K110">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L110" s="1">
-        <v>45456</v>
+        <v>40791</v>
       </c>
       <c r="M110" s="2">
-        <v>9786526309759</v>
+        <v>9788536234298</v>
       </c>
       <c r="N110" t="s" s="3">
         <v>328</v>
       </c>
       <c r="O110" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P110" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
-        <v>22996</v>
+        <v>31094</v>
       </c>
       <c r="C111" t="s">
         <v>329</v>
       </c>
       <c r="D111" t="s">
         <v>330</v>
       </c>
       <c r="F111">
-        <v>154</v>
+        <v>126</v>
       </c>
       <c r="G111">
-        <v>210</v>
+        <v>156</v>
       </c>
       <c r="H111" t="s">
         <v>18</v>
       </c>
       <c r="I111">
         <v>150</v>
       </c>
       <c r="J111">
         <v>210</v>
       </c>
       <c r="K111">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L111" s="1">
-        <v>41374</v>
+        <v>45456</v>
       </c>
       <c r="M111" s="2">
-        <v>9788536241951</v>
+        <v>9786526309759</v>
       </c>
       <c r="N111" t="s" s="3">
         <v>331</v>
       </c>
       <c r="O111" s="4">
-        <v>74.70</v>
+        <v>79.90</v>
       </c>
       <c r="P111" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
-        <v>20419</v>
+        <v>22996</v>
       </c>
       <c r="C112" t="s">
         <v>332</v>
       </c>
       <c r="D112" t="s">
         <v>333</v>
       </c>
       <c r="F112">
-        <v>296</v>
+        <v>154</v>
       </c>
       <c r="G112">
-        <v>480</v>
+        <v>210</v>
       </c>
       <c r="H112" t="s">
         <v>18</v>
       </c>
       <c r="I112">
         <v>150</v>
       </c>
       <c r="J112">
         <v>210</v>
       </c>
       <c r="K112">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="L112" s="1">
-        <v>39364</v>
+        <v>41374</v>
       </c>
       <c r="M112" s="2">
-        <v>9788536217192</v>
+        <v>9788536241951</v>
       </c>
       <c r="N112" t="s" s="3">
         <v>334</v>
       </c>
       <c r="O112" s="4">
-        <v>139.90</v>
+        <v>74.70</v>
       </c>
       <c r="P112" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
-        <v>22138</v>
+        <v>20419</v>
       </c>
       <c r="C113" t="s">
         <v>335</v>
       </c>
       <c r="D113" t="s">
         <v>336</v>
       </c>
       <c r="F113">
-        <v>200</v>
+        <v>296</v>
       </c>
       <c r="G113">
-        <v>255</v>
+        <v>480</v>
       </c>
       <c r="H113" t="s">
         <v>18</v>
       </c>
       <c r="I113">
         <v>150</v>
       </c>
       <c r="J113">
         <v>210</v>
       </c>
       <c r="K113">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="L113" s="1">
-        <v>40582</v>
+        <v>39364</v>
       </c>
       <c r="M113" s="2">
-        <v>9788536232416</v>
+        <v>9788536217192</v>
       </c>
       <c r="N113" t="s" s="3">
         <v>337</v>
       </c>
       <c r="O113" s="4">
-        <v>89.90</v>
+        <v>139.90</v>
       </c>
       <c r="P113" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
-        <v>22292</v>
+        <v>22138</v>
       </c>
       <c r="C114" t="s">
         <v>338</v>
       </c>
       <c r="D114" t="s">
         <v>339</v>
       </c>
       <c r="F114">
-        <v>234</v>
+        <v>200</v>
       </c>
       <c r="G114">
-        <v>305</v>
+        <v>255</v>
       </c>
       <c r="H114" t="s">
         <v>18</v>
       </c>
       <c r="I114">
         <v>150</v>
       </c>
       <c r="J114">
         <v>210</v>
       </c>
       <c r="K114">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="L114" s="1">
-        <v>40746</v>
+        <v>40582</v>
       </c>
       <c r="M114" s="2">
-        <v>9788536234038</v>
+        <v>9788536232416</v>
       </c>
       <c r="N114" t="s" s="3">
         <v>340</v>
       </c>
       <c r="O114" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P114" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
-        <v>27114</v>
+        <v>22292</v>
       </c>
       <c r="C115" t="s">
         <v>341</v>
       </c>
       <c r="D115" t="s">
         <v>342</v>
       </c>
       <c r="F115">
-        <v>100</v>
+        <v>234</v>
       </c>
       <c r="G115">
-        <v>124</v>
+        <v>305</v>
       </c>
       <c r="H115" t="s">
         <v>18</v>
       </c>
       <c r="I115">
         <v>150</v>
       </c>
       <c r="J115">
         <v>210</v>
       </c>
       <c r="K115">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L115" s="1">
-        <v>43329</v>
+        <v>40746</v>
       </c>
       <c r="M115" s="2">
-        <v>9788536281711</v>
+        <v>9788536234038</v>
       </c>
       <c r="N115" t="s" s="3">
         <v>343</v>
       </c>
       <c r="O115" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P115" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
-        <v>22353</v>
+        <v>27114</v>
       </c>
       <c r="C116" t="s">
         <v>344</v>
       </c>
       <c r="D116" t="s">
         <v>345</v>
       </c>
       <c r="F116">
-        <v>166</v>
+        <v>100</v>
       </c>
       <c r="G116">
-        <v>197</v>
+        <v>124</v>
       </c>
       <c r="H116" t="s">
         <v>18</v>
       </c>
       <c r="I116">
         <v>150</v>
       </c>
       <c r="J116">
         <v>210</v>
       </c>
       <c r="K116">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L116" s="1">
-        <v>40798</v>
+        <v>43329</v>
       </c>
       <c r="M116" s="2">
-        <v>9788536234694</v>
+        <v>9788536281711</v>
       </c>
       <c r="N116" t="s" s="3">
         <v>346</v>
       </c>
       <c r="O116" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P116" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
-        <v>28479</v>
+        <v>22353</v>
       </c>
       <c r="C117" t="s">
         <v>347</v>
       </c>
       <c r="D117" t="s">
-        <v>269</v>
+        <v>348</v>
       </c>
       <c r="F117">
-        <v>196</v>
+        <v>166</v>
       </c>
       <c r="G117">
-        <v>243</v>
+        <v>197</v>
       </c>
       <c r="H117" t="s">
         <v>18</v>
       </c>
       <c r="I117">
         <v>150</v>
       </c>
       <c r="J117">
         <v>210</v>
       </c>
       <c r="K117">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L117" s="1">
-        <v>43950</v>
+        <v>40798</v>
       </c>
       <c r="M117" s="2">
-        <v>9788536294674</v>
+        <v>9788536234694</v>
       </c>
       <c r="N117" t="s" s="3">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="O117" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P117" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
-        <v>30640</v>
+        <v>28479</v>
       </c>
       <c r="C118" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D118" t="s">
-        <v>350</v>
+        <v>272</v>
       </c>
       <c r="F118">
-        <v>68</v>
+        <v>196</v>
       </c>
       <c r="G118">
-        <v>84</v>
+        <v>243</v>
       </c>
       <c r="H118" t="s">
         <v>18</v>
       </c>
       <c r="I118">
         <v>150</v>
       </c>
       <c r="J118">
         <v>210</v>
       </c>
       <c r="K118">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="L118" s="1">
-        <v>45154</v>
+        <v>43950</v>
       </c>
       <c r="M118" s="2">
-        <v>9786526308189</v>
+        <v>9788536294674</v>
       </c>
       <c r="N118" t="s" s="3">
         <v>351</v>
       </c>
       <c r="O118" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P118" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
-        <v>22250</v>
+        <v>30640</v>
       </c>
       <c r="C119" t="s">
         <v>352</v>
       </c>
       <c r="D119" t="s">
         <v>353</v>
       </c>
       <c r="F119">
-        <v>252</v>
+        <v>68</v>
       </c>
       <c r="G119">
-        <v>289</v>
+        <v>84</v>
       </c>
       <c r="H119" t="s">
         <v>18</v>
       </c>
       <c r="I119">
         <v>150</v>
       </c>
       <c r="J119">
         <v>210</v>
       </c>
       <c r="K119">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="L119" s="1">
-        <v>40700</v>
+        <v>45154</v>
       </c>
       <c r="M119" s="2">
-        <v>9788536233703</v>
+        <v>9786526308189</v>
       </c>
       <c r="N119" t="s" s="3">
         <v>354</v>
       </c>
       <c r="O119" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P119" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
-        <v>27390</v>
+        <v>22250</v>
       </c>
       <c r="C120" t="s">
         <v>355</v>
       </c>
       <c r="D120" t="s">
-        <v>57</v>
+        <v>356</v>
       </c>
       <c r="F120">
-        <v>296</v>
+        <v>252</v>
       </c>
       <c r="G120">
-        <v>367</v>
+        <v>289</v>
       </c>
       <c r="H120" t="s">
         <v>18</v>
       </c>
       <c r="I120">
         <v>150</v>
       </c>
       <c r="J120">
         <v>210</v>
       </c>
       <c r="K120">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="L120" s="1">
-        <v>43431</v>
+        <v>40700</v>
       </c>
       <c r="M120" s="2">
-        <v>9788536284668</v>
+        <v>9788536233703</v>
       </c>
       <c r="N120" t="s" s="3">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="O120" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P120" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121">
-        <v>30366</v>
+        <v>27390</v>
       </c>
       <c r="C121" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D121" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>57</v>
       </c>
       <c r="F121">
-        <v>546</v>
+        <v>296</v>
       </c>
       <c r="G121">
-        <v>676</v>
+        <v>367</v>
       </c>
       <c r="H121" t="s">
         <v>18</v>
       </c>
       <c r="I121">
         <v>150</v>
       </c>
       <c r="J121">
         <v>210</v>
       </c>
       <c r="K121">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="L121" s="1">
-        <v>45007</v>
+        <v>43431</v>
       </c>
       <c r="M121" s="2">
-        <v>9786526303085</v>
+        <v>9788536284668</v>
       </c>
       <c r="N121" t="s" s="3">
         <v>359</v>
       </c>
       <c r="O121" s="4">
-        <v>239.90</v>
+        <v>129.90</v>
       </c>
       <c r="P121" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122">
-        <v>22463</v>
+        <v>30366</v>
       </c>
       <c r="C122" t="s">
         <v>360</v>
       </c>
       <c r="D122" t="s">
+        <v>53</v>
+      </c>
+      <c r="E122" t="s">
         <v>361</v>
       </c>
       <c r="F122">
-        <v>144</v>
+        <v>546</v>
       </c>
       <c r="G122">
-        <v>200</v>
+        <v>676</v>
       </c>
       <c r="H122" t="s">
         <v>18</v>
       </c>
       <c r="I122">
         <v>150</v>
       </c>
       <c r="J122">
         <v>210</v>
       </c>
       <c r="K122">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="L122" s="1">
-        <v>40917</v>
+        <v>45007</v>
       </c>
       <c r="M122" s="2">
-        <v>9788536235837</v>
+        <v>9786526303085</v>
       </c>
       <c r="N122" t="s" s="3">
         <v>362</v>
       </c>
       <c r="O122" s="4">
-        <v>89.90</v>
+        <v>239.90</v>
       </c>
       <c r="P122" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123">
-        <v>31551</v>
+        <v>22463</v>
       </c>
       <c r="C123" t="s">
         <v>363</v>
       </c>
       <c r="D123" t="s">
         <v>364</v>
       </c>
       <c r="F123">
-        <v>102</v>
+        <v>144</v>
       </c>
       <c r="G123">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="H123" t="s">
         <v>18</v>
       </c>
       <c r="I123">
         <v>150</v>
       </c>
       <c r="J123">
         <v>210</v>
       </c>
       <c r="K123">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L123" s="1">
-        <v>45769</v>
+        <v>40917</v>
       </c>
       <c r="M123" s="2">
-        <v>9786526314272</v>
+        <v>9788536235837</v>
       </c>
       <c r="N123" t="s" s="3">
         <v>365</v>
       </c>
       <c r="O123" s="4">
         <v>89.90</v>
       </c>
       <c r="P123" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124">
+        <v>31551</v>
+      </c>
+      <c r="C124" t="s">
+        <v>366</v>
+      </c>
+      <c r="D124" t="s">
+        <v>367</v>
+      </c>
+      <c r="F124">
+        <v>102</v>
+      </c>
+      <c r="G124">
+        <v>157</v>
+      </c>
+      <c r="H124" t="s">
+        <v>18</v>
+      </c>
+      <c r="I124">
+        <v>150</v>
+      </c>
+      <c r="J124">
+        <v>210</v>
+      </c>
+      <c r="K124">
+        <v>5</v>
+      </c>
+      <c r="L124" s="1">
+        <v>45769</v>
+      </c>
+      <c r="M124" s="2">
+        <v>9786526314272</v>
+      </c>
+      <c r="N124" t="s" s="3">
+        <v>368</v>
+      </c>
+      <c r="O124" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P124" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125">
+        <v>124</v>
+      </c>
+      <c r="B125">
         <v>30005</v>
       </c>
-      <c r="C124" t="inlineStr">
+      <c r="C125" t="inlineStr">
         <is>
           <t>Licitação e Qualificação Econômico-Financeira - Teorias Contábeis: do Equilíbrio Econômico-Financeiro e da Eficiência da Prova Pericial - De Acordo com a Nova Lei de Licitações (Lei 14.133/2021)</t>
         </is>
       </c>
-      <c r="D124" t="s">
+      <c r="D125" t="s">
         <v>53</v>
       </c>
-      <c r="F124">
+      <c r="F125">
         <v>180</v>
       </c>
-      <c r="G124">
+      <c r="G125">
         <v>223</v>
       </c>
-      <c r="H124" t="s">
-[...8 lines deleted...]
-      <c r="K124">
+      <c r="H125" t="s">
+        <v>18</v>
+      </c>
+      <c r="I125">
+        <v>150</v>
+      </c>
+      <c r="J125">
+        <v>210</v>
+      </c>
+      <c r="K125">
         <v>14</v>
       </c>
-      <c r="L124" s="1">
+      <c r="L125" s="1">
         <v>44804</v>
       </c>
-      <c r="M124" s="2">
+      <c r="M125" s="2">
         <v>9788536299891</v>
       </c>
-      <c r="N124" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O124" s="4">
+      <c r="N125" t="s" s="3">
+        <v>369</v>
+      </c>
+      <c r="O125" s="4">
         <v>89.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>74.70</v>
       </c>
       <c r="P125" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126">
-        <v>23358</v>
+        <v>23599</v>
       </c>
       <c r="C126" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D126" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>17</v>
       </c>
       <c r="F126">
-        <v>250</v>
+        <v>156</v>
       </c>
       <c r="G126">
-        <v>322</v>
+        <v>193</v>
       </c>
       <c r="H126" t="s">
         <v>18</v>
       </c>
       <c r="I126">
         <v>150</v>
       </c>
       <c r="J126">
         <v>210</v>
       </c>
       <c r="K126">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L126" s="1">
-        <v>41724</v>
+        <v>41898</v>
       </c>
       <c r="M126" s="2">
-        <v>9788536245898</v>
+        <v>9788536248240</v>
       </c>
       <c r="N126" t="s" s="3">
         <v>371</v>
       </c>
       <c r="O126" s="4">
-        <v>109.90</v>
+        <v>74.70</v>
       </c>
       <c r="P126" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127">
-        <v>27441</v>
+        <v>23358</v>
       </c>
       <c r="C127" t="s">
         <v>372</v>
       </c>
       <c r="D127" t="s">
+        <v>272</v>
+      </c>
+      <c r="E127" t="s">
         <v>373</v>
       </c>
       <c r="F127">
-        <v>184</v>
+        <v>250</v>
       </c>
       <c r="G127">
-        <v>228</v>
+        <v>322</v>
       </c>
       <c r="H127" t="s">
         <v>18</v>
       </c>
       <c r="I127">
         <v>150</v>
       </c>
       <c r="J127">
         <v>210</v>
       </c>
       <c r="K127">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L127" s="1">
-        <v>43434</v>
+        <v>41724</v>
       </c>
       <c r="M127" s="2">
-        <v>9788536284781</v>
+        <v>9788536245898</v>
       </c>
       <c r="N127" t="s" s="3">
         <v>374</v>
       </c>
       <c r="O127" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P127" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128">
-        <v>27220</v>
+        <v>27441</v>
       </c>
       <c r="C128" t="s">
         <v>375</v>
       </c>
       <c r="D128" t="s">
         <v>376</v>
       </c>
       <c r="F128">
-        <v>240</v>
+        <v>184</v>
       </c>
       <c r="G128">
-        <v>298</v>
+        <v>228</v>
       </c>
       <c r="H128" t="s">
         <v>18</v>
       </c>
       <c r="I128">
         <v>150</v>
       </c>
       <c r="J128">
         <v>210</v>
       </c>
       <c r="K128">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="L128" s="1">
-        <v>43362</v>
+        <v>43434</v>
       </c>
       <c r="M128" s="2">
-        <v>9788536282732</v>
+        <v>9788536284781</v>
       </c>
       <c r="N128" t="s" s="3">
         <v>377</v>
       </c>
       <c r="O128" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P128" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129">
-        <v>28106</v>
+        <v>27220</v>
       </c>
       <c r="C129" t="s">
         <v>378</v>
       </c>
       <c r="D129" t="s">
         <v>379</v>
       </c>
       <c r="F129">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="G129">
-        <v>251</v>
+        <v>298</v>
       </c>
       <c r="H129" t="s">
         <v>18</v>
       </c>
       <c r="I129">
         <v>150</v>
       </c>
       <c r="J129">
         <v>210</v>
       </c>
       <c r="K129">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="L129" s="1">
-        <v>43756</v>
+        <v>43362</v>
       </c>
       <c r="M129" s="2">
-        <v>9788536291932</v>
+        <v>9788536282732</v>
       </c>
       <c r="N129" t="s" s="3">
         <v>380</v>
       </c>
       <c r="O129" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P129" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130">
-        <v>23181</v>
+        <v>28106</v>
       </c>
       <c r="C130" t="s">
         <v>381</v>
       </c>
       <c r="D130" t="s">
-        <v>17</v>
+        <v>382</v>
       </c>
       <c r="F130">
-        <v>166</v>
+        <v>202</v>
       </c>
       <c r="G130">
-        <v>215</v>
+        <v>251</v>
       </c>
       <c r="H130" t="s">
         <v>18</v>
       </c>
       <c r="I130">
         <v>150</v>
       </c>
       <c r="J130">
         <v>210</v>
       </c>
       <c r="K130">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L130" s="1">
-        <v>41529</v>
+        <v>43756</v>
       </c>
       <c r="M130" s="2">
-        <v>9788536244143</v>
+        <v>9788536291932</v>
       </c>
       <c r="N130" t="s" s="3">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="O130" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P130" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131">
-        <v>27923</v>
+        <v>23181</v>
       </c>
       <c r="C131" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D131" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>17</v>
       </c>
       <c r="F131">
-        <v>304</v>
+        <v>166</v>
       </c>
       <c r="G131">
-        <v>420</v>
+        <v>215</v>
       </c>
       <c r="H131" t="s">
         <v>18</v>
       </c>
       <c r="I131">
         <v>150</v>
       </c>
       <c r="J131">
         <v>210</v>
       </c>
       <c r="K131">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="L131" s="1">
-        <v>43662</v>
+        <v>41529</v>
       </c>
       <c r="M131" s="2">
-        <v>9788536289700</v>
+        <v>9788536244143</v>
       </c>
       <c r="N131" t="s" s="3">
         <v>385</v>
       </c>
       <c r="O131" s="4">
-        <v>139.90</v>
+        <v>79.90</v>
       </c>
       <c r="P131" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132">
-        <v>23458</v>
+        <v>27923</v>
       </c>
       <c r="C132" t="s">
         <v>386</v>
       </c>
       <c r="D132" t="s">
-        <v>17</v>
+        <v>387</v>
+      </c>
+      <c r="E132" t="s">
+        <v>177</v>
       </c>
       <c r="F132">
-        <v>175</v>
+        <v>304</v>
       </c>
       <c r="G132">
-        <v>217</v>
+        <v>420</v>
       </c>
       <c r="H132" t="s">
         <v>18</v>
       </c>
       <c r="I132">
         <v>150</v>
       </c>
       <c r="J132">
         <v>210</v>
       </c>
       <c r="K132">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="L132" s="1">
-        <v>41794</v>
+        <v>43662</v>
       </c>
       <c r="M132" s="2">
-        <v>9788536246727</v>
+        <v>9788536289700</v>
       </c>
       <c r="N132" t="s" s="3">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="O132" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P132" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133">
-        <v>13406</v>
+        <v>23458</v>
       </c>
       <c r="C133" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D133" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="F133">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G133">
-        <v>200</v>
+        <v>217</v>
       </c>
       <c r="H133" t="s">
         <v>18</v>
       </c>
       <c r="I133">
         <v>150</v>
       </c>
       <c r="J133">
         <v>210</v>
       </c>
       <c r="K133">
         <v>10</v>
       </c>
       <c r="L133" s="1">
-        <v>38807</v>
+        <v>41794</v>
       </c>
       <c r="M133" s="2">
-        <v>9788536212258</v>
-[...1 lines deleted...]
-      <c r="N133" t="s">
+        <v>9788536246727</v>
+      </c>
+      <c r="N133" t="s" s="3">
         <v>390</v>
       </c>
       <c r="O133" s="4">
         <v>79.90</v>
       </c>
       <c r="P133" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134">
-        <v>31805</v>
+        <v>13406</v>
       </c>
       <c r="C134" t="s">
         <v>391</v>
       </c>
       <c r="D134" t="s">
-        <v>50</v>
+        <v>392</v>
+      </c>
+      <c r="E134" t="s">
+        <v>54</v>
       </c>
       <c r="F134">
-        <v>286</v>
+        <v>174</v>
       </c>
       <c r="G134">
-        <v>370</v>
+        <v>200</v>
       </c>
       <c r="H134" t="s">
         <v>18</v>
       </c>
       <c r="I134">
         <v>150</v>
       </c>
       <c r="J134">
         <v>210</v>
       </c>
       <c r="K134">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L134" s="1">
-        <v>45930</v>
+        <v>38807</v>
       </c>
       <c r="M134" s="2">
-        <v>9786526316221</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>9788536212258</v>
+      </c>
+      <c r="N134" t="s">
+        <v>393</v>
       </c>
       <c r="O134" s="4">
-        <v>159.90</v>
+        <v>79.90</v>
       </c>
       <c r="P134" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135">
-        <v>22183</v>
+        <v>31805</v>
       </c>
       <c r="C135" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D135" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>50</v>
       </c>
       <c r="F135">
-        <v>202</v>
+        <v>286</v>
       </c>
       <c r="G135">
-        <v>224</v>
+        <v>370</v>
       </c>
       <c r="H135" t="s">
         <v>18</v>
       </c>
       <c r="I135">
         <v>150</v>
       </c>
       <c r="J135">
         <v>210</v>
       </c>
       <c r="K135">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L135" s="1">
-        <v>40620</v>
+        <v>45930</v>
       </c>
       <c r="M135" s="2">
-        <v>9788536233062</v>
+        <v>9786526316221</v>
       </c>
       <c r="N135" t="s" s="3">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="O135" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P135" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136">
-        <v>29513</v>
+        <v>22183</v>
       </c>
       <c r="C136" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D136" t="s">
-        <v>396</v>
+        <v>17</v>
       </c>
       <c r="E136" t="s">
-        <v>54</v>
+        <v>288</v>
       </c>
       <c r="F136">
-        <v>318</v>
+        <v>202</v>
       </c>
       <c r="G136">
-        <v>394</v>
+        <v>224</v>
       </c>
       <c r="H136" t="s">
         <v>18</v>
       </c>
       <c r="I136">
         <v>150</v>
       </c>
       <c r="J136">
         <v>210</v>
       </c>
       <c r="K136">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="L136" s="1">
-        <v>44622</v>
+        <v>40620</v>
       </c>
       <c r="M136" s="2">
-        <v>9788536295312</v>
+        <v>9788536233062</v>
       </c>
       <c r="N136" t="s" s="3">
         <v>397</v>
       </c>
       <c r="O136" s="4">
-        <v>149.90</v>
+        <v>89.90</v>
       </c>
       <c r="P136" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137">
+        <v>29513</v>
+      </c>
+      <c r="C137" t="s">
+        <v>398</v>
+      </c>
+      <c r="D137" t="s">
+        <v>399</v>
+      </c>
+      <c r="E137" t="s">
+        <v>54</v>
+      </c>
+      <c r="F137">
+        <v>318</v>
+      </c>
+      <c r="G137">
+        <v>394</v>
+      </c>
+      <c r="H137" t="s">
+        <v>18</v>
+      </c>
+      <c r="I137">
+        <v>150</v>
+      </c>
+      <c r="J137">
+        <v>210</v>
+      </c>
+      <c r="K137">
+        <v>16</v>
+      </c>
+      <c r="L137" s="1">
+        <v>44622</v>
+      </c>
+      <c r="M137" s="2">
+        <v>9788536295312</v>
+      </c>
+      <c r="N137" t="s" s="3">
+        <v>400</v>
+      </c>
+      <c r="O137" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P137" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138">
+        <v>137</v>
+      </c>
+      <c r="B138">
         <v>31520</v>
       </c>
-      <c r="C137" t="inlineStr">
+      <c r="C138" t="inlineStr">
         <is>
           <t>Manual Prático em Transações de Captação e Investimento - Venda, Diluição e Compra de Participação Acionária Middle Market e Startup - Guia Técnico Consultivo para Executivos</t>
         </is>
       </c>
-      <c r="D137" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D138" t="s">
         <v>401</v>
       </c>
       <c r="F138">
-        <v>132</v>
+        <v>672</v>
       </c>
       <c r="G138">
-        <v>185</v>
+        <v>970</v>
       </c>
       <c r="H138" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="I138">
         <v>150</v>
       </c>
       <c r="J138">
         <v>210</v>
       </c>
       <c r="K138">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="L138" s="1">
-        <v>39853</v>
+        <v>45744</v>
       </c>
       <c r="M138" s="2">
-        <v>9788536222776</v>
+        <v>9786526314708</v>
       </c>
       <c r="N138" t="s" s="3">
         <v>402</v>
       </c>
       <c r="O138" s="4">
-        <v>69.90</v>
+        <v>329.90</v>
       </c>
       <c r="P138" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139">
-        <v>24790</v>
+        <v>21010</v>
       </c>
       <c r="C139" t="s">
         <v>403</v>
       </c>
       <c r="D139" t="s">
-        <v>239</v>
+        <v>404</v>
       </c>
       <c r="F139">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="G139">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="H139" t="s">
         <v>18</v>
       </c>
       <c r="I139">
         <v>150</v>
       </c>
       <c r="J139">
         <v>210</v>
       </c>
       <c r="K139">
         <v>8</v>
       </c>
       <c r="L139" s="1">
-        <v>42551</v>
+        <v>39853</v>
       </c>
       <c r="M139" s="2">
-        <v>9788536259420</v>
+        <v>9788536222776</v>
       </c>
       <c r="N139" t="s" s="3">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="O139" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P139" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140">
-        <v>23651</v>
+        <v>24790</v>
       </c>
       <c r="C140" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D140" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="E140" t="s">
+        <v>242</v>
+      </c>
+      <c r="F140">
+        <v>146</v>
+      </c>
+      <c r="G140">
+        <v>181</v>
+      </c>
+      <c r="H140" t="s">
+        <v>18</v>
+      </c>
+      <c r="I140">
+        <v>150</v>
+      </c>
+      <c r="J140">
+        <v>210</v>
+      </c>
+      <c r="K140">
+        <v>8</v>
+      </c>
+      <c r="L140" s="1">
+        <v>42551</v>
+      </c>
+      <c r="M140" s="2">
+        <v>9788536259420</v>
+      </c>
+      <c r="N140" t="s" s="3">
         <v>407</v>
       </c>
-      <c r="F140">
-[...25 lines deleted...]
-      </c>
       <c r="O140" s="4">
-        <v>97.70</v>
+        <v>79.90</v>
       </c>
       <c r="P140" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141">
-        <v>31801</v>
+        <v>23651</v>
       </c>
       <c r="C141" t="s">
+        <v>408</v>
+      </c>
+      <c r="D141" t="s">
         <v>409</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
         <v>410</v>
       </c>
       <c r="F141">
-        <v>206</v>
+        <v>234</v>
       </c>
       <c r="G141">
-        <v>266</v>
+        <v>290</v>
       </c>
       <c r="H141" t="s">
         <v>18</v>
       </c>
       <c r="I141">
         <v>150</v>
       </c>
       <c r="J141">
         <v>210</v>
       </c>
       <c r="K141">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L141" s="1">
-        <v>45926</v>
+        <v>41932</v>
       </c>
       <c r="M141" s="2">
-        <v>9786526317211</v>
+        <v>9788536248738</v>
       </c>
       <c r="N141" t="s" s="3">
         <v>411</v>
       </c>
       <c r="O141" s="4">
-        <v>119.90</v>
+        <v>97.70</v>
       </c>
       <c r="P141" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142">
-        <v>24363</v>
+        <v>31801</v>
       </c>
       <c r="C142" t="s">
         <v>412</v>
       </c>
       <c r="D142" t="s">
-        <v>315</v>
+        <v>413</v>
       </c>
       <c r="F142">
-        <v>808</v>
+        <v>206</v>
       </c>
       <c r="G142">
-        <v>1197</v>
+        <v>266</v>
       </c>
       <c r="H142" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="I142">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J142">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K142">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="L142" s="1">
-        <v>42380</v>
+        <v>45926</v>
       </c>
       <c r="M142" s="2">
-        <v>9788536255316</v>
+        <v>9786526317211</v>
       </c>
       <c r="N142" t="s" s="3">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="O142" s="4">
-        <v>329.90</v>
+        <v>119.90</v>
       </c>
       <c r="P142" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143">
-        <v>22838</v>
+        <v>24363</v>
       </c>
       <c r="C143" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D143" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>318</v>
       </c>
       <c r="F143">
-        <v>102</v>
+        <v>808</v>
       </c>
       <c r="G143">
-        <v>150</v>
+        <v>1197</v>
       </c>
       <c r="H143" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="I143">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J143">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K143">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="L143" s="1">
-        <v>41226</v>
+        <v>42380</v>
       </c>
       <c r="M143" s="2">
-        <v>9788536239965</v>
+        <v>9788536255316</v>
       </c>
       <c r="N143" t="s" s="3">
         <v>416</v>
       </c>
       <c r="O143" s="4">
-        <v>59.90</v>
+        <v>329.90</v>
       </c>
       <c r="P143" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
-        <v>31510</v>
+        <v>22838</v>
       </c>
       <c r="C144" t="s">
         <v>417</v>
       </c>
       <c r="D144" t="s">
         <v>418</v>
       </c>
+      <c r="E144" t="s">
+        <v>208</v>
+      </c>
       <c r="F144">
-        <v>204</v>
+        <v>102</v>
       </c>
       <c r="G144">
-        <v>290</v>
+        <v>150</v>
       </c>
       <c r="H144" t="s">
         <v>18</v>
       </c>
       <c r="I144">
         <v>150</v>
       </c>
       <c r="J144">
         <v>210</v>
       </c>
       <c r="K144">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L144" s="1">
-        <v>45741</v>
+        <v>41226</v>
       </c>
       <c r="M144" s="2">
-        <v>9786526314906</v>
+        <v>9788536239965</v>
       </c>
       <c r="N144" t="s" s="3">
         <v>419</v>
       </c>
       <c r="O144" s="4">
-        <v>99.90</v>
+        <v>59.90</v>
       </c>
       <c r="P144" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
-        <v>23560</v>
+        <v>31510</v>
       </c>
       <c r="C145" t="s">
         <v>420</v>
       </c>
       <c r="D145" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>421</v>
       </c>
       <c r="F145">
-        <v>314</v>
+        <v>204</v>
       </c>
       <c r="G145">
-        <v>389</v>
+        <v>290</v>
       </c>
       <c r="H145" t="s">
         <v>18</v>
       </c>
       <c r="I145">
         <v>150</v>
       </c>
       <c r="J145">
         <v>210</v>
       </c>
       <c r="K145">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="L145" s="1">
-        <v>41872</v>
+        <v>45741</v>
       </c>
       <c r="M145" s="2">
-        <v>9788536247854</v>
+        <v>9786526314906</v>
       </c>
       <c r="N145" t="s" s="3">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="O145" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P145" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
-        <v>22290</v>
+        <v>23560</v>
       </c>
       <c r="C146" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D146" t="s">
-        <v>423</v>
+        <v>263</v>
       </c>
       <c r="E146" t="s">
         <v>47</v>
       </c>
       <c r="F146">
-        <v>248</v>
+        <v>314</v>
       </c>
       <c r="G146">
-        <v>320</v>
+        <v>389</v>
       </c>
       <c r="H146" t="s">
         <v>18</v>
       </c>
       <c r="I146">
         <v>150</v>
       </c>
       <c r="J146">
         <v>210</v>
       </c>
       <c r="K146">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="L146" s="1">
-        <v>40749</v>
+        <v>41872</v>
       </c>
       <c r="M146" s="2">
-        <v>9788536233925</v>
+        <v>9788536247854</v>
       </c>
       <c r="N146" t="s" s="3">
         <v>424</v>
       </c>
       <c r="O146" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P146" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
-        <v>23507</v>
+        <v>22290</v>
       </c>
       <c r="C147" t="s">
         <v>425</v>
       </c>
       <c r="D147" t="s">
         <v>426</v>
       </c>
+      <c r="E147" t="s">
+        <v>47</v>
+      </c>
       <c r="F147">
-        <v>128</v>
+        <v>248</v>
       </c>
       <c r="G147">
-        <v>159</v>
+        <v>320</v>
       </c>
       <c r="H147" t="s">
         <v>18</v>
       </c>
       <c r="I147">
         <v>150</v>
       </c>
       <c r="J147">
         <v>210</v>
       </c>
       <c r="K147">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="L147" s="1">
-        <v>41831</v>
+        <v>40749</v>
       </c>
       <c r="M147" s="2">
-        <v>9788536247281</v>
+        <v>9788536233925</v>
       </c>
       <c r="N147" t="s" s="3">
         <v>427</v>
       </c>
       <c r="O147" s="4">
-        <v>59.90</v>
+        <v>109.90</v>
       </c>
       <c r="P147" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
-        <v>24875</v>
+        <v>23507</v>
       </c>
       <c r="C148" t="s">
         <v>428</v>
       </c>
       <c r="D148" t="s">
-        <v>169</v>
+        <v>429</v>
       </c>
       <c r="F148">
-        <v>186</v>
+        <v>128</v>
       </c>
       <c r="G148">
-        <v>231</v>
+        <v>159</v>
       </c>
       <c r="H148" t="s">
         <v>18</v>
       </c>
       <c r="I148">
         <v>150</v>
       </c>
       <c r="J148">
         <v>210</v>
       </c>
       <c r="K148">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L148" s="1">
-        <v>42579</v>
+        <v>41831</v>
       </c>
       <c r="M148" s="2">
-        <v>9788536260181</v>
+        <v>9788536247281</v>
       </c>
       <c r="N148" t="s" s="3">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="O148" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P148" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
-        <v>25358</v>
+        <v>24875</v>
       </c>
       <c r="C149" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D149" t="s">
-        <v>431</v>
+        <v>169</v>
       </c>
       <c r="F149">
-        <v>138</v>
+        <v>186</v>
       </c>
       <c r="G149">
-        <v>171</v>
+        <v>231</v>
       </c>
       <c r="H149" t="s">
         <v>18</v>
       </c>
       <c r="I149">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J149">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K149">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L149" s="1">
-        <v>42747</v>
+        <v>42579</v>
       </c>
       <c r="M149" s="2">
-        <v>9788536264882</v>
+        <v>9788536260181</v>
       </c>
       <c r="N149" t="s" s="3">
         <v>432</v>
       </c>
       <c r="O149" s="4">
-        <v>39.90</v>
+        <v>79.90</v>
       </c>
       <c r="P149" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
-        <v>22307</v>
+        <v>25358</v>
       </c>
       <c r="C150" t="s">
         <v>433</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>434</v>
       </c>
       <c r="F150">
-        <v>155</v>
+        <v>138</v>
       </c>
       <c r="G150">
-        <v>197</v>
+        <v>171</v>
       </c>
       <c r="H150" t="s">
         <v>18</v>
       </c>
       <c r="I150">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J150">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K150">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L150" s="1">
-        <v>40779</v>
+        <v>42747</v>
       </c>
       <c r="M150" s="2">
-        <v>9788536234113</v>
+        <v>9788536264882</v>
       </c>
       <c r="N150" t="s" s="3">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="O150" s="4">
-        <v>79.90</v>
+        <v>39.90</v>
       </c>
       <c r="P150" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
-        <v>24341</v>
+        <v>22307</v>
       </c>
       <c r="C151" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D151" t="s">
-        <v>436</v>
+        <v>17</v>
       </c>
       <c r="F151">
-        <v>426</v>
+        <v>155</v>
       </c>
       <c r="G151">
-        <v>528</v>
+        <v>197</v>
       </c>
       <c r="H151" t="s">
         <v>18</v>
       </c>
       <c r="I151">
         <v>150</v>
       </c>
       <c r="J151">
         <v>210</v>
       </c>
       <c r="K151">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="L151" s="1">
-        <v>42338</v>
+        <v>40779</v>
       </c>
       <c r="M151" s="2">
-        <v>9788536255118</v>
+        <v>9788536234113</v>
       </c>
       <c r="N151" t="s" s="3">
         <v>437</v>
       </c>
       <c r="O151" s="4">
-        <v>179.90</v>
+        <v>79.90</v>
       </c>
       <c r="P151" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
-        <v>30362</v>
+        <v>24341</v>
       </c>
       <c r="C152" t="s">
         <v>438</v>
       </c>
       <c r="D152" t="s">
         <v>439</v>
       </c>
       <c r="F152">
-        <v>134</v>
+        <v>426</v>
       </c>
       <c r="G152">
-        <v>166</v>
+        <v>528</v>
       </c>
       <c r="H152" t="s">
         <v>18</v>
       </c>
       <c r="I152">
         <v>150</v>
       </c>
       <c r="J152">
         <v>210</v>
       </c>
       <c r="K152">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="L152" s="1">
-        <v>45001</v>
+        <v>42338</v>
       </c>
       <c r="M152" s="2">
-        <v>9786526303832</v>
+        <v>9788536255118</v>
       </c>
       <c r="N152" t="s" s="3">
         <v>440</v>
       </c>
       <c r="O152" s="4">
-        <v>79.90</v>
+        <v>179.90</v>
       </c>
       <c r="P152" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
-        <v>12947</v>
+        <v>30362</v>
       </c>
       <c r="C153" t="s">
         <v>441</v>
       </c>
       <c r="D153" t="s">
         <v>442</v>
       </c>
       <c r="F153">
-        <v>250</v>
+        <v>134</v>
       </c>
       <c r="G153">
-        <v>336</v>
+        <v>166</v>
       </c>
       <c r="H153" t="s">
         <v>18</v>
       </c>
       <c r="I153">
         <v>150</v>
       </c>
       <c r="J153">
         <v>210</v>
       </c>
       <c r="K153">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="L153" s="1">
-        <v>38222</v>
+        <v>45001</v>
       </c>
       <c r="M153" s="2">
-        <v>9788536207551</v>
+        <v>9786526303832</v>
       </c>
       <c r="N153" t="s" s="3">
         <v>443</v>
       </c>
       <c r="O153" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P153" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
-        <v>29081</v>
+        <v>12947</v>
       </c>
       <c r="C154" t="s">
         <v>444</v>
       </c>
       <c r="D154" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>445</v>
       </c>
       <c r="F154">
-        <v>280</v>
+        <v>250</v>
       </c>
       <c r="G154">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="H154" t="s">
         <v>18</v>
       </c>
       <c r="I154">
         <v>150</v>
       </c>
       <c r="J154">
         <v>210</v>
       </c>
       <c r="K154">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L154" s="1">
-        <v>44336</v>
+        <v>38222</v>
       </c>
       <c r="M154" s="2">
-        <v>9786556055220</v>
+        <v>9788536207551</v>
       </c>
       <c r="N154" t="s" s="3">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="O154" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P154" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
-        <v>25211</v>
+        <v>29081</v>
       </c>
       <c r="C155" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D155" t="s">
         <v>53</v>
       </c>
       <c r="E155" t="s">
-        <v>447</v>
+        <v>163</v>
       </c>
       <c r="F155">
-        <v>210</v>
+        <v>280</v>
       </c>
       <c r="G155">
-        <v>260</v>
+        <v>347</v>
       </c>
       <c r="H155" t="s">
         <v>18</v>
       </c>
       <c r="I155">
         <v>150</v>
       </c>
       <c r="J155">
         <v>210</v>
       </c>
       <c r="K155">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L155" s="1">
-        <v>42683</v>
+        <v>44336</v>
       </c>
       <c r="M155" s="2">
-        <v>9788536263335</v>
+        <v>9786556055220</v>
       </c>
       <c r="N155" t="s" s="3">
         <v>448</v>
       </c>
       <c r="O155" s="4">
-        <v>99.90</v>
+        <v>129.90</v>
       </c>
       <c r="P155" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
-        <v>13195</v>
+        <v>25211</v>
       </c>
       <c r="C156" t="s">
         <v>449</v>
       </c>
       <c r="D156" t="s">
-        <v>207</v>
+        <v>53</v>
+      </c>
+      <c r="E156" t="s">
+        <v>450</v>
       </c>
       <c r="F156">
-        <v>254</v>
+        <v>210</v>
       </c>
       <c r="G156">
-        <v>344</v>
+        <v>260</v>
       </c>
       <c r="H156" t="s">
         <v>18</v>
       </c>
       <c r="I156">
         <v>150</v>
       </c>
       <c r="J156">
         <v>210</v>
       </c>
       <c r="K156">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="L156" s="1">
-        <v>38511</v>
+        <v>42683</v>
       </c>
       <c r="M156" s="2">
-        <v>9788536209838</v>
+        <v>9788536263335</v>
       </c>
       <c r="N156" t="s" s="3">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="O156" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P156" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
-        <v>26398</v>
+        <v>13195</v>
       </c>
       <c r="C157" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D157" t="s">
-        <v>452</v>
+        <v>207</v>
       </c>
       <c r="F157">
-        <v>194</v>
+        <v>254</v>
       </c>
       <c r="G157">
-        <v>241</v>
+        <v>344</v>
       </c>
       <c r="H157" t="s">
         <v>18</v>
       </c>
       <c r="I157">
         <v>150</v>
       </c>
       <c r="J157">
         <v>210</v>
       </c>
       <c r="K157">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L157" s="1">
-        <v>43075</v>
+        <v>38511</v>
       </c>
       <c r="M157" s="2">
-        <v>9788536275024</v>
+        <v>9788536209838</v>
       </c>
       <c r="N157" t="s" s="3">
         <v>453</v>
       </c>
       <c r="O157" s="4">
-        <v>84.70</v>
+        <v>109.90</v>
       </c>
       <c r="P157" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
-        <v>24420</v>
+        <v>26398</v>
       </c>
       <c r="C158" t="s">
         <v>454</v>
       </c>
       <c r="D158" t="s">
         <v>455</v>
       </c>
       <c r="F158">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="G158">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="H158" t="s">
         <v>18</v>
       </c>
       <c r="I158">
         <v>150</v>
       </c>
       <c r="J158">
         <v>210</v>
       </c>
       <c r="K158">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L158" s="1">
-        <v>42418</v>
+        <v>43075</v>
       </c>
       <c r="M158" s="2">
-        <v>9788536255880</v>
+        <v>9788536275024</v>
       </c>
       <c r="N158" t="s" s="3">
         <v>456</v>
       </c>
       <c r="O158" s="4">
-        <v>89.90</v>
+        <v>84.70</v>
       </c>
       <c r="P158" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159">
-        <v>31807</v>
+        <v>24420</v>
       </c>
       <c r="C159" t="s">
         <v>457</v>
       </c>
       <c r="D159" t="s">
-        <v>50</v>
+        <v>458</v>
       </c>
       <c r="F159">
-        <v>226</v>
+        <v>180</v>
       </c>
       <c r="G159">
-        <v>305</v>
+        <v>223</v>
       </c>
       <c r="H159" t="s">
         <v>18</v>
       </c>
       <c r="I159">
         <v>150</v>
       </c>
       <c r="J159">
         <v>210</v>
       </c>
       <c r="K159">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L159" s="1">
-        <v>45930</v>
+        <v>42418</v>
       </c>
       <c r="M159" s="2">
-        <v>9786526316290</v>
+        <v>9788536255880</v>
       </c>
       <c r="N159" t="s" s="3">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="O159" s="4">
-        <v>139.90</v>
+        <v>89.90</v>
       </c>
       <c r="P159" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160">
-        <v>23017</v>
+        <v>31807</v>
       </c>
       <c r="C160" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D160" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="F160">
-        <v>180</v>
+        <v>226</v>
       </c>
       <c r="G160">
-        <v>225</v>
+        <v>305</v>
       </c>
       <c r="H160" t="s">
         <v>18</v>
       </c>
       <c r="I160">
         <v>150</v>
       </c>
       <c r="J160">
         <v>210</v>
       </c>
       <c r="K160">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L160" s="1">
-        <v>41389</v>
+        <v>45930</v>
       </c>
       <c r="M160" s="2">
-        <v>9788536241449</v>
+        <v>9786526316290</v>
       </c>
       <c r="N160" t="s" s="3">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="O160" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P160" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161">
-        <v>25898</v>
+        <v>23017</v>
       </c>
       <c r="C161" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D161" t="s">
-        <v>191</v>
+        <v>17</v>
       </c>
       <c r="F161">
-        <v>512</v>
+        <v>180</v>
       </c>
       <c r="G161">
-        <v>698</v>
+        <v>225</v>
       </c>
       <c r="H161" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="I161">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J161">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K161">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="L161" s="1">
-        <v>42923</v>
+        <v>41389</v>
       </c>
       <c r="M161" s="2">
-        <v>9788536270135</v>
+        <v>9788536241449</v>
       </c>
       <c r="N161" t="s" s="3">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="O161" s="4">
-        <v>199.90</v>
+        <v>79.90</v>
       </c>
       <c r="P161" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162">
-        <v>28217</v>
+        <v>25898</v>
       </c>
       <c r="C162" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D162" t="s">
-        <v>57</v>
+        <v>191</v>
       </c>
       <c r="F162">
-        <v>184</v>
+        <v>512</v>
       </c>
       <c r="G162">
-        <v>228</v>
+        <v>698</v>
       </c>
       <c r="H162" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="I162">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J162">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K162">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="L162" s="1">
-        <v>43803</v>
+        <v>42923</v>
       </c>
       <c r="M162" s="2">
-        <v>9788536291994</v>
+        <v>9788536270135</v>
       </c>
       <c r="N162" t="s" s="3">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="O162" s="4">
-        <v>89.90</v>
+        <v>199.90</v>
       </c>
       <c r="P162" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163">
-        <v>30977</v>
+        <v>28217</v>
       </c>
       <c r="C163" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D163" t="s">
-        <v>466</v>
+        <v>57</v>
       </c>
       <c r="F163">
-        <v>162</v>
+        <v>184</v>
       </c>
       <c r="G163">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="H163" t="s">
         <v>18</v>
       </c>
       <c r="I163">
         <v>150</v>
       </c>
       <c r="J163">
         <v>210</v>
       </c>
       <c r="K163">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L163" s="1">
-        <v>45376</v>
+        <v>43803</v>
       </c>
       <c r="M163" s="2">
-        <v>9786526309681</v>
+        <v>9788536291994</v>
       </c>
       <c r="N163" t="s" s="3">
         <v>467</v>
       </c>
       <c r="O163" s="4">
         <v>89.90</v>
       </c>
       <c r="P163" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164">
-        <v>20273</v>
+        <v>30977</v>
       </c>
       <c r="C164" t="s">
         <v>468</v>
       </c>
       <c r="D164" t="s">
         <v>469</v>
       </c>
       <c r="F164">
-        <v>220</v>
+        <v>162</v>
       </c>
       <c r="G164">
-        <v>283</v>
+        <v>201</v>
       </c>
       <c r="H164" t="s">
         <v>18</v>
       </c>
       <c r="I164">
         <v>150</v>
       </c>
       <c r="J164">
         <v>210</v>
       </c>
       <c r="K164">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L164" s="1">
-        <v>39219</v>
+        <v>45376</v>
       </c>
       <c r="M164" s="2">
-        <v>9788536215709</v>
+        <v>9786526309681</v>
       </c>
       <c r="N164" t="s" s="3">
         <v>470</v>
       </c>
       <c r="O164" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P164" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165">
-        <v>22280</v>
+        <v>20273</v>
       </c>
       <c r="C165" t="s">
         <v>471</v>
       </c>
       <c r="D165" t="s">
         <v>472</v>
       </c>
       <c r="F165">
-        <v>129</v>
+        <v>220</v>
       </c>
       <c r="G165">
-        <v>184</v>
+        <v>283</v>
       </c>
       <c r="H165" t="s">
         <v>18</v>
       </c>
       <c r="I165">
         <v>150</v>
       </c>
       <c r="J165">
         <v>210</v>
       </c>
       <c r="K165">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L165" s="1">
-        <v>40725</v>
+        <v>39219</v>
       </c>
       <c r="M165" s="2">
-        <v>9788536233680</v>
+        <v>9788536215709</v>
       </c>
       <c r="N165" t="s" s="3">
         <v>473</v>
       </c>
       <c r="O165" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P165" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166">
-        <v>20778</v>
+        <v>31966</v>
       </c>
       <c r="C166" t="s">
         <v>474</v>
       </c>
       <c r="D166" t="s">
+        <v>234</v>
+      </c>
+      <c r="E166" t="s">
+        <v>54</v>
+      </c>
+      <c r="F166">
+        <v>86</v>
+      </c>
+      <c r="G166">
+        <v>136</v>
+      </c>
+      <c r="H166" t="s">
+        <v>18</v>
+      </c>
+      <c r="I166">
+        <v>150</v>
+      </c>
+      <c r="J166">
+        <v>210</v>
+      </c>
+      <c r="K166">
+        <v>5</v>
+      </c>
+      <c r="L166" s="1">
+        <v>46043</v>
+      </c>
+      <c r="M166" s="2">
+        <v>9786526320631</v>
+      </c>
+      <c r="N166" t="s" s="3">
         <v>475</v>
-      </c>
-[...25 lines deleted...]
-        <v>476</v>
       </c>
       <c r="O166" s="4">
         <v>79.90</v>
       </c>
       <c r="P166" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167">
-        <v>23143</v>
+        <v>22280</v>
       </c>
       <c r="C167" t="s">
+        <v>476</v>
+      </c>
+      <c r="D167" t="s">
         <v>477</v>
       </c>
-      <c r="D167" t="s">
+      <c r="F167">
+        <v>129</v>
+      </c>
+      <c r="G167">
+        <v>184</v>
+      </c>
+      <c r="H167" t="s">
+        <v>18</v>
+      </c>
+      <c r="I167">
+        <v>150</v>
+      </c>
+      <c r="J167">
+        <v>210</v>
+      </c>
+      <c r="K167">
+        <v>8</v>
+      </c>
+      <c r="L167" s="1">
+        <v>40725</v>
+      </c>
+      <c r="M167" s="2">
+        <v>9788536233680</v>
+      </c>
+      <c r="N167" t="s" s="3">
         <v>478</v>
       </c>
-      <c r="F167">
-[...25 lines deleted...]
-      </c>
       <c r="O167" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P167" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168">
-        <v>24251</v>
+        <v>20778</v>
       </c>
       <c r="C168" t="s">
+        <v>479</v>
+      </c>
+      <c r="D168" t="s">
         <v>480</v>
       </c>
-      <c r="D168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F168">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="G168">
-        <v>223</v>
+        <v>154</v>
       </c>
       <c r="H168" t="s">
         <v>18</v>
       </c>
       <c r="I168">
         <v>150</v>
       </c>
       <c r="J168">
         <v>210</v>
       </c>
       <c r="K168">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L168" s="1">
-        <v>42284</v>
+        <v>39654</v>
       </c>
       <c r="M168" s="2">
-        <v>9788536254258</v>
+        <v>9788536220864</v>
       </c>
       <c r="N168" t="s" s="3">
         <v>481</v>
       </c>
       <c r="O168" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P168" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169">
-        <v>22891</v>
+        <v>23143</v>
       </c>
       <c r="C169" t="s">
         <v>482</v>
       </c>
       <c r="D169" t="s">
-        <v>426</v>
+        <v>483</v>
       </c>
       <c r="F169">
-        <v>114</v>
+        <v>164</v>
       </c>
       <c r="G169">
-        <v>160</v>
+        <v>225</v>
       </c>
       <c r="H169" t="s">
         <v>18</v>
       </c>
       <c r="I169">
         <v>150</v>
       </c>
       <c r="J169">
         <v>210</v>
       </c>
       <c r="K169">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L169" s="1">
-        <v>41289</v>
+        <v>41495</v>
       </c>
       <c r="M169" s="2">
-        <v>9788536240596</v>
+        <v>9788536243504</v>
       </c>
       <c r="N169" t="s" s="3">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="O169" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P169" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170">
-        <v>21019</v>
+        <v>24251</v>
       </c>
       <c r="C170" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D170" t="s">
-        <v>485</v>
+        <v>169</v>
       </c>
       <c r="F170">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="G170">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="H170" t="s">
         <v>18</v>
       </c>
       <c r="I170">
         <v>150</v>
       </c>
       <c r="J170">
         <v>210</v>
       </c>
       <c r="K170">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L170" s="1">
-        <v>39862</v>
+        <v>42284</v>
       </c>
       <c r="M170" s="2">
-        <v>9788536223872</v>
+        <v>9788536254258</v>
       </c>
       <c r="N170" t="s" s="3">
         <v>486</v>
       </c>
       <c r="O170" s="4">
-        <v>39.90</v>
+        <v>89.90</v>
       </c>
       <c r="P170" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171">
-        <v>21761</v>
+        <v>22891</v>
       </c>
       <c r="C171" t="s">
         <v>487</v>
       </c>
       <c r="D171" t="s">
-        <v>17</v>
+        <v>429</v>
       </c>
       <c r="F171">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="G171">
-        <v>232</v>
+        <v>160</v>
       </c>
       <c r="H171" t="s">
         <v>18</v>
       </c>
       <c r="I171">
         <v>150</v>
       </c>
       <c r="J171">
         <v>210</v>
       </c>
       <c r="K171">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L171" s="1">
-        <v>40324</v>
+        <v>41289</v>
       </c>
       <c r="M171" s="2">
-        <v>9788536229904</v>
+        <v>9788536240596</v>
       </c>
       <c r="N171" t="s" s="3">
         <v>488</v>
       </c>
       <c r="O171" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P171" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172">
-        <v>24441</v>
+        <v>21019</v>
       </c>
       <c r="C172" t="s">
         <v>489</v>
       </c>
       <c r="D172" t="s">
         <v>490</v>
       </c>
       <c r="F172">
-        <v>278</v>
+        <v>140</v>
       </c>
       <c r="G172">
-        <v>345</v>
+        <v>215</v>
       </c>
       <c r="H172" t="s">
         <v>18</v>
       </c>
       <c r="I172">
         <v>150</v>
       </c>
       <c r="J172">
         <v>210</v>
       </c>
       <c r="K172">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="L172" s="1">
-        <v>42429</v>
+        <v>39862</v>
       </c>
       <c r="M172" s="2">
-        <v>9788536255927</v>
+        <v>9788536223872</v>
       </c>
       <c r="N172" t="s" s="3">
         <v>491</v>
       </c>
       <c r="O172" s="4">
-        <v>139.90</v>
+        <v>39.90</v>
       </c>
       <c r="P172" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173">
-        <v>28692</v>
+        <v>21761</v>
       </c>
       <c r="C173" t="s">
         <v>492</v>
       </c>
       <c r="D173" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="F173">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="G173">
-        <v>186</v>
+        <v>232</v>
       </c>
       <c r="H173" t="s">
         <v>18</v>
       </c>
       <c r="I173">
         <v>150</v>
       </c>
       <c r="J173">
         <v>210</v>
       </c>
       <c r="K173">
         <v>8</v>
       </c>
       <c r="L173" s="1">
-        <v>44097</v>
+        <v>40324</v>
       </c>
       <c r="M173" s="2">
-        <v>9786556052892</v>
+        <v>9788536229904</v>
       </c>
       <c r="N173" t="s" s="3">
         <v>493</v>
       </c>
       <c r="O173" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P173" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174">
-        <v>27960</v>
+        <v>24441</v>
       </c>
       <c r="C174" t="s">
         <v>494</v>
       </c>
       <c r="D174" t="s">
         <v>495</v>
       </c>
       <c r="F174">
-        <v>106</v>
+        <v>278</v>
       </c>
       <c r="G174">
-        <v>131</v>
+        <v>345</v>
       </c>
       <c r="H174" t="s">
         <v>18</v>
       </c>
       <c r="I174">
         <v>150</v>
       </c>
       <c r="J174">
         <v>210</v>
       </c>
       <c r="K174">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="L174" s="1">
-        <v>43682</v>
+        <v>42429</v>
       </c>
       <c r="M174" s="2">
-        <v>9788536289724</v>
+        <v>9788536255927</v>
       </c>
       <c r="N174" t="s" s="3">
         <v>496</v>
       </c>
       <c r="O174" s="4">
-        <v>59.90</v>
+        <v>139.90</v>
       </c>
       <c r="P174" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175">
-        <v>20850</v>
+        <v>28692</v>
       </c>
       <c r="C175" t="s">
         <v>497</v>
       </c>
       <c r="D175" t="s">
+        <v>53</v>
+      </c>
+      <c r="F175">
+        <v>150</v>
+      </c>
+      <c r="G175">
+        <v>186</v>
+      </c>
+      <c r="H175" t="s">
+        <v>18</v>
+      </c>
+      <c r="I175">
+        <v>150</v>
+      </c>
+      <c r="J175">
+        <v>210</v>
+      </c>
+      <c r="K175">
+        <v>8</v>
+      </c>
+      <c r="L175" s="1">
+        <v>44097</v>
+      </c>
+      <c r="M175" s="2">
+        <v>9786556052892</v>
+      </c>
+      <c r="N175" t="s" s="3">
         <v>498</v>
       </c>
-      <c r="F175">
-[...25 lines deleted...]
-      </c>
       <c r="O175" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P175" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176">
-        <v>22091</v>
+        <v>27960</v>
       </c>
       <c r="C176" t="s">
+        <v>499</v>
+      </c>
+      <c r="D176" t="s">
         <v>500</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176">
+        <v>106</v>
+      </c>
+      <c r="G176">
+        <v>131</v>
+      </c>
+      <c r="H176" t="s">
+        <v>18</v>
+      </c>
+      <c r="I176">
+        <v>150</v>
+      </c>
+      <c r="J176">
+        <v>210</v>
+      </c>
+      <c r="K176">
+        <v>6</v>
+      </c>
+      <c r="L176" s="1">
+        <v>43682</v>
+      </c>
+      <c r="M176" s="2">
+        <v>9788536289724</v>
+      </c>
+      <c r="N176" t="s" s="3">
         <v>501</v>
       </c>
-      <c r="F176">
-[...25 lines deleted...]
-      </c>
       <c r="O176" s="4">
-        <v>84.70</v>
+        <v>59.90</v>
       </c>
       <c r="P176" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177">
-        <v>20691</v>
+        <v>20850</v>
       </c>
       <c r="C177" t="s">
+        <v>502</v>
+      </c>
+      <c r="D177" t="s">
         <v>503</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177">
+        <v>332</v>
+      </c>
+      <c r="G177">
+        <v>498</v>
+      </c>
+      <c r="H177" t="s">
+        <v>18</v>
+      </c>
+      <c r="I177">
+        <v>150</v>
+      </c>
+      <c r="J177">
+        <v>210</v>
+      </c>
+      <c r="K177">
+        <v>17</v>
+      </c>
+      <c r="L177" s="1">
+        <v>39696</v>
+      </c>
+      <c r="M177" s="2">
+        <v>9788536221724</v>
+      </c>
+      <c r="N177" t="s" s="3">
         <v>504</v>
       </c>
-      <c r="F177">
-[...25 lines deleted...]
-      </c>
       <c r="O177" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P177" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178">
-        <v>30134</v>
+        <v>22091</v>
       </c>
       <c r="C178" t="s">
+        <v>505</v>
+      </c>
+      <c r="D178" t="s">
         <v>506</v>
       </c>
-      <c r="D178" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F178">
-        <v>314</v>
+        <v>192</v>
       </c>
       <c r="G178">
-        <v>389</v>
+        <v>245</v>
       </c>
       <c r="H178" t="s">
         <v>18</v>
       </c>
       <c r="I178">
         <v>150</v>
       </c>
       <c r="J178">
         <v>210</v>
       </c>
       <c r="K178">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="L178" s="1">
-        <v>44853</v>
+        <v>40525</v>
       </c>
       <c r="M178" s="2">
-        <v>9786526302101</v>
+        <v>9788536232256</v>
       </c>
       <c r="N178" t="s" s="3">
         <v>507</v>
       </c>
       <c r="O178" s="4">
-        <v>149.90</v>
+        <v>84.70</v>
       </c>
       <c r="P178" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179">
-        <v>12300</v>
+        <v>20691</v>
       </c>
       <c r="C179" t="s">
         <v>508</v>
       </c>
       <c r="D179" t="s">
         <v>509</v>
       </c>
       <c r="F179">
-        <v>214</v>
+        <v>160</v>
       </c>
       <c r="G179">
-        <v>292</v>
+        <v>157</v>
       </c>
       <c r="H179" t="s">
         <v>18</v>
       </c>
       <c r="I179">
         <v>150</v>
       </c>
       <c r="J179">
         <v>210</v>
       </c>
       <c r="K179">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L179" s="1">
-        <v>37288</v>
+        <v>39587</v>
       </c>
       <c r="M179" s="2">
-        <v>9788536200477</v>
+        <v>9788536220024</v>
       </c>
       <c r="N179" t="s" s="3">
         <v>510</v>
       </c>
       <c r="O179" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P179" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180">
-        <v>20062</v>
+        <v>30134</v>
       </c>
       <c r="C180" t="s">
         <v>511</v>
       </c>
       <c r="D180" t="s">
+        <v>53</v>
+      </c>
+      <c r="E180" t="s">
+        <v>88</v>
+      </c>
+      <c r="F180">
+        <v>314</v>
+      </c>
+      <c r="G180">
+        <v>389</v>
+      </c>
+      <c r="H180" t="s">
+        <v>18</v>
+      </c>
+      <c r="I180">
+        <v>150</v>
+      </c>
+      <c r="J180">
+        <v>210</v>
+      </c>
+      <c r="K180">
+        <v>16</v>
+      </c>
+      <c r="L180" s="1">
+        <v>44853</v>
+      </c>
+      <c r="M180" s="2">
+        <v>9786526302101</v>
+      </c>
+      <c r="N180" t="s" s="3">
         <v>512</v>
       </c>
-      <c r="E180" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O180" s="4">
-        <v>69.90</v>
+        <v>149.90</v>
       </c>
       <c r="P180" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181">
-        <v>21660</v>
+        <v>12300</v>
       </c>
       <c r="C181" t="s">
+        <v>513</v>
+      </c>
+      <c r="D181" t="s">
         <v>514</v>
       </c>
-      <c r="D181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F181">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="G181">
-        <v>215</v>
+        <v>292</v>
       </c>
       <c r="H181" t="s">
         <v>18</v>
       </c>
       <c r="I181">
         <v>150</v>
       </c>
       <c r="J181">
         <v>210</v>
       </c>
       <c r="K181">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L181" s="1">
-        <v>40263</v>
+        <v>37288</v>
       </c>
       <c r="M181" s="2">
-        <v>9788536229218</v>
+        <v>9788536200477</v>
       </c>
       <c r="N181" t="s" s="3">
         <v>515</v>
       </c>
       <c r="O181" s="4">
-        <v>74.70</v>
+        <v>109.90</v>
       </c>
       <c r="P181" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182">
-        <v>21842</v>
+        <v>20062</v>
       </c>
       <c r="C182" t="s">
         <v>516</v>
       </c>
       <c r="D182" t="s">
         <v>517</v>
       </c>
+      <c r="E182" t="s">
+        <v>208</v>
+      </c>
       <c r="F182">
-        <v>276</v>
+        <v>114</v>
       </c>
       <c r="G182">
-        <v>298</v>
+        <v>174</v>
       </c>
       <c r="H182" t="s">
         <v>18</v>
       </c>
       <c r="I182">
         <v>150</v>
       </c>
       <c r="J182">
         <v>210</v>
       </c>
       <c r="K182">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="L182" s="1">
-        <v>40365</v>
+        <v>38979</v>
       </c>
       <c r="M182" s="2">
-        <v>9788536230443</v>
+        <v>9788536213736</v>
       </c>
       <c r="N182" t="s" s="3">
         <v>518</v>
       </c>
       <c r="O182" s="4">
-        <v>129.90</v>
+        <v>69.90</v>
       </c>
       <c r="P182" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183">
-        <v>24180</v>
+        <v>21660</v>
       </c>
       <c r="C183" t="s">
         <v>519</v>
       </c>
       <c r="D183" t="s">
+        <v>169</v>
+      </c>
+      <c r="F183">
+        <v>156</v>
+      </c>
+      <c r="G183">
+        <v>215</v>
+      </c>
+      <c r="H183" t="s">
+        <v>18</v>
+      </c>
+      <c r="I183">
+        <v>150</v>
+      </c>
+      <c r="J183">
+        <v>210</v>
+      </c>
+      <c r="K183">
+        <v>9</v>
+      </c>
+      <c r="L183" s="1">
+        <v>40263</v>
+      </c>
+      <c r="M183" s="2">
+        <v>9788536229218</v>
+      </c>
+      <c r="N183" t="s" s="3">
         <v>520</v>
       </c>
-      <c r="E183" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O183" s="4">
-        <v>139.90</v>
+        <v>74.70</v>
       </c>
       <c r="P183" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184">
-        <v>22488</v>
+        <v>21842</v>
       </c>
       <c r="C184" t="s">
+        <v>521</v>
+      </c>
+      <c r="D184" t="s">
         <v>522</v>
       </c>
-      <c r="D184" t="s">
+      <c r="F184">
+        <v>276</v>
+      </c>
+      <c r="G184">
+        <v>298</v>
+      </c>
+      <c r="H184" t="s">
+        <v>18</v>
+      </c>
+      <c r="I184">
+        <v>150</v>
+      </c>
+      <c r="J184">
+        <v>210</v>
+      </c>
+      <c r="K184">
+        <v>15</v>
+      </c>
+      <c r="L184" s="1">
+        <v>40365</v>
+      </c>
+      <c r="M184" s="2">
+        <v>9788536230443</v>
+      </c>
+      <c r="N184" t="s" s="3">
         <v>523</v>
       </c>
-      <c r="F184">
-[...25 lines deleted...]
-      </c>
       <c r="O184" s="4">
-        <v>99.90</v>
+        <v>129.90</v>
       </c>
       <c r="P184" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185">
-        <v>21881</v>
+        <v>24180</v>
       </c>
       <c r="C185" t="s">
+        <v>524</v>
+      </c>
+      <c r="D185" t="s">
         <v>525</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" t="s">
+        <v>208</v>
+      </c>
+      <c r="F185">
+        <v>334</v>
+      </c>
+      <c r="G185">
+        <v>414</v>
+      </c>
+      <c r="H185" t="s">
+        <v>18</v>
+      </c>
+      <c r="I185">
+        <v>150</v>
+      </c>
+      <c r="J185">
+        <v>210</v>
+      </c>
+      <c r="K185">
+        <v>17</v>
+      </c>
+      <c r="L185" s="1">
+        <v>42244</v>
+      </c>
+      <c r="M185" s="2">
+        <v>9788536253565</v>
+      </c>
+      <c r="N185" t="s" s="3">
         <v>526</v>
       </c>
-      <c r="F185">
-[...25 lines deleted...]
-      </c>
       <c r="O185" s="4">
-        <v>189.90</v>
+        <v>139.90</v>
       </c>
       <c r="P185" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186">
+        <v>22488</v>
+      </c>
+      <c r="C186" t="s">
+        <v>527</v>
+      </c>
+      <c r="D186" t="s">
+        <v>528</v>
+      </c>
+      <c r="F186">
+        <v>224</v>
+      </c>
+      <c r="G186">
+        <v>308</v>
+      </c>
+      <c r="H186" t="s">
+        <v>18</v>
+      </c>
+      <c r="I186">
+        <v>150</v>
+      </c>
+      <c r="J186">
+        <v>210</v>
+      </c>
+      <c r="K186">
+        <v>12</v>
+      </c>
+      <c r="L186" s="1">
+        <v>40939</v>
+      </c>
+      <c r="M186" s="2">
+        <v>9788536236353</v>
+      </c>
+      <c r="N186" t="s" s="3">
+        <v>529</v>
+      </c>
+      <c r="O186" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P186" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187">
+        <v>186</v>
+      </c>
+      <c r="B187">
+        <v>21881</v>
+      </c>
+      <c r="C187" t="s">
+        <v>530</v>
+      </c>
+      <c r="D187" t="s">
+        <v>531</v>
+      </c>
+      <c r="F187">
+        <v>444</v>
+      </c>
+      <c r="G187">
+        <v>548</v>
+      </c>
+      <c r="H187" t="s">
+        <v>18</v>
+      </c>
+      <c r="I187">
+        <v>150</v>
+      </c>
+      <c r="J187">
+        <v>210</v>
+      </c>
+      <c r="K187">
+        <v>23</v>
+      </c>
+      <c r="L187" s="1">
+        <v>40399</v>
+      </c>
+      <c r="M187" s="2">
+        <v>9788536230870</v>
+      </c>
+      <c r="N187" t="s" s="3">
+        <v>532</v>
+      </c>
+      <c r="O187" s="4">
+        <v>189.90</v>
+      </c>
+      <c r="P187" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188">
+        <v>187</v>
+      </c>
+      <c r="B188">
         <v>26503</v>
       </c>
-      <c r="C186" t="inlineStr">
+      <c r="C188" t="inlineStr">
         <is>
           <t>Sociedade Limitada - Aspectos Administrativos, Jurídicos &amp; Contábeis - Comentários ao Código Civil com ênfase em temas destacados do Direito e da Contabilidade</t>
         </is>
       </c>
-      <c r="D186" t="s">
+      <c r="D188" t="s">
         <v>53</v>
       </c>
-      <c r="E186" t="s">
-[...2 lines deleted...]
-      <c r="F186">
+      <c r="E188" t="s">
+        <v>214</v>
+      </c>
+      <c r="F188">
         <v>270</v>
       </c>
-      <c r="G186">
+      <c r="G188">
         <v>335</v>
       </c>
-      <c r="H186" t="s">
-[...8 lines deleted...]
-      <c r="K186">
+      <c r="H188" t="s">
+        <v>18</v>
+      </c>
+      <c r="I188">
+        <v>150</v>
+      </c>
+      <c r="J188">
+        <v>210</v>
+      </c>
+      <c r="K188">
         <v>14</v>
       </c>
-      <c r="L186" s="1">
+      <c r="L188" s="1">
         <v>43122</v>
       </c>
-      <c r="M186" s="2">
+      <c r="M188" s="2">
         <v>9788536275796</v>
-      </c>
-[...95 lines deleted...]
-        <v>9788536212982</v>
       </c>
       <c r="N188" t="s" s="3">
         <v>533</v>
       </c>
       <c r="O188" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P188" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189">
-        <v>12930</v>
+        <v>25207</v>
       </c>
       <c r="C189" t="s">
         <v>534</v>
       </c>
       <c r="D189" t="s">
+        <v>242</v>
+      </c>
+      <c r="E189" t="s">
+        <v>54</v>
+      </c>
+      <c r="F189">
+        <v>170</v>
+      </c>
+      <c r="G189">
+        <v>211</v>
+      </c>
+      <c r="H189" t="s">
+        <v>18</v>
+      </c>
+      <c r="I189">
+        <v>150</v>
+      </c>
+      <c r="J189">
+        <v>210</v>
+      </c>
+      <c r="K189">
+        <v>10</v>
+      </c>
+      <c r="L189" s="1">
+        <v>42674</v>
+      </c>
+      <c r="M189" s="2">
+        <v>9788536263304</v>
+      </c>
+      <c r="N189" t="s" s="3">
         <v>535</v>
       </c>
-      <c r="F189">
-[...25 lines deleted...]
-      </c>
       <c r="O189" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P189" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190">
-        <v>23418</v>
+        <v>13478</v>
       </c>
       <c r="C190" t="s">
+        <v>536</v>
+      </c>
+      <c r="D190" t="s">
         <v>537</v>
       </c>
-      <c r="D190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F190">
-        <v>278</v>
+        <v>204</v>
       </c>
       <c r="G190">
-        <v>346</v>
+        <v>262</v>
       </c>
       <c r="H190" t="s">
         <v>18</v>
       </c>
       <c r="I190">
         <v>150</v>
       </c>
       <c r="J190">
         <v>210</v>
       </c>
       <c r="K190">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="L190" s="1">
-        <v>41765</v>
+        <v>38894</v>
       </c>
       <c r="M190" s="2">
-        <v>9788536246468</v>
+        <v>9788536212982</v>
       </c>
       <c r="N190" t="s" s="3">
         <v>538</v>
       </c>
       <c r="O190" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P190" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191">
-        <v>29149</v>
+        <v>12930</v>
       </c>
       <c r="C191" t="s">
         <v>539</v>
       </c>
       <c r="D191" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="E191" t="s">
         <v>540</v>
       </c>
       <c r="F191">
-        <v>300</v>
+        <v>202</v>
       </c>
       <c r="G191">
-        <v>372</v>
+        <v>272</v>
       </c>
       <c r="H191" t="s">
         <v>18</v>
       </c>
       <c r="I191">
         <v>150</v>
       </c>
       <c r="J191">
         <v>210</v>
       </c>
       <c r="K191">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="L191" s="1">
-        <v>44385</v>
+        <v>38198</v>
       </c>
       <c r="M191" s="2">
-        <v>9786556056005</v>
+        <v>9788536207643</v>
       </c>
       <c r="N191" t="s" s="3">
         <v>541</v>
       </c>
       <c r="O191" s="4">
-        <v>139.90</v>
+        <v>89.90</v>
       </c>
       <c r="P191" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192">
-        <v>23535</v>
+        <v>23418</v>
       </c>
       <c r="C192" t="s">
         <v>542</v>
       </c>
       <c r="D192" t="s">
+        <v>57</v>
+      </c>
+      <c r="F192">
+        <v>278</v>
+      </c>
+      <c r="G192">
+        <v>346</v>
+      </c>
+      <c r="H192" t="s">
+        <v>18</v>
+      </c>
+      <c r="I192">
+        <v>150</v>
+      </c>
+      <c r="J192">
+        <v>210</v>
+      </c>
+      <c r="K192">
+        <v>15</v>
+      </c>
+      <c r="L192" s="1">
+        <v>41765</v>
+      </c>
+      <c r="M192" s="2">
+        <v>9788536246468</v>
+      </c>
+      <c r="N192" t="s" s="3">
         <v>543</v>
-      </c>
-[...25 lines deleted...]
-        <v>544</v>
       </c>
       <c r="O192" s="4">
         <v>119.90</v>
       </c>
       <c r="P192" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
-        <v>21786</v>
+        <v>29149</v>
       </c>
       <c r="C193" t="s">
+        <v>544</v>
+      </c>
+      <c r="D193" t="s">
+        <v>53</v>
+      </c>
+      <c r="E193" t="s">
         <v>545</v>
       </c>
-      <c r="D193" t="s">
+      <c r="F193">
+        <v>300</v>
+      </c>
+      <c r="G193">
+        <v>372</v>
+      </c>
+      <c r="H193" t="s">
+        <v>18</v>
+      </c>
+      <c r="I193">
+        <v>150</v>
+      </c>
+      <c r="J193">
+        <v>210</v>
+      </c>
+      <c r="K193">
+        <v>15</v>
+      </c>
+      <c r="L193" s="1">
+        <v>44385</v>
+      </c>
+      <c r="M193" s="2">
+        <v>9786556056005</v>
+      </c>
+      <c r="N193" t="s" s="3">
         <v>546</v>
       </c>
-      <c r="F193">
-[...25 lines deleted...]
-      </c>
       <c r="O193" s="4">
-        <v>69.90</v>
+        <v>139.90</v>
       </c>
       <c r="P193" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194">
-        <v>21392</v>
+        <v>23535</v>
       </c>
       <c r="C194" t="s">
+        <v>547</v>
+      </c>
+      <c r="D194" t="s">
         <v>548</v>
       </c>
-      <c r="D194" t="s">
+      <c r="F194">
+        <v>210</v>
+      </c>
+      <c r="G194">
+        <v>260</v>
+      </c>
+      <c r="H194" t="s">
+        <v>18</v>
+      </c>
+      <c r="I194">
+        <v>150</v>
+      </c>
+      <c r="J194">
+        <v>210</v>
+      </c>
+      <c r="K194">
+        <v>11</v>
+      </c>
+      <c r="L194" s="1">
+        <v>41852</v>
+      </c>
+      <c r="M194" s="2">
+        <v>9788536247533</v>
+      </c>
+      <c r="N194" t="s" s="3">
         <v>549</v>
       </c>
-      <c r="F194">
-[...25 lines deleted...]
-      </c>
       <c r="O194" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P194" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195">
-        <v>20864</v>
+        <v>21786</v>
       </c>
       <c r="C195" t="s">
+        <v>550</v>
+      </c>
+      <c r="D195" t="s">
         <v>551</v>
       </c>
-      <c r="D195" t="s">
+      <c r="F195">
+        <v>146</v>
+      </c>
+      <c r="G195">
+        <v>189</v>
+      </c>
+      <c r="H195" t="s">
+        <v>18</v>
+      </c>
+      <c r="I195">
+        <v>150</v>
+      </c>
+      <c r="J195">
+        <v>210</v>
+      </c>
+      <c r="K195">
+        <v>8</v>
+      </c>
+      <c r="L195" s="1">
+        <v>40326</v>
+      </c>
+      <c r="M195" s="2">
+        <v>9788536230108</v>
+      </c>
+      <c r="N195" t="s" s="3">
         <v>552</v>
       </c>
-      <c r="F195">
-[...25 lines deleted...]
-      </c>
       <c r="O195" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P195" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196">
-        <v>31278</v>
+        <v>21392</v>
       </c>
       <c r="C196" t="s">
+        <v>553</v>
+      </c>
+      <c r="D196" t="s">
         <v>554</v>
       </c>
-      <c r="D196" t="s">
+      <c r="F196">
+        <v>140</v>
+      </c>
+      <c r="G196">
+        <v>160</v>
+      </c>
+      <c r="H196" t="s">
+        <v>18</v>
+      </c>
+      <c r="I196">
+        <v>150</v>
+      </c>
+      <c r="J196">
+        <v>210</v>
+      </c>
+      <c r="K196">
+        <v>8</v>
+      </c>
+      <c r="L196" s="1">
+        <v>40126</v>
+      </c>
+      <c r="M196" s="2">
+        <v>9788536226491</v>
+      </c>
+      <c r="N196" t="s" s="3">
         <v>555</v>
       </c>
-      <c r="F196">
-[...25 lines deleted...]
-      </c>
       <c r="O196" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P196" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197">
-        <v>31683</v>
+        <v>20864</v>
       </c>
       <c r="C197" t="s">
+        <v>556</v>
+      </c>
+      <c r="D197" t="s">
         <v>557</v>
       </c>
-      <c r="D197" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F197">
-        <v>400</v>
+        <v>182</v>
       </c>
       <c r="G197">
-        <v>497</v>
+        <v>235</v>
       </c>
       <c r="H197" t="s">
         <v>18</v>
       </c>
       <c r="I197">
         <v>150</v>
       </c>
       <c r="J197">
         <v>210</v>
       </c>
       <c r="K197">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="L197" s="1">
-        <v>45855</v>
+        <v>39707</v>
       </c>
       <c r="M197" s="2">
-        <v>9786526317853</v>
+        <v>9788536221779</v>
       </c>
       <c r="N197" t="s" s="3">
         <v>558</v>
       </c>
       <c r="O197" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P197" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198">
+        <v>197</v>
+      </c>
+      <c r="B198">
+        <v>31278</v>
+      </c>
+      <c r="C198" t="s">
+        <v>559</v>
+      </c>
+      <c r="D198" t="s">
+        <v>560</v>
+      </c>
+      <c r="F198">
+        <v>132</v>
+      </c>
+      <c r="G198">
+        <v>164</v>
+      </c>
+      <c r="H198" t="s">
+        <v>18</v>
+      </c>
+      <c r="I198">
+        <v>150</v>
+      </c>
+      <c r="J198">
+        <v>210</v>
+      </c>
+      <c r="K198">
+        <v>7</v>
+      </c>
+      <c r="L198" s="1">
+        <v>45581</v>
+      </c>
+      <c r="M198" s="2">
+        <v>9786526311868</v>
+      </c>
+      <c r="N198" t="s" s="3">
+        <v>561</v>
+      </c>
+      <c r="O198" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P198" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199">
+        <v>198</v>
+      </c>
+      <c r="B199">
+        <v>31683</v>
+      </c>
+      <c r="C199" t="s">
+        <v>562</v>
+      </c>
+      <c r="D199" t="s">
+        <v>387</v>
+      </c>
+      <c r="E199" t="s">
+        <v>47</v>
+      </c>
+      <c r="F199">
+        <v>400</v>
+      </c>
+      <c r="G199">
+        <v>497</v>
+      </c>
+      <c r="H199" t="s">
+        <v>18</v>
+      </c>
+      <c r="I199">
+        <v>150</v>
+      </c>
+      <c r="J199">
+        <v>210</v>
+      </c>
+      <c r="K199">
+        <v>19</v>
+      </c>
+      <c r="L199" s="1">
+        <v>45855</v>
+      </c>
+      <c r="M199" s="2">
+        <v>9786526317853</v>
+      </c>
+      <c r="N199" t="s" s="3">
+        <v>563</v>
+      </c>
+      <c r="O199" s="4">
         <v>189.90</v>
       </c>
-      <c r="P197" t="s">
+      <c r="P199" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>