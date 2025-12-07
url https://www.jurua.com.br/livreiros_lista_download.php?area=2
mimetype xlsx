--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="784">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="790" uniqueCount="790">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -173,50 +173,59 @@
   <si>
     <t>Arbitragem - Uma Atividade para Contadores - Comentários à Lei 9.307/96</t>
   </si>
   <si>
     <t>Wilson Alberto Zappa Hoog e José Rojo Alonso</t>
   </si>
   <si>
     <t>2ª Edição - Revista e Atualizada de Acordo com o Novo CPC</t>
   </si>
   <si>
     <t>978853626334-2</t>
   </si>
   <si>
     <t>Aspectos Tributários da Nova Lei de Falências - Comentários à LC 118, de 09/02/2005</t>
   </si>
   <si>
     <t>Kiyoshi Harada</t>
   </si>
   <si>
     <t>853621010-9</t>
   </si>
   <si>
     <t>Contabilidade - Tributação e Legislação Fiscal;</t>
   </si>
   <si>
+    <t>Assim Nasce uma Holding - Holding para Advogados, Contadores e Público em Geral</t>
+  </si>
+  <si>
+    <t>Vicente Sevilha</t>
+  </si>
+  <si>
+    <t>978652631632-0</t>
+  </si>
+  <si>
     <t>Denizar Leal</t>
   </si>
   <si>
     <t>978853629178-9</t>
   </si>
   <si>
     <t>Ato Cooperativo &amp; Tributação</t>
   </si>
   <si>
     <t>Demetrius Nichele Macei</t>
   </si>
   <si>
     <t>978853624864-6</t>
   </si>
   <si>
     <t>Contabilidade - Tributação e Legislação Fiscal;Contabilidade - Cooperativismo;</t>
   </si>
   <si>
     <t>Auditoria - Aspectos Controversos da Emissão do Relatório dos Auditores Independentes - Para Profissionais, Concursos e Exame do CRC</t>
   </si>
   <si>
     <t>Coordenador: Roger Maciel de Oliveira – Organizador: Bruno Celidonio</t>
   </si>
   <si>
     <t>978655605529-9</t>
@@ -1671,50 +1680,59 @@
     <t>978652630921-6</t>
   </si>
   <si>
     <t>Contabilidade - Tributação e Legislação Fiscal;Contabilidade - Legislação;</t>
   </si>
   <si>
     <t>Manual do ISS na Prática</t>
   </si>
   <si>
     <t>Marcos Yasuo Morisaki</t>
   </si>
   <si>
     <t>978652630380-1</t>
   </si>
   <si>
     <t>Renaldo Limiro da Silva e Alexandre Limiro</t>
   </si>
   <si>
     <t>978853621649-2</t>
   </si>
   <si>
     <t>Manual Prático de Consultoria - Diagnóstico e Análise Empresarial</t>
   </si>
   <si>
     <t>978853622576-0</t>
+  </si>
+  <si>
+    <t>Manual Prático de Contabilidade para Condomínios - Gestão Eficiente e Transparente para Síndicos e Administradores</t>
+  </si>
+  <si>
+    <t>Danilo Prado Figueiredo, José Carlos Marion</t>
+  </si>
+  <si>
+    <t>978652631611-5</t>
   </si>
   <si>
     <t>978853624670-3</t>
   </si>
   <si>
     <t>Manual Prático de Direito do Trabalho</t>
   </si>
   <si>
     <t>Jair Teixeira dos Reis</t>
   </si>
   <si>
     <t>978853621650-8</t>
   </si>
   <si>
     <t>Manual Prático de ICMS para o RS - Moderno, Prático e Indispensável - Manual de Consulta para os Operadores do ICMS</t>
   </si>
   <si>
     <t>Luiz Alberto Pereira Filho e Vicente Brasil Jr.</t>
   </si>
   <si>
     <t>853620970-4</t>
   </si>
   <si>
     <t>Manual Prático do Auditor - Guia de Gestão</t>
   </si>
@@ -2414,51 +2432,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R278"/>
+  <dimension ref="A1:R280"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -2926,12966 +2944,13060 @@
       </c>
       <c r="K10">
         <v>8</v>
       </c>
       <c r="L10" s="1">
         <v>38540</v>
       </c>
       <c r="M10" s="2">
         <v>9788536210100</v>
       </c>
       <c r="N10" t="s" s="3">
         <v>52</v>
       </c>
       <c r="O10" s="4">
         <v>79.90</v>
       </c>
       <c r="P10" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
+        <v>31881</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11">
+        <v>304</v>
+      </c>
+      <c r="G11">
+        <v>383</v>
+      </c>
+      <c r="H11" t="s">
+        <v>18</v>
+      </c>
+      <c r="I11">
+        <v>150</v>
+      </c>
+      <c r="J11">
+        <v>210</v>
+      </c>
+      <c r="K11">
+        <v>15</v>
+      </c>
+      <c r="L11" s="1">
+        <v>45964</v>
+      </c>
+      <c r="M11" s="2">
+        <v>9786526316320</v>
+      </c>
+      <c r="N11" t="s" s="3">
+        <v>56</v>
+      </c>
+      <c r="O11" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12">
         <v>28196</v>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>Ativos de Uso e Propriedades para Investimento - • Estudo Comentado dos CPCs • Pronunciamentos Técnicos: 04, 27 e 28, incluindo Sínteses dos CPCs • Pronunciamentos Técnicos: 01 e 06 Atualizados pela Revisão 13</t>
         </is>
       </c>
-      <c r="D11" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>57</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="G12">
-        <v>159</v>
+        <v>211</v>
       </c>
       <c r="H12" t="s">
         <v>18</v>
       </c>
       <c r="I12">
         <v>150</v>
       </c>
       <c r="J12">
         <v>210</v>
       </c>
       <c r="K12">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L12" s="1">
-        <v>41928</v>
+        <v>43790</v>
       </c>
       <c r="M12" s="2">
-        <v>9788536248646</v>
+        <v>9788536291789</v>
       </c>
       <c r="N12" t="s" s="3">
         <v>58</v>
       </c>
       <c r="O12" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P12" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>29052</v>
+        <v>23648</v>
       </c>
       <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
         <v>60</v>
       </c>
-      <c r="D13" t="s">
-        <v>61</v>
+      <c r="E13" t="s">
+        <v>31</v>
       </c>
       <c r="F13">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="G13">
-        <v>191</v>
+        <v>159</v>
       </c>
       <c r="H13" t="s">
         <v>18</v>
       </c>
       <c r="I13">
         <v>150</v>
       </c>
       <c r="J13">
         <v>210</v>
       </c>
       <c r="K13">
         <v>8</v>
       </c>
       <c r="L13" s="1">
-        <v>44315</v>
+        <v>41928</v>
       </c>
       <c r="M13" s="2">
-        <v>9786556055299</v>
+        <v>9788536248646</v>
       </c>
       <c r="N13" t="s" s="3">
+        <v>61</v>
+      </c>
+      <c r="O13" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P13" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
-        <v>22704</v>
+        <v>29052</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>64</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14">
+        <v>154</v>
+      </c>
+      <c r="G14">
+        <v>191</v>
+      </c>
+      <c r="H14" t="s">
+        <v>18</v>
+      </c>
+      <c r="I14">
+        <v>150</v>
+      </c>
+      <c r="J14">
+        <v>210</v>
+      </c>
+      <c r="K14">
+        <v>8</v>
+      </c>
+      <c r="L14" s="1">
+        <v>44315</v>
+      </c>
+      <c r="M14" s="2">
+        <v>9786556055299</v>
+      </c>
+      <c r="N14" t="s" s="3">
         <v>65</v>
       </c>
-      <c r="F14">
-[...25 lines deleted...]
-      </c>
       <c r="O14" s="4">
-        <v>149.90</v>
+        <v>99.90</v>
       </c>
       <c r="P14" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>22313</v>
+        <v>22704</v>
       </c>
       <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
         <v>67</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>68</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15">
-        <v>170</v>
+        <v>359</v>
       </c>
       <c r="G15">
-        <v>197</v>
+        <v>450</v>
       </c>
       <c r="H15" t="s">
         <v>18</v>
       </c>
       <c r="I15">
         <v>150</v>
       </c>
       <c r="J15">
         <v>210</v>
       </c>
       <c r="K15">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="L15" s="1">
-        <v>40766</v>
+        <v>41124</v>
       </c>
       <c r="M15" s="2">
-        <v>9788536234199</v>
+        <v>9788536238548</v>
       </c>
       <c r="N15" t="s" s="3">
         <v>69</v>
       </c>
       <c r="O15" s="4">
-        <v>79.90</v>
+        <v>149.90</v>
       </c>
       <c r="P15" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>21049</v>
+        <v>22313</v>
       </c>
       <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E16" t="s">
         <v>31</v>
       </c>
       <c r="F16">
-        <v>272</v>
+        <v>170</v>
       </c>
       <c r="G16">
-        <v>345</v>
+        <v>197</v>
       </c>
       <c r="H16" t="s">
         <v>18</v>
       </c>
       <c r="I16">
         <v>150</v>
       </c>
       <c r="J16">
         <v>210</v>
       </c>
       <c r="K16">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L16" s="1">
-        <v>39884</v>
+        <v>40766</v>
       </c>
       <c r="M16" s="2">
-        <v>9788536223896</v>
+        <v>9788536234199</v>
       </c>
       <c r="N16" t="s" s="3">
+        <v>72</v>
+      </c>
+      <c r="O16" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P16" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>29260</v>
+        <v>21049</v>
       </c>
       <c r="C17" t="s">
         <v>74</v>
       </c>
       <c r="D17" t="s">
         <v>75</v>
       </c>
       <c r="E17" t="s">
+        <v>31</v>
+      </c>
+      <c r="F17">
+        <v>272</v>
+      </c>
+      <c r="G17">
+        <v>345</v>
+      </c>
+      <c r="H17" t="s">
+        <v>18</v>
+      </c>
+      <c r="I17">
+        <v>150</v>
+      </c>
+      <c r="J17">
+        <v>210</v>
+      </c>
+      <c r="K17">
+        <v>14</v>
+      </c>
+      <c r="L17" s="1">
+        <v>39884</v>
+      </c>
+      <c r="M17" s="2">
+        <v>9788536223896</v>
+      </c>
+      <c r="N17" t="s" s="3">
         <v>76</v>
       </c>
-      <c r="F17">
-[...25 lines deleted...]
-      </c>
       <c r="O17" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P17" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>31348</v>
+        <v>29260</v>
       </c>
       <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
+        <v>78</v>
+      </c>
+      <c r="E18" t="s">
         <v>79</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18">
+        <v>176</v>
+      </c>
+      <c r="G18">
+        <v>218</v>
+      </c>
+      <c r="H18" t="s">
+        <v>18</v>
+      </c>
+      <c r="I18">
+        <v>150</v>
+      </c>
+      <c r="J18">
+        <v>210</v>
+      </c>
+      <c r="K18">
+        <v>9</v>
+      </c>
+      <c r="L18" s="1">
+        <v>44459</v>
+      </c>
+      <c r="M18" s="2">
+        <v>9786556057774</v>
+      </c>
+      <c r="N18" t="s" s="3">
         <v>80</v>
       </c>
-      <c r="E18" t="s">
+      <c r="O18" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P18" t="s">
         <v>81</v>
-      </c>
-[...31 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
-        <v>30426</v>
+        <v>31348</v>
       </c>
       <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19">
+        <v>354</v>
+      </c>
+      <c r="G19">
+        <v>482</v>
+      </c>
+      <c r="H19" t="s">
         <v>85</v>
       </c>
-      <c r="D19" t="s">
+      <c r="I19">
+        <v>150</v>
+      </c>
+      <c r="J19">
+        <v>210</v>
+      </c>
+      <c r="K19">
+        <v>27</v>
+      </c>
+      <c r="L19" s="1">
+        <v>45664</v>
+      </c>
+      <c r="M19" s="2">
+        <v>9786526315927</v>
+      </c>
+      <c r="N19" t="s" s="3">
         <v>86</v>
       </c>
-      <c r="F19">
-[...23 lines deleted...]
-      <c r="N19" t="s" s="3">
+      <c r="O19" s="4">
+        <v>199.90</v>
+      </c>
+      <c r="P19" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
-        <v>29560</v>
+        <v>30426</v>
       </c>
       <c r="C20" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" t="s">
         <v>89</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20">
+        <v>244</v>
+      </c>
+      <c r="G20">
+        <v>303</v>
+      </c>
+      <c r="H20" t="s">
+        <v>18</v>
+      </c>
+      <c r="I20">
+        <v>150</v>
+      </c>
+      <c r="J20">
+        <v>210</v>
+      </c>
+      <c r="K20">
+        <v>12</v>
+      </c>
+      <c r="L20" s="1">
+        <v>45036</v>
+      </c>
+      <c r="M20" s="2">
+        <v>9786526303139</v>
+      </c>
+      <c r="N20" t="s" s="3">
         <v>90</v>
       </c>
-      <c r="F20">
-[...23 lines deleted...]
-      <c r="N20" t="s" s="3">
+      <c r="O20" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P20" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
+        <v>29560</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21">
+        <v>144</v>
+      </c>
+      <c r="G21">
+        <v>176</v>
+      </c>
+      <c r="H21" t="s">
+        <v>18</v>
+      </c>
+      <c r="I21">
+        <v>150</v>
+      </c>
+      <c r="J21">
+        <v>210</v>
+      </c>
+      <c r="K21">
+        <v>8</v>
+      </c>
+      <c r="L21" s="1">
+        <v>44645</v>
+      </c>
+      <c r="M21" s="2">
+        <v>9788536296654</v>
+      </c>
+      <c r="N21" t="s" s="3">
+        <v>94</v>
+      </c>
+      <c r="O21" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P21" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22">
         <v>31391</v>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>Balanço Especial ou de Determinação para Apuração de Haveres e/ou Deveres e Reembolso de Ações - Nos termos do art. 606 do CPC/2015, do art. 45 da Lei 6.404/1976 e do art. 1.031 da Lei 10.406/2002</t>
         </is>
       </c>
-      <c r="D21" t="s">
+      <c r="D22" t="s">
         <v>30</v>
       </c>
-      <c r="E21" t="s">
-[...2 lines deleted...]
-      <c r="F21">
+      <c r="E22" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22">
         <v>414</v>
       </c>
-      <c r="G21">
+      <c r="G22">
         <v>513</v>
-      </c>
-[...48 lines deleted...]
-        <v>574</v>
       </c>
       <c r="H22" t="s">
         <v>18</v>
       </c>
       <c r="I22">
         <v>150</v>
       </c>
       <c r="J22">
         <v>210</v>
       </c>
       <c r="K22">
         <v>20</v>
       </c>
       <c r="L22" s="1">
-        <v>39339</v>
+        <v>45664</v>
       </c>
       <c r="M22" s="2">
-        <v>9788536216485</v>
+        <v>9786526315811</v>
       </c>
       <c r="N22" t="s" s="3">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O22" s="4">
         <v>179.90</v>
       </c>
       <c r="P22" t="s">
-        <v>45</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
-        <v>31524</v>
+        <v>20404</v>
       </c>
       <c r="C23" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" t="s">
         <v>99</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>100</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23">
-        <v>238</v>
+        <v>382</v>
       </c>
       <c r="G23">
-        <v>310</v>
+        <v>574</v>
       </c>
       <c r="H23" t="s">
         <v>18</v>
       </c>
       <c r="I23">
         <v>150</v>
       </c>
       <c r="J23">
         <v>210</v>
       </c>
       <c r="K23">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="L23" s="1">
-        <v>45749</v>
+        <v>39339</v>
       </c>
       <c r="M23" s="2">
-        <v>9786526314210</v>
+        <v>9788536216485</v>
       </c>
       <c r="N23" t="s" s="3">
         <v>101</v>
       </c>
       <c r="O23" s="4">
-        <v>139.90</v>
+        <v>179.90</v>
       </c>
       <c r="P23" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>20828</v>
+        <v>31524</v>
       </c>
       <c r="C24" t="s">
         <v>102</v>
       </c>
       <c r="D24" t="s">
         <v>103</v>
       </c>
+      <c r="E24" t="s">
+        <v>79</v>
+      </c>
       <c r="F24">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="G24">
-        <v>207</v>
+        <v>310</v>
       </c>
       <c r="H24" t="s">
         <v>18</v>
       </c>
       <c r="I24">
         <v>150</v>
       </c>
       <c r="J24">
         <v>210</v>
       </c>
       <c r="K24">
         <v>12</v>
       </c>
       <c r="L24" s="1">
-        <v>39680</v>
+        <v>45749</v>
       </c>
       <c r="M24" s="2">
-        <v>9788536221397</v>
+        <v>9786526314210</v>
       </c>
       <c r="N24" t="s" s="3">
         <v>104</v>
       </c>
       <c r="O24" s="4">
-        <v>99.90</v>
+        <v>139.90</v>
       </c>
       <c r="P24" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
-        <v>20717</v>
+        <v>20828</v>
       </c>
       <c r="C25" t="s">
         <v>105</v>
       </c>
       <c r="D25" t="s">
         <v>106</v>
       </c>
       <c r="F25">
-        <v>174</v>
+        <v>220</v>
       </c>
       <c r="G25">
-        <v>254</v>
+        <v>207</v>
       </c>
       <c r="H25" t="s">
         <v>18</v>
       </c>
       <c r="I25">
         <v>150</v>
       </c>
       <c r="J25">
         <v>210</v>
       </c>
       <c r="K25">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L25" s="1">
-        <v>39603</v>
+        <v>39680</v>
       </c>
       <c r="M25" s="2">
-        <v>9788536220253</v>
+        <v>9788536221397</v>
       </c>
       <c r="N25" t="s" s="3">
         <v>107</v>
       </c>
       <c r="O25" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P25" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
-        <v>21736</v>
+        <v>20717</v>
       </c>
       <c r="C26" t="s">
         <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>109</v>
       </c>
       <c r="F26">
-        <v>448</v>
+        <v>174</v>
       </c>
       <c r="G26">
-        <v>540</v>
+        <v>254</v>
       </c>
       <c r="H26" t="s">
         <v>18</v>
       </c>
       <c r="I26">
         <v>150</v>
       </c>
       <c r="J26">
         <v>210</v>
       </c>
       <c r="K26">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="L26" s="1">
-        <v>40296</v>
+        <v>39603</v>
       </c>
       <c r="M26" s="2">
-        <v>9788536228341</v>
+        <v>9788536220253</v>
       </c>
       <c r="N26" t="s" s="3">
         <v>110</v>
       </c>
       <c r="O26" s="4">
-        <v>209.90</v>
+        <v>79.90</v>
       </c>
       <c r="P26" t="s">
-        <v>111</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
-        <v>30281</v>
+        <v>21736</v>
       </c>
       <c r="C27" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" t="s">
         <v>112</v>
       </c>
-      <c r="D27" t="s">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27">
+        <v>448</v>
+      </c>
+      <c r="G27">
+        <v>540</v>
+      </c>
+      <c r="H27" t="s">
+        <v>18</v>
+      </c>
+      <c r="I27">
+        <v>150</v>
+      </c>
+      <c r="J27">
+        <v>210</v>
+      </c>
+      <c r="K27">
+        <v>23</v>
+      </c>
+      <c r="L27" s="1">
+        <v>40296</v>
+      </c>
+      <c r="M27" s="2">
+        <v>9788536228341</v>
+      </c>
+      <c r="N27" t="s" s="3">
         <v>113</v>
       </c>
-      <c r="F27">
-[...23 lines deleted...]
-      <c r="N27" t="s" s="3">
+      <c r="O27" s="4">
+        <v>209.90</v>
+      </c>
+      <c r="P27" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>25699</v>
+        <v>30281</v>
       </c>
       <c r="C28" t="s">
+        <v>115</v>
+      </c>
+      <c r="D28" t="s">
+        <v>30</v>
+      </c>
+      <c r="E28" t="s">
         <v>116</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28">
-        <v>296</v>
+        <v>404</v>
       </c>
       <c r="G28">
-        <v>367</v>
+        <v>401</v>
       </c>
       <c r="H28" t="s">
         <v>18</v>
       </c>
       <c r="I28">
         <v>150</v>
       </c>
       <c r="J28">
         <v>210</v>
       </c>
       <c r="K28">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="L28" s="1">
-        <v>42857</v>
+        <v>44946</v>
       </c>
       <c r="M28" s="2">
-        <v>9788536267890</v>
+        <v>9786526302378</v>
       </c>
       <c r="N28" t="s" s="3">
         <v>117</v>
       </c>
       <c r="O28" s="4">
-        <v>119.90</v>
+        <v>189.90</v>
       </c>
       <c r="P28" t="s">
-        <v>33</v>
+        <v>118</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>31251</v>
+        <v>25699</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D29" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="E29" t="s">
+        <v>40</v>
+      </c>
+      <c r="F29">
+        <v>296</v>
+      </c>
+      <c r="G29">
+        <v>367</v>
+      </c>
+      <c r="H29" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29">
+        <v>150</v>
+      </c>
+      <c r="J29">
+        <v>210</v>
+      </c>
+      <c r="K29">
+        <v>16</v>
+      </c>
+      <c r="L29" s="1">
+        <v>42857</v>
+      </c>
+      <c r="M29" s="2">
+        <v>9788536267890</v>
+      </c>
+      <c r="N29" t="s" s="3">
         <v>120</v>
       </c>
-      <c r="F29">
-[...25 lines deleted...]
-      </c>
       <c r="O29" s="4">
-        <v>159.90</v>
+        <v>119.90</v>
       </c>
       <c r="P29" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>28016</v>
+        <v>31251</v>
       </c>
       <c r="C30" t="s">
+        <v>121</v>
+      </c>
+      <c r="D30" t="s">
         <v>122</v>
       </c>
-      <c r="D30" t="s">
-        <v>30</v>
+      <c r="E30" t="s">
+        <v>123</v>
       </c>
       <c r="F30">
-        <v>204</v>
+        <v>352</v>
       </c>
       <c r="G30">
-        <v>253</v>
+        <v>480</v>
       </c>
       <c r="H30" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I30">
         <v>150</v>
       </c>
       <c r="J30">
         <v>210</v>
       </c>
       <c r="K30">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="L30" s="1">
-        <v>43710</v>
+        <v>45561</v>
       </c>
       <c r="M30" s="2">
-        <v>9788536290751</v>
+        <v>9786526312315</v>
       </c>
       <c r="N30" t="s" s="3">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O30" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P30" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>20636</v>
+        <v>28016</v>
       </c>
       <c r="C31" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D31" t="s">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="F31">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="G31">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="H31" t="s">
         <v>18</v>
       </c>
       <c r="I31">
         <v>150</v>
       </c>
       <c r="J31">
         <v>210</v>
       </c>
       <c r="K31">
         <v>11</v>
       </c>
       <c r="L31" s="1">
-        <v>39540</v>
+        <v>43710</v>
       </c>
       <c r="M31" s="2">
-        <v>9788536219431</v>
+        <v>9788536290751</v>
       </c>
       <c r="N31" t="s" s="3">
         <v>126</v>
       </c>
       <c r="O31" s="4">
         <v>89.90</v>
       </c>
       <c r="P31" t="s">
-        <v>28</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
+        <v>20636</v>
+      </c>
+      <c r="C32" t="s">
+        <v>127</v>
+      </c>
+      <c r="D32" t="s">
+        <v>128</v>
+      </c>
+      <c r="F32">
+        <v>194</v>
+      </c>
+      <c r="G32">
+        <v>197</v>
+      </c>
+      <c r="H32" t="s">
+        <v>18</v>
+      </c>
+      <c r="I32">
+        <v>150</v>
+      </c>
+      <c r="J32">
+        <v>210</v>
+      </c>
+      <c r="K32">
+        <v>11</v>
+      </c>
+      <c r="L32" s="1">
+        <v>39540</v>
+      </c>
+      <c r="M32" s="2">
+        <v>9788536219431</v>
+      </c>
+      <c r="N32" t="s" s="3">
+        <v>129</v>
+      </c>
+      <c r="O32" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P32" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33">
         <v>29909</v>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t>Construção Civil - Aspectos Contábeis, Gerenciais, Tributários e Ambientais - Um Estudo Temático Sobre a Norma Contábil NBC TG 47 (IFRS 15), Decreto 9.580/2018 (RIR) e Lei 12.305/2010</t>
         </is>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="F32">
+      <c r="D33" t="s">
+        <v>130</v>
+      </c>
+      <c r="F33">
         <v>160</v>
       </c>
-      <c r="G32">
+      <c r="G33">
         <v>198</v>
       </c>
-      <c r="H32" t="s">
-[...8 lines deleted...]
-      <c r="K32">
+      <c r="H33" t="s">
+        <v>18</v>
+      </c>
+      <c r="I33">
+        <v>150</v>
+      </c>
+      <c r="J33">
+        <v>210</v>
+      </c>
+      <c r="K33">
         <v>9</v>
       </c>
-      <c r="L32" s="1">
+      <c r="L33" s="1">
         <v>44768</v>
       </c>
-      <c r="M32" s="2">
+      <c r="M33" s="2">
         <v>9786526300084</v>
       </c>
-      <c r="N32" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O32" s="4">
+      <c r="N33" t="s" s="3">
+        <v>131</v>
+      </c>
+      <c r="O33" s="4">
         <v>89.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>97.70</v>
       </c>
       <c r="P33" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>24197</v>
+        <v>20815</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D34" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="F34">
-        <v>336</v>
+        <v>236</v>
       </c>
       <c r="G34">
-        <v>417</v>
+        <v>279</v>
       </c>
       <c r="H34" t="s">
         <v>18</v>
       </c>
       <c r="I34">
         <v>150</v>
       </c>
       <c r="J34">
         <v>210</v>
       </c>
       <c r="K34">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="L34" s="1">
-        <v>42257</v>
+        <v>39678</v>
       </c>
       <c r="M34" s="2">
-        <v>9788536253930</v>
+        <v>9788536221199</v>
       </c>
       <c r="N34" t="s" s="3">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O34" s="4">
-        <v>139.90</v>
+        <v>97.70</v>
       </c>
       <c r="P34" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>25533</v>
+        <v>24197</v>
       </c>
       <c r="C35" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D35" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="F35">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="G35">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="H35" t="s">
         <v>18</v>
       </c>
       <c r="I35">
         <v>150</v>
       </c>
       <c r="J35">
         <v>210</v>
       </c>
       <c r="K35">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L35" s="1">
-        <v>42800</v>
+        <v>42257</v>
       </c>
       <c r="M35" s="2">
-        <v>9788536266381</v>
+        <v>9788536253930</v>
       </c>
       <c r="N35" t="s" s="3">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="O35" s="4">
         <v>139.90</v>
       </c>
       <c r="P35" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>22945</v>
+        <v>25533</v>
       </c>
       <c r="C36" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D36" t="s">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="E36" t="s">
-        <v>31</v>
+        <v>84</v>
       </c>
       <c r="F36">
-        <v>116</v>
+        <v>338</v>
       </c>
       <c r="G36">
-        <v>170</v>
+        <v>419</v>
       </c>
       <c r="H36" t="s">
         <v>18</v>
       </c>
       <c r="I36">
         <v>150</v>
       </c>
       <c r="J36">
         <v>210</v>
       </c>
       <c r="K36">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="L36" s="1">
-        <v>41334</v>
+        <v>42800</v>
       </c>
       <c r="M36" s="2">
-        <v>9788536241227</v>
+        <v>9788536266381</v>
       </c>
       <c r="N36" t="s" s="3">
         <v>137</v>
       </c>
       <c r="O36" s="4">
-        <v>59.90</v>
+        <v>139.90</v>
       </c>
       <c r="P36" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>27777</v>
+        <v>22945</v>
       </c>
       <c r="C37" t="s">
         <v>138</v>
       </c>
       <c r="D37" t="s">
         <v>139</v>
       </c>
       <c r="E37" t="s">
         <v>31</v>
       </c>
       <c r="F37">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="G37">
-        <v>156</v>
+        <v>170</v>
       </c>
       <c r="H37" t="s">
         <v>18</v>
       </c>
       <c r="I37">
         <v>150</v>
       </c>
       <c r="J37">
         <v>210</v>
       </c>
       <c r="K37">
         <v>7</v>
       </c>
       <c r="L37" s="1">
-        <v>43585</v>
+        <v>41334</v>
       </c>
       <c r="M37" s="2">
-        <v>9788536288031</v>
+        <v>9788536241227</v>
       </c>
       <c r="N37" t="s" s="3">
         <v>140</v>
       </c>
       <c r="O37" s="4">
         <v>59.90</v>
       </c>
       <c r="P37" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
-        <v>22122</v>
+        <v>27777</v>
       </c>
       <c r="C38" t="s">
         <v>141</v>
       </c>
       <c r="D38" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
       <c r="E38" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
       <c r="F38">
-        <v>210</v>
+        <v>126</v>
       </c>
       <c r="G38">
-        <v>234</v>
+        <v>156</v>
       </c>
       <c r="H38" t="s">
         <v>18</v>
       </c>
       <c r="I38">
         <v>150</v>
       </c>
       <c r="J38">
         <v>210</v>
       </c>
       <c r="K38">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L38" s="1">
-        <v>40571</v>
+        <v>43585</v>
       </c>
       <c r="M38" s="2">
-        <v>9788536232621</v>
+        <v>9788536288031</v>
       </c>
       <c r="N38" t="s" s="3">
         <v>143</v>
       </c>
       <c r="O38" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P38" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>28493</v>
+        <v>22122</v>
       </c>
       <c r="C39" t="s">
         <v>144</v>
       </c>
       <c r="D39" t="s">
+        <v>30</v>
+      </c>
+      <c r="E39" t="s">
         <v>145</v>
       </c>
-      <c r="E39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="G39">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="H39" t="s">
         <v>18</v>
       </c>
       <c r="I39">
         <v>150</v>
       </c>
       <c r="J39">
         <v>210</v>
       </c>
       <c r="K39">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L39" s="1">
-        <v>43962</v>
+        <v>40571</v>
       </c>
       <c r="M39" s="2">
-        <v>9786556050645</v>
+        <v>9788536232621</v>
       </c>
       <c r="N39" t="s" s="3">
         <v>146</v>
       </c>
       <c r="O39" s="4">
         <v>89.90</v>
       </c>
       <c r="P39" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>22960</v>
+        <v>28493</v>
       </c>
       <c r="C40" t="s">
         <v>147</v>
       </c>
       <c r="D40" t="s">
         <v>148</v>
       </c>
+      <c r="E40" t="s">
+        <v>84</v>
+      </c>
       <c r="F40">
-        <v>224</v>
+        <v>196</v>
       </c>
       <c r="G40">
-        <v>285</v>
+        <v>243</v>
       </c>
       <c r="H40" t="s">
         <v>18</v>
       </c>
       <c r="I40">
         <v>150</v>
       </c>
       <c r="J40">
         <v>210</v>
       </c>
       <c r="K40">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L40" s="1">
-        <v>41346</v>
+        <v>43962</v>
       </c>
       <c r="M40" s="2">
-        <v>9788536241357</v>
+        <v>9786556050645</v>
       </c>
       <c r="N40" t="s" s="3">
         <v>149</v>
       </c>
       <c r="O40" s="4">
-        <v>97.70</v>
+        <v>89.90</v>
       </c>
       <c r="P40" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>22241</v>
+        <v>22960</v>
       </c>
       <c r="C41" t="s">
         <v>150</v>
       </c>
       <c r="D41" t="s">
         <v>151</v>
       </c>
-      <c r="E41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41">
-        <v>204</v>
+        <v>224</v>
       </c>
       <c r="G41">
-        <v>217</v>
+        <v>285</v>
       </c>
       <c r="H41" t="s">
         <v>18</v>
       </c>
       <c r="I41">
         <v>150</v>
       </c>
       <c r="J41">
         <v>210</v>
       </c>
       <c r="K41">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L41" s="1">
-        <v>40694</v>
+        <v>41346</v>
       </c>
       <c r="M41" s="2">
-        <v>9788536233659</v>
+        <v>9788536241357</v>
       </c>
       <c r="N41" t="s" s="3">
         <v>152</v>
       </c>
       <c r="O41" s="4">
-        <v>89.90</v>
+        <v>97.70</v>
       </c>
       <c r="P41" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>22990</v>
+        <v>22241</v>
       </c>
       <c r="C42" t="s">
         <v>153</v>
       </c>
       <c r="D42" t="s">
         <v>154</v>
       </c>
       <c r="E42" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="F42">
-        <v>270</v>
+        <v>204</v>
       </c>
       <c r="G42">
-        <v>350</v>
+        <v>217</v>
       </c>
       <c r="H42" t="s">
         <v>18</v>
       </c>
       <c r="I42">
         <v>150</v>
       </c>
       <c r="J42">
         <v>210</v>
       </c>
       <c r="K42">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="L42" s="1">
-        <v>41369</v>
+        <v>40694</v>
       </c>
       <c r="M42" s="2">
-        <v>9788536241364</v>
+        <v>9788536233659</v>
       </c>
       <c r="N42" t="s" s="3">
         <v>155</v>
       </c>
       <c r="O42" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P42" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>12710</v>
+        <v>22990</v>
       </c>
       <c r="C43" t="s">
         <v>156</v>
       </c>
       <c r="D43" t="s">
         <v>157</v>
       </c>
+      <c r="E43" t="s">
+        <v>68</v>
+      </c>
       <c r="F43">
-        <v>198</v>
+        <v>270</v>
       </c>
       <c r="G43">
-        <v>276</v>
+        <v>350</v>
       </c>
       <c r="H43" t="s">
         <v>18</v>
       </c>
       <c r="I43">
         <v>150</v>
       </c>
       <c r="J43">
         <v>210</v>
       </c>
       <c r="K43">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L43" s="1">
-        <v>37993</v>
+        <v>41369</v>
       </c>
       <c r="M43" s="2">
-        <v>9788536204802</v>
-[...1 lines deleted...]
-      <c r="N43" t="s">
+        <v>9788536241364</v>
+      </c>
+      <c r="N43" t="s" s="3">
         <v>158</v>
       </c>
       <c r="O43" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P43" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
-        <v>24913</v>
+        <v>12710</v>
       </c>
       <c r="C44" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D44" t="s">
-        <v>40</v>
+        <v>160</v>
       </c>
       <c r="F44">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="G44">
-        <v>233</v>
+        <v>276</v>
       </c>
       <c r="H44" t="s">
         <v>18</v>
       </c>
       <c r="I44">
         <v>150</v>
       </c>
       <c r="J44">
         <v>210</v>
       </c>
       <c r="K44">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L44" s="1">
-        <v>42586</v>
+        <v>37993</v>
       </c>
       <c r="M44" s="2">
-        <v>9788536260235</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>9788536204802</v>
+      </c>
+      <c r="N44" t="s">
+        <v>161</v>
       </c>
       <c r="O44" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P44" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
-        <v>22252</v>
+        <v>24913</v>
       </c>
       <c r="C45" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D45" t="s">
-        <v>161</v>
+        <v>40</v>
       </c>
       <c r="F45">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="G45">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H45" t="s">
         <v>18</v>
       </c>
       <c r="I45">
         <v>150</v>
       </c>
       <c r="J45">
         <v>210</v>
       </c>
       <c r="K45">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L45" s="1">
-        <v>40701</v>
+        <v>42586</v>
       </c>
       <c r="M45" s="2">
-        <v>9788536233796</v>
+        <v>9788536260235</v>
       </c>
       <c r="N45" t="s" s="3">
         <v>162</v>
       </c>
       <c r="O45" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P45" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>28788</v>
+        <v>22252</v>
       </c>
       <c r="C46" t="s">
         <v>163</v>
       </c>
       <c r="D46" t="s">
         <v>164</v>
       </c>
       <c r="F46">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="G46">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="H46" t="s">
         <v>18</v>
       </c>
       <c r="I46">
         <v>150</v>
       </c>
       <c r="J46">
         <v>210</v>
       </c>
       <c r="K46">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L46" s="1">
-        <v>44153</v>
+        <v>40701</v>
       </c>
       <c r="M46" s="2">
-        <v>9786556053790</v>
+        <v>9788536233796</v>
       </c>
       <c r="N46" t="s" s="3">
         <v>165</v>
       </c>
       <c r="O46" s="4">
         <v>89.90</v>
       </c>
       <c r="P46" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
-        <v>23077</v>
+        <v>28788</v>
       </c>
       <c r="C47" t="s">
         <v>166</v>
       </c>
       <c r="D47" t="s">
         <v>167</v>
       </c>
       <c r="F47">
-        <v>440</v>
+        <v>184</v>
       </c>
       <c r="G47">
-        <v>540</v>
+        <v>228</v>
       </c>
       <c r="H47" t="s">
         <v>18</v>
       </c>
       <c r="I47">
         <v>150</v>
       </c>
       <c r="J47">
         <v>210</v>
       </c>
       <c r="K47">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="L47" s="1">
-        <v>41443</v>
+        <v>44153</v>
       </c>
       <c r="M47" s="2">
-        <v>9788536242798</v>
+        <v>9786556053790</v>
       </c>
       <c r="N47" t="s" s="3">
         <v>168</v>
       </c>
       <c r="O47" s="4">
-        <v>169.90</v>
+        <v>89.90</v>
       </c>
       <c r="P47" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
-        <v>12901</v>
+        <v>23077</v>
       </c>
       <c r="C48" t="s">
         <v>169</v>
       </c>
       <c r="D48" t="s">
         <v>170</v>
       </c>
       <c r="F48">
-        <v>162</v>
+        <v>440</v>
       </c>
       <c r="G48">
-        <v>222</v>
+        <v>540</v>
       </c>
       <c r="H48" t="s">
         <v>18</v>
       </c>
       <c r="I48">
         <v>150</v>
       </c>
       <c r="J48">
         <v>210</v>
       </c>
       <c r="K48">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="L48" s="1">
-        <v>38160</v>
+        <v>41443</v>
       </c>
       <c r="M48" s="2">
-        <v>9788536206479</v>
+        <v>9788536242798</v>
       </c>
       <c r="N48" t="s" s="3">
         <v>171</v>
       </c>
       <c r="O48" s="4">
-        <v>79.90</v>
+        <v>169.90</v>
       </c>
       <c r="P48" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
-        <v>20817</v>
+        <v>12901</v>
       </c>
       <c r="C49" t="s">
         <v>172</v>
       </c>
       <c r="D49" t="s">
         <v>173</v>
       </c>
       <c r="F49">
-        <v>524</v>
+        <v>162</v>
       </c>
       <c r="G49">
-        <v>804</v>
+        <v>222</v>
       </c>
       <c r="H49" t="s">
         <v>18</v>
       </c>
       <c r="I49">
         <v>150</v>
       </c>
       <c r="J49">
         <v>210</v>
       </c>
       <c r="K49">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="L49" s="1">
-        <v>39678</v>
+        <v>38160</v>
       </c>
       <c r="M49" s="2">
-        <v>9788536221403</v>
+        <v>9788536206479</v>
       </c>
       <c r="N49" t="s" s="3">
         <v>174</v>
       </c>
       <c r="O49" s="4">
-        <v>209.90</v>
+        <v>79.90</v>
       </c>
       <c r="P49" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
-        <v>22616</v>
+        <v>20817</v>
       </c>
       <c r="C50" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D50" t="s">
         <v>176</v>
       </c>
       <c r="F50">
-        <v>228</v>
+        <v>524</v>
       </c>
       <c r="G50">
-        <v>301</v>
+        <v>804</v>
       </c>
       <c r="H50" t="s">
         <v>18</v>
       </c>
       <c r="I50">
         <v>150</v>
       </c>
       <c r="J50">
         <v>210</v>
       </c>
       <c r="K50">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="L50" s="1">
-        <v>41050</v>
+        <v>39678</v>
       </c>
       <c r="M50" s="2">
-        <v>9788536237749</v>
+        <v>9788536221403</v>
       </c>
       <c r="N50" t="s" s="3">
         <v>177</v>
       </c>
       <c r="O50" s="4">
-        <v>97.70</v>
+        <v>209.90</v>
       </c>
       <c r="P50" t="s">
-        <v>28</v>
+        <v>178</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
-        <v>20928</v>
+        <v>22616</v>
       </c>
       <c r="C51" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D51" t="s">
         <v>179</v>
       </c>
       <c r="F51">
-        <v>284</v>
+        <v>228</v>
       </c>
       <c r="G51">
-        <v>408</v>
+        <v>301</v>
       </c>
       <c r="H51" t="s">
         <v>18</v>
       </c>
       <c r="I51">
         <v>150</v>
       </c>
       <c r="J51">
         <v>210</v>
       </c>
       <c r="K51">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="L51" s="1">
-        <v>39763</v>
+        <v>41050</v>
       </c>
       <c r="M51" s="2">
-        <v>9788536221434</v>
+        <v>9788536237749</v>
       </c>
       <c r="N51" t="s" s="3">
         <v>180</v>
       </c>
       <c r="O51" s="4">
-        <v>119.90</v>
+        <v>97.70</v>
       </c>
       <c r="P51" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
+        <v>20928</v>
+      </c>
+      <c r="C52" t="s">
+        <v>181</v>
+      </c>
+      <c r="D52" t="s">
+        <v>182</v>
+      </c>
+      <c r="F52">
+        <v>284</v>
+      </c>
+      <c r="G52">
+        <v>408</v>
+      </c>
+      <c r="H52" t="s">
+        <v>18</v>
+      </c>
+      <c r="I52">
+        <v>150</v>
+      </c>
+      <c r="J52">
+        <v>210</v>
+      </c>
+      <c r="K52">
+        <v>15</v>
+      </c>
+      <c r="L52" s="1">
+        <v>39763</v>
+      </c>
+      <c r="M52" s="2">
+        <v>9788536221434</v>
+      </c>
+      <c r="N52" t="s" s="3">
+        <v>183</v>
+      </c>
+      <c r="O52" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P52" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53">
         <v>27379</v>
       </c>
-      <c r="C52" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Contabilidade de Custos - Manual de Fundamentações Teóricas e Práticas - • Sistemas de Produção • Registros Contábeis • Formação de Preço • Teoria Geral dos Custos</t>
         </is>
       </c>
-      <c r="D52" t="s">
+      <c r="D53" t="s">
         <v>30</v>
       </c>
-      <c r="F52">
+      <c r="F53">
         <v>356</v>
       </c>
-      <c r="G52">
+      <c r="G53">
         <v>441</v>
       </c>
-      <c r="H52" t="s">
-[...11 lines deleted...]
-      <c r="L52" s="1">
+      <c r="H53" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53">
+        <v>150</v>
+      </c>
+      <c r="J53">
+        <v>210</v>
+      </c>
+      <c r="K53">
+        <v>18</v>
+      </c>
+      <c r="L53" s="1">
         <v>43474</v>
       </c>
-      <c r="M52" s="2">
+      <c r="M53" s="2">
         <v>9788536284330</v>
       </c>
-      <c r="N52" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O52" s="4">
+      <c r="N53" t="s" s="3">
+        <v>184</v>
+      </c>
+      <c r="O53" s="4">
         <v>149.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>109.90</v>
       </c>
       <c r="P53" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
-        <v>28887</v>
+        <v>21350</v>
       </c>
       <c r="C54" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D54" t="s">
-        <v>185</v>
+        <v>128</v>
       </c>
       <c r="F54">
-        <v>244</v>
+        <v>270</v>
       </c>
       <c r="G54">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="H54" t="s">
         <v>18</v>
       </c>
       <c r="I54">
         <v>150</v>
       </c>
       <c r="J54">
         <v>210</v>
       </c>
       <c r="K54">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L54" s="1">
-        <v>44215</v>
+        <v>40106</v>
       </c>
       <c r="M54" s="2">
-        <v>9786556054711</v>
+        <v>9788536226187</v>
       </c>
       <c r="N54" t="s" s="3">
         <v>186</v>
       </c>
       <c r="O54" s="4">
         <v>109.90</v>
       </c>
       <c r="P54" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>26298</v>
+        <v>28887</v>
       </c>
       <c r="C55" t="s">
         <v>187</v>
       </c>
       <c r="D55" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>188</v>
       </c>
       <c r="F55">
-        <v>318</v>
+        <v>244</v>
       </c>
       <c r="G55">
-        <v>394</v>
+        <v>303</v>
       </c>
       <c r="H55" t="s">
         <v>18</v>
       </c>
       <c r="I55">
         <v>150</v>
       </c>
       <c r="J55">
         <v>210</v>
       </c>
       <c r="K55">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="L55" s="1">
-        <v>43038</v>
+        <v>44215</v>
       </c>
       <c r="M55" s="2">
-        <v>9788536274027</v>
+        <v>9786556054711</v>
       </c>
       <c r="N55" t="s" s="3">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="O55" s="4">
-        <v>139.90</v>
+        <v>109.90</v>
       </c>
       <c r="P55" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
-        <v>13133</v>
+        <v>26298</v>
       </c>
       <c r="C56" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D56" t="s">
-        <v>125</v>
+        <v>43</v>
+      </c>
+      <c r="E56" t="s">
+        <v>84</v>
       </c>
       <c r="F56">
-        <v>122</v>
+        <v>318</v>
       </c>
       <c r="G56">
-        <v>174</v>
+        <v>394</v>
       </c>
       <c r="H56" t="s">
         <v>18</v>
       </c>
       <c r="I56">
         <v>150</v>
       </c>
       <c r="J56">
         <v>210</v>
       </c>
       <c r="K56">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="L56" s="1">
-        <v>38428</v>
+        <v>43038</v>
       </c>
       <c r="M56" s="2">
-        <v>9788536209258</v>
+        <v>9788536274027</v>
       </c>
       <c r="N56" t="s" s="3">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="O56" s="4">
-        <v>59.90</v>
+        <v>139.90</v>
       </c>
       <c r="P56" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
-        <v>21312</v>
+        <v>13133</v>
       </c>
       <c r="C57" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D57" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>128</v>
       </c>
       <c r="F57">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="G57">
-        <v>215</v>
+        <v>174</v>
       </c>
       <c r="H57" t="s">
         <v>18</v>
       </c>
       <c r="I57">
         <v>150</v>
       </c>
       <c r="J57">
         <v>210</v>
       </c>
       <c r="K57">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L57" s="1">
-        <v>40081</v>
+        <v>38428</v>
       </c>
       <c r="M57" s="2">
-        <v>9788536226323</v>
+        <v>9788536209258</v>
       </c>
       <c r="N57" t="s" s="3">
         <v>193</v>
       </c>
       <c r="O57" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P57" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
-        <v>13419</v>
+        <v>21312</v>
       </c>
       <c r="C58" t="s">
         <v>194</v>
       </c>
       <c r="D58" t="s">
         <v>195</v>
       </c>
+      <c r="E58" t="s">
+        <v>68</v>
+      </c>
       <c r="F58">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="G58">
-        <v>172</v>
+        <v>215</v>
       </c>
       <c r="H58" t="s">
         <v>18</v>
       </c>
       <c r="I58">
         <v>150</v>
       </c>
       <c r="J58">
         <v>210</v>
       </c>
       <c r="K58">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L58" s="1">
-        <v>38824</v>
+        <v>40081</v>
       </c>
       <c r="M58" s="2">
-        <v>9788536212425</v>
-[...1 lines deleted...]
-      <c r="N58" t="s">
+        <v>9788536226323</v>
+      </c>
+      <c r="N58" t="s" s="3">
         <v>196</v>
       </c>
       <c r="O58" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P58" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
-        <v>22242</v>
+        <v>13419</v>
       </c>
       <c r="C59" t="s">
         <v>197</v>
       </c>
       <c r="D59" t="s">
-        <v>40</v>
+        <v>198</v>
       </c>
       <c r="F59">
-        <v>240</v>
+        <v>122</v>
       </c>
       <c r="G59">
-        <v>245</v>
+        <v>172</v>
       </c>
       <c r="H59" t="s">
         <v>18</v>
       </c>
       <c r="I59">
         <v>150</v>
       </c>
       <c r="J59">
         <v>210</v>
       </c>
       <c r="K59">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="L59" s="1">
-        <v>40694</v>
+        <v>38824</v>
       </c>
       <c r="M59" s="2">
-        <v>9788536233642</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>9788536212425</v>
+      </c>
+      <c r="N59" t="s">
+        <v>199</v>
       </c>
       <c r="O59" s="4">
-        <v>99.90</v>
+        <v>59.90</v>
       </c>
       <c r="P59" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
-        <v>22246</v>
+        <v>22242</v>
       </c>
       <c r="C60" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D60" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="F60">
-        <v>274</v>
+        <v>240</v>
       </c>
       <c r="G60">
-        <v>297</v>
+        <v>245</v>
       </c>
       <c r="H60" t="s">
         <v>18</v>
       </c>
       <c r="I60">
         <v>150</v>
       </c>
       <c r="J60">
         <v>210</v>
       </c>
       <c r="K60">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L60" s="1">
-        <v>40697</v>
+        <v>40694</v>
       </c>
       <c r="M60" s="2">
-        <v>9788536233697</v>
+        <v>9788536233642</v>
       </c>
       <c r="N60" t="s" s="3">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="O60" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P60" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
-        <v>22962</v>
+        <v>22246</v>
       </c>
       <c r="C61" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D61" t="s">
         <v>43</v>
       </c>
       <c r="E61" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="F61">
-        <v>300</v>
+        <v>274</v>
       </c>
       <c r="G61">
-        <v>370</v>
+        <v>297</v>
       </c>
       <c r="H61" t="s">
         <v>18</v>
       </c>
       <c r="I61">
         <v>150</v>
       </c>
       <c r="J61">
         <v>210</v>
       </c>
       <c r="K61">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L61" s="1">
-        <v>41347</v>
+        <v>40697</v>
       </c>
       <c r="M61" s="2">
-        <v>9788536241319</v>
+        <v>9788536233697</v>
       </c>
       <c r="N61" t="s" s="3">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="O61" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
-        <v>26774</v>
+        <v>22962</v>
       </c>
       <c r="C62" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D62" t="s">
-        <v>204</v>
+        <v>43</v>
+      </c>
+      <c r="E62" t="s">
+        <v>68</v>
       </c>
       <c r="F62">
-        <v>256</v>
+        <v>300</v>
       </c>
       <c r="G62">
-        <v>317</v>
+        <v>370</v>
       </c>
       <c r="H62" t="s">
         <v>18</v>
       </c>
       <c r="I62">
         <v>150</v>
       </c>
       <c r="J62">
         <v>210</v>
       </c>
       <c r="K62">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="L62" s="1">
-        <v>43214</v>
+        <v>41347</v>
       </c>
       <c r="M62" s="2">
-        <v>9788536278551</v>
+        <v>9788536241319</v>
       </c>
       <c r="N62" t="s" s="3">
         <v>205</v>
       </c>
       <c r="O62" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P62" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
-        <v>23314</v>
+        <v>26774</v>
       </c>
       <c r="C63" t="s">
         <v>206</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>207</v>
       </c>
       <c r="F63">
-        <v>408</v>
+        <v>256</v>
       </c>
       <c r="G63">
-        <v>508</v>
+        <v>317</v>
       </c>
       <c r="H63" t="s">
         <v>18</v>
       </c>
       <c r="I63">
         <v>150</v>
       </c>
       <c r="J63">
         <v>210</v>
       </c>
       <c r="K63">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="L63" s="1">
-        <v>41681</v>
+        <v>43214</v>
       </c>
       <c r="M63" s="2">
-        <v>9788536245508</v>
+        <v>9788536278551</v>
       </c>
       <c r="N63" t="s" s="3">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="O63" s="4">
-        <v>169.90</v>
+        <v>119.90</v>
       </c>
       <c r="P63" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
-        <v>29295</v>
+        <v>23314</v>
       </c>
       <c r="C64" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D64" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>188</v>
       </c>
       <c r="F64">
-        <v>198</v>
+        <v>408</v>
       </c>
       <c r="G64">
-        <v>246</v>
+        <v>508</v>
       </c>
       <c r="H64" t="s">
         <v>18</v>
       </c>
       <c r="I64">
         <v>150</v>
       </c>
       <c r="J64">
         <v>210</v>
       </c>
       <c r="K64">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="L64" s="1">
-        <v>44483</v>
+        <v>41681</v>
       </c>
       <c r="M64" s="2">
-        <v>9786556058993</v>
+        <v>9788536245508</v>
       </c>
       <c r="N64" t="s" s="3">
         <v>210</v>
       </c>
       <c r="O64" s="4">
-        <v>89.90</v>
+        <v>169.90</v>
       </c>
       <c r="P64" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
-        <v>24487</v>
+        <v>29295</v>
       </c>
       <c r="C65" t="s">
         <v>211</v>
       </c>
       <c r="D65" t="s">
-        <v>127</v>
+        <v>212</v>
+      </c>
+      <c r="E65" t="s">
+        <v>36</v>
       </c>
       <c r="F65">
-        <v>146</v>
+        <v>198</v>
       </c>
       <c r="G65">
-        <v>181</v>
+        <v>246</v>
       </c>
       <c r="H65" t="s">
         <v>18</v>
       </c>
       <c r="I65">
         <v>150</v>
       </c>
       <c r="J65">
         <v>210</v>
       </c>
       <c r="K65">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L65" s="1">
-        <v>42445</v>
+        <v>44483</v>
       </c>
       <c r="M65" s="2">
-        <v>9788536256573</v>
+        <v>9786556058993</v>
       </c>
       <c r="N65" t="s" s="3">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="O65" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P65" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
-        <v>31591</v>
+        <v>24487</v>
       </c>
       <c r="C66" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D66" t="s">
-        <v>214</v>
+        <v>130</v>
       </c>
       <c r="F66">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="G66">
-        <v>200</v>
+        <v>181</v>
       </c>
       <c r="H66" t="s">
         <v>18</v>
       </c>
       <c r="I66">
         <v>150</v>
       </c>
       <c r="J66">
         <v>210</v>
       </c>
       <c r="K66">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L66" s="1">
-        <v>45798</v>
+        <v>42445</v>
       </c>
       <c r="M66" s="2">
-        <v>9786526313763</v>
+        <v>9788536256573</v>
       </c>
       <c r="N66" t="s" s="3">
         <v>215</v>
       </c>
       <c r="O66" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P66" t="s">
-        <v>216</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
-        <v>29029</v>
+        <v>31591</v>
       </c>
       <c r="C67" t="s">
+        <v>216</v>
+      </c>
+      <c r="D67" t="s">
         <v>217</v>
       </c>
-      <c r="D67" t="s">
+      <c r="F67">
+        <v>140</v>
+      </c>
+      <c r="G67">
+        <v>200</v>
+      </c>
+      <c r="H67" t="s">
+        <v>18</v>
+      </c>
+      <c r="I67">
+        <v>150</v>
+      </c>
+      <c r="J67">
+        <v>210</v>
+      </c>
+      <c r="K67">
+        <v>7</v>
+      </c>
+      <c r="L67" s="1">
+        <v>45798</v>
+      </c>
+      <c r="M67" s="2">
+        <v>9786526313763</v>
+      </c>
+      <c r="N67" t="s" s="3">
         <v>218</v>
       </c>
-      <c r="F67">
-[...23 lines deleted...]
-      <c r="N67" t="s" s="3">
+      <c r="O67" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P67" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
-        <v>29031</v>
+        <v>29029</v>
       </c>
       <c r="C68" t="s">
         <v>220</v>
       </c>
       <c r="D68" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F68">
-        <v>214</v>
+        <v>246</v>
       </c>
       <c r="G68">
-        <v>265</v>
+        <v>305</v>
       </c>
       <c r="H68" t="s">
         <v>18</v>
       </c>
       <c r="I68">
         <v>150</v>
       </c>
       <c r="J68">
         <v>210</v>
       </c>
       <c r="K68">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="L68" s="1">
         <v>44300</v>
       </c>
       <c r="M68" s="2">
-        <v>9786556055411</v>
+        <v>9786556055602</v>
       </c>
       <c r="N68" t="s" s="3">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="O68" s="4">
         <v>99.90</v>
       </c>
       <c r="P68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
+        <v>29031</v>
+      </c>
+      <c r="C69" t="s">
+        <v>223</v>
+      </c>
+      <c r="D69" t="s">
+        <v>221</v>
+      </c>
+      <c r="F69">
+        <v>214</v>
+      </c>
+      <c r="G69">
+        <v>265</v>
+      </c>
+      <c r="H69" t="s">
+        <v>18</v>
+      </c>
+      <c r="I69">
+        <v>150</v>
+      </c>
+      <c r="J69">
+        <v>210</v>
+      </c>
+      <c r="K69">
+        <v>11</v>
+      </c>
+      <c r="L69" s="1">
+        <v>44300</v>
+      </c>
+      <c r="M69" s="2">
+        <v>9786556055411</v>
+      </c>
+      <c r="N69" t="s" s="3">
+        <v>224</v>
+      </c>
+      <c r="O69" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P69" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70">
+        <v>69</v>
+      </c>
+      <c r="B70">
         <v>31647</v>
       </c>
-      <c r="C69" t="inlineStr">
+      <c r="C70" t="inlineStr">
         <is>
           <t>Contabilidade Rural - Uma Abordagem do Agronegócio Dentro da Porteira - Livro de Exercícios - de Acordo com o Comitê de Pronunciamentos Contábeis – CPC – 29 (IAS 41)</t>
         </is>
       </c>
-      <c r="D69" t="s">
-[...5 lines deleted...]
-      <c r="F69">
+      <c r="D70" t="s">
+        <v>225</v>
+      </c>
+      <c r="E70" t="s">
+        <v>226</v>
+      </c>
+      <c r="F70">
         <v>146</v>
       </c>
-      <c r="G69">
+      <c r="G70">
         <v>168</v>
       </c>
-      <c r="H69" t="s">
-[...8 lines deleted...]
-      <c r="K69">
+      <c r="H70" t="s">
+        <v>18</v>
+      </c>
+      <c r="I70">
+        <v>150</v>
+      </c>
+      <c r="J70">
+        <v>210</v>
+      </c>
+      <c r="K70">
         <v>6</v>
-      </c>
-[...48 lines deleted...]
-        <v>17</v>
       </c>
       <c r="L70" s="1">
         <v>45833</v>
       </c>
       <c r="M70" s="2">
-        <v>9786526313664</v>
+        <v>9786526314197</v>
       </c>
       <c r="N70" t="s" s="3">
+        <v>227</v>
+      </c>
+      <c r="O70" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P70" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
-        <v>30051</v>
+        <v>31646</v>
       </c>
       <c r="C71" t="s">
         <v>229</v>
       </c>
       <c r="D71" t="s">
+        <v>225</v>
+      </c>
+      <c r="E71" t="s">
         <v>230</v>
       </c>
       <c r="F71">
-        <v>228</v>
+        <v>358</v>
       </c>
       <c r="G71">
-        <v>283</v>
+        <v>450</v>
       </c>
       <c r="H71" t="s">
         <v>18</v>
       </c>
       <c r="I71">
         <v>150</v>
       </c>
       <c r="J71">
         <v>210</v>
       </c>
       <c r="K71">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="L71" s="1">
-        <v>44823</v>
+        <v>45833</v>
       </c>
       <c r="M71" s="2">
-        <v>9786526300749</v>
+        <v>9786526313664</v>
       </c>
       <c r="N71" t="s" s="3">
         <v>231</v>
       </c>
       <c r="O71" s="4">
-        <v>99.90</v>
+        <v>169.90</v>
       </c>
       <c r="P71" t="s">
-        <v>28</v>
+        <v>228</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
-        <v>26418</v>
+        <v>30051</v>
       </c>
       <c r="C72" t="s">
         <v>232</v>
       </c>
       <c r="D72" t="s">
-        <v>40</v>
+        <v>233</v>
       </c>
       <c r="F72">
-        <v>888</v>
+        <v>228</v>
       </c>
       <c r="G72">
-        <v>1216</v>
+        <v>283</v>
       </c>
       <c r="H72" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="I72">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J72">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K72">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="L72" s="1">
-        <v>43081</v>
+        <v>44823</v>
       </c>
       <c r="M72" s="2">
-        <v>9788536274836</v>
+        <v>9786526300749</v>
       </c>
       <c r="N72" t="s" s="3">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="O72" s="4">
-        <v>299.90</v>
+        <v>99.90</v>
       </c>
       <c r="P72" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
-        <v>23142</v>
+        <v>26418</v>
       </c>
       <c r="C73" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D73" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="F73">
-        <v>256</v>
+        <v>888</v>
       </c>
       <c r="G73">
-        <v>330</v>
+        <v>1216</v>
       </c>
       <c r="H73" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I73">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J73">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K73">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="L73" s="1">
-        <v>41494</v>
+        <v>43081</v>
       </c>
       <c r="M73" s="2">
-        <v>9788536243603</v>
+        <v>9788536274836</v>
       </c>
       <c r="N73" t="s" s="3">
         <v>236</v>
       </c>
       <c r="O73" s="4">
-        <v>109.90</v>
+        <v>299.90</v>
       </c>
       <c r="P73" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
+        <v>23142</v>
+      </c>
+      <c r="C74" t="s">
+        <v>237</v>
+      </c>
+      <c r="D74" t="s">
+        <v>238</v>
+      </c>
+      <c r="E74" t="s">
+        <v>31</v>
+      </c>
+      <c r="F74">
+        <v>256</v>
+      </c>
+      <c r="G74">
+        <v>330</v>
+      </c>
+      <c r="H74" t="s">
+        <v>18</v>
+      </c>
+      <c r="I74">
+        <v>150</v>
+      </c>
+      <c r="J74">
+        <v>210</v>
+      </c>
+      <c r="K74">
+        <v>14</v>
+      </c>
+      <c r="L74" s="1">
+        <v>41494</v>
+      </c>
+      <c r="M74" s="2">
+        <v>9788536243603</v>
+      </c>
+      <c r="N74" t="s" s="3">
+        <v>239</v>
+      </c>
+      <c r="O74" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P74" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75">
+        <v>74</v>
+      </c>
+      <c r="B75">
         <v>24355</v>
       </c>
-      <c r="C74" t="inlineStr">
+      <c r="C75" t="inlineStr">
         <is>
           <t>Contabilidade, Administração &amp; Economia para Cursos e Concursos - Interpretação, Análise e Resolução das Alternativas Incorretas e Correta de Questões do Exame de Suficiência do CFC</t>
         </is>
       </c>
-      <c r="D74" t="s">
-[...2 lines deleted...]
-      <c r="F74">
+      <c r="D75" t="s">
+        <v>240</v>
+      </c>
+      <c r="F75">
         <v>254</v>
       </c>
-      <c r="G74">
+      <c r="G75">
         <v>315</v>
       </c>
-      <c r="H74" t="s">
-[...8 lines deleted...]
-      <c r="K74">
+      <c r="H75" t="s">
+        <v>18</v>
+      </c>
+      <c r="I75">
+        <v>150</v>
+      </c>
+      <c r="J75">
+        <v>210</v>
+      </c>
+      <c r="K75">
         <v>14</v>
       </c>
-      <c r="L74" s="1">
+      <c r="L75" s="1">
         <v>42353</v>
       </c>
-      <c r="M74" s="2">
+      <c r="M75" s="2">
         <v>9788536255224</v>
       </c>
-      <c r="N74" t="s" s="3">
-[...19 lines deleted...]
-      <c r="D75" t="s">
+      <c r="N75" t="s" s="3">
         <v>241</v>
-      </c>
-[...25 lines deleted...]
-        <v>242</v>
       </c>
       <c r="O75" s="4">
         <v>109.90</v>
       </c>
       <c r="P75" t="s">
-        <v>45</v>
+        <v>242</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
-        <v>20794</v>
+        <v>12393</v>
       </c>
       <c r="C76" t="s">
         <v>243</v>
       </c>
       <c r="D76" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="F76">
-        <v>146</v>
+        <v>200</v>
       </c>
       <c r="G76">
-        <v>205</v>
+        <v>250</v>
       </c>
       <c r="H76" t="s">
         <v>18</v>
       </c>
       <c r="I76">
         <v>150</v>
       </c>
       <c r="J76">
         <v>210</v>
       </c>
       <c r="K76">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L76" s="1">
-        <v>39667</v>
+        <v>37467</v>
       </c>
       <c r="M76" s="2">
-        <v>9788536221076</v>
+        <v>9788573949087</v>
       </c>
       <c r="N76" t="s" s="3">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="O76" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P76" t="s">
-        <v>245</v>
+        <v>45</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
-        <v>21579</v>
+        <v>20794</v>
       </c>
       <c r="C77" t="s">
         <v>246</v>
       </c>
       <c r="D77" t="s">
+        <v>154</v>
+      </c>
+      <c r="F77">
+        <v>146</v>
+      </c>
+      <c r="G77">
+        <v>205</v>
+      </c>
+      <c r="H77" t="s">
+        <v>18</v>
+      </c>
+      <c r="I77">
+        <v>150</v>
+      </c>
+      <c r="J77">
+        <v>210</v>
+      </c>
+      <c r="K77">
+        <v>8</v>
+      </c>
+      <c r="L77" s="1">
+        <v>39667</v>
+      </c>
+      <c r="M77" s="2">
+        <v>9788536221076</v>
+      </c>
+      <c r="N77" t="s" s="3">
         <v>247</v>
       </c>
-      <c r="E77" t="s">
+      <c r="O77" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P77" t="s">
         <v>248</v>
-      </c>
-[...31 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
-        <v>22343</v>
+        <v>21579</v>
       </c>
       <c r="C78" t="s">
+        <v>249</v>
+      </c>
+      <c r="D78" t="s">
         <v>250</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>251</v>
       </c>
       <c r="F78">
-        <v>290</v>
+        <v>208</v>
       </c>
       <c r="G78">
-        <v>334</v>
+        <v>480</v>
       </c>
       <c r="H78" t="s">
         <v>18</v>
       </c>
       <c r="I78">
         <v>150</v>
       </c>
       <c r="J78">
         <v>210</v>
       </c>
       <c r="K78">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="L78" s="1">
-        <v>40786</v>
+        <v>40247</v>
       </c>
       <c r="M78" s="2">
-        <v>9788536234465</v>
+        <v>9788536227856</v>
       </c>
       <c r="N78" t="s" s="3">
         <v>252</v>
       </c>
       <c r="O78" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P78" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
-        <v>22383</v>
+        <v>22343</v>
       </c>
       <c r="C79" t="s">
         <v>253</v>
       </c>
       <c r="D79" t="s">
-        <v>154</v>
+        <v>254</v>
       </c>
       <c r="F79">
-        <v>222</v>
+        <v>290</v>
       </c>
       <c r="G79">
-        <v>308</v>
+        <v>334</v>
       </c>
       <c r="H79" t="s">
         <v>18</v>
       </c>
       <c r="I79">
         <v>150</v>
       </c>
       <c r="J79">
         <v>210</v>
       </c>
       <c r="K79">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="L79" s="1">
-        <v>40823</v>
+        <v>40786</v>
       </c>
       <c r="M79" s="2">
-        <v>9788536235172</v>
+        <v>9788536234465</v>
       </c>
       <c r="N79" t="s" s="3">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="O79" s="4">
-        <v>97.70</v>
+        <v>119.90</v>
       </c>
       <c r="P79" t="s">
-        <v>255</v>
+        <v>73</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
-        <v>21111</v>
+        <v>22383</v>
       </c>
       <c r="C80" t="s">
         <v>256</v>
       </c>
       <c r="D80" t="s">
-        <v>125</v>
+        <v>157</v>
       </c>
       <c r="F80">
-        <v>356</v>
+        <v>222</v>
       </c>
       <c r="G80">
-        <v>497</v>
+        <v>308</v>
       </c>
       <c r="H80" t="s">
         <v>18</v>
       </c>
       <c r="I80">
         <v>150</v>
       </c>
       <c r="J80">
         <v>210</v>
       </c>
       <c r="K80">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="L80" s="1">
-        <v>39931</v>
+        <v>40823</v>
       </c>
       <c r="M80" s="2">
-        <v>9788536224695</v>
+        <v>9788536235172</v>
       </c>
       <c r="N80" t="s" s="3">
         <v>257</v>
       </c>
       <c r="O80" s="4">
-        <v>149.90</v>
+        <v>97.70</v>
       </c>
       <c r="P80" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>23285</v>
+        <v>21111</v>
       </c>
       <c r="C81" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D81" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="F81">
-        <v>166</v>
+        <v>356</v>
       </c>
       <c r="G81">
-        <v>207</v>
+        <v>497</v>
       </c>
       <c r="H81" t="s">
         <v>18</v>
       </c>
       <c r="I81">
         <v>150</v>
       </c>
       <c r="J81">
         <v>210</v>
       </c>
       <c r="K81">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="L81" s="1">
-        <v>41652</v>
+        <v>39931</v>
       </c>
       <c r="M81" s="2">
-        <v>9788536245218</v>
+        <v>9788536224695</v>
       </c>
       <c r="N81" t="s" s="3">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="O81" s="4">
-        <v>79.90</v>
+        <v>149.90</v>
       </c>
       <c r="P81" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
-        <v>12728</v>
+        <v>23285</v>
       </c>
       <c r="C82" t="s">
         <v>261</v>
       </c>
       <c r="D82" t="s">
+        <v>40</v>
+      </c>
+      <c r="F82">
+        <v>166</v>
+      </c>
+      <c r="G82">
+        <v>207</v>
+      </c>
+      <c r="H82" t="s">
+        <v>18</v>
+      </c>
+      <c r="I82">
+        <v>150</v>
+      </c>
+      <c r="J82">
+        <v>210</v>
+      </c>
+      <c r="K82">
+        <v>9</v>
+      </c>
+      <c r="L82" s="1">
+        <v>41652</v>
+      </c>
+      <c r="M82" s="2">
+        <v>9788536245218</v>
+      </c>
+      <c r="N82" t="s" s="3">
         <v>262</v>
       </c>
-      <c r="F82">
-[...23 lines deleted...]
-      <c r="N82" t="s" s="3">
+      <c r="O82" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P82" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
-        <v>21171</v>
+        <v>12728</v>
       </c>
       <c r="C83" t="s">
+        <v>264</v>
+      </c>
+      <c r="D83" t="s">
         <v>265</v>
       </c>
-      <c r="D83" t="s">
+      <c r="F83">
+        <v>352</v>
+      </c>
+      <c r="G83">
+        <v>458</v>
+      </c>
+      <c r="H83" t="s">
+        <v>18</v>
+      </c>
+      <c r="I83">
+        <v>150</v>
+      </c>
+      <c r="J83">
+        <v>210</v>
+      </c>
+      <c r="K83">
+        <v>18</v>
+      </c>
+      <c r="L83" s="1">
+        <v>38021</v>
+      </c>
+      <c r="M83" s="2">
+        <v>9788536205786</v>
+      </c>
+      <c r="N83" t="s" s="3">
         <v>266</v>
       </c>
-      <c r="F83">
-[...23 lines deleted...]
-      <c r="N83" t="s" s="3">
+      <c r="O83" s="4">
+        <v>159.90</v>
+      </c>
+      <c r="P83" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
-        <v>29258</v>
+        <v>21171</v>
       </c>
       <c r="C84" t="s">
         <v>268</v>
       </c>
       <c r="D84" t="s">
         <v>269</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84">
-        <v>256</v>
+        <v>172</v>
       </c>
       <c r="G84">
-        <v>317</v>
+        <v>197</v>
       </c>
       <c r="H84" t="s">
         <v>18</v>
       </c>
       <c r="I84">
         <v>150</v>
       </c>
       <c r="J84">
         <v>210</v>
       </c>
       <c r="K84">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="L84" s="1">
-        <v>44460</v>
+        <v>39983</v>
       </c>
       <c r="M84" s="2">
-        <v>9786556057583</v>
+        <v>9788536225203</v>
       </c>
       <c r="N84" t="s" s="3">
         <v>270</v>
       </c>
       <c r="O84" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P84" t="s">
-        <v>33</v>
+        <v>267</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
-        <v>25802</v>
+        <v>29258</v>
       </c>
       <c r="C85" t="s">
         <v>271</v>
       </c>
       <c r="D85" t="s">
-        <v>75</v>
+        <v>272</v>
+      </c>
+      <c r="E85" t="s">
+        <v>36</v>
       </c>
       <c r="F85">
-        <v>160</v>
+        <v>256</v>
       </c>
       <c r="G85">
-        <v>198</v>
+        <v>317</v>
       </c>
       <c r="H85" t="s">
         <v>18</v>
       </c>
       <c r="I85">
         <v>150</v>
       </c>
       <c r="J85">
         <v>210</v>
       </c>
       <c r="K85">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="L85" s="1">
-        <v>42878</v>
+        <v>44460</v>
       </c>
       <c r="M85" s="2">
-        <v>9788536269054</v>
+        <v>9786556057583</v>
       </c>
       <c r="N85" t="s" s="3">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="O85" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P85" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
-        <v>20014</v>
+        <v>25802</v>
       </c>
       <c r="C86" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D86" t="s">
-        <v>274</v>
+        <v>78</v>
       </c>
       <c r="F86">
-        <v>220</v>
+        <v>160</v>
       </c>
       <c r="G86">
-        <v>280</v>
+        <v>198</v>
       </c>
       <c r="H86" t="s">
         <v>18</v>
       </c>
       <c r="I86">
         <v>150</v>
       </c>
       <c r="J86">
         <v>210</v>
       </c>
       <c r="K86">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L86" s="1">
-        <v>38925</v>
+        <v>42878</v>
       </c>
       <c r="M86" s="2">
-        <v>9788536213286</v>
+        <v>9788536269054</v>
       </c>
       <c r="N86" t="s" s="3">
         <v>275</v>
       </c>
       <c r="O86" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P86" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
-        <v>26744</v>
+        <v>20014</v>
       </c>
       <c r="C87" t="s">
         <v>276</v>
       </c>
       <c r="D87" t="s">
         <v>277</v>
       </c>
-      <c r="E87" t="s">
+      <c r="F87">
+        <v>220</v>
+      </c>
+      <c r="G87">
+        <v>280</v>
+      </c>
+      <c r="H87" t="s">
+        <v>18</v>
+      </c>
+      <c r="I87">
+        <v>150</v>
+      </c>
+      <c r="J87">
+        <v>210</v>
+      </c>
+      <c r="K87">
+        <v>12</v>
+      </c>
+      <c r="L87" s="1">
+        <v>38925</v>
+      </c>
+      <c r="M87" s="2">
+        <v>9788536213286</v>
+      </c>
+      <c r="N87" t="s" s="3">
         <v>278</v>
       </c>
-      <c r="F87">
-[...25 lines deleted...]
-      </c>
       <c r="O87" s="4">
-        <v>319.99</v>
+        <v>109.90</v>
       </c>
       <c r="P87" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
-        <v>22857</v>
+        <v>26744</v>
       </c>
       <c r="C88" t="s">
+        <v>279</v>
+      </c>
+      <c r="D88" t="s">
         <v>280</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>281</v>
       </c>
-      <c r="E88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F88">
-        <v>122</v>
+        <v>776</v>
       </c>
       <c r="G88">
-        <v>190</v>
+        <v>962</v>
       </c>
       <c r="H88" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I88">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J88">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K88">
-        <v>7</v>
+        <v>58</v>
       </c>
       <c r="L88" s="1">
-        <v>41243</v>
+        <v>43195</v>
       </c>
       <c r="M88" s="2">
-        <v>9788536240275</v>
+        <v>9788536278261</v>
       </c>
       <c r="N88" t="s" s="3">
         <v>282</v>
       </c>
       <c r="O88" s="4">
-        <v>69.90</v>
+        <v>319.99</v>
       </c>
       <c r="P88" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
-        <v>27641</v>
+        <v>22857</v>
       </c>
       <c r="C89" t="s">
         <v>283</v>
       </c>
       <c r="D89" t="s">
-        <v>154</v>
+        <v>284</v>
+      </c>
+      <c r="E89" t="s">
+        <v>68</v>
       </c>
       <c r="F89">
-        <v>152</v>
+        <v>122</v>
       </c>
       <c r="G89">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H89" t="s">
         <v>18</v>
       </c>
       <c r="I89">
         <v>150</v>
       </c>
       <c r="J89">
         <v>210</v>
       </c>
       <c r="K89">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L89" s="1">
-        <v>43538</v>
+        <v>41243</v>
       </c>
       <c r="M89" s="2">
-        <v>9788536286877</v>
+        <v>9788536240275</v>
       </c>
       <c r="N89" t="s" s="3">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="O89" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
-        <v>29527</v>
+        <v>27641</v>
       </c>
       <c r="C90" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D90" t="s">
-        <v>286</v>
+        <v>157</v>
       </c>
       <c r="F90">
-        <v>182</v>
+        <v>152</v>
       </c>
       <c r="G90">
-        <v>226</v>
+        <v>189</v>
       </c>
       <c r="H90" t="s">
         <v>18</v>
       </c>
       <c r="I90">
         <v>150</v>
       </c>
       <c r="J90">
         <v>210</v>
       </c>
       <c r="K90">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L90" s="1">
-        <v>44629</v>
+        <v>43538</v>
       </c>
       <c r="M90" s="2">
-        <v>9788536295718</v>
+        <v>9788536286877</v>
       </c>
       <c r="N90" t="s" s="3">
         <v>287</v>
       </c>
       <c r="O90" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P90" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
-        <v>28901</v>
+        <v>29527</v>
       </c>
       <c r="C91" t="s">
         <v>288</v>
       </c>
       <c r="D91" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>289</v>
       </c>
       <c r="F91">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="G91">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="H91" t="s">
         <v>18</v>
       </c>
       <c r="I91">
         <v>150</v>
       </c>
       <c r="J91">
         <v>210</v>
       </c>
       <c r="K91">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L91" s="1">
-        <v>44224</v>
+        <v>44629</v>
       </c>
       <c r="M91" s="2">
-        <v>9786556054865</v>
+        <v>9788536295718</v>
       </c>
       <c r="N91" t="s" s="3">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="O91" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P91" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
-        <v>12689</v>
+        <v>28901</v>
       </c>
       <c r="C92" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D92" t="s">
-        <v>291</v>
+        <v>30</v>
+      </c>
+      <c r="E92" t="s">
+        <v>123</v>
       </c>
       <c r="F92">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="G92">
-        <v>154</v>
+        <v>213</v>
       </c>
       <c r="H92" t="s">
         <v>18</v>
       </c>
       <c r="I92">
         <v>150</v>
       </c>
       <c r="J92">
         <v>210</v>
       </c>
       <c r="K92">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L92" s="1">
-        <v>37943</v>
+        <v>44224</v>
       </c>
       <c r="M92" s="2">
-        <v>9788536205823</v>
+        <v>9786556054865</v>
       </c>
       <c r="N92" t="s" s="3">
         <v>292</v>
       </c>
       <c r="O92" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P92" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
-        <v>12920</v>
+        <v>12689</v>
       </c>
       <c r="C93" t="s">
         <v>293</v>
       </c>
       <c r="D93" t="s">
         <v>294</v>
       </c>
       <c r="F93">
-        <v>184</v>
+        <v>100</v>
       </c>
       <c r="G93">
-        <v>256</v>
+        <v>154</v>
       </c>
       <c r="H93" t="s">
         <v>18</v>
       </c>
       <c r="I93">
         <v>150</v>
       </c>
       <c r="J93">
         <v>210</v>
       </c>
       <c r="K93">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L93" s="1">
-        <v>38182</v>
+        <v>37943</v>
       </c>
       <c r="M93" s="2">
-        <v>9788536207629</v>
+        <v>9788536205823</v>
       </c>
       <c r="N93" t="s" s="3">
         <v>295</v>
       </c>
       <c r="O93" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P93" t="s">
-        <v>296</v>
+        <v>53</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
-        <v>30588</v>
+        <v>12920</v>
       </c>
       <c r="C94" t="s">
+        <v>296</v>
+      </c>
+      <c r="D94" t="s">
         <v>297</v>
       </c>
-      <c r="D94" t="s">
+      <c r="F94">
+        <v>184</v>
+      </c>
+      <c r="G94">
+        <v>256</v>
+      </c>
+      <c r="H94" t="s">
+        <v>18</v>
+      </c>
+      <c r="I94">
+        <v>150</v>
+      </c>
+      <c r="J94">
+        <v>210</v>
+      </c>
+      <c r="K94">
+        <v>10</v>
+      </c>
+      <c r="L94" s="1">
+        <v>38182</v>
+      </c>
+      <c r="M94" s="2">
+        <v>9788536207629</v>
+      </c>
+      <c r="N94" t="s" s="3">
         <v>298</v>
       </c>
-      <c r="F94">
-[...23 lines deleted...]
-      <c r="N94" t="s" s="3">
+      <c r="O94" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P94" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
-        <v>24596</v>
+        <v>30588</v>
       </c>
       <c r="C95" t="s">
         <v>300</v>
       </c>
       <c r="D95" t="s">
-        <v>40</v>
+        <v>301</v>
       </c>
       <c r="F95">
-        <v>276</v>
+        <v>134</v>
       </c>
       <c r="G95">
-        <v>342</v>
+        <v>166</v>
       </c>
       <c r="H95" t="s">
         <v>18</v>
       </c>
       <c r="I95">
         <v>150</v>
       </c>
       <c r="J95">
         <v>210</v>
       </c>
       <c r="K95">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="L95" s="1">
-        <v>42488</v>
+        <v>45135</v>
       </c>
       <c r="M95" s="2">
-        <v>9788536257402</v>
+        <v>9786526308585</v>
       </c>
       <c r="N95" t="s" s="3">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="O95" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P95" t="s">
-        <v>33</v>
+        <v>248</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
-        <v>23382</v>
+        <v>24596</v>
       </c>
       <c r="C96" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D96" t="s">
         <v>40</v>
       </c>
       <c r="F96">
-        <v>316</v>
+        <v>276</v>
       </c>
       <c r="G96">
-        <v>394</v>
+        <v>342</v>
       </c>
       <c r="H96" t="s">
         <v>18</v>
       </c>
       <c r="I96">
         <v>150</v>
       </c>
       <c r="J96">
         <v>210</v>
       </c>
       <c r="K96">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="L96" s="1">
-        <v>41746</v>
+        <v>42488</v>
       </c>
       <c r="M96" s="2">
-        <v>9788536246208</v>
+        <v>9788536257402</v>
       </c>
       <c r="N96" t="s" s="3">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="O96" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P96" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
-        <v>12419</v>
+        <v>23382</v>
       </c>
       <c r="C97" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D97" t="s">
-        <v>305</v>
+        <v>40</v>
       </c>
       <c r="F97">
-        <v>238</v>
+        <v>316</v>
       </c>
       <c r="G97">
-        <v>316</v>
+        <v>394</v>
       </c>
       <c r="H97" t="s">
         <v>18</v>
       </c>
       <c r="I97">
         <v>150</v>
       </c>
       <c r="J97">
         <v>210</v>
       </c>
       <c r="K97">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="L97" s="1">
-        <v>37536</v>
+        <v>41746</v>
       </c>
       <c r="M97" s="2">
-        <v>9788536203034</v>
-[...1 lines deleted...]
-      <c r="N97" t="s">
+        <v>9788536246208</v>
+      </c>
+      <c r="N97" t="s" s="3">
         <v>306</v>
       </c>
       <c r="O97" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P97" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
-        <v>13073</v>
+        <v>12419</v>
       </c>
       <c r="C98" t="s">
         <v>307</v>
       </c>
       <c r="D98" t="s">
         <v>308</v>
       </c>
       <c r="F98">
-        <v>464</v>
+        <v>238</v>
       </c>
       <c r="G98">
-        <v>704</v>
+        <v>316</v>
       </c>
       <c r="H98" t="s">
+        <v>18</v>
+      </c>
+      <c r="I98">
+        <v>150</v>
+      </c>
+      <c r="J98">
+        <v>210</v>
+      </c>
+      <c r="K98">
+        <v>13</v>
+      </c>
+      <c r="L98" s="1">
+        <v>37536</v>
+      </c>
+      <c r="M98" s="2">
+        <v>9788536203034</v>
+      </c>
+      <c r="N98" t="s">
         <v>309</v>
       </c>
-      <c r="I98">
-[...16 lines deleted...]
-      </c>
       <c r="O98" s="4">
-        <v>209.90</v>
+        <v>109.90</v>
       </c>
       <c r="P98" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
-        <v>13322</v>
+        <v>13073</v>
       </c>
       <c r="C99" t="s">
+        <v>310</v>
+      </c>
+      <c r="D99" t="s">
         <v>311</v>
       </c>
-      <c r="D99" t="s">
+      <c r="F99">
+        <v>464</v>
+      </c>
+      <c r="G99">
+        <v>704</v>
+      </c>
+      <c r="H99" t="s">
         <v>312</v>
       </c>
-      <c r="F99">
-[...7 lines deleted...]
-      </c>
       <c r="I99">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J99">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K99">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="L99" s="1">
-        <v>38699</v>
+        <v>38362</v>
       </c>
       <c r="M99" s="2">
-        <v>9788536211329</v>
+        <v>9788536208855</v>
       </c>
       <c r="N99" t="s" s="3">
         <v>313</v>
       </c>
       <c r="O99" s="4">
-        <v>159.90</v>
+        <v>209.90</v>
       </c>
       <c r="P99" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
-        <v>30557</v>
+        <v>13322</v>
       </c>
       <c r="C100" t="s">
         <v>314</v>
       </c>
       <c r="D100" t="s">
         <v>315</v>
       </c>
       <c r="F100">
-        <v>132</v>
+        <v>352</v>
       </c>
       <c r="G100">
-        <v>164</v>
+        <v>550</v>
       </c>
       <c r="H100" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I100">
         <v>150</v>
       </c>
       <c r="J100">
         <v>210</v>
       </c>
       <c r="K100">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="L100" s="1">
-        <v>45113</v>
+        <v>38699</v>
       </c>
       <c r="M100" s="2">
-        <v>9786526305331</v>
+        <v>9788536211329</v>
       </c>
       <c r="N100" t="s" s="3">
         <v>316</v>
       </c>
       <c r="O100" s="4">
-        <v>79.90</v>
+        <v>159.90</v>
       </c>
       <c r="P100" t="s">
-        <v>317</v>
+        <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
-        <v>12473</v>
+        <v>30557</v>
       </c>
       <c r="C101" t="s">
+        <v>317</v>
+      </c>
+      <c r="D101" t="s">
         <v>318</v>
       </c>
-      <c r="D101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F101">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="G101">
-        <v>198</v>
+        <v>164</v>
       </c>
       <c r="H101" t="s">
         <v>18</v>
       </c>
       <c r="I101">
         <v>150</v>
       </c>
       <c r="J101">
         <v>210</v>
       </c>
       <c r="K101">
         <v>8</v>
       </c>
       <c r="L101" s="1">
-        <v>37603</v>
+        <v>45113</v>
       </c>
       <c r="M101" s="2">
-        <v>9788536202235</v>
+        <v>9786526305331</v>
       </c>
       <c r="N101" t="s" s="3">
+        <v>319</v>
+      </c>
+      <c r="O101" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P101" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
+        <v>12473</v>
+      </c>
+      <c r="C102" t="s">
+        <v>321</v>
+      </c>
+      <c r="D102" t="s">
+        <v>322</v>
+      </c>
+      <c r="F102">
+        <v>136</v>
+      </c>
+      <c r="G102">
+        <v>198</v>
+      </c>
+      <c r="H102" t="s">
+        <v>18</v>
+      </c>
+      <c r="I102">
+        <v>150</v>
+      </c>
+      <c r="J102">
+        <v>210</v>
+      </c>
+      <c r="K102">
+        <v>8</v>
+      </c>
+      <c r="L102" s="1">
+        <v>37603</v>
+      </c>
+      <c r="M102" s="2">
+        <v>9788536202235</v>
+      </c>
+      <c r="N102" t="s" s="3">
+        <v>323</v>
+      </c>
+      <c r="O102" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P102" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103">
+        <v>102</v>
+      </c>
+      <c r="B103">
         <v>23596</v>
       </c>
-      <c r="C102" t="inlineStr">
+      <c r="C103" t="inlineStr">
         <is>
           <t>Entidades Beneficentes de Assistência Social - Contabilidade, Obrigações Acessórias e Principais - Revista e Atualizada pela Lei 12.868/13 e Decreto 8.242 de 23.05.2014</t>
         </is>
       </c>
-      <c r="D102" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="D103" t="s">
         <v>324</v>
       </c>
+      <c r="E103" t="s">
+        <v>79</v>
+      </c>
       <c r="F103">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="G103">
-        <v>288</v>
+        <v>260</v>
       </c>
       <c r="H103" t="s">
         <v>18</v>
       </c>
       <c r="I103">
         <v>150</v>
       </c>
       <c r="J103">
         <v>210</v>
       </c>
       <c r="K103">
         <v>11</v>
       </c>
       <c r="L103" s="1">
-        <v>37858</v>
+        <v>41894</v>
       </c>
       <c r="M103" s="2">
-        <v>9788536206448</v>
+        <v>9788536248189</v>
       </c>
       <c r="N103" t="s" s="3">
         <v>325</v>
       </c>
       <c r="O103" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P103" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
-        <v>23368</v>
+        <v>12957</v>
       </c>
       <c r="C104" t="s">
         <v>326</v>
       </c>
       <c r="D104" t="s">
         <v>327</v>
       </c>
       <c r="F104">
-        <v>154</v>
+        <v>206</v>
       </c>
       <c r="G104">
-        <v>192</v>
+        <v>288</v>
       </c>
       <c r="H104" t="s">
         <v>18</v>
       </c>
       <c r="I104">
         <v>150</v>
       </c>
       <c r="J104">
         <v>210</v>
       </c>
       <c r="K104">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L104" s="1">
-        <v>41732</v>
+        <v>37858</v>
       </c>
       <c r="M104" s="2">
-        <v>9788536246031</v>
+        <v>9788536206448</v>
       </c>
       <c r="N104" t="s" s="3">
         <v>328</v>
       </c>
       <c r="O104" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P104" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
-        <v>28932</v>
+        <v>23368</v>
       </c>
       <c r="C105" t="s">
         <v>329</v>
       </c>
       <c r="D105" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>330</v>
       </c>
       <c r="F105">
-        <v>218</v>
+        <v>154</v>
       </c>
       <c r="G105">
-        <v>270</v>
+        <v>192</v>
       </c>
       <c r="H105" t="s">
         <v>18</v>
       </c>
       <c r="I105">
         <v>150</v>
       </c>
       <c r="J105">
         <v>210</v>
       </c>
       <c r="K105">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L105" s="1">
-        <v>44249</v>
+        <v>41732</v>
       </c>
       <c r="M105" s="2">
-        <v>9786556054483</v>
+        <v>9788536246031</v>
       </c>
       <c r="N105" t="s" s="3">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="O105" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P105" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
-        <v>23957</v>
+        <v>28932</v>
       </c>
       <c r="C106" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D106" t="s">
-        <v>40</v>
+        <v>30</v>
+      </c>
+      <c r="E106" t="s">
+        <v>226</v>
       </c>
       <c r="F106">
-        <v>336</v>
+        <v>218</v>
       </c>
       <c r="G106">
-        <v>417</v>
+        <v>270</v>
       </c>
       <c r="H106" t="s">
         <v>18</v>
       </c>
       <c r="I106">
         <v>150</v>
       </c>
       <c r="J106">
         <v>210</v>
       </c>
       <c r="K106">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="L106" s="1">
-        <v>42145</v>
+        <v>44249</v>
       </c>
       <c r="M106" s="2">
-        <v>9788536251394</v>
+        <v>9786556054483</v>
       </c>
       <c r="N106" t="s" s="3">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="O106" s="4">
-        <v>139.90</v>
+        <v>99.90</v>
       </c>
       <c r="P106" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
-        <v>30356</v>
+        <v>23957</v>
       </c>
       <c r="C107" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D107" t="s">
-        <v>334</v>
+        <v>40</v>
       </c>
       <c r="F107">
-        <v>206</v>
+        <v>336</v>
       </c>
       <c r="G107">
-        <v>255</v>
+        <v>417</v>
       </c>
       <c r="H107" t="s">
         <v>18</v>
       </c>
       <c r="I107">
         <v>150</v>
       </c>
       <c r="J107">
         <v>210</v>
       </c>
       <c r="K107">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="L107" s="1">
-        <v>45002</v>
+        <v>42145</v>
       </c>
       <c r="M107" s="2">
-        <v>9786526303757</v>
+        <v>9788536251394</v>
       </c>
       <c r="N107" t="s" s="3">
         <v>335</v>
       </c>
       <c r="O107" s="4">
-        <v>99.90</v>
+        <v>139.90</v>
       </c>
       <c r="P107" t="s">
-        <v>255</v>
+        <v>33</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
-        <v>30156</v>
+        <v>30356</v>
       </c>
       <c r="C108" t="s">
         <v>336</v>
       </c>
       <c r="D108" t="s">
-        <v>40</v>
+        <v>337</v>
       </c>
       <c r="F108">
-        <v>90</v>
+        <v>206</v>
       </c>
       <c r="G108">
-        <v>112</v>
+        <v>255</v>
       </c>
       <c r="H108" t="s">
         <v>18</v>
       </c>
       <c r="I108">
         <v>150</v>
       </c>
       <c r="J108">
         <v>210</v>
       </c>
       <c r="K108">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="L108" s="1">
-        <v>44868</v>
+        <v>45002</v>
       </c>
       <c r="M108" s="2">
-        <v>9786526301739</v>
+        <v>9786526303757</v>
       </c>
       <c r="N108" t="s" s="3">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="O108" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P108" t="s">
-        <v>28</v>
+        <v>258</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
-        <v>21127</v>
+        <v>30156</v>
       </c>
       <c r="C109" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D109" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>40</v>
       </c>
       <c r="F109">
-        <v>256</v>
+        <v>90</v>
       </c>
       <c r="G109">
-        <v>320</v>
+        <v>112</v>
       </c>
       <c r="H109" t="s">
         <v>18</v>
       </c>
       <c r="I109">
         <v>150</v>
       </c>
       <c r="J109">
         <v>210</v>
       </c>
       <c r="K109">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="L109" s="1">
-        <v>39944</v>
+        <v>44868</v>
       </c>
       <c r="M109" s="2">
-        <v>9788536224855</v>
+        <v>9786526301739</v>
       </c>
       <c r="N109" t="s" s="3">
         <v>340</v>
       </c>
       <c r="O109" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P109" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
-        <v>21352</v>
+        <v>21127</v>
       </c>
       <c r="C110" t="s">
         <v>341</v>
       </c>
       <c r="D110" t="s">
-        <v>40</v>
+        <v>128</v>
+      </c>
+      <c r="E110" t="s">
+        <v>342</v>
       </c>
       <c r="F110">
-        <v>292</v>
+        <v>256</v>
       </c>
       <c r="G110">
-        <v>304</v>
+        <v>320</v>
       </c>
       <c r="H110" t="s">
         <v>18</v>
       </c>
       <c r="I110">
         <v>150</v>
       </c>
       <c r="J110">
         <v>210</v>
       </c>
       <c r="K110">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L110" s="1">
-        <v>40234</v>
+        <v>39944</v>
       </c>
       <c r="M110" s="2">
-        <v>9788536224787</v>
+        <v>9788536224855</v>
       </c>
       <c r="N110" t="s" s="3">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="O110" s="4">
-        <v>119.90</v>
+        <v>109.90</v>
       </c>
       <c r="P110" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
-        <v>30395</v>
+        <v>21352</v>
       </c>
       <c r="C111" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D111" t="s">
-        <v>344</v>
+        <v>40</v>
       </c>
       <c r="F111">
-        <v>202</v>
+        <v>292</v>
       </c>
       <c r="G111">
-        <v>251</v>
+        <v>304</v>
       </c>
       <c r="H111" t="s">
         <v>18</v>
       </c>
       <c r="I111">
         <v>150</v>
       </c>
       <c r="J111">
         <v>210</v>
       </c>
       <c r="K111">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L111" s="1">
-        <v>45016</v>
+        <v>40234</v>
       </c>
       <c r="M111" s="2">
-        <v>9786526305034</v>
+        <v>9788536224787</v>
       </c>
       <c r="N111" t="s" s="3">
         <v>345</v>
       </c>
       <c r="O111" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P111" t="s">
-        <v>346</v>
+        <v>28</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
-        <v>30875</v>
+        <v>30395</v>
       </c>
       <c r="C112" t="s">
+        <v>346</v>
+      </c>
+      <c r="D112" t="s">
         <v>347</v>
       </c>
-      <c r="D112" t="s">
+      <c r="F112">
+        <v>202</v>
+      </c>
+      <c r="G112">
+        <v>251</v>
+      </c>
+      <c r="H112" t="s">
+        <v>18</v>
+      </c>
+      <c r="I112">
+        <v>150</v>
+      </c>
+      <c r="J112">
+        <v>210</v>
+      </c>
+      <c r="K112">
+        <v>10</v>
+      </c>
+      <c r="L112" s="1">
+        <v>45016</v>
+      </c>
+      <c r="M112" s="2">
+        <v>9786526305034</v>
+      </c>
+      <c r="N112" t="s" s="3">
         <v>348</v>
       </c>
-      <c r="F112">
-[...23 lines deleted...]
-      <c r="N112" t="s" s="3">
+      <c r="O112" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P112" t="s">
         <v>349</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
-        <v>31023</v>
+        <v>30875</v>
       </c>
       <c r="C113" t="s">
         <v>350</v>
       </c>
       <c r="D113" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F113">
-        <v>116</v>
+        <v>136</v>
       </c>
       <c r="G113">
-        <v>144</v>
+        <v>169</v>
       </c>
       <c r="H113" t="s">
         <v>18</v>
       </c>
       <c r="I113">
         <v>150</v>
       </c>
       <c r="J113">
         <v>210</v>
       </c>
       <c r="K113">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L113" s="1">
-        <v>45408</v>
+        <v>45313</v>
       </c>
       <c r="M113" s="2">
-        <v>9786526309797</v>
+        <v>9786526310892</v>
       </c>
       <c r="N113" t="s" s="3">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="O113" s="4">
         <v>69.90</v>
       </c>
       <c r="P113" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
-        <v>23033</v>
+        <v>31023</v>
       </c>
       <c r="C114" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D114" t="s">
-        <v>30</v>
+        <v>351</v>
       </c>
       <c r="F114">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="G114">
-        <v>135</v>
+        <v>144</v>
       </c>
       <c r="H114" t="s">
         <v>18</v>
       </c>
       <c r="I114">
         <v>150</v>
       </c>
       <c r="J114">
         <v>210</v>
       </c>
       <c r="K114">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L114" s="1">
-        <v>41400</v>
+        <v>45408</v>
       </c>
       <c r="M114" s="2">
-        <v>9788536242422</v>
+        <v>9786526309797</v>
       </c>
       <c r="N114" t="s" s="3">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="O114" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P114" t="s">
-        <v>28</v>
+        <v>349</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
-        <v>23339</v>
+        <v>23033</v>
       </c>
       <c r="C115" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D115" t="s">
-        <v>355</v>
+        <v>30</v>
       </c>
       <c r="F115">
-        <v>260</v>
+        <v>84</v>
       </c>
       <c r="G115">
-        <v>335</v>
+        <v>135</v>
       </c>
       <c r="H115" t="s">
         <v>18</v>
       </c>
       <c r="I115">
         <v>150</v>
       </c>
       <c r="J115">
         <v>210</v>
       </c>
       <c r="K115">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="L115" s="1">
-        <v>41709</v>
+        <v>41400</v>
       </c>
       <c r="M115" s="2">
-        <v>9788536245829</v>
+        <v>9788536242422</v>
       </c>
       <c r="N115" t="s" s="3">
         <v>356</v>
       </c>
       <c r="O115" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P115" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
-        <v>23100</v>
+        <v>23339</v>
       </c>
       <c r="C116" t="s">
         <v>357</v>
       </c>
       <c r="D116" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>358</v>
       </c>
       <c r="F116">
-        <v>160</v>
+        <v>260</v>
       </c>
       <c r="G116">
-        <v>210</v>
+        <v>335</v>
       </c>
       <c r="H116" t="s">
         <v>18</v>
       </c>
       <c r="I116">
         <v>150</v>
       </c>
       <c r="J116">
         <v>210</v>
       </c>
       <c r="K116">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L116" s="1">
-        <v>41466</v>
+        <v>41709</v>
       </c>
       <c r="M116" s="2">
-        <v>9788536242262</v>
+        <v>9788536245829</v>
       </c>
       <c r="N116" t="s" s="3">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="O116" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P116" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
+        <v>23100</v>
+      </c>
+      <c r="C117" t="s">
+        <v>360</v>
+      </c>
+      <c r="D117" t="s">
+        <v>30</v>
+      </c>
+      <c r="E117" t="s">
+        <v>31</v>
+      </c>
+      <c r="F117">
+        <v>160</v>
+      </c>
+      <c r="G117">
+        <v>210</v>
+      </c>
+      <c r="H117" t="s">
+        <v>18</v>
+      </c>
+      <c r="I117">
+        <v>150</v>
+      </c>
+      <c r="J117">
+        <v>210</v>
+      </c>
+      <c r="K117">
+        <v>9</v>
+      </c>
+      <c r="L117" s="1">
+        <v>41466</v>
+      </c>
+      <c r="M117" s="2">
+        <v>9788536242262</v>
+      </c>
+      <c r="N117" t="s" s="3">
+        <v>361</v>
+      </c>
+      <c r="O117" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P117" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118">
+        <v>117</v>
+      </c>
+      <c r="B118">
         <v>22570</v>
       </c>
-      <c r="C117" t="inlineStr">
+      <c r="C118" t="inlineStr">
         <is>
           <t>Exame de Suficiência em Contabilidade - Perícia Contábil - • Inclui Exercícios e Provas do CFC com gabaritos • Comentários às Resoluções do CFC 1.244/09 e 1.243/09</t>
         </is>
       </c>
-      <c r="D117" t="s">
+      <c r="D118" t="s">
         <v>30</v>
       </c>
-      <c r="F117">
+      <c r="F118">
         <v>202</v>
       </c>
-      <c r="G117">
+      <c r="G118">
         <v>315</v>
       </c>
-      <c r="H117" t="s">
-[...8 lines deleted...]
-      <c r="K117">
+      <c r="H118" t="s">
+        <v>18</v>
+      </c>
+      <c r="I118">
+        <v>150</v>
+      </c>
+      <c r="J118">
+        <v>210</v>
+      </c>
+      <c r="K118">
         <v>11</v>
       </c>
-      <c r="L117" s="1">
+      <c r="L118" s="1">
         <v>40998</v>
       </c>
-      <c r="M117" s="2">
+      <c r="M118" s="2">
         <v>9788536235318</v>
       </c>
-      <c r="N117" t="s" s="3">
-[...45 lines deleted...]
-      </c>
       <c r="N118" t="s" s="3">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="O118" s="4">
         <v>89.90</v>
       </c>
       <c r="P118" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
-        <v>30383</v>
+        <v>22745</v>
       </c>
       <c r="C119" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D119" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>40</v>
       </c>
       <c r="F119">
-        <v>196</v>
+        <v>216</v>
       </c>
       <c r="G119">
-        <v>243</v>
+        <v>285</v>
       </c>
       <c r="H119" t="s">
         <v>18</v>
       </c>
       <c r="I119">
         <v>150</v>
       </c>
       <c r="J119">
         <v>210</v>
       </c>
       <c r="K119">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L119" s="1">
-        <v>45009</v>
+        <v>41163</v>
       </c>
       <c r="M119" s="2">
-        <v>9786526305010</v>
+        <v>9788536238760</v>
       </c>
       <c r="N119" t="s" s="3">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="O119" s="4">
         <v>89.90</v>
       </c>
       <c r="P119" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
-        <v>12386</v>
+        <v>30383</v>
       </c>
       <c r="C120" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D120" t="s">
-        <v>365</v>
+        <v>30</v>
+      </c>
+      <c r="E120" t="s">
+        <v>79</v>
       </c>
       <c r="F120">
-        <v>252</v>
+        <v>196</v>
       </c>
       <c r="G120">
-        <v>324</v>
+        <v>243</v>
       </c>
       <c r="H120" t="s">
         <v>18</v>
       </c>
       <c r="I120">
         <v>150</v>
       </c>
       <c r="J120">
         <v>210</v>
       </c>
       <c r="K120">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="L120" s="1">
-        <v>37454</v>
+        <v>45009</v>
       </c>
       <c r="M120" s="2">
-        <v>9788536200330</v>
+        <v>9786526305010</v>
       </c>
       <c r="N120" t="s" s="3">
         <v>366</v>
       </c>
       <c r="O120" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P120" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121">
-        <v>28938</v>
+        <v>12386</v>
       </c>
       <c r="C121" t="s">
         <v>367</v>
       </c>
       <c r="D121" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>368</v>
       </c>
       <c r="F121">
-        <v>132</v>
+        <v>252</v>
       </c>
       <c r="G121">
-        <v>162</v>
+        <v>324</v>
       </c>
       <c r="H121" t="s">
         <v>18</v>
       </c>
       <c r="I121">
         <v>150</v>
       </c>
       <c r="J121">
         <v>210</v>
       </c>
       <c r="K121">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="L121" s="1">
-        <v>44252</v>
+        <v>37454</v>
       </c>
       <c r="M121" s="2">
-        <v>9786556054773</v>
+        <v>9788536200330</v>
       </c>
       <c r="N121" t="s" s="3">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="O121" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P121" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122">
-        <v>23467</v>
+        <v>28938</v>
       </c>
       <c r="C122" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D122" t="s">
-        <v>40</v>
+        <v>167</v>
+      </c>
+      <c r="E122" t="s">
+        <v>84</v>
       </c>
       <c r="F122">
-        <v>268</v>
+        <v>132</v>
       </c>
       <c r="G122">
-        <v>332</v>
+        <v>162</v>
       </c>
       <c r="H122" t="s">
         <v>18</v>
       </c>
       <c r="I122">
         <v>150</v>
       </c>
       <c r="J122">
         <v>210</v>
       </c>
       <c r="K122">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="L122" s="1">
-        <v>41801</v>
+        <v>44252</v>
       </c>
       <c r="M122" s="2">
-        <v>9788536246895</v>
+        <v>9786556054773</v>
       </c>
       <c r="N122" t="s" s="3">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="O122" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123">
-        <v>26860</v>
+        <v>23467</v>
       </c>
       <c r="C123" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D123" t="s">
-        <v>372</v>
+        <v>40</v>
       </c>
       <c r="F123">
-        <v>212</v>
+        <v>268</v>
       </c>
       <c r="G123">
-        <v>263</v>
+        <v>332</v>
       </c>
       <c r="H123" t="s">
         <v>18</v>
       </c>
       <c r="I123">
         <v>150</v>
       </c>
       <c r="J123">
         <v>210</v>
       </c>
       <c r="K123">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="L123" s="1">
-        <v>43242</v>
+        <v>41801</v>
       </c>
       <c r="M123" s="2">
-        <v>9788536279404</v>
+        <v>9788536246895</v>
       </c>
       <c r="N123" t="s" s="3">
         <v>373</v>
       </c>
       <c r="O123" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P123" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124">
-        <v>12597</v>
+        <v>26860</v>
       </c>
       <c r="C124" t="s">
         <v>374</v>
       </c>
       <c r="D124" t="s">
         <v>375</v>
       </c>
       <c r="F124">
-        <v>144</v>
+        <v>212</v>
       </c>
       <c r="G124">
-        <v>204</v>
+        <v>263</v>
       </c>
       <c r="H124" t="s">
         <v>18</v>
       </c>
       <c r="I124">
         <v>150</v>
       </c>
       <c r="J124">
         <v>210</v>
       </c>
       <c r="K124">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L124" s="1">
-        <v>37789</v>
+        <v>43242</v>
       </c>
       <c r="M124" s="2">
-        <v>9788536202389</v>
+        <v>9788536279404</v>
       </c>
       <c r="N124" t="s" s="3">
         <v>376</v>
       </c>
       <c r="O124" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P124" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125">
-        <v>25464</v>
+        <v>12597</v>
       </c>
       <c r="C125" t="s">
         <v>377</v>
       </c>
       <c r="D125" t="s">
         <v>378</v>
       </c>
-      <c r="E125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F125">
-        <v>422</v>
+        <v>144</v>
       </c>
       <c r="G125">
-        <v>523</v>
+        <v>204</v>
       </c>
       <c r="H125" t="s">
         <v>18</v>
       </c>
       <c r="I125">
         <v>150</v>
       </c>
       <c r="J125">
         <v>210</v>
       </c>
       <c r="K125">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="L125" s="1">
-        <v>42788</v>
+        <v>37789</v>
       </c>
       <c r="M125" s="2">
-        <v>9788536265629</v>
+        <v>9788536202389</v>
       </c>
       <c r="N125" t="s" s="3">
         <v>379</v>
       </c>
       <c r="O125" s="4">
-        <v>179.90</v>
+        <v>79.90</v>
       </c>
       <c r="P125" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126">
-        <v>20810</v>
+        <v>25464</v>
       </c>
       <c r="C126" t="s">
         <v>380</v>
       </c>
       <c r="D126" t="s">
         <v>381</v>
       </c>
+      <c r="E126" t="s">
+        <v>226</v>
+      </c>
       <c r="F126">
-        <v>332</v>
+        <v>422</v>
       </c>
       <c r="G126">
-        <v>368</v>
+        <v>523</v>
       </c>
       <c r="H126" t="s">
         <v>18</v>
       </c>
       <c r="I126">
         <v>150</v>
       </c>
       <c r="J126">
         <v>210</v>
       </c>
       <c r="K126">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="L126" s="1">
-        <v>39678</v>
+        <v>42788</v>
       </c>
       <c r="M126" s="2">
-        <v>9788536220925</v>
+        <v>9788536265629</v>
       </c>
       <c r="N126" t="s" s="3">
         <v>382</v>
       </c>
       <c r="O126" s="4">
-        <v>139.90</v>
+        <v>179.90</v>
       </c>
       <c r="P126" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127">
-        <v>30132</v>
+        <v>20810</v>
       </c>
       <c r="C127" t="s">
         <v>383</v>
       </c>
       <c r="D127" t="s">
         <v>384</v>
       </c>
-      <c r="E127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F127">
-        <v>384</v>
+        <v>332</v>
       </c>
       <c r="G127">
-        <v>476</v>
+        <v>368</v>
       </c>
       <c r="H127" t="s">
         <v>18</v>
       </c>
       <c r="I127">
         <v>150</v>
       </c>
       <c r="J127">
         <v>210</v>
       </c>
       <c r="K127">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="L127" s="1">
-        <v>44853</v>
+        <v>39678</v>
       </c>
       <c r="M127" s="2">
-        <v>9786526302071</v>
+        <v>9788536220925</v>
       </c>
       <c r="N127" t="s" s="3">
         <v>385</v>
       </c>
       <c r="O127" s="4">
-        <v>189.90</v>
+        <v>139.90</v>
       </c>
       <c r="P127" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128">
-        <v>29237</v>
+        <v>30132</v>
       </c>
       <c r="C128" t="s">
         <v>386</v>
       </c>
       <c r="D128" t="s">
-        <v>30</v>
+        <v>387</v>
       </c>
       <c r="E128" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
       <c r="F128">
-        <v>186</v>
+        <v>384</v>
       </c>
       <c r="G128">
-        <v>231</v>
+        <v>476</v>
       </c>
       <c r="H128" t="s">
         <v>18</v>
       </c>
       <c r="I128">
         <v>150</v>
       </c>
       <c r="J128">
         <v>210</v>
       </c>
       <c r="K128">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="L128" s="1">
-        <v>44441</v>
+        <v>44853</v>
       </c>
       <c r="M128" s="2">
-        <v>9786556057231</v>
+        <v>9786526302071</v>
       </c>
       <c r="N128" t="s" s="3">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="O128" s="4">
-        <v>99.90</v>
+        <v>189.90</v>
       </c>
       <c r="P128" t="s">
-        <v>388</v>
+        <v>33</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129">
+        <v>29237</v>
+      </c>
+      <c r="C129" t="s">
+        <v>389</v>
+      </c>
+      <c r="D129" t="s">
+        <v>30</v>
+      </c>
+      <c r="E129" t="s">
+        <v>84</v>
+      </c>
+      <c r="F129">
+        <v>186</v>
+      </c>
+      <c r="G129">
+        <v>231</v>
+      </c>
+      <c r="H129" t="s">
+        <v>18</v>
+      </c>
+      <c r="I129">
+        <v>150</v>
+      </c>
+      <c r="J129">
+        <v>210</v>
+      </c>
+      <c r="K129">
+        <v>10</v>
+      </c>
+      <c r="L129" s="1">
+        <v>44441</v>
+      </c>
+      <c r="M129" s="2">
+        <v>9786556057231</v>
+      </c>
+      <c r="N129" t="s" s="3">
+        <v>390</v>
+      </c>
+      <c r="O129" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P129" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130">
+        <v>129</v>
+      </c>
+      <c r="B130">
         <v>29305</v>
       </c>
-      <c r="C129" t="inlineStr">
+      <c r="C130" t="inlineStr">
         <is>
           <t>Fundo de Comércio Goodwill - Apuração de Haveres - Balanço Patrimonial - Dano Emergente - Lucro Cessante - Locação Não Residencial - Desapropriações - Cooperativas - Franquias - Reembolso de Ações - Acervos Técnicos - Vida Útil - Perda de Oportunidade ou de Chance de Negócios</t>
         </is>
       </c>
-      <c r="D129" t="s">
+      <c r="D130" t="s">
         <v>30</v>
       </c>
-      <c r="E129" t="s">
+      <c r="E130" t="s">
         <v>36</v>
       </c>
-      <c r="F129">
+      <c r="F130">
         <v>490</v>
       </c>
-      <c r="G129">
+      <c r="G130">
         <v>608</v>
       </c>
-      <c r="H129" t="s">
-[...8 lines deleted...]
-      <c r="K129">
+      <c r="H130" t="s">
+        <v>18</v>
+      </c>
+      <c r="I130">
+        <v>150</v>
+      </c>
+      <c r="J130">
+        <v>210</v>
+      </c>
+      <c r="K130">
         <v>24</v>
       </c>
-      <c r="L129" s="1">
+      <c r="L130" s="1">
         <v>44484</v>
       </c>
-      <c r="M129" s="2">
+      <c r="M130" s="2">
         <v>9786556057330</v>
       </c>
-      <c r="N129" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O129" s="4">
+      <c r="N130" t="s" s="3">
+        <v>392</v>
+      </c>
+      <c r="O130" s="4">
         <v>209.90</v>
-      </c>
-[...48 lines deleted...]
-        <v>99.90</v>
       </c>
       <c r="P130" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131">
+        <v>28863</v>
+      </c>
+      <c r="C131" t="s">
+        <v>393</v>
+      </c>
+      <c r="D131" t="s">
+        <v>78</v>
+      </c>
+      <c r="E131" t="s">
+        <v>84</v>
+      </c>
+      <c r="F131">
+        <v>202</v>
+      </c>
+      <c r="G131">
+        <v>251</v>
+      </c>
+      <c r="H131" t="s">
+        <v>18</v>
+      </c>
+      <c r="I131">
+        <v>150</v>
+      </c>
+      <c r="J131">
+        <v>210</v>
+      </c>
+      <c r="K131">
+        <v>11</v>
+      </c>
+      <c r="L131" s="1">
+        <v>44200</v>
+      </c>
+      <c r="M131" s="2">
+        <v>9786556053226</v>
+      </c>
+      <c r="N131" t="s" s="3">
+        <v>394</v>
+      </c>
+      <c r="O131" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P131" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132">
+        <v>131</v>
+      </c>
+      <c r="B132">
         <v>30015</v>
       </c>
-      <c r="C131" t="inlineStr">
+      <c r="C132" t="inlineStr">
         <is>
           <t>Gerenciamento de Fusões e Aquisições - Aspectos Societários, Tributários, Contábeis, Regulatórios e de Governança - Enfoque Multidisciplinar e Estratégico - Análise de Casos Reais</t>
         </is>
       </c>
-      <c r="D131" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D132" t="s">
         <v>395</v>
       </c>
       <c r="F132">
-        <v>150</v>
+        <v>220</v>
       </c>
       <c r="G132">
-        <v>206</v>
+        <v>273</v>
       </c>
       <c r="H132" t="s">
         <v>18</v>
       </c>
       <c r="I132">
         <v>150</v>
       </c>
       <c r="J132">
         <v>210</v>
       </c>
       <c r="K132">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L132" s="1">
-        <v>45805</v>
+        <v>44806</v>
       </c>
       <c r="M132" s="2">
-        <v>9786526314043</v>
+        <v>9786526301104</v>
       </c>
       <c r="N132" t="s" s="3">
         <v>396</v>
       </c>
       <c r="O132" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P132" t="s">
-        <v>397</v>
+        <v>87</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133">
-        <v>22023</v>
+        <v>31600</v>
       </c>
       <c r="C133" t="s">
+        <v>397</v>
+      </c>
+      <c r="D133" t="s">
         <v>398</v>
       </c>
-      <c r="D133" t="s">
+      <c r="F133">
+        <v>150</v>
+      </c>
+      <c r="G133">
+        <v>206</v>
+      </c>
+      <c r="H133" t="s">
+        <v>18</v>
+      </c>
+      <c r="I133">
+        <v>150</v>
+      </c>
+      <c r="J133">
+        <v>210</v>
+      </c>
+      <c r="K133">
+        <v>8</v>
+      </c>
+      <c r="L133" s="1">
+        <v>45805</v>
+      </c>
+      <c r="M133" s="2">
+        <v>9786526314043</v>
+      </c>
+      <c r="N133" t="s" s="3">
         <v>399</v>
       </c>
-      <c r="E133" t="s">
-[...26 lines deleted...]
-      <c r="N133" t="s" s="3">
+      <c r="O133" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P133" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134">
+        <v>22023</v>
+      </c>
+      <c r="C134" t="s">
+        <v>401</v>
+      </c>
+      <c r="D134" t="s">
+        <v>402</v>
+      </c>
+      <c r="E134" t="s">
+        <v>31</v>
+      </c>
+      <c r="F134">
+        <v>322</v>
+      </c>
+      <c r="G134">
+        <v>390</v>
+      </c>
+      <c r="H134" t="s">
+        <v>18</v>
+      </c>
+      <c r="I134">
+        <v>150</v>
+      </c>
+      <c r="J134">
+        <v>210</v>
+      </c>
+      <c r="K134">
+        <v>17</v>
+      </c>
+      <c r="L134" s="1">
+        <v>40464</v>
+      </c>
+      <c r="M134" s="2">
+        <v>9788536231341</v>
+      </c>
+      <c r="N134" t="s" s="3">
+        <v>403</v>
+      </c>
+      <c r="O134" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P134" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135">
+        <v>134</v>
+      </c>
+      <c r="B135">
         <v>25290</v>
       </c>
-      <c r="C134" t="inlineStr">
+      <c r="C135" t="inlineStr">
         <is>
           <t>Gestão das Sociedades Anônimas - Aspectos Jurídicos da Responsabilidade dos Administradores - Edição Revista e Atualizada de Acordo com a Lei 12.846/2013 (Lei Anticorrupção e de Compliance) e a Lei 13.303/2016 (Nova Lei das Estatais)</t>
         </is>
       </c>
-      <c r="D134" t="s">
-[...5 lines deleted...]
-      <c r="F134">
+      <c r="D135" t="s">
+        <v>404</v>
+      </c>
+      <c r="E135" t="s">
+        <v>405</v>
+      </c>
+      <c r="F135">
         <v>188</v>
       </c>
-      <c r="G134">
+      <c r="G135">
         <v>233</v>
       </c>
-      <c r="H134" t="s">
-[...8 lines deleted...]
-      <c r="K134">
+      <c r="H135" t="s">
+        <v>18</v>
+      </c>
+      <c r="I135">
+        <v>150</v>
+      </c>
+      <c r="J135">
+        <v>210</v>
+      </c>
+      <c r="K135">
         <v>10</v>
       </c>
-      <c r="L134" s="1">
+      <c r="L135" s="1">
         <v>42704</v>
       </c>
-      <c r="M134" s="2">
+      <c r="M135" s="2">
         <v>9788536264264</v>
-      </c>
-[...45 lines deleted...]
-        <v>9788536228365</v>
       </c>
       <c r="N135" t="s" s="3">
         <v>406</v>
       </c>
       <c r="O135" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P135" t="s">
-        <v>28</v>
+        <v>299</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136">
-        <v>21550</v>
+        <v>21676</v>
       </c>
       <c r="C136" t="s">
         <v>407</v>
       </c>
       <c r="D136" t="s">
         <v>408</v>
       </c>
       <c r="F136">
-        <v>176</v>
+        <v>202</v>
       </c>
       <c r="G136">
-        <v>198</v>
+        <v>265</v>
       </c>
       <c r="H136" t="s">
         <v>18</v>
       </c>
       <c r="I136">
         <v>150</v>
       </c>
       <c r="J136">
         <v>210</v>
       </c>
       <c r="K136">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L136" s="1">
-        <v>40226</v>
+        <v>40269</v>
       </c>
       <c r="M136" s="2">
-        <v>9788536228389</v>
+        <v>9788536228365</v>
       </c>
       <c r="N136" t="s" s="3">
         <v>409</v>
       </c>
       <c r="O136" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P136" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137">
-        <v>28670</v>
+        <v>21550</v>
       </c>
       <c r="C137" t="s">
         <v>410</v>
       </c>
       <c r="D137" t="s">
         <v>411</v>
       </c>
       <c r="F137">
-        <v>122</v>
+        <v>176</v>
       </c>
       <c r="G137">
-        <v>151</v>
+        <v>198</v>
       </c>
       <c r="H137" t="s">
         <v>18</v>
       </c>
       <c r="I137">
         <v>150</v>
       </c>
       <c r="J137">
         <v>210</v>
       </c>
       <c r="K137">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L137" s="1">
-        <v>44083</v>
+        <v>40226</v>
       </c>
       <c r="M137" s="2">
-        <v>9786556051390</v>
+        <v>9788536228389</v>
       </c>
       <c r="N137" t="s" s="3">
         <v>412</v>
       </c>
       <c r="O137" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P137" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138">
-        <v>20933</v>
+        <v>28670</v>
       </c>
       <c r="C138" t="s">
         <v>413</v>
       </c>
       <c r="D138" t="s">
         <v>414</v>
       </c>
       <c r="F138">
-        <v>276</v>
+        <v>122</v>
       </c>
       <c r="G138">
-        <v>390</v>
+        <v>151</v>
       </c>
       <c r="H138" t="s">
         <v>18</v>
       </c>
       <c r="I138">
         <v>150</v>
       </c>
       <c r="J138">
         <v>210</v>
       </c>
       <c r="K138">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="L138" s="1">
-        <v>39763</v>
+        <v>44083</v>
       </c>
       <c r="M138" s="2">
-        <v>9788536222691</v>
+        <v>9786556051390</v>
       </c>
       <c r="N138" t="s" s="3">
         <v>415</v>
       </c>
       <c r="O138" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139">
-        <v>22042</v>
+        <v>20933</v>
       </c>
       <c r="C139" t="s">
         <v>416</v>
       </c>
       <c r="D139" t="s">
         <v>417</v>
       </c>
       <c r="F139">
-        <v>256</v>
+        <v>276</v>
       </c>
       <c r="G139">
-        <v>325</v>
+        <v>390</v>
       </c>
       <c r="H139" t="s">
         <v>18</v>
       </c>
       <c r="I139">
         <v>150</v>
       </c>
       <c r="J139">
         <v>210</v>
       </c>
       <c r="K139">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L139" s="1">
-        <v>40479</v>
+        <v>39763</v>
       </c>
       <c r="M139" s="2">
-        <v>9788536231686</v>
+        <v>9788536222691</v>
       </c>
       <c r="N139" t="s" s="3">
         <v>418</v>
       </c>
       <c r="O139" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140">
-        <v>21523</v>
+        <v>22042</v>
       </c>
       <c r="C140" t="s">
         <v>419</v>
       </c>
       <c r="D140" t="s">
-        <v>161</v>
+        <v>420</v>
       </c>
       <c r="F140">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="G140">
-        <v>275</v>
+        <v>325</v>
       </c>
       <c r="H140" t="s">
         <v>18</v>
       </c>
       <c r="I140">
         <v>150</v>
       </c>
       <c r="J140">
         <v>210</v>
       </c>
       <c r="K140">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L140" s="1">
-        <v>40219</v>
+        <v>40479</v>
       </c>
       <c r="M140" s="2">
-        <v>9788536228372</v>
+        <v>9788536231686</v>
       </c>
       <c r="N140" t="s" s="3">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="O140" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P140" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141">
-        <v>23816</v>
+        <v>21523</v>
       </c>
       <c r="C141" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D141" t="s">
-        <v>40</v>
+        <v>164</v>
       </c>
       <c r="F141">
-        <v>230</v>
+        <v>208</v>
       </c>
       <c r="G141">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="H141" t="s">
         <v>18</v>
       </c>
       <c r="I141">
         <v>150</v>
       </c>
       <c r="J141">
         <v>210</v>
       </c>
       <c r="K141">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L141" s="1">
-        <v>42060</v>
+        <v>40219</v>
       </c>
       <c r="M141" s="2">
-        <v>9788536250335</v>
+        <v>9788536228372</v>
       </c>
       <c r="N141" t="s" s="3">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="O141" s="4">
-        <v>97.70</v>
+        <v>89.90</v>
       </c>
       <c r="P141" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142">
-        <v>27572</v>
+        <v>23816</v>
       </c>
       <c r="C142" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D142" t="s">
-        <v>127</v>
+        <v>40</v>
       </c>
       <c r="F142">
-        <v>174</v>
+        <v>230</v>
       </c>
       <c r="G142">
-        <v>216</v>
+        <v>285</v>
       </c>
       <c r="H142" t="s">
         <v>18</v>
       </c>
       <c r="I142">
         <v>150</v>
       </c>
       <c r="J142">
         <v>210</v>
       </c>
       <c r="K142">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L142" s="1">
-        <v>43511</v>
+        <v>42060</v>
       </c>
       <c r="M142" s="2">
-        <v>9788536286327</v>
+        <v>9788536250335</v>
       </c>
       <c r="N142" t="s" s="3">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="O142" s="4">
-        <v>79.90</v>
+        <v>97.70</v>
       </c>
       <c r="P142" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143">
-        <v>23278</v>
+        <v>27572</v>
       </c>
       <c r="C143" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D143" t="s">
-        <v>43</v>
+        <v>130</v>
       </c>
       <c r="F143">
-        <v>268</v>
+        <v>174</v>
       </c>
       <c r="G143">
-        <v>334</v>
+        <v>216</v>
       </c>
       <c r="H143" t="s">
         <v>18</v>
       </c>
       <c r="I143">
         <v>150</v>
       </c>
       <c r="J143">
         <v>210</v>
       </c>
       <c r="K143">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L143" s="1">
-        <v>41627</v>
+        <v>43511</v>
       </c>
       <c r="M143" s="2">
-        <v>9788536244860</v>
+        <v>9788536286327</v>
       </c>
       <c r="N143" t="s" s="3">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="O143" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P143" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
-        <v>22489</v>
+        <v>23278</v>
       </c>
       <c r="C144" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D144" t="s">
-        <v>428</v>
+        <v>43</v>
       </c>
       <c r="F144">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="G144">
-        <v>397</v>
+        <v>334</v>
       </c>
       <c r="H144" t="s">
         <v>18</v>
       </c>
       <c r="I144">
         <v>150</v>
       </c>
       <c r="J144">
         <v>210</v>
       </c>
       <c r="K144">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L144" s="1">
-        <v>40939</v>
+        <v>41627</v>
       </c>
       <c r="M144" s="2">
-        <v>9788536236346</v>
+        <v>9788536244860</v>
       </c>
       <c r="N144" t="s" s="3">
         <v>429</v>
       </c>
       <c r="O144" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P144" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
-        <v>24856</v>
+        <v>22489</v>
       </c>
       <c r="C145" t="s">
         <v>430</v>
       </c>
       <c r="D145" t="s">
         <v>431</v>
       </c>
       <c r="F145">
-        <v>328</v>
+        <v>276</v>
       </c>
       <c r="G145">
-        <v>417</v>
+        <v>397</v>
       </c>
       <c r="H145" t="s">
         <v>18</v>
       </c>
       <c r="I145">
         <v>150</v>
       </c>
       <c r="J145">
         <v>210</v>
       </c>
       <c r="K145">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="L145" s="1">
-        <v>42571</v>
+        <v>40939</v>
       </c>
       <c r="M145" s="2">
-        <v>9788536259925</v>
+        <v>9788536236346</v>
       </c>
       <c r="N145" t="s" s="3">
         <v>432</v>
       </c>
       <c r="O145" s="4">
-        <v>139.90</v>
+        <v>129.90</v>
       </c>
       <c r="P145" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
-        <v>12962</v>
+        <v>24856</v>
       </c>
       <c r="C146" t="s">
         <v>433</v>
       </c>
       <c r="D146" t="s">
-        <v>247</v>
+        <v>434</v>
       </c>
       <c r="F146">
-        <v>128</v>
+        <v>328</v>
       </c>
       <c r="G146">
-        <v>188</v>
+        <v>417</v>
       </c>
       <c r="H146" t="s">
         <v>18</v>
       </c>
       <c r="I146">
         <v>150</v>
       </c>
       <c r="J146">
         <v>210</v>
       </c>
       <c r="K146">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="L146" s="1">
-        <v>38233</v>
+        <v>42571</v>
       </c>
       <c r="M146" s="2">
-        <v>9788536207896</v>
+        <v>9788536259925</v>
       </c>
       <c r="N146" t="s" s="3">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="O146" s="4">
-        <v>59.90</v>
+        <v>139.90</v>
       </c>
       <c r="P146" t="s">
-        <v>28</v>
+        <v>248</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
-        <v>24466</v>
+        <v>12962</v>
       </c>
       <c r="C147" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D147" t="s">
-        <v>436</v>
+        <v>250</v>
       </c>
       <c r="F147">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="G147">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="H147" t="s">
         <v>18</v>
       </c>
       <c r="I147">
         <v>150</v>
       </c>
       <c r="J147">
         <v>210</v>
       </c>
       <c r="K147">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L147" s="1">
-        <v>42440</v>
+        <v>38233</v>
       </c>
       <c r="M147" s="2">
-        <v>9788536256245</v>
+        <v>9788536207896</v>
       </c>
       <c r="N147" t="s" s="3">
         <v>437</v>
       </c>
       <c r="O147" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P147" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
-        <v>22298</v>
+        <v>24466</v>
       </c>
       <c r="C148" t="s">
         <v>438</v>
       </c>
       <c r="D148" t="s">
         <v>439</v>
       </c>
       <c r="F148">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="G148">
-        <v>134</v>
+        <v>191</v>
       </c>
       <c r="H148" t="s">
         <v>18</v>
       </c>
       <c r="I148">
         <v>150</v>
       </c>
       <c r="J148">
         <v>210</v>
       </c>
       <c r="K148">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L148" s="1">
-        <v>40791</v>
+        <v>42440</v>
       </c>
       <c r="M148" s="2">
-        <v>9788536234298</v>
+        <v>9788536256245</v>
       </c>
       <c r="N148" t="s" s="3">
         <v>440</v>
       </c>
       <c r="O148" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P148" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
-        <v>20829</v>
+        <v>22298</v>
       </c>
       <c r="C149" t="s">
         <v>441</v>
       </c>
       <c r="D149" t="s">
         <v>442</v>
       </c>
       <c r="F149">
-        <v>132</v>
+        <v>109</v>
       </c>
       <c r="G149">
-        <v>178</v>
+        <v>134</v>
       </c>
       <c r="H149" t="s">
         <v>18</v>
       </c>
       <c r="I149">
         <v>150</v>
       </c>
       <c r="J149">
         <v>210</v>
       </c>
       <c r="K149">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L149" s="1">
-        <v>39680</v>
+        <v>40791</v>
       </c>
       <c r="M149" s="2">
-        <v>9788536221410</v>
+        <v>9788536234298</v>
       </c>
       <c r="N149" t="s" s="3">
         <v>443</v>
       </c>
       <c r="O149" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P149" t="s">
-        <v>296</v>
+        <v>28</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
-        <v>27421</v>
+        <v>20829</v>
       </c>
       <c r="C150" t="s">
         <v>444</v>
       </c>
       <c r="D150" t="s">
-        <v>395</v>
+        <v>445</v>
       </c>
       <c r="F150">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="G150">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H150" t="s">
         <v>18</v>
       </c>
       <c r="I150">
         <v>150</v>
       </c>
       <c r="J150">
         <v>210</v>
       </c>
       <c r="K150">
         <v>8</v>
       </c>
       <c r="L150" s="1">
-        <v>43427</v>
+        <v>39680</v>
       </c>
       <c r="M150" s="2">
-        <v>9788536284804</v>
+        <v>9788536221410</v>
       </c>
       <c r="N150" t="s" s="3">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="O150" s="4">
         <v>69.90</v>
       </c>
       <c r="P150" t="s">
-        <v>28</v>
+        <v>299</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
-        <v>12390</v>
+        <v>27421</v>
       </c>
       <c r="C151" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D151" t="s">
-        <v>447</v>
-[...1 lines deleted...]
-      <c r="E151" t="s">
+        <v>398</v>
+      </c>
+      <c r="F151">
+        <v>142</v>
+      </c>
+      <c r="G151">
+        <v>176</v>
+      </c>
+      <c r="H151" t="s">
+        <v>18</v>
+      </c>
+      <c r="I151">
+        <v>150</v>
+      </c>
+      <c r="J151">
+        <v>210</v>
+      </c>
+      <c r="K151">
+        <v>8</v>
+      </c>
+      <c r="L151" s="1">
+        <v>43427</v>
+      </c>
+      <c r="M151" s="2">
+        <v>9788536284804</v>
+      </c>
+      <c r="N151" t="s" s="3">
         <v>448</v>
       </c>
-      <c r="F151">
-[...25 lines deleted...]
-      </c>
       <c r="O151" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P151" t="s">
-        <v>450</v>
+        <v>28</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
-        <v>30524</v>
+        <v>12390</v>
       </c>
       <c r="C152" t="s">
+        <v>449</v>
+      </c>
+      <c r="D152" t="s">
+        <v>450</v>
+      </c>
+      <c r="E152" t="s">
         <v>451</v>
       </c>
-      <c r="D152" t="s">
+      <c r="F152">
+        <v>204</v>
+      </c>
+      <c r="G152">
+        <v>266</v>
+      </c>
+      <c r="H152" t="s">
+        <v>18</v>
+      </c>
+      <c r="I152">
+        <v>150</v>
+      </c>
+      <c r="J152">
+        <v>210</v>
+      </c>
+      <c r="K152">
+        <v>11</v>
+      </c>
+      <c r="L152" s="1">
+        <v>37460</v>
+      </c>
+      <c r="M152" s="2">
+        <v>9788536201245</v>
+      </c>
+      <c r="N152" t="s">
         <v>452</v>
-      </c>
-[...28 lines deleted...]
-        <v>454</v>
       </c>
       <c r="O152" s="4">
         <v>99.90</v>
       </c>
       <c r="P152" t="s">
-        <v>28</v>
+        <v>453</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
-        <v>23537</v>
+        <v>30524</v>
       </c>
       <c r="C153" t="s">
+        <v>454</v>
+      </c>
+      <c r="D153" t="s">
         <v>455</v>
       </c>
-      <c r="D153" t="s">
-        <v>40</v>
+      <c r="E153" t="s">
+        <v>456</v>
       </c>
       <c r="F153">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="G153">
-        <v>241</v>
+        <v>258</v>
       </c>
       <c r="H153" t="s">
         <v>18</v>
       </c>
       <c r="I153">
         <v>150</v>
       </c>
       <c r="J153">
         <v>210</v>
       </c>
       <c r="K153">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L153" s="1">
-        <v>41855</v>
+        <v>45093</v>
       </c>
       <c r="M153" s="2">
-        <v>9788536247625</v>
+        <v>9786526304143</v>
       </c>
       <c r="N153" t="s" s="3">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="O153" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
-        <v>13463</v>
+        <v>23537</v>
       </c>
       <c r="C154" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D154" t="s">
-        <v>458</v>
+        <v>40</v>
       </c>
       <c r="F154">
-        <v>240</v>
+        <v>194</v>
       </c>
       <c r="G154">
-        <v>302</v>
+        <v>241</v>
       </c>
       <c r="H154" t="s">
         <v>18</v>
       </c>
       <c r="I154">
         <v>150</v>
       </c>
       <c r="J154">
         <v>210</v>
       </c>
       <c r="K154">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="L154" s="1">
-        <v>38877</v>
+        <v>41855</v>
       </c>
       <c r="M154" s="2">
-        <v>9788536212838</v>
+        <v>9788536247625</v>
       </c>
       <c r="N154" t="s" s="3">
         <v>459</v>
       </c>
       <c r="O154" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P154" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
-        <v>31249</v>
+        <v>13463</v>
       </c>
       <c r="C155" t="s">
         <v>460</v>
       </c>
       <c r="D155" t="s">
         <v>461</v>
       </c>
       <c r="F155">
-        <v>110</v>
+        <v>240</v>
       </c>
       <c r="G155">
-        <v>136</v>
+        <v>302</v>
       </c>
       <c r="H155" t="s">
         <v>18</v>
       </c>
       <c r="I155">
         <v>150</v>
       </c>
       <c r="J155">
         <v>210</v>
       </c>
       <c r="K155">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L155" s="1">
-        <v>45568</v>
+        <v>38877</v>
       </c>
       <c r="M155" s="2">
-        <v>9786526311905</v>
+        <v>9788536212838</v>
       </c>
       <c r="N155" t="s" s="3">
         <v>462</v>
       </c>
       <c r="O155" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P155" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
-        <v>29349</v>
+        <v>31249</v>
       </c>
       <c r="C156" t="s">
         <v>463</v>
       </c>
       <c r="D156" t="s">
         <v>464</v>
       </c>
-      <c r="E156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F156">
-        <v>550</v>
+        <v>110</v>
       </c>
       <c r="G156">
-        <v>680</v>
+        <v>136</v>
       </c>
       <c r="H156" t="s">
         <v>18</v>
       </c>
       <c r="I156">
         <v>150</v>
       </c>
       <c r="J156">
         <v>210</v>
       </c>
       <c r="K156">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="L156" s="1">
-        <v>44508</v>
+        <v>45568</v>
       </c>
       <c r="M156" s="2">
-        <v>9786556058337</v>
+        <v>9786526311905</v>
       </c>
       <c r="N156" t="s" s="3">
         <v>465</v>
       </c>
       <c r="O156" s="4">
-        <v>259.90</v>
+        <v>79.90</v>
       </c>
       <c r="P156" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
-        <v>26937</v>
+        <v>29349</v>
       </c>
       <c r="C157" t="s">
         <v>466</v>
       </c>
       <c r="D157" t="s">
         <v>467</v>
       </c>
+      <c r="E157" t="s">
+        <v>79</v>
+      </c>
       <c r="F157">
-        <v>228</v>
+        <v>550</v>
       </c>
       <c r="G157">
-        <v>283</v>
+        <v>680</v>
       </c>
       <c r="H157" t="s">
         <v>18</v>
       </c>
       <c r="I157">
         <v>150</v>
       </c>
       <c r="J157">
         <v>210</v>
       </c>
       <c r="K157">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="L157" s="1">
-        <v>43273</v>
+        <v>44508</v>
       </c>
       <c r="M157" s="2">
-        <v>9788536280141</v>
+        <v>9786556058337</v>
       </c>
       <c r="N157" t="s" s="3">
         <v>468</v>
       </c>
       <c r="O157" s="4">
-        <v>119.90</v>
+        <v>259.90</v>
       </c>
       <c r="P157" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
-        <v>20002</v>
+        <v>26937</v>
       </c>
       <c r="C158" t="s">
         <v>469</v>
       </c>
       <c r="D158" t="s">
         <v>470</v>
       </c>
       <c r="F158">
-        <v>272</v>
+        <v>228</v>
       </c>
       <c r="G158">
-        <v>458</v>
+        <v>283</v>
       </c>
       <c r="H158" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
       <c r="I158">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J158">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K158">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="L158" s="1">
-        <v>38918</v>
+        <v>43273</v>
       </c>
       <c r="M158" s="2">
-        <v>9788536213217</v>
+        <v>9788536280141</v>
       </c>
       <c r="N158" t="s" s="3">
         <v>471</v>
       </c>
       <c r="O158" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P158" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159">
-        <v>11106</v>
+        <v>20002</v>
       </c>
       <c r="C159" t="s">
         <v>472</v>
       </c>
       <c r="D159" t="s">
         <v>473</v>
       </c>
       <c r="F159">
-        <v>166</v>
+        <v>272</v>
       </c>
       <c r="G159">
-        <v>232</v>
+        <v>458</v>
       </c>
       <c r="H159" t="s">
-        <v>18</v>
+        <v>312</v>
       </c>
       <c r="I159">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J159">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K159">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="L159" s="1">
-        <v>37116</v>
+        <v>38918</v>
       </c>
       <c r="M159" s="2">
-        <v>9788573949049</v>
-[...1 lines deleted...]
-      <c r="N159" t="s">
+        <v>9788536213217</v>
+      </c>
+      <c r="N159" t="s" s="3">
         <v>474</v>
       </c>
       <c r="O159" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P159" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160">
-        <v>22578</v>
+        <v>11106</v>
       </c>
       <c r="C160" t="s">
         <v>475</v>
       </c>
       <c r="D160" t="s">
         <v>476</v>
       </c>
       <c r="F160">
-        <v>264</v>
+        <v>166</v>
       </c>
       <c r="G160">
-        <v>389</v>
+        <v>232</v>
       </c>
       <c r="H160" t="s">
         <v>18</v>
       </c>
       <c r="I160">
         <v>150</v>
       </c>
       <c r="J160">
         <v>210</v>
       </c>
       <c r="K160">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="L160" s="1">
-        <v>41009</v>
+        <v>37116</v>
       </c>
       <c r="M160" s="2">
-        <v>9788536237381</v>
-[...1 lines deleted...]
-      <c r="N160" t="s" s="3">
+        <v>9788573949049</v>
+      </c>
+      <c r="N160" t="s">
         <v>477</v>
       </c>
       <c r="O160" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P160" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161">
-        <v>22659</v>
+        <v>22578</v>
       </c>
       <c r="C161" t="s">
         <v>478</v>
       </c>
       <c r="D161" t="s">
-        <v>40</v>
+        <v>479</v>
       </c>
       <c r="F161">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="G161">
-        <v>340</v>
+        <v>389</v>
       </c>
       <c r="H161" t="s">
         <v>18</v>
       </c>
       <c r="I161">
         <v>150</v>
       </c>
       <c r="J161">
         <v>210</v>
       </c>
       <c r="K161">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L161" s="1">
-        <v>41093</v>
+        <v>41009</v>
       </c>
       <c r="M161" s="2">
-        <v>9788536237992</v>
+        <v>9788536237381</v>
       </c>
       <c r="N161" t="s" s="3">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="O161" s="4">
         <v>109.90</v>
       </c>
       <c r="P161" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162">
-        <v>23688</v>
+        <v>22659</v>
       </c>
       <c r="C162" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D162" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>40</v>
       </c>
       <c r="F162">
-        <v>150</v>
+        <v>252</v>
       </c>
       <c r="G162">
-        <v>186</v>
+        <v>340</v>
       </c>
       <c r="H162" t="s">
         <v>18</v>
       </c>
       <c r="I162">
         <v>150</v>
       </c>
       <c r="J162">
         <v>210</v>
       </c>
       <c r="K162">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="L162" s="1">
-        <v>41955</v>
+        <v>41093</v>
       </c>
       <c r="M162" s="2">
-        <v>9788536249032</v>
+        <v>9788536237992</v>
       </c>
       <c r="N162" t="s" s="3">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="O162" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P162" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163">
-        <v>13435</v>
+        <v>23688</v>
       </c>
       <c r="C163" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D163" t="s">
-        <v>483</v>
+        <v>30</v>
+      </c>
+      <c r="E163" t="s">
+        <v>79</v>
       </c>
       <c r="F163">
-        <v>272</v>
+        <v>150</v>
       </c>
       <c r="G163">
-        <v>454</v>
+        <v>186</v>
       </c>
       <c r="H163" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
       <c r="I163">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J163">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K163">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="L163" s="1">
-        <v>38848</v>
+        <v>41955</v>
       </c>
       <c r="M163" s="2">
-        <v>9788536212449</v>
+        <v>9788536249032</v>
       </c>
       <c r="N163" t="s" s="3">
         <v>484</v>
       </c>
       <c r="O163" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P163" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164">
-        <v>12963</v>
+        <v>13435</v>
       </c>
       <c r="C164" t="s">
         <v>485</v>
       </c>
       <c r="D164" t="s">
         <v>486</v>
       </c>
       <c r="F164">
-        <v>148</v>
+        <v>272</v>
       </c>
       <c r="G164">
-        <v>202</v>
+        <v>454</v>
       </c>
       <c r="H164" t="s">
-        <v>18</v>
+        <v>312</v>
       </c>
       <c r="I164">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J164">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K164">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="L164" s="1">
-        <v>38239</v>
+        <v>38848</v>
       </c>
       <c r="M164" s="2">
-        <v>9788536207919</v>
+        <v>9788536212449</v>
       </c>
       <c r="N164" t="s" s="3">
         <v>487</v>
       </c>
       <c r="O164" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P164" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165">
-        <v>12755</v>
+        <v>12963</v>
       </c>
       <c r="C165" t="s">
         <v>488</v>
       </c>
       <c r="D165" t="s">
         <v>489</v>
       </c>
       <c r="F165">
-        <v>673</v>
+        <v>148</v>
       </c>
       <c r="G165">
-        <v>948</v>
+        <v>202</v>
       </c>
       <c r="H165" t="s">
         <v>18</v>
       </c>
       <c r="I165">
         <v>150</v>
       </c>
       <c r="J165">
         <v>210</v>
       </c>
       <c r="K165">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="L165" s="1">
-        <v>38079</v>
+        <v>38239</v>
       </c>
       <c r="M165" s="2">
-        <v>9788536207131</v>
+        <v>9788536207919</v>
       </c>
       <c r="N165" t="s" s="3">
         <v>490</v>
       </c>
       <c r="O165" s="4">
-        <v>279.90</v>
+        <v>89.90</v>
       </c>
       <c r="P165" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166">
-        <v>30353</v>
+        <v>12755</v>
       </c>
       <c r="C166" t="s">
         <v>491</v>
       </c>
       <c r="D166" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>492</v>
       </c>
       <c r="F166">
-        <v>292</v>
+        <v>673</v>
       </c>
       <c r="G166">
-        <v>362</v>
+        <v>948</v>
       </c>
       <c r="H166" t="s">
         <v>18</v>
       </c>
       <c r="I166">
         <v>150</v>
       </c>
       <c r="J166">
         <v>210</v>
       </c>
       <c r="K166">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="L166" s="1">
-        <v>44998</v>
+        <v>38079</v>
       </c>
       <c r="M166" s="2">
-        <v>9786526303504</v>
+        <v>9788536207131</v>
       </c>
       <c r="N166" t="s" s="3">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="O166" s="4">
-        <v>129.90</v>
+        <v>279.90</v>
       </c>
       <c r="P166" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167">
-        <v>20818</v>
+        <v>30353</v>
       </c>
       <c r="C167" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D167" t="s">
-        <v>494</v>
+        <v>30</v>
       </c>
       <c r="E167" t="s">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="F167">
-        <v>228</v>
+        <v>292</v>
       </c>
       <c r="G167">
-        <v>300</v>
+        <v>362</v>
       </c>
       <c r="H167" t="s">
         <v>18</v>
       </c>
       <c r="I167">
         <v>150</v>
       </c>
       <c r="J167">
         <v>210</v>
       </c>
       <c r="K167">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="L167" s="1">
-        <v>39678</v>
+        <v>44998</v>
       </c>
       <c r="M167" s="2">
-        <v>9788536221236</v>
+        <v>9786526303504</v>
       </c>
       <c r="N167" t="s" s="3">
         <v>495</v>
       </c>
       <c r="O167" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P167" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168">
+        <v>20818</v>
+      </c>
+      <c r="C168" t="s">
+        <v>496</v>
+      </c>
+      <c r="D168" t="s">
+        <v>497</v>
+      </c>
+      <c r="E168" t="s">
+        <v>68</v>
+      </c>
+      <c r="F168">
+        <v>228</v>
+      </c>
+      <c r="G168">
+        <v>300</v>
+      </c>
+      <c r="H168" t="s">
+        <v>18</v>
+      </c>
+      <c r="I168">
+        <v>150</v>
+      </c>
+      <c r="J168">
+        <v>210</v>
+      </c>
+      <c r="K168">
+        <v>12</v>
+      </c>
+      <c r="L168" s="1">
+        <v>39678</v>
+      </c>
+      <c r="M168" s="2">
+        <v>9788536221236</v>
+      </c>
+      <c r="N168" t="s" s="3">
+        <v>498</v>
+      </c>
+      <c r="O168" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P168" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169">
+        <v>168</v>
+      </c>
+      <c r="B169">
         <v>31211</v>
       </c>
-      <c r="C168" t="inlineStr">
+      <c r="C169" t="inlineStr">
         <is>
           <t>Laudo Pericial Contábil - Com Estudos de Laudos Periciais Judiciais, Metodologia para Apuração de Haveres em Processo Judicial e Modelos de Petições - de Acordo com o Código de Processo Civil e com as Normas sobre Perícia do Conselho Federal de Contabilidade</t>
         </is>
       </c>
-      <c r="D168" t="s">
-[...5 lines deleted...]
-      <c r="F168">
+      <c r="D169" t="s">
+        <v>499</v>
+      </c>
+      <c r="E169" t="s">
+        <v>95</v>
+      </c>
+      <c r="F169">
         <v>366</v>
       </c>
-      <c r="G168">
+      <c r="G169">
         <v>454</v>
       </c>
-      <c r="H168" t="s">
-[...11 lines deleted...]
-      <c r="L168" s="1">
+      <c r="H169" t="s">
+        <v>18</v>
+      </c>
+      <c r="I169">
+        <v>150</v>
+      </c>
+      <c r="J169">
+        <v>210</v>
+      </c>
+      <c r="K169">
+        <v>18</v>
+      </c>
+      <c r="L169" s="1">
         <v>45545</v>
       </c>
-      <c r="M168" s="2">
+      <c r="M169" s="2">
         <v>9786526312308</v>
       </c>
-      <c r="N168" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O168" s="4">
+      <c r="N169" t="s" s="3">
+        <v>500</v>
+      </c>
+      <c r="O169" s="4">
         <v>169.90</v>
       </c>
-      <c r="P168" t="s">
+      <c r="P169" t="s">
         <v>20</v>
-      </c>
-[...45 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170">
-        <v>30366</v>
+        <v>27390</v>
       </c>
       <c r="C170" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D170" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>501</v>
+        <v>40</v>
       </c>
       <c r="F170">
-        <v>546</v>
+        <v>296</v>
       </c>
       <c r="G170">
-        <v>676</v>
+        <v>367</v>
       </c>
       <c r="H170" t="s">
         <v>18</v>
       </c>
       <c r="I170">
         <v>150</v>
       </c>
       <c r="J170">
         <v>210</v>
       </c>
       <c r="K170">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="L170" s="1">
-        <v>45007</v>
+        <v>43431</v>
       </c>
       <c r="M170" s="2">
-        <v>9786526303085</v>
+        <v>9788536284668</v>
       </c>
       <c r="N170" t="s" s="3">
         <v>502</v>
       </c>
       <c r="O170" s="4">
-        <v>239.90</v>
+        <v>129.90</v>
       </c>
       <c r="P170" t="s">
-        <v>503</v>
+        <v>33</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171">
-        <v>22463</v>
+        <v>30366</v>
       </c>
       <c r="C171" t="s">
+        <v>503</v>
+      </c>
+      <c r="D171" t="s">
+        <v>30</v>
+      </c>
+      <c r="E171" t="s">
         <v>504</v>
       </c>
-      <c r="D171" t="s">
+      <c r="F171">
+        <v>546</v>
+      </c>
+      <c r="G171">
+        <v>676</v>
+      </c>
+      <c r="H171" t="s">
+        <v>18</v>
+      </c>
+      <c r="I171">
+        <v>150</v>
+      </c>
+      <c r="J171">
+        <v>210</v>
+      </c>
+      <c r="K171">
+        <v>26</v>
+      </c>
+      <c r="L171" s="1">
+        <v>45007</v>
+      </c>
+      <c r="M171" s="2">
+        <v>9786526303085</v>
+      </c>
+      <c r="N171" t="s" s="3">
         <v>505</v>
       </c>
-      <c r="F171">
-[...23 lines deleted...]
-      <c r="N171" t="s" s="3">
+      <c r="O171" s="4">
+        <v>239.90</v>
+      </c>
+      <c r="P171" t="s">
         <v>506</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172">
+        <v>22463</v>
+      </c>
+      <c r="C172" t="s">
+        <v>507</v>
+      </c>
+      <c r="D172" t="s">
+        <v>508</v>
+      </c>
+      <c r="F172">
+        <v>144</v>
+      </c>
+      <c r="G172">
+        <v>200</v>
+      </c>
+      <c r="H172" t="s">
+        <v>18</v>
+      </c>
+      <c r="I172">
+        <v>150</v>
+      </c>
+      <c r="J172">
+        <v>210</v>
+      </c>
+      <c r="K172">
+        <v>8</v>
+      </c>
+      <c r="L172" s="1">
+        <v>40917</v>
+      </c>
+      <c r="M172" s="2">
+        <v>9788536235837</v>
+      </c>
+      <c r="N172" t="s" s="3">
+        <v>509</v>
+      </c>
+      <c r="O172" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P172" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173">
+        <v>172</v>
+      </c>
+      <c r="B173">
         <v>30005</v>
       </c>
-      <c r="C172" t="inlineStr">
+      <c r="C173" t="inlineStr">
         <is>
           <t>Licitação e Qualificação Econômico-Financeira - Teorias Contábeis: do Equilíbrio Econômico-Financeiro e da Eficiência da Prova Pericial - De Acordo com a Nova Lei de Licitações (Lei 14.133/2021)</t>
         </is>
       </c>
-      <c r="D172" t="s">
+      <c r="D173" t="s">
         <v>30</v>
       </c>
-      <c r="F172">
+      <c r="F173">
         <v>180</v>
       </c>
-      <c r="G172">
+      <c r="G173">
         <v>223</v>
       </c>
-      <c r="H172" t="s">
-[...8 lines deleted...]
-      <c r="K172">
+      <c r="H173" t="s">
+        <v>18</v>
+      </c>
+      <c r="I173">
+        <v>150</v>
+      </c>
+      <c r="J173">
+        <v>210</v>
+      </c>
+      <c r="K173">
         <v>14</v>
       </c>
-      <c r="L172" s="1">
+      <c r="L173" s="1">
         <v>44804</v>
       </c>
-      <c r="M172" s="2">
+      <c r="M173" s="2">
         <v>9788536299891</v>
-      </c>
-[...45 lines deleted...]
-        <v>9788573946901</v>
       </c>
       <c r="N173" t="s" s="3">
         <v>510</v>
       </c>
       <c r="O173" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P173" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174">
-        <v>20069</v>
+        <v>11034</v>
       </c>
       <c r="C174" t="s">
         <v>511</v>
       </c>
       <c r="D174" t="s">
         <v>512</v>
       </c>
       <c r="F174">
-        <v>368</v>
+        <v>144</v>
       </c>
       <c r="G174">
-        <v>354</v>
+        <v>200</v>
       </c>
       <c r="H174" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
       <c r="I174">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J174">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K174">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="L174" s="1">
-        <v>38986</v>
+        <v>37006</v>
       </c>
       <c r="M174" s="2">
-        <v>9788536213712</v>
-[...1 lines deleted...]
-      <c r="N174" t="s">
+        <v>9788573946901</v>
+      </c>
+      <c r="N174" t="s" s="3">
         <v>513</v>
       </c>
       <c r="O174" s="4">
-        <v>159.90</v>
+        <v>79.90</v>
       </c>
       <c r="P174" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175">
-        <v>13029</v>
+        <v>20069</v>
       </c>
       <c r="C175" t="s">
         <v>514</v>
       </c>
       <c r="D175" t="s">
         <v>515</v>
       </c>
       <c r="F175">
-        <v>148</v>
+        <v>368</v>
       </c>
       <c r="G175">
-        <v>204</v>
+        <v>354</v>
       </c>
       <c r="H175" t="s">
-        <v>18</v>
+        <v>312</v>
       </c>
       <c r="I175">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J175">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K175">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="L175" s="1">
-        <v>38303</v>
+        <v>38986</v>
       </c>
       <c r="M175" s="2">
-        <v>9788536206318</v>
-[...1 lines deleted...]
-      <c r="N175" t="s" s="3">
+        <v>9788536213712</v>
+      </c>
+      <c r="N175" t="s">
         <v>516</v>
       </c>
       <c r="O175" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P175" t="s">
-        <v>517</v>
+        <v>23</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176">
-        <v>13412</v>
+        <v>13029</v>
       </c>
       <c r="C176" t="s">
+        <v>517</v>
+      </c>
+      <c r="D176" t="s">
         <v>518</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176">
+        <v>148</v>
+      </c>
+      <c r="G176">
+        <v>204</v>
+      </c>
+      <c r="H176" t="s">
+        <v>18</v>
+      </c>
+      <c r="I176">
+        <v>150</v>
+      </c>
+      <c r="J176">
+        <v>210</v>
+      </c>
+      <c r="K176">
+        <v>8</v>
+      </c>
+      <c r="L176" s="1">
+        <v>38303</v>
+      </c>
+      <c r="M176" s="2">
+        <v>9788536206318</v>
+      </c>
+      <c r="N176" t="s" s="3">
         <v>519</v>
       </c>
-      <c r="F176">
-[...23 lines deleted...]
-      <c r="N176" t="s" s="3">
+      <c r="O176" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P176" t="s">
         <v>520</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177">
-        <v>20272</v>
+        <v>13412</v>
       </c>
       <c r="C177" t="s">
         <v>521</v>
       </c>
       <c r="D177" t="s">
         <v>522</v>
       </c>
       <c r="F177">
-        <v>176</v>
+        <v>66</v>
       </c>
       <c r="G177">
-        <v>238</v>
+        <v>110</v>
       </c>
       <c r="H177" t="s">
         <v>18</v>
       </c>
       <c r="I177">
         <v>150</v>
       </c>
       <c r="J177">
         <v>210</v>
       </c>
       <c r="K177">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L177" s="1">
-        <v>39219</v>
+        <v>38814</v>
       </c>
       <c r="M177" s="2">
-        <v>9788536215815</v>
+        <v>9788536212357</v>
       </c>
       <c r="N177" t="s" s="3">
         <v>523</v>
       </c>
       <c r="O177" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P177" t="s">
-        <v>450</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178">
-        <v>27923</v>
+        <v>20272</v>
       </c>
       <c r="C178" t="s">
         <v>524</v>
       </c>
       <c r="D178" t="s">
         <v>525</v>
       </c>
-      <c r="E178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F178">
-        <v>304</v>
+        <v>176</v>
       </c>
       <c r="G178">
-        <v>420</v>
+        <v>238</v>
       </c>
       <c r="H178" t="s">
         <v>18</v>
       </c>
       <c r="I178">
         <v>150</v>
       </c>
       <c r="J178">
         <v>210</v>
       </c>
       <c r="K178">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="L178" s="1">
-        <v>43662</v>
+        <v>39219</v>
       </c>
       <c r="M178" s="2">
-        <v>9788536289700</v>
+        <v>9788536215815</v>
       </c>
       <c r="N178" t="s" s="3">
         <v>526</v>
       </c>
       <c r="O178" s="4">
-        <v>139.90</v>
+        <v>99.90</v>
       </c>
       <c r="P178" t="s">
-        <v>84</v>
+        <v>453</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179">
-        <v>10339</v>
+        <v>27923</v>
       </c>
       <c r="C179" t="s">
         <v>527</v>
       </c>
       <c r="D179" t="s">
         <v>528</v>
       </c>
+      <c r="E179" t="s">
+        <v>123</v>
+      </c>
       <c r="F179">
-        <v>550</v>
+        <v>304</v>
       </c>
       <c r="G179">
-        <v>678</v>
+        <v>420</v>
       </c>
       <c r="H179" t="s">
         <v>18</v>
       </c>
       <c r="I179">
         <v>150</v>
       </c>
       <c r="J179">
         <v>210</v>
       </c>
       <c r="K179">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="L179" s="1">
-        <v>36532</v>
+        <v>43662</v>
       </c>
       <c r="M179" s="2">
-        <v>9788573943139</v>
+        <v>9788536289700</v>
       </c>
       <c r="N179" t="s" s="3">
         <v>529</v>
       </c>
       <c r="O179" s="4">
-        <v>219.90</v>
+        <v>139.90</v>
       </c>
       <c r="P179" t="s">
-        <v>45</v>
+        <v>87</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180">
+        <v>10339</v>
+      </c>
+      <c r="C180" t="s">
+        <v>530</v>
+      </c>
+      <c r="D180" t="s">
+        <v>531</v>
+      </c>
+      <c r="F180">
+        <v>550</v>
+      </c>
+      <c r="G180">
+        <v>678</v>
+      </c>
+      <c r="H180" t="s">
+        <v>18</v>
+      </c>
+      <c r="I180">
+        <v>150</v>
+      </c>
+      <c r="J180">
+        <v>210</v>
+      </c>
+      <c r="K180">
+        <v>28</v>
+      </c>
+      <c r="L180" s="1">
+        <v>36532</v>
+      </c>
+      <c r="M180" s="2">
+        <v>9788573943139</v>
+      </c>
+      <c r="N180" t="s" s="3">
+        <v>532</v>
+      </c>
+      <c r="O180" s="4">
+        <v>219.90</v>
+      </c>
+      <c r="P180" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181">
+        <v>180</v>
+      </c>
+      <c r="B181">
         <v>28866</v>
       </c>
-      <c r="C180" t="inlineStr">
+      <c r="C181" t="inlineStr">
         <is>
           <t>Manual De Contabilidade - Teorias, Teoremas, Princípios, Planos de Contas, Escrituração, Conciliações, Demonstrações Financeiras e Análise dos Elementos das Demonstrações - Com destaque para as Particularidades do RIR/2018 e das Sociedades Limitadas e das Anônimas</t>
         </is>
       </c>
-      <c r="D180" t="s">
+      <c r="D181" t="s">
         <v>30</v>
       </c>
-      <c r="E180" t="s">
-[...2 lines deleted...]
-      <c r="F180">
+      <c r="E181" t="s">
+        <v>123</v>
+      </c>
+      <c r="F181">
         <v>688</v>
       </c>
-      <c r="G180">
+      <c r="G181">
         <v>943</v>
       </c>
-      <c r="H180" t="s">
-[...8 lines deleted...]
-      <c r="K180">
+      <c r="H181" t="s">
+        <v>85</v>
+      </c>
+      <c r="I181">
+        <v>150</v>
+      </c>
+      <c r="J181">
+        <v>210</v>
+      </c>
+      <c r="K181">
         <v>52</v>
       </c>
-      <c r="L180" s="1">
+      <c r="L181" s="1">
         <v>44201</v>
       </c>
-      <c r="M180" s="2">
+      <c r="M181" s="2">
         <v>9786556053165</v>
       </c>
-      <c r="N180" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O180" s="4">
+      <c r="N181" t="s" s="3">
+        <v>533</v>
+      </c>
+      <c r="O181" s="4">
         <v>279.90</v>
       </c>
-      <c r="P180" t="s">
+      <c r="P181" t="s">
         <v>28</v>
-      </c>
-[...45 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182">
-        <v>23080</v>
+        <v>12564</v>
       </c>
       <c r="C182" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D182" t="s">
-        <v>43</v>
+        <v>402</v>
       </c>
       <c r="F182">
-        <v>234</v>
+        <v>210</v>
       </c>
       <c r="G182">
-        <v>310</v>
+        <v>280</v>
       </c>
       <c r="H182" t="s">
         <v>18</v>
       </c>
       <c r="I182">
         <v>150</v>
       </c>
       <c r="J182">
         <v>210</v>
       </c>
       <c r="K182">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="L182" s="1">
-        <v>41445</v>
+        <v>37734</v>
       </c>
       <c r="M182" s="2">
-        <v>9788536242781</v>
+        <v>9788536203621</v>
       </c>
       <c r="N182" t="s" s="3">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="O182" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P182" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183">
-        <v>23434</v>
+        <v>23080</v>
       </c>
       <c r="C183" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D183" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>537</v>
+        <v>43</v>
       </c>
       <c r="F183">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="G183">
-        <v>294</v>
+        <v>310</v>
       </c>
       <c r="H183" t="s">
         <v>18</v>
       </c>
       <c r="I183">
         <v>150</v>
       </c>
       <c r="J183">
         <v>210</v>
       </c>
       <c r="K183">
         <v>13</v>
       </c>
       <c r="L183" s="1">
-        <v>41774</v>
+        <v>41445</v>
       </c>
       <c r="M183" s="2">
-        <v>9788536246598</v>
+        <v>9788536242781</v>
       </c>
       <c r="N183" t="s" s="3">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="O183" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P183" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184">
-        <v>29509</v>
+        <v>23434</v>
       </c>
       <c r="C184" t="s">
+        <v>538</v>
+      </c>
+      <c r="D184" t="s">
         <v>539</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" t="s">
         <v>540</v>
       </c>
-      <c r="E184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F184">
-        <v>286</v>
+        <v>236</v>
       </c>
       <c r="G184">
-        <v>355</v>
+        <v>294</v>
       </c>
       <c r="H184" t="s">
         <v>18</v>
       </c>
       <c r="I184">
         <v>150</v>
       </c>
       <c r="J184">
         <v>210</v>
       </c>
       <c r="K184">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L184" s="1">
-        <v>44614</v>
+        <v>41774</v>
       </c>
       <c r="M184" s="2">
-        <v>9788536295817</v>
+        <v>9788536246598</v>
       </c>
       <c r="N184" t="s" s="3">
         <v>541</v>
       </c>
       <c r="O184" s="4">
         <v>129.90</v>
       </c>
       <c r="P184" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185">
-        <v>31037</v>
+        <v>29509</v>
       </c>
       <c r="C185" t="s">
         <v>542</v>
       </c>
       <c r="D185" t="s">
         <v>543</v>
       </c>
       <c r="E185" t="s">
+        <v>31</v>
+      </c>
+      <c r="F185">
+        <v>286</v>
+      </c>
+      <c r="G185">
+        <v>355</v>
+      </c>
+      <c r="H185" t="s">
+        <v>18</v>
+      </c>
+      <c r="I185">
+        <v>150</v>
+      </c>
+      <c r="J185">
+        <v>210</v>
+      </c>
+      <c r="K185">
+        <v>15</v>
+      </c>
+      <c r="L185" s="1">
+        <v>44614</v>
+      </c>
+      <c r="M185" s="2">
+        <v>9788536295817</v>
+      </c>
+      <c r="N185" t="s" s="3">
         <v>544</v>
       </c>
-      <c r="F185">
-[...25 lines deleted...]
-      </c>
       <c r="O185" s="4">
-        <v>239.90</v>
+        <v>129.90</v>
       </c>
       <c r="P185" t="s">
-        <v>546</v>
+        <v>28</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186">
-        <v>30323</v>
+        <v>31037</v>
       </c>
       <c r="C186" t="s">
+        <v>545</v>
+      </c>
+      <c r="D186" t="s">
+        <v>546</v>
+      </c>
+      <c r="E186" t="s">
         <v>547</v>
       </c>
-      <c r="D186" t="s">
+      <c r="F186">
+        <v>532</v>
+      </c>
+      <c r="G186">
+        <v>660</v>
+      </c>
+      <c r="H186" t="s">
+        <v>18</v>
+      </c>
+      <c r="I186">
+        <v>150</v>
+      </c>
+      <c r="J186">
+        <v>210</v>
+      </c>
+      <c r="K186">
+        <v>25</v>
+      </c>
+      <c r="L186" s="1">
+        <v>45420</v>
+      </c>
+      <c r="M186" s="2">
+        <v>9786526309216</v>
+      </c>
+      <c r="N186" t="s" s="3">
         <v>548</v>
       </c>
-      <c r="F186">
-[...23 lines deleted...]
-      <c r="N186" t="s" s="3">
+      <c r="O186" s="4">
+        <v>239.90</v>
+      </c>
+      <c r="P186" t="s">
         <v>549</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187">
+        <v>30323</v>
+      </c>
+      <c r="C187" t="s">
+        <v>550</v>
+      </c>
+      <c r="D187" t="s">
+        <v>551</v>
+      </c>
+      <c r="F187">
+        <v>222</v>
+      </c>
+      <c r="G187">
+        <v>275</v>
+      </c>
+      <c r="H187" t="s">
+        <v>18</v>
+      </c>
+      <c r="I187">
+        <v>150</v>
+      </c>
+      <c r="J187">
+        <v>210</v>
+      </c>
+      <c r="K187">
+        <v>11</v>
+      </c>
+      <c r="L187" s="1">
+        <v>44973</v>
+      </c>
+      <c r="M187" s="2">
+        <v>9786526303801</v>
+      </c>
+      <c r="N187" t="s" s="3">
+        <v>552</v>
+      </c>
+      <c r="O187" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P187" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188">
+        <v>187</v>
+      </c>
+      <c r="B188">
         <v>20339</v>
       </c>
-      <c r="C187" t="inlineStr">
+      <c r="C188" t="inlineStr">
         <is>
           <t>Manual do SuperSimples - Comentários à Lei Geral das Microempresas e Empresas de Pequeno Porte - Atualizada com Todas as Resoluções do Comitê Gestor, MF e DNRC, até 16/07/2007</t>
         </is>
       </c>
-      <c r="D187" t="s">
-[...5 lines deleted...]
-      <c r="F187">
+      <c r="D188" t="s">
+        <v>553</v>
+      </c>
+      <c r="E188" t="s">
+        <v>451</v>
+      </c>
+      <c r="F188">
         <v>368</v>
       </c>
-      <c r="G187">
+      <c r="G188">
         <v>438</v>
       </c>
-      <c r="H187" t="s">
-[...8 lines deleted...]
-      <c r="K187">
+      <c r="H188" t="s">
+        <v>18</v>
+      </c>
+      <c r="I188">
+        <v>150</v>
+      </c>
+      <c r="J188">
+        <v>210</v>
+      </c>
+      <c r="K188">
         <v>19</v>
       </c>
-      <c r="L187" s="1">
+      <c r="L188" s="1">
         <v>39280</v>
       </c>
-      <c r="M187" s="2">
+      <c r="M188" s="2">
         <v>9788536216492</v>
       </c>
-      <c r="N187" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O187" s="4">
+      <c r="N188" t="s" s="3">
+        <v>554</v>
+      </c>
+      <c r="O188" s="4">
         <v>159.90</v>
       </c>
-      <c r="P187" t="s">
+      <c r="P188" t="s">
         <v>53</v>
-      </c>
-[...45 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189">
+        <v>21258</v>
+      </c>
+      <c r="C189" t="s">
+        <v>555</v>
+      </c>
+      <c r="D189" t="s">
+        <v>43</v>
+      </c>
+      <c r="F189">
+        <v>224</v>
+      </c>
+      <c r="G189">
+        <v>430</v>
+      </c>
+      <c r="H189" t="s">
+        <v>18</v>
+      </c>
+      <c r="I189">
+        <v>150</v>
+      </c>
+      <c r="J189">
+        <v>210</v>
+      </c>
+      <c r="K189">
+        <v>12</v>
+      </c>
+      <c r="L189" s="1">
+        <v>40044</v>
+      </c>
+      <c r="M189" s="2">
+        <v>9788536225760</v>
+      </c>
+      <c r="N189" t="s" s="3">
+        <v>556</v>
+      </c>
+      <c r="O189" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P189" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190">
+        <v>189</v>
+      </c>
+      <c r="B190">
+        <v>31913</v>
+      </c>
+      <c r="C190" t="s">
+        <v>557</v>
+      </c>
+      <c r="D190" t="s">
+        <v>558</v>
+      </c>
+      <c r="F190">
+        <v>108</v>
+      </c>
+      <c r="G190">
+        <v>138</v>
+      </c>
+      <c r="H190" t="s">
+        <v>18</v>
+      </c>
+      <c r="I190">
+        <v>150</v>
+      </c>
+      <c r="J190">
+        <v>210</v>
+      </c>
+      <c r="K190">
+        <v>6</v>
+      </c>
+      <c r="L190" s="1">
+        <v>45988</v>
+      </c>
+      <c r="M190" s="2">
+        <v>9786526316115</v>
+      </c>
+      <c r="N190" t="s" s="3">
+        <v>559</v>
+      </c>
+      <c r="O190" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P190" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191">
+        <v>190</v>
+      </c>
+      <c r="B191">
         <v>23444</v>
       </c>
-      <c r="C189" t="inlineStr">
+      <c r="C191" t="inlineStr">
         <is>
           <t>Manual Prático de Controle Interno na Administração Pública Municipal - Apresentando Modelos de Procedimentos, Rotinas, Instruções Normativas, Decretos, Portarias.</t>
         </is>
       </c>
-      <c r="D189" t="s">
-[...5 lines deleted...]
-      <c r="F189">
+      <c r="D191" t="s">
+        <v>402</v>
+      </c>
+      <c r="E191" t="s">
+        <v>84</v>
+      </c>
+      <c r="F191">
         <v>294</v>
       </c>
-      <c r="G189">
+      <c r="G191">
         <v>365</v>
       </c>
-      <c r="H189" t="s">
-[...8 lines deleted...]
-      <c r="K189">
+      <c r="H191" t="s">
+        <v>18</v>
+      </c>
+      <c r="I191">
+        <v>150</v>
+      </c>
+      <c r="J191">
+        <v>210</v>
+      </c>
+      <c r="K191">
         <v>15</v>
       </c>
-      <c r="L189" s="1">
+      <c r="L191" s="1">
         <v>41781</v>
       </c>
-      <c r="M189" s="2">
+      <c r="M191" s="2">
         <v>9788536246703</v>
-      </c>
-[...95 lines deleted...]
-        <v>9788536209708</v>
       </c>
       <c r="N191" t="s" s="3">
         <v>560</v>
       </c>
       <c r="O191" s="4">
-        <v>189.90</v>
+        <v>139.90</v>
       </c>
       <c r="P191" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192">
-        <v>29513</v>
+        <v>20351</v>
       </c>
       <c r="C192" t="s">
         <v>561</v>
       </c>
       <c r="D192" t="s">
         <v>562</v>
       </c>
       <c r="E192" t="s">
         <v>31</v>
       </c>
       <c r="F192">
-        <v>318</v>
+        <v>232</v>
       </c>
       <c r="G192">
-        <v>394</v>
+        <v>290</v>
       </c>
       <c r="H192" t="s">
         <v>18</v>
       </c>
       <c r="I192">
         <v>150</v>
       </c>
       <c r="J192">
         <v>210</v>
       </c>
       <c r="K192">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="L192" s="1">
-        <v>44622</v>
+        <v>39287</v>
       </c>
       <c r="M192" s="2">
-        <v>9788536295312</v>
+        <v>9788536216508</v>
       </c>
       <c r="N192" t="s" s="3">
         <v>563</v>
       </c>
       <c r="O192" s="4">
-        <v>149.90</v>
+        <v>109.90</v>
       </c>
       <c r="P192" t="s">
-        <v>20</v>
+        <v>114</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
+        <v>13171</v>
+      </c>
+      <c r="C193" t="s">
+        <v>564</v>
+      </c>
+      <c r="D193" t="s">
+        <v>565</v>
+      </c>
+      <c r="F193">
+        <v>424</v>
+      </c>
+      <c r="G193">
+        <v>506</v>
+      </c>
+      <c r="H193" t="s">
+        <v>18</v>
+      </c>
+      <c r="I193">
+        <v>150</v>
+      </c>
+      <c r="J193">
+        <v>210</v>
+      </c>
+      <c r="K193">
+        <v>22</v>
+      </c>
+      <c r="L193" s="1">
+        <v>38477</v>
+      </c>
+      <c r="M193" s="2">
+        <v>9788536209708</v>
+      </c>
+      <c r="N193" t="s" s="3">
+        <v>566</v>
+      </c>
+      <c r="O193" s="4">
+        <v>189.90</v>
+      </c>
+      <c r="P193" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194">
+        <v>193</v>
+      </c>
+      <c r="B194">
+        <v>29513</v>
+      </c>
+      <c r="C194" t="s">
+        <v>567</v>
+      </c>
+      <c r="D194" t="s">
+        <v>568</v>
+      </c>
+      <c r="E194" t="s">
+        <v>31</v>
+      </c>
+      <c r="F194">
+        <v>318</v>
+      </c>
+      <c r="G194">
+        <v>394</v>
+      </c>
+      <c r="H194" t="s">
+        <v>18</v>
+      </c>
+      <c r="I194">
+        <v>150</v>
+      </c>
+      <c r="J194">
+        <v>210</v>
+      </c>
+      <c r="K194">
+        <v>16</v>
+      </c>
+      <c r="L194" s="1">
+        <v>44622</v>
+      </c>
+      <c r="M194" s="2">
+        <v>9788536295312</v>
+      </c>
+      <c r="N194" t="s" s="3">
+        <v>569</v>
+      </c>
+      <c r="O194" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P194" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195">
+        <v>194</v>
+      </c>
+      <c r="B195">
         <v>31520</v>
       </c>
-      <c r="C193" t="inlineStr">
+      <c r="C195" t="inlineStr">
         <is>
           <t>Manual Prático em Transações de Captação e Investimento - Venda, Diluição e Compra de Participação Acionária Middle Market e Startup - Guia Técnico Consultivo para Executivos</t>
         </is>
       </c>
-      <c r="D193" t="s">
-[...2 lines deleted...]
-      <c r="F193">
+      <c r="D195" t="s">
+        <v>570</v>
+      </c>
+      <c r="F195">
         <v>672</v>
       </c>
-      <c r="G193">
+      <c r="G195">
         <v>970</v>
       </c>
-      <c r="H193" t="s">
-[...8 lines deleted...]
-      <c r="K193">
+      <c r="H195" t="s">
+        <v>85</v>
+      </c>
+      <c r="I195">
+        <v>150</v>
+      </c>
+      <c r="J195">
+        <v>210</v>
+      </c>
+      <c r="K195">
         <v>50</v>
       </c>
-      <c r="L193" s="1">
+      <c r="L195" s="1">
         <v>45744</v>
       </c>
-      <c r="M193" s="2">
+      <c r="M195" s="2">
         <v>9786526314708</v>
       </c>
-      <c r="N193" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O193" s="4">
+      <c r="N195" t="s" s="3">
+        <v>571</v>
+      </c>
+      <c r="O195" s="4">
         <v>329.90</v>
       </c>
-      <c r="P193" t="s">
-[...87 lines deleted...]
-      <c r="N195" t="s" s="3">
+      <c r="P195" t="s">
         <v>572</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196">
-        <v>23651</v>
+        <v>21010</v>
       </c>
       <c r="C196" t="s">
         <v>573</v>
       </c>
       <c r="D196" t="s">
         <v>574</v>
       </c>
-      <c r="E196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F196">
-        <v>234</v>
+        <v>132</v>
       </c>
       <c r="G196">
-        <v>290</v>
+        <v>185</v>
       </c>
       <c r="H196" t="s">
         <v>18</v>
       </c>
       <c r="I196">
         <v>150</v>
       </c>
       <c r="J196">
         <v>210</v>
       </c>
       <c r="K196">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L196" s="1">
-        <v>41932</v>
+        <v>39853</v>
       </c>
       <c r="M196" s="2">
-        <v>9788536248738</v>
+        <v>9788536222776</v>
       </c>
       <c r="N196" t="s" s="3">
         <v>575</v>
       </c>
       <c r="O196" s="4">
-        <v>97.70</v>
+        <v>69.90</v>
       </c>
       <c r="P196" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197">
-        <v>12932</v>
+        <v>12273</v>
       </c>
       <c r="C197" t="s">
         <v>576</v>
       </c>
       <c r="D197" t="s">
         <v>577</v>
       </c>
       <c r="F197">
-        <v>287</v>
+        <v>322</v>
       </c>
       <c r="G197">
-        <v>384</v>
+        <v>408</v>
       </c>
       <c r="H197" t="s">
         <v>18</v>
       </c>
       <c r="I197">
         <v>150</v>
       </c>
       <c r="J197">
         <v>210</v>
       </c>
       <c r="K197">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="L197" s="1">
-        <v>38201</v>
+        <v>37243</v>
       </c>
       <c r="M197" s="2">
-        <v>9788536207728</v>
+        <v>9788573948936</v>
       </c>
       <c r="N197" t="s" s="3">
         <v>578</v>
       </c>
       <c r="O197" s="4">
         <v>129.90</v>
       </c>
       <c r="P197" t="s">
-        <v>450</v>
+        <v>45</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198">
-        <v>22188</v>
+        <v>23651</v>
       </c>
       <c r="C198" t="s">
         <v>579</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>580</v>
       </c>
       <c r="E198" t="s">
-        <v>81</v>
+        <v>540</v>
       </c>
       <c r="F198">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="G198">
-        <v>254</v>
+        <v>290</v>
       </c>
       <c r="H198" t="s">
         <v>18</v>
       </c>
       <c r="I198">
         <v>150</v>
       </c>
       <c r="J198">
         <v>210</v>
       </c>
       <c r="K198">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L198" s="1">
-        <v>40625</v>
+        <v>41932</v>
       </c>
       <c r="M198" s="2">
-        <v>9788536233222</v>
+        <v>9788536248738</v>
       </c>
       <c r="N198" t="s" s="3">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="O198" s="4">
         <v>97.70</v>
       </c>
       <c r="P198" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199">
-        <v>23560</v>
+        <v>12932</v>
       </c>
       <c r="C199" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D199" t="s">
+        <v>583</v>
+      </c>
+      <c r="F199">
+        <v>278</v>
+      </c>
+      <c r="G199">
         <v>384</v>
       </c>
-      <c r="E199" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H199" t="s">
         <v>18</v>
       </c>
       <c r="I199">
         <v>150</v>
       </c>
       <c r="J199">
         <v>210</v>
       </c>
       <c r="K199">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L199" s="1">
-        <v>41872</v>
+        <v>38201</v>
       </c>
       <c r="M199" s="2">
-        <v>9788536247854</v>
+        <v>9788536207728</v>
       </c>
       <c r="N199" t="s" s="3">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="O199" s="4">
         <v>129.90</v>
       </c>
       <c r="P199" t="s">
-        <v>28</v>
+        <v>453</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200">
-        <v>27760</v>
+        <v>22188</v>
       </c>
       <c r="C200" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D200" t="s">
-        <v>40</v>
+        <v>17</v>
+      </c>
+      <c r="E200" t="s">
+        <v>84</v>
       </c>
       <c r="F200">
-        <v>394</v>
+        <v>218</v>
       </c>
       <c r="G200">
-        <v>489</v>
+        <v>254</v>
       </c>
       <c r="H200" t="s">
         <v>18</v>
       </c>
       <c r="I200">
         <v>150</v>
       </c>
       <c r="J200">
         <v>210</v>
       </c>
       <c r="K200">
+        <v>12</v>
+      </c>
+      <c r="L200" s="1">
+        <v>40625</v>
+      </c>
+      <c r="M200" s="2">
+        <v>9788536233222</v>
+      </c>
+      <c r="N200" t="s" s="3">
+        <v>586</v>
+      </c>
+      <c r="O200" s="4">
+        <v>97.70</v>
+      </c>
+      <c r="P200" t="s">
         <v>20</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201">
-        <v>31052</v>
+        <v>23560</v>
       </c>
       <c r="C201" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="D201" t="s">
-        <v>586</v>
+        <v>387</v>
       </c>
       <c r="E201" t="s">
-        <v>587</v>
+        <v>84</v>
       </c>
       <c r="F201">
-        <v>616</v>
+        <v>314</v>
       </c>
       <c r="G201">
-        <v>763</v>
+        <v>389</v>
       </c>
       <c r="H201" t="s">
         <v>18</v>
       </c>
       <c r="I201">
         <v>150</v>
       </c>
       <c r="J201">
         <v>210</v>
       </c>
       <c r="K201">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="L201" s="1">
-        <v>45432</v>
+        <v>41872</v>
       </c>
       <c r="M201" s="2">
-        <v>9786526309476</v>
+        <v>9788536247854</v>
       </c>
       <c r="N201" t="s" s="3">
         <v>588</v>
       </c>
       <c r="O201" s="4">
-        <v>249.90</v>
+        <v>129.90</v>
       </c>
       <c r="P201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202">
-        <v>23865</v>
+        <v>27760</v>
       </c>
       <c r="C202" t="s">
         <v>589</v>
       </c>
       <c r="D202" t="s">
         <v>40</v>
       </c>
       <c r="F202">
-        <v>280</v>
+        <v>394</v>
       </c>
       <c r="G202">
-        <v>347</v>
+        <v>489</v>
       </c>
       <c r="H202" t="s">
         <v>18</v>
       </c>
       <c r="I202">
         <v>150</v>
       </c>
       <c r="J202">
         <v>210</v>
       </c>
       <c r="K202">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="L202" s="1">
-        <v>42103</v>
+        <v>43578</v>
       </c>
       <c r="M202" s="2">
-        <v>9788536250786</v>
+        <v>9788536287904</v>
       </c>
       <c r="N202" t="s" s="3">
         <v>590</v>
       </c>
       <c r="O202" s="4">
-        <v>119.90</v>
+        <v>159.90</v>
       </c>
       <c r="P202" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203">
-        <v>28550</v>
+        <v>31052</v>
       </c>
       <c r="C203" t="s">
         <v>591</v>
       </c>
       <c r="D203" t="s">
-        <v>40</v>
+        <v>592</v>
+      </c>
+      <c r="E203" t="s">
+        <v>593</v>
       </c>
       <c r="F203">
-        <v>188</v>
+        <v>616</v>
       </c>
       <c r="G203">
-        <v>233</v>
+        <v>763</v>
       </c>
       <c r="H203" t="s">
         <v>18</v>
       </c>
       <c r="I203">
         <v>150</v>
       </c>
       <c r="J203">
         <v>210</v>
       </c>
       <c r="K203">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="L203" s="1">
-        <v>43998</v>
+        <v>45432</v>
       </c>
       <c r="M203" s="2">
-        <v>9786556050270</v>
+        <v>9786526309476</v>
       </c>
       <c r="N203" t="s" s="3">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="O203" s="4">
-        <v>79.90</v>
+        <v>249.90</v>
       </c>
       <c r="P203" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204">
-        <v>23428</v>
+        <v>23865</v>
       </c>
       <c r="C204" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D204" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>40</v>
       </c>
       <c r="F204">
-        <v>258</v>
+        <v>280</v>
       </c>
       <c r="G204">
-        <v>321</v>
+        <v>347</v>
       </c>
       <c r="H204" t="s">
         <v>18</v>
       </c>
       <c r="I204">
         <v>150</v>
       </c>
       <c r="J204">
         <v>210</v>
       </c>
       <c r="K204">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L204" s="1">
-        <v>41767</v>
+        <v>42103</v>
       </c>
       <c r="M204" s="2">
-        <v>9788536246550</v>
+        <v>9788536250786</v>
       </c>
       <c r="N204" t="s" s="3">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="O204" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P204" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205">
-        <v>28921</v>
+        <v>28550</v>
       </c>
       <c r="C205" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D205" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="F205">
-        <v>632</v>
+        <v>188</v>
       </c>
       <c r="G205">
-        <v>867</v>
+        <v>233</v>
       </c>
       <c r="H205" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="I205">
         <v>150</v>
       </c>
       <c r="J205">
         <v>210</v>
       </c>
       <c r="K205">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="L205" s="1">
-        <v>44239</v>
+        <v>43998</v>
       </c>
       <c r="M205" s="2">
-        <v>9786556054575</v>
+        <v>9786556050270</v>
       </c>
       <c r="N205" t="s" s="3">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="O205" s="4">
-        <v>259.90</v>
+        <v>79.90</v>
       </c>
       <c r="P205" t="s">
-        <v>598</v>
+        <v>28</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206">
-        <v>27896</v>
+        <v>23428</v>
       </c>
       <c r="C206" t="s">
         <v>599</v>
       </c>
       <c r="D206" t="s">
-        <v>154</v>
+        <v>387</v>
+      </c>
+      <c r="E206" t="s">
+        <v>451</v>
       </c>
       <c r="F206">
-        <v>166</v>
+        <v>258</v>
       </c>
       <c r="G206">
-        <v>206</v>
+        <v>321</v>
       </c>
       <c r="H206" t="s">
         <v>18</v>
       </c>
       <c r="I206">
         <v>150</v>
       </c>
       <c r="J206">
         <v>210</v>
       </c>
       <c r="K206">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L206" s="1">
-        <v>43649</v>
+        <v>41767</v>
       </c>
       <c r="M206" s="2">
-        <v>9788536289588</v>
+        <v>9788536246550</v>
       </c>
       <c r="N206" t="s" s="3">
         <v>600</v>
       </c>
       <c r="O206" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P206" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207">
-        <v>13120</v>
+        <v>28921</v>
       </c>
       <c r="C207" t="s">
         <v>601</v>
       </c>
       <c r="D207" t="s">
         <v>602</v>
       </c>
+      <c r="E207" t="s">
+        <v>226</v>
+      </c>
       <c r="F207">
-        <v>146</v>
+        <v>632</v>
       </c>
       <c r="G207">
-        <v>202</v>
+        <v>867</v>
       </c>
       <c r="H207" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I207">
         <v>150</v>
       </c>
       <c r="J207">
         <v>210</v>
       </c>
       <c r="K207">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="L207" s="1">
-        <v>38420</v>
+        <v>44239</v>
       </c>
       <c r="M207" s="2">
-        <v>9788536209272</v>
+        <v>9786556054575</v>
       </c>
       <c r="N207" t="s" s="3">
         <v>603</v>
       </c>
       <c r="O207" s="4">
-        <v>89.90</v>
+        <v>259.90</v>
       </c>
       <c r="P207" t="s">
-        <v>23</v>
+        <v>604</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208">
-        <v>29081</v>
+        <v>27896</v>
       </c>
       <c r="C208" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D208" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>157</v>
       </c>
       <c r="F208">
-        <v>280</v>
+        <v>166</v>
       </c>
       <c r="G208">
-        <v>347</v>
+        <v>206</v>
       </c>
       <c r="H208" t="s">
         <v>18</v>
       </c>
       <c r="I208">
         <v>150</v>
       </c>
       <c r="J208">
         <v>210</v>
       </c>
       <c r="K208">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="L208" s="1">
-        <v>44336</v>
+        <v>43649</v>
       </c>
       <c r="M208" s="2">
-        <v>9786556055220</v>
+        <v>9788536289588</v>
       </c>
       <c r="N208" t="s" s="3">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="O208" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P208" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209">
-        <v>24589</v>
+        <v>13120</v>
       </c>
       <c r="C209" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D209" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>608</v>
       </c>
       <c r="F209">
-        <v>210</v>
+        <v>146</v>
       </c>
       <c r="G209">
-        <v>260</v>
+        <v>202</v>
       </c>
       <c r="H209" t="s">
         <v>18</v>
       </c>
       <c r="I209">
         <v>150</v>
       </c>
       <c r="J209">
         <v>210</v>
       </c>
       <c r="K209">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L209" s="1">
-        <v>42487</v>
+        <v>38420</v>
       </c>
       <c r="M209" s="2">
-        <v>9788536257303</v>
+        <v>9788536209272</v>
       </c>
       <c r="N209" t="s" s="3">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="O209" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P209" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210">
-        <v>27451</v>
+        <v>29081</v>
       </c>
       <c r="C210" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D210" t="s">
         <v>30</v>
       </c>
       <c r="E210" t="s">
-        <v>609</v>
+        <v>36</v>
       </c>
       <c r="F210">
-        <v>182</v>
+        <v>280</v>
       </c>
       <c r="G210">
-        <v>226</v>
+        <v>347</v>
       </c>
       <c r="H210" t="s">
         <v>18</v>
       </c>
       <c r="I210">
         <v>150</v>
       </c>
       <c r="J210">
         <v>210</v>
       </c>
       <c r="K210">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L210" s="1">
-        <v>43488</v>
+        <v>44336</v>
       </c>
       <c r="M210" s="2">
-        <v>9788536284972</v>
+        <v>9786556055220</v>
       </c>
       <c r="N210" t="s" s="3">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="O210" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P210" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211">
-        <v>25184</v>
+        <v>24589</v>
       </c>
       <c r="C211" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D211" t="s">
-        <v>612</v>
+        <v>17</v>
       </c>
       <c r="E211" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="F211">
         <v>210</v>
       </c>
       <c r="G211">
         <v>260</v>
       </c>
       <c r="H211" t="s">
         <v>18</v>
       </c>
       <c r="I211">
         <v>150</v>
       </c>
       <c r="J211">
         <v>210</v>
       </c>
       <c r="K211">
         <v>11</v>
       </c>
       <c r="L211" s="1">
-        <v>42669</v>
+        <v>42487</v>
       </c>
       <c r="M211" s="2">
-        <v>9788536262994</v>
+        <v>9788536257303</v>
       </c>
       <c r="N211" t="s" s="3">
         <v>613</v>
       </c>
       <c r="O211" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P211" t="s">
-        <v>614</v>
+        <v>20</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212">
+        <v>27451</v>
+      </c>
+      <c r="C212" t="s">
+        <v>614</v>
+      </c>
+      <c r="D212" t="s">
+        <v>30</v>
+      </c>
+      <c r="E212" t="s">
+        <v>615</v>
+      </c>
+      <c r="F212">
+        <v>182</v>
+      </c>
+      <c r="G212">
+        <v>226</v>
+      </c>
+      <c r="H212" t="s">
+        <v>18</v>
+      </c>
+      <c r="I212">
+        <v>150</v>
+      </c>
+      <c r="J212">
+        <v>210</v>
+      </c>
+      <c r="K212">
+        <v>10</v>
+      </c>
+      <c r="L212" s="1">
+        <v>43488</v>
+      </c>
+      <c r="M212" s="2">
+        <v>9788536284972</v>
+      </c>
+      <c r="N212" t="s" s="3">
+        <v>616</v>
+      </c>
+      <c r="O212" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P212" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213">
+        <v>212</v>
+      </c>
+      <c r="B213">
+        <v>25184</v>
+      </c>
+      <c r="C213" t="s">
+        <v>617</v>
+      </c>
+      <c r="D213" t="s">
+        <v>618</v>
+      </c>
+      <c r="E213" t="s">
+        <v>48</v>
+      </c>
+      <c r="F213">
+        <v>210</v>
+      </c>
+      <c r="G213">
+        <v>260</v>
+      </c>
+      <c r="H213" t="s">
+        <v>18</v>
+      </c>
+      <c r="I213">
+        <v>150</v>
+      </c>
+      <c r="J213">
+        <v>210</v>
+      </c>
+      <c r="K213">
+        <v>11</v>
+      </c>
+      <c r="L213" s="1">
+        <v>42669</v>
+      </c>
+      <c r="M213" s="2">
+        <v>9788536262994</v>
+      </c>
+      <c r="N213" t="s" s="3">
+        <v>619</v>
+      </c>
+      <c r="O213" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P213" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214">
+        <v>213</v>
+      </c>
+      <c r="B214">
         <v>29252</v>
       </c>
-      <c r="C212" t="inlineStr">
+      <c r="C214" t="inlineStr">
         <is>
           <t>Perícia Contábil - Normas Brasileiras Interpretadas - NBC PP Nº 1 (R1), E NBC TP Nº 1 (R1), DE 2020 - Interpretação à Luz dos Códigos Civil, Processo Civil e Penal, com ênfase em Temas Destacados da Ciência e da Política Contábeis</t>
         </is>
       </c>
-      <c r="D212" t="s">
+      <c r="D214" t="s">
         <v>30</v>
       </c>
-      <c r="E212" t="s">
-[...2 lines deleted...]
-      <c r="F212">
+      <c r="E214" t="s">
+        <v>123</v>
+      </c>
+      <c r="F214">
         <v>218</v>
       </c>
-      <c r="G212">
+      <c r="G214">
         <v>270</v>
       </c>
-      <c r="H212" t="s">
-[...8 lines deleted...]
-      <c r="K212">
+      <c r="H214" t="s">
+        <v>18</v>
+      </c>
+      <c r="I214">
+        <v>150</v>
+      </c>
+      <c r="J214">
+        <v>210</v>
+      </c>
+      <c r="K214">
         <v>11</v>
       </c>
-      <c r="L212" s="1">
+      <c r="L214" s="1">
         <v>44453</v>
       </c>
-      <c r="M212" s="2">
+      <c r="M214" s="2">
         <v>9786556057620</v>
       </c>
-      <c r="N212" t="s" s="3">
-[...95 lines deleted...]
-      </c>
       <c r="N214" t="s" s="3">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O214" s="4">
         <v>99.90</v>
       </c>
       <c r="P214" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215">
-        <v>27925</v>
+        <v>25211</v>
       </c>
       <c r="C215" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D215" t="s">
-        <v>127</v>
+        <v>30</v>
+      </c>
+      <c r="E215" t="s">
+        <v>615</v>
       </c>
       <c r="F215">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="G215">
-        <v>189</v>
+        <v>260</v>
       </c>
       <c r="H215" t="s">
         <v>18</v>
       </c>
       <c r="I215">
         <v>150</v>
       </c>
       <c r="J215">
         <v>210</v>
       </c>
       <c r="K215">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L215" s="1">
-        <v>43665</v>
+        <v>42683</v>
       </c>
       <c r="M215" s="2">
-        <v>9788536289861</v>
+        <v>9788536263335</v>
       </c>
       <c r="N215" t="s" s="3">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="O215" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P215" t="s">
-        <v>175</v>
+        <v>87</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216">
-        <v>28963</v>
+        <v>28851</v>
       </c>
       <c r="C216" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D216" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F216">
-        <v>196</v>
+        <v>228</v>
       </c>
       <c r="G216">
-        <v>243</v>
+        <v>283</v>
       </c>
       <c r="H216" t="s">
         <v>18</v>
       </c>
       <c r="I216">
         <v>150</v>
       </c>
       <c r="J216">
         <v>210</v>
       </c>
       <c r="K216">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L216" s="1">
-        <v>44267</v>
+        <v>44189</v>
       </c>
       <c r="M216" s="2">
-        <v>9786556054216</v>
+        <v>9786556053264</v>
       </c>
       <c r="N216" t="s" s="3">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="O216" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P216" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217">
-        <v>31793</v>
+        <v>27925</v>
       </c>
       <c r="C217" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D217" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>130</v>
       </c>
       <c r="F217">
-        <v>212</v>
+        <v>152</v>
       </c>
       <c r="G217">
-        <v>272</v>
+        <v>189</v>
       </c>
       <c r="H217" t="s">
         <v>18</v>
       </c>
       <c r="I217">
         <v>150</v>
       </c>
       <c r="J217">
         <v>210</v>
       </c>
       <c r="K217">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L217" s="1">
-        <v>45922</v>
+        <v>43665</v>
       </c>
       <c r="M217" s="2">
-        <v>9786526317501</v>
+        <v>9788536289861</v>
       </c>
       <c r="N217" t="s" s="3">
         <v>628</v>
       </c>
       <c r="O217" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P217" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218">
-        <v>30249</v>
+        <v>28963</v>
       </c>
       <c r="C218" t="s">
         <v>629</v>
       </c>
       <c r="D218" t="s">
         <v>630</v>
       </c>
       <c r="F218">
-        <v>152</v>
+        <v>196</v>
       </c>
       <c r="G218">
-        <v>189</v>
+        <v>243</v>
       </c>
       <c r="H218" t="s">
         <v>18</v>
       </c>
       <c r="I218">
         <v>150</v>
       </c>
       <c r="J218">
         <v>210</v>
       </c>
       <c r="K218">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L218" s="1">
-        <v>44914</v>
+        <v>44267</v>
       </c>
       <c r="M218" s="2">
-        <v>9786526302316</v>
+        <v>9786556054216</v>
       </c>
       <c r="N218" t="s" s="3">
         <v>631</v>
       </c>
       <c r="O218" s="4">
         <v>109.90</v>
       </c>
       <c r="P218" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219">
-        <v>30981</v>
+        <v>31793</v>
       </c>
       <c r="C219" t="s">
         <v>632</v>
       </c>
       <c r="D219" t="s">
         <v>633</v>
       </c>
+      <c r="E219" t="s">
+        <v>451</v>
+      </c>
       <c r="F219">
-        <v>156</v>
+        <v>212</v>
       </c>
       <c r="G219">
-        <v>193</v>
+        <v>285</v>
       </c>
       <c r="H219" t="s">
         <v>18</v>
       </c>
       <c r="I219">
         <v>150</v>
       </c>
       <c r="J219">
         <v>210</v>
       </c>
       <c r="K219">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L219" s="1">
-        <v>45378</v>
+        <v>45922</v>
       </c>
       <c r="M219" s="2">
-        <v>9786526309971</v>
+        <v>9786526317501</v>
       </c>
       <c r="N219" t="s" s="3">
         <v>634</v>
       </c>
       <c r="O219" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P219" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220">
-        <v>30287</v>
+        <v>30249</v>
       </c>
       <c r="C220" t="s">
         <v>635</v>
       </c>
       <c r="D220" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>636</v>
       </c>
       <c r="F220">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="G220">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="H220" t="s">
         <v>18</v>
       </c>
       <c r="I220">
         <v>150</v>
       </c>
       <c r="J220">
         <v>210</v>
       </c>
       <c r="K220">
         <v>8</v>
       </c>
       <c r="L220" s="1">
-        <v>44953</v>
+        <v>44914</v>
       </c>
       <c r="M220" s="2">
-        <v>9786526302248</v>
+        <v>9786526302316</v>
       </c>
       <c r="N220" t="s" s="3">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="O220" s="4">
-        <v>99.90</v>
+        <v>109.90</v>
       </c>
       <c r="P220" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221">
-        <v>24520</v>
+        <v>30981</v>
       </c>
       <c r="C221" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D221" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F221">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="G221">
-        <v>127</v>
+        <v>193</v>
       </c>
       <c r="H221" t="s">
         <v>18</v>
       </c>
       <c r="I221">
         <v>150</v>
       </c>
       <c r="J221">
         <v>210</v>
       </c>
       <c r="K221">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L221" s="1">
-        <v>42461</v>
+        <v>45378</v>
       </c>
       <c r="M221" s="2">
-        <v>9788536256382</v>
+        <v>9786526309971</v>
       </c>
       <c r="N221" t="s" s="3">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="O221" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P221" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222">
-        <v>30301</v>
+        <v>30287</v>
       </c>
       <c r="C222" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D222" t="s">
         <v>17</v>
       </c>
       <c r="E222" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="F222">
-        <v>192</v>
+        <v>144</v>
       </c>
       <c r="G222">
-        <v>238</v>
+        <v>178</v>
       </c>
       <c r="H222" t="s">
         <v>18</v>
       </c>
       <c r="I222">
         <v>150</v>
       </c>
       <c r="J222">
         <v>210</v>
       </c>
       <c r="K222">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L222" s="1">
-        <v>44963</v>
+        <v>44953</v>
       </c>
       <c r="M222" s="2">
-        <v>9786526303870</v>
+        <v>9786526302248</v>
       </c>
       <c r="N222" t="s" s="3">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="O222" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P222" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223">
-        <v>30310</v>
+        <v>24520</v>
       </c>
       <c r="C223" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D223" t="s">
         <v>17</v>
       </c>
+      <c r="E223" t="s">
+        <v>644</v>
+      </c>
       <c r="F223">
-        <v>206</v>
+        <v>102</v>
       </c>
       <c r="G223">
-        <v>255</v>
+        <v>127</v>
       </c>
       <c r="H223" t="s">
         <v>18</v>
       </c>
       <c r="I223">
         <v>150</v>
       </c>
       <c r="J223">
         <v>210</v>
       </c>
       <c r="K223">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L223" s="1">
-        <v>44979</v>
+        <v>42461</v>
       </c>
       <c r="M223" s="2">
-        <v>9786526303672</v>
+        <v>9788536256382</v>
       </c>
       <c r="N223" t="s" s="3">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="O223" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P223" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224">
+        <v>30301</v>
+      </c>
+      <c r="C224" t="s">
+        <v>646</v>
+      </c>
+      <c r="D224" t="s">
+        <v>17</v>
+      </c>
+      <c r="E224" t="s">
+        <v>84</v>
+      </c>
+      <c r="F224">
+        <v>192</v>
+      </c>
+      <c r="G224">
+        <v>238</v>
+      </c>
+      <c r="H224" t="s">
+        <v>18</v>
+      </c>
+      <c r="I224">
+        <v>150</v>
+      </c>
+      <c r="J224">
+        <v>210</v>
+      </c>
+      <c r="K224">
+        <v>10</v>
+      </c>
+      <c r="L224" s="1">
+        <v>44963</v>
+      </c>
+      <c r="M224" s="2">
+        <v>9786526303870</v>
+      </c>
+      <c r="N224" t="s" s="3">
+        <v>647</v>
+      </c>
+      <c r="O224" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P224" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225">
+        <v>224</v>
+      </c>
+      <c r="B225">
+        <v>30310</v>
+      </c>
+      <c r="C225" t="s">
+        <v>648</v>
+      </c>
+      <c r="D225" t="s">
+        <v>17</v>
+      </c>
+      <c r="F225">
+        <v>206</v>
+      </c>
+      <c r="G225">
+        <v>255</v>
+      </c>
+      <c r="H225" t="s">
+        <v>18</v>
+      </c>
+      <c r="I225">
+        <v>150</v>
+      </c>
+      <c r="J225">
+        <v>210</v>
+      </c>
+      <c r="K225">
+        <v>10</v>
+      </c>
+      <c r="L225" s="1">
+        <v>44979</v>
+      </c>
+      <c r="M225" s="2">
+        <v>9786526303672</v>
+      </c>
+      <c r="N225" t="s" s="3">
+        <v>649</v>
+      </c>
+      <c r="O225" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P225" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226">
+        <v>225</v>
+      </c>
+      <c r="B226">
         <v>21767</v>
       </c>
-      <c r="C224" t="inlineStr">
+      <c r="C226" t="inlineStr">
         <is>
           <t>Perícias na Prática - Modelos de Laudos, Petições, Diligências e Demais Documentos para Perícias em Contabilidade, Engenharias, Medicina Veterinária e Documentoscopia</t>
         </is>
       </c>
-      <c r="D224" t="s">
-[...2 lines deleted...]
-      <c r="F224">
+      <c r="D226" t="s">
+        <v>650</v>
+      </c>
+      <c r="F226">
         <v>286</v>
       </c>
-      <c r="G224">
+      <c r="G226">
         <v>318</v>
       </c>
-      <c r="H224" t="s">
-[...8 lines deleted...]
-      <c r="K224">
+      <c r="H226" t="s">
+        <v>18</v>
+      </c>
+      <c r="I226">
+        <v>150</v>
+      </c>
+      <c r="J226">
+        <v>210</v>
+      </c>
+      <c r="K226">
         <v>15</v>
       </c>
-      <c r="L224" s="1">
+      <c r="L226" s="1">
         <v>40316</v>
       </c>
-      <c r="M224" s="2">
+      <c r="M226" s="2">
         <v>9788536230092</v>
       </c>
-      <c r="N224" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O224" s="4">
+      <c r="N226" t="s" s="3">
+        <v>651</v>
+      </c>
+      <c r="O226" s="4">
         <v>119.90</v>
       </c>
-      <c r="P224" t="s">
-[...98 lines deleted...]
-      </c>
       <c r="P226" t="s">
-        <v>20</v>
+        <v>620</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227">
-        <v>13263</v>
+        <v>30293</v>
       </c>
       <c r="C227" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D227" t="s">
-        <v>652</v>
+        <v>17</v>
+      </c>
+      <c r="E227" t="s">
+        <v>84</v>
       </c>
       <c r="F227">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G227">
-        <v>238</v>
+        <v>216</v>
       </c>
       <c r="H227" t="s">
         <v>18</v>
       </c>
       <c r="I227">
         <v>150</v>
       </c>
       <c r="J227">
         <v>210</v>
       </c>
       <c r="K227">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L227" s="1">
-        <v>38600</v>
+        <v>44958</v>
       </c>
       <c r="M227" s="2">
-        <v>9788536210674</v>
+        <v>9786526304068</v>
       </c>
       <c r="N227" t="s" s="3">
         <v>653</v>
       </c>
       <c r="O227" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P227" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228">
-        <v>23280</v>
+        <v>30265</v>
       </c>
       <c r="C228" t="s">
         <v>654</v>
       </c>
       <c r="D228" t="s">
+        <v>17</v>
+      </c>
+      <c r="E228" t="s">
         <v>655</v>
       </c>
       <c r="F228">
-        <v>246</v>
+        <v>192</v>
       </c>
       <c r="G228">
-        <v>306</v>
+        <v>238</v>
       </c>
       <c r="H228" t="s">
         <v>18</v>
       </c>
       <c r="I228">
         <v>150</v>
       </c>
       <c r="J228">
         <v>210</v>
       </c>
       <c r="K228">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="L228" s="1">
-        <v>41645</v>
+        <v>44942</v>
       </c>
       <c r="M228" s="2">
-        <v>9788536245102</v>
+        <v>9786526302408</v>
       </c>
       <c r="N228" t="s" s="3">
         <v>656</v>
       </c>
       <c r="O228" s="4">
-        <v>119.90</v>
+        <v>109.90</v>
       </c>
       <c r="P228" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229">
-        <v>24420</v>
+        <v>13263</v>
       </c>
       <c r="C229" t="s">
         <v>657</v>
       </c>
       <c r="D229" t="s">
-        <v>161</v>
+        <v>658</v>
       </c>
       <c r="F229">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="G229">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H229" t="s">
         <v>18</v>
       </c>
       <c r="I229">
         <v>150</v>
       </c>
       <c r="J229">
         <v>210</v>
       </c>
       <c r="K229">
         <v>10</v>
       </c>
       <c r="L229" s="1">
-        <v>42418</v>
+        <v>38600</v>
       </c>
       <c r="M229" s="2">
-        <v>9788536255880</v>
+        <v>9788536210674</v>
       </c>
       <c r="N229" t="s" s="3">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="O229" s="4">
         <v>89.90</v>
       </c>
       <c r="P229" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230">
-        <v>28940</v>
+        <v>23280</v>
       </c>
       <c r="C230" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D230" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>661</v>
       </c>
       <c r="F230">
-        <v>346</v>
+        <v>246</v>
       </c>
       <c r="G230">
-        <v>429</v>
+        <v>306</v>
       </c>
       <c r="H230" t="s">
         <v>18</v>
       </c>
       <c r="I230">
         <v>150</v>
       </c>
       <c r="J230">
         <v>210</v>
       </c>
       <c r="K230">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="L230" s="1">
-        <v>44264</v>
+        <v>41645</v>
       </c>
       <c r="M230" s="2">
-        <v>9786556054506</v>
+        <v>9788536245102</v>
       </c>
       <c r="N230" t="s" s="3">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="O230" s="4">
-        <v>149.90</v>
+        <v>119.90</v>
       </c>
       <c r="P230" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231">
-        <v>28217</v>
+        <v>24420</v>
       </c>
       <c r="C231" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="D231" t="s">
-        <v>40</v>
+        <v>164</v>
       </c>
       <c r="F231">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="G231">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="H231" t="s">
         <v>18</v>
       </c>
       <c r="I231">
         <v>150</v>
       </c>
       <c r="J231">
         <v>210</v>
       </c>
       <c r="K231">
         <v>10</v>
       </c>
       <c r="L231" s="1">
-        <v>43803</v>
+        <v>42418</v>
       </c>
       <c r="M231" s="2">
-        <v>9788536291994</v>
+        <v>9788536255880</v>
       </c>
       <c r="N231" t="s" s="3">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="O231" s="4">
         <v>89.90</v>
       </c>
       <c r="P231" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232">
-        <v>21236</v>
+        <v>28940</v>
       </c>
       <c r="C232" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D232" t="s">
-        <v>125</v>
+        <v>30</v>
+      </c>
+      <c r="E232" t="s">
+        <v>226</v>
       </c>
       <c r="F232">
-        <v>308</v>
+        <v>346</v>
       </c>
       <c r="G232">
-        <v>457</v>
+        <v>429</v>
       </c>
       <c r="H232" t="s">
         <v>18</v>
       </c>
       <c r="I232">
         <v>150</v>
       </c>
       <c r="J232">
         <v>210</v>
       </c>
       <c r="K232">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L232" s="1">
-        <v>40030</v>
+        <v>44264</v>
       </c>
       <c r="M232" s="2">
-        <v>9788536225616</v>
+        <v>9786556054506</v>
       </c>
       <c r="N232" t="s" s="3">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="O232" s="4">
-        <v>129.90</v>
+        <v>149.90</v>
       </c>
       <c r="P232" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233">
-        <v>28096</v>
+        <v>28217</v>
       </c>
       <c r="C233" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D233" t="s">
-        <v>666</v>
+        <v>40</v>
       </c>
       <c r="F233">
-        <v>158</v>
+        <v>184</v>
       </c>
       <c r="G233">
-        <v>196</v>
+        <v>228</v>
       </c>
       <c r="H233" t="s">
         <v>18</v>
       </c>
       <c r="I233">
         <v>150</v>
       </c>
       <c r="J233">
         <v>210</v>
       </c>
       <c r="K233">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L233" s="1">
-        <v>43747</v>
+        <v>43803</v>
       </c>
       <c r="M233" s="2">
-        <v>9788536291574</v>
+        <v>9788536291994</v>
       </c>
       <c r="N233" t="s" s="3">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="O233" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P233" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234">
-        <v>12702</v>
+        <v>21236</v>
       </c>
       <c r="C234" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D234" t="s">
-        <v>669</v>
+        <v>128</v>
       </c>
       <c r="F234">
-        <v>196</v>
+        <v>308</v>
       </c>
       <c r="G234">
-        <v>266</v>
+        <v>457</v>
       </c>
       <c r="H234" t="s">
         <v>18</v>
       </c>
       <c r="I234">
         <v>150</v>
       </c>
       <c r="J234">
         <v>210</v>
       </c>
       <c r="K234">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="L234" s="1">
-        <v>37963</v>
+        <v>40030</v>
       </c>
       <c r="M234" s="2">
-        <v>9788536206080</v>
-[...1 lines deleted...]
-      <c r="N234" t="s">
+        <v>9788536225616</v>
+      </c>
+      <c r="N234" t="s" s="3">
         <v>670</v>
       </c>
       <c r="O234" s="4">
-        <v>99.90</v>
+        <v>129.90</v>
       </c>
       <c r="P234" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235">
-        <v>27392</v>
+        <v>28096</v>
       </c>
       <c r="C235" t="s">
         <v>671</v>
       </c>
       <c r="D235" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>672</v>
       </c>
       <c r="F235">
-        <v>218</v>
+        <v>158</v>
       </c>
       <c r="G235">
-        <v>270</v>
+        <v>196</v>
       </c>
       <c r="H235" t="s">
         <v>18</v>
       </c>
       <c r="I235">
         <v>150</v>
       </c>
       <c r="J235">
         <v>210</v>
       </c>
       <c r="K235">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L235" s="1">
-        <v>43479</v>
+        <v>43747</v>
       </c>
       <c r="M235" s="2">
-        <v>9788536284514</v>
+        <v>9788536291574</v>
       </c>
       <c r="N235" t="s" s="3">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="O235" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P235" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236">
-        <v>29807</v>
+        <v>12702</v>
       </c>
       <c r="C236" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D236" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F236">
-        <v>1040</v>
+        <v>196</v>
       </c>
       <c r="G236">
-        <v>1724</v>
+        <v>266</v>
       </c>
       <c r="H236" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="I236">
         <v>150</v>
       </c>
       <c r="J236">
         <v>210</v>
       </c>
       <c r="K236">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="L236" s="1">
-        <v>44725</v>
+        <v>37963</v>
       </c>
       <c r="M236" s="2">
-        <v>9788536297231</v>
-[...2 lines deleted...]
-        <v>675</v>
+        <v>9788536206080</v>
+      </c>
+      <c r="N236" t="s">
+        <v>676</v>
       </c>
       <c r="O236" s="4">
-        <v>399.90</v>
+        <v>99.90</v>
       </c>
       <c r="P236" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237">
-        <v>24441</v>
+        <v>27392</v>
       </c>
       <c r="C237" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D237" t="s">
-        <v>677</v>
+        <v>30</v>
+      </c>
+      <c r="E237" t="s">
+        <v>84</v>
       </c>
       <c r="F237">
-        <v>278</v>
+        <v>218</v>
       </c>
       <c r="G237">
-        <v>345</v>
+        <v>270</v>
       </c>
       <c r="H237" t="s">
         <v>18</v>
       </c>
       <c r="I237">
         <v>150</v>
       </c>
       <c r="J237">
         <v>210</v>
       </c>
       <c r="K237">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="L237" s="1">
-        <v>42429</v>
+        <v>43479</v>
       </c>
       <c r="M237" s="2">
-        <v>9788536255927</v>
+        <v>9788536284514</v>
       </c>
       <c r="N237" t="s" s="3">
         <v>678</v>
       </c>
       <c r="O237" s="4">
-        <v>139.90</v>
+        <v>109.90</v>
       </c>
       <c r="P237" t="s">
-        <v>296</v>
+        <v>28</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238">
-        <v>28692</v>
+        <v>29807</v>
       </c>
       <c r="C238" t="s">
         <v>679</v>
       </c>
       <c r="D238" t="s">
         <v>30</v>
       </c>
+      <c r="E238" t="s">
+        <v>680</v>
+      </c>
       <c r="F238">
-        <v>150</v>
+        <v>1040</v>
       </c>
       <c r="G238">
-        <v>186</v>
+        <v>1724</v>
       </c>
       <c r="H238" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I238">
         <v>150</v>
       </c>
       <c r="J238">
         <v>210</v>
       </c>
       <c r="K238">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="L238" s="1">
-        <v>44097</v>
+        <v>44725</v>
       </c>
       <c r="M238" s="2">
-        <v>9786556052892</v>
+        <v>9788536297231</v>
       </c>
       <c r="N238" t="s" s="3">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="O238" s="4">
-        <v>89.90</v>
+        <v>399.90</v>
       </c>
       <c r="P238" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239">
-        <v>20103</v>
+        <v>24441</v>
       </c>
       <c r="C239" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D239" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F239">
-        <v>244</v>
+        <v>278</v>
       </c>
       <c r="G239">
-        <v>312</v>
+        <v>345</v>
       </c>
       <c r="H239" t="s">
         <v>18</v>
       </c>
       <c r="I239">
         <v>150</v>
       </c>
       <c r="J239">
         <v>210</v>
       </c>
       <c r="K239">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="L239" s="1">
-        <v>39021</v>
+        <v>42429</v>
       </c>
       <c r="M239" s="2">
-        <v>9788536214146</v>
+        <v>9788536255927</v>
       </c>
       <c r="N239" t="s" s="3">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="O239" s="4">
-        <v>109.90</v>
+        <v>139.90</v>
       </c>
       <c r="P239" t="s">
-        <v>111</v>
+        <v>299</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240">
-        <v>24917</v>
+        <v>28692</v>
       </c>
       <c r="C240" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D240" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F240">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="G240">
-        <v>218</v>
+        <v>186</v>
       </c>
       <c r="H240" t="s">
         <v>18</v>
       </c>
       <c r="I240">
         <v>150</v>
       </c>
       <c r="J240">
         <v>210</v>
       </c>
       <c r="K240">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L240" s="1">
-        <v>42591</v>
+        <v>44097</v>
       </c>
       <c r="M240" s="2">
-        <v>9788536260693</v>
+        <v>9786556052892</v>
       </c>
       <c r="N240" t="s" s="3">
         <v>686</v>
       </c>
       <c r="O240" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P240" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241">
-        <v>30134</v>
+        <v>20103</v>
       </c>
       <c r="C241" t="s">
         <v>687</v>
       </c>
       <c r="D241" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>688</v>
       </c>
       <c r="F241">
-        <v>314</v>
+        <v>244</v>
       </c>
       <c r="G241">
-        <v>389</v>
+        <v>312</v>
       </c>
       <c r="H241" t="s">
         <v>18</v>
       </c>
       <c r="I241">
         <v>150</v>
       </c>
       <c r="J241">
         <v>210</v>
       </c>
       <c r="K241">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="L241" s="1">
-        <v>44853</v>
+        <v>39021</v>
       </c>
       <c r="M241" s="2">
-        <v>9786526302101</v>
+        <v>9788536214146</v>
       </c>
       <c r="N241" t="s" s="3">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="O241" s="4">
-        <v>149.90</v>
+        <v>109.90</v>
       </c>
       <c r="P241" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242">
-        <v>12556</v>
+        <v>24917</v>
       </c>
       <c r="C242" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D242" t="s">
-        <v>690</v>
+        <v>691</v>
+      </c>
+      <c r="E242" t="s">
+        <v>31</v>
       </c>
       <c r="F242">
-        <v>140</v>
+        <v>176</v>
       </c>
       <c r="G242">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="H242" t="s">
         <v>18</v>
       </c>
       <c r="I242">
         <v>150</v>
       </c>
       <c r="J242">
         <v>210</v>
       </c>
       <c r="K242">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L242" s="1">
-        <v>37719</v>
+        <v>42591</v>
       </c>
       <c r="M242" s="2">
-        <v>9788536203485</v>
-[...2 lines deleted...]
-        <v>691</v>
+        <v>9788536260693</v>
+      </c>
+      <c r="N242" t="s" s="3">
+        <v>692</v>
       </c>
       <c r="O242" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P242" t="s">
-        <v>53</v>
+        <v>114</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243">
-        <v>13304</v>
+        <v>30134</v>
       </c>
       <c r="C243" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D243" t="s">
-        <v>693</v>
+        <v>30</v>
+      </c>
+      <c r="E243" t="s">
+        <v>95</v>
       </c>
       <c r="F243">
-        <v>272</v>
+        <v>314</v>
       </c>
       <c r="G243">
-        <v>458</v>
+        <v>389</v>
       </c>
       <c r="H243" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
       <c r="I243">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J243">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K243">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="L243" s="1">
-        <v>38667</v>
+        <v>44853</v>
       </c>
       <c r="M243" s="2">
-        <v>9788536211183</v>
+        <v>9786526302101</v>
       </c>
       <c r="N243" t="s" s="3">
         <v>694</v>
       </c>
       <c r="O243" s="4">
-        <v>129.90</v>
+        <v>149.90</v>
       </c>
       <c r="P243" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244">
-        <v>13226</v>
+        <v>12556</v>
       </c>
       <c r="C244" t="s">
         <v>695</v>
       </c>
       <c r="D244" t="s">
         <v>696</v>
       </c>
       <c r="F244">
-        <v>184</v>
+        <v>140</v>
       </c>
       <c r="G244">
-        <v>252</v>
+        <v>214</v>
       </c>
       <c r="H244" t="s">
         <v>18</v>
       </c>
       <c r="I244">
         <v>150</v>
       </c>
       <c r="J244">
         <v>210</v>
       </c>
       <c r="K244">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L244" s="1">
-        <v>38548</v>
+        <v>37719</v>
       </c>
       <c r="M244" s="2">
-        <v>9788536208626</v>
-[...1 lines deleted...]
-      <c r="N244" t="s" s="3">
+        <v>9788536203485</v>
+      </c>
+      <c r="N244" t="s">
         <v>697</v>
       </c>
       <c r="O244" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P244" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245">
-        <v>21809</v>
+        <v>13304</v>
       </c>
       <c r="C245" t="s">
         <v>698</v>
       </c>
       <c r="D245" t="s">
         <v>699</v>
       </c>
       <c r="F245">
-        <v>124</v>
+        <v>272</v>
       </c>
       <c r="G245">
-        <v>147</v>
+        <v>458</v>
       </c>
       <c r="H245" t="s">
-        <v>18</v>
+        <v>312</v>
       </c>
       <c r="I245">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J245">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K245">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="L245" s="1">
-        <v>40346</v>
+        <v>38667</v>
       </c>
       <c r="M245" s="2">
-        <v>9788536229607</v>
+        <v>9788536211183</v>
       </c>
       <c r="N245" t="s" s="3">
         <v>700</v>
       </c>
       <c r="O245" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P245" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246">
-        <v>23406</v>
+        <v>13226</v>
       </c>
       <c r="C246" t="s">
         <v>701</v>
       </c>
       <c r="D246" t="s">
         <v>702</v>
       </c>
       <c r="F246">
-        <v>6</v>
+        <v>184</v>
       </c>
       <c r="G246">
-        <v>35</v>
+        <v>252</v>
       </c>
       <c r="H246" t="s">
+        <v>18</v>
+      </c>
+      <c r="I246">
+        <v>150</v>
+      </c>
+      <c r="J246">
+        <v>210</v>
+      </c>
+      <c r="K246">
+        <v>10</v>
+      </c>
+      <c r="L246" s="1">
+        <v>38548</v>
+      </c>
+      <c r="M246" s="2">
+        <v>9788536208626</v>
+      </c>
+      <c r="N246" t="s" s="3">
         <v>703</v>
       </c>
-      <c r="I246">
-[...16 lines deleted...]
-      </c>
       <c r="O246" s="4">
-        <v>14.90</v>
+        <v>99.90</v>
       </c>
       <c r="P246" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247">
-        <v>23403</v>
+        <v>21809</v>
       </c>
       <c r="C247" t="s">
+        <v>704</v>
+      </c>
+      <c r="D247" t="s">
         <v>705</v>
       </c>
-      <c r="D247" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F247">
-        <v>6</v>
+        <v>124</v>
       </c>
       <c r="G247">
-        <v>35</v>
+        <v>147</v>
       </c>
       <c r="H247" t="s">
-        <v>703</v>
+        <v>18</v>
       </c>
       <c r="I247">
         <v>150</v>
       </c>
       <c r="J247">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="K247">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L247" s="1">
-        <v>41744</v>
+        <v>40346</v>
       </c>
       <c r="M247" s="2">
-        <v>9788536245010</v>
+        <v>9788536229607</v>
       </c>
       <c r="N247" t="s" s="3">
         <v>706</v>
       </c>
       <c r="O247" s="4">
-        <v>14.90</v>
+        <v>69.90</v>
       </c>
       <c r="P247" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248">
-        <v>23405</v>
+        <v>23406</v>
       </c>
       <c r="C248" t="s">
         <v>707</v>
       </c>
       <c r="D248" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="F248">
         <v>6</v>
       </c>
       <c r="G248">
         <v>35</v>
       </c>
       <c r="H248" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="I248">
         <v>150</v>
       </c>
       <c r="J248">
         <v>223</v>
       </c>
       <c r="K248">
         <v>1</v>
       </c>
       <c r="L248" s="1">
-        <v>41744</v>
+        <v>41758</v>
       </c>
       <c r="M248" s="2">
-        <v>9788536245027</v>
+        <v>9788536245409</v>
       </c>
       <c r="N248" t="s" s="3">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="O248" s="4">
         <v>14.90</v>
       </c>
       <c r="P248" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249">
-        <v>23404</v>
+        <v>23403</v>
       </c>
       <c r="C249" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D249" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="F249">
         <v>6</v>
       </c>
       <c r="G249">
         <v>35</v>
       </c>
       <c r="H249" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="I249">
         <v>150</v>
       </c>
       <c r="J249">
         <v>223</v>
       </c>
       <c r="K249">
         <v>1</v>
       </c>
       <c r="L249" s="1">
         <v>41744</v>
       </c>
       <c r="M249" s="2">
-        <v>9788536245034</v>
+        <v>9788536245010</v>
       </c>
       <c r="N249" t="s" s="3">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="O249" s="4">
         <v>14.90</v>
       </c>
       <c r="P249" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250">
-        <v>23400</v>
+        <v>23405</v>
       </c>
       <c r="C250" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D250" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="F250">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G250">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="H250" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="I250">
         <v>150</v>
       </c>
       <c r="J250">
         <v>223</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
       <c r="L250" s="1">
         <v>41744</v>
       </c>
       <c r="M250" s="2">
-        <v>9788536245058</v>
+        <v>9788536245027</v>
       </c>
       <c r="N250" t="s" s="3">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="O250" s="4">
-        <v>10.90</v>
+        <v>14.90</v>
       </c>
       <c r="P250" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251">
-        <v>31593</v>
+        <v>23404</v>
       </c>
       <c r="C251" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D251" t="s">
-        <v>714</v>
+        <v>708</v>
       </c>
       <c r="F251">
-        <v>294</v>
+        <v>6</v>
       </c>
       <c r="G251">
-        <v>375</v>
+        <v>35</v>
       </c>
       <c r="H251" t="s">
-        <v>18</v>
+        <v>709</v>
       </c>
       <c r="I251">
         <v>150</v>
       </c>
       <c r="J251">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="K251">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="L251" s="1">
-        <v>45799</v>
+        <v>41744</v>
       </c>
       <c r="M251" s="2">
-        <v>9786526313893</v>
+        <v>9788536245034</v>
       </c>
       <c r="N251" t="s" s="3">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="O251" s="4">
-        <v>149.90</v>
+        <v>14.90</v>
       </c>
       <c r="P251" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252">
+        <v>23400</v>
+      </c>
+      <c r="C252" t="s">
+        <v>717</v>
+      </c>
+      <c r="D252" t="s">
+        <v>708</v>
+      </c>
+      <c r="F252">
+        <v>4</v>
+      </c>
+      <c r="G252">
+        <v>20</v>
+      </c>
+      <c r="H252" t="s">
+        <v>709</v>
+      </c>
+      <c r="I252">
+        <v>150</v>
+      </c>
+      <c r="J252">
+        <v>223</v>
+      </c>
+      <c r="K252">
+        <v>1</v>
+      </c>
+      <c r="L252" s="1">
+        <v>41744</v>
+      </c>
+      <c r="M252" s="2">
+        <v>9788536245058</v>
+      </c>
+      <c r="N252" t="s" s="3">
+        <v>718</v>
+      </c>
+      <c r="O252" s="4">
+        <v>10.90</v>
+      </c>
+      <c r="P252" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253">
+        <v>252</v>
+      </c>
+      <c r="B253">
+        <v>31593</v>
+      </c>
+      <c r="C253" t="s">
+        <v>719</v>
+      </c>
+      <c r="D253" t="s">
+        <v>720</v>
+      </c>
+      <c r="F253">
+        <v>294</v>
+      </c>
+      <c r="G253">
+        <v>375</v>
+      </c>
+      <c r="H253" t="s">
+        <v>18</v>
+      </c>
+      <c r="I253">
+        <v>150</v>
+      </c>
+      <c r="J253">
+        <v>210</v>
+      </c>
+      <c r="K253">
+        <v>14</v>
+      </c>
+      <c r="L253" s="1">
+        <v>45799</v>
+      </c>
+      <c r="M253" s="2">
+        <v>9786526313893</v>
+      </c>
+      <c r="N253" t="s" s="3">
+        <v>721</v>
+      </c>
+      <c r="O253" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P253" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254">
+        <v>253</v>
+      </c>
+      <c r="B254">
         <v>23275</v>
       </c>
-      <c r="C252" t="inlineStr">
+      <c r="C254" t="inlineStr">
         <is>
           <t>Roteiro Prático das Licitações - Atualizada com as inovações da Lei Complementar 123/06 (Microempresa e Empresa de Pequeno Porte) e da Lei 12.462/11 (Regime Diferenciado de Contratações Públicas - RDC)</t>
         </is>
       </c>
-      <c r="D252" t="s">
-[...5 lines deleted...]
-      <c r="F252">
+      <c r="D254" t="s">
+        <v>608</v>
+      </c>
+      <c r="E254" t="s">
+        <v>95</v>
+      </c>
+      <c r="F254">
         <v>108</v>
       </c>
-      <c r="G252">
+      <c r="G254">
         <v>134</v>
       </c>
-      <c r="H252" t="s">
-[...8 lines deleted...]
-      <c r="K252">
+      <c r="H254" t="s">
+        <v>18</v>
+      </c>
+      <c r="I254">
+        <v>150</v>
+      </c>
+      <c r="J254">
+        <v>210</v>
+      </c>
+      <c r="K254">
         <v>7</v>
       </c>
-      <c r="L252" s="1">
+      <c r="L254" s="1">
         <v>41624</v>
       </c>
-      <c r="M252" s="2">
+      <c r="M254" s="2">
         <v>9788536245126</v>
-      </c>
-[...92 lines deleted...]
-        <v>9788536210681</v>
       </c>
       <c r="N254" t="s" s="3">
         <v>722</v>
       </c>
       <c r="O254" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P254" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255">
-        <v>20314</v>
+        <v>20300</v>
       </c>
       <c r="C255" t="s">
         <v>723</v>
       </c>
       <c r="D255" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>724</v>
       </c>
       <c r="F255">
-        <v>400</v>
+        <v>214</v>
       </c>
       <c r="G255">
-        <v>625</v>
+        <v>280</v>
       </c>
       <c r="H255" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
       <c r="I255">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J255">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K255">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="L255" s="1">
-        <v>39265</v>
+        <v>39258</v>
       </c>
       <c r="M255" s="2">
-        <v>9788536216232</v>
+        <v>9788536216010</v>
       </c>
       <c r="N255" t="s" s="3">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="O255" s="4">
-        <v>179.90</v>
+        <v>109.90</v>
       </c>
       <c r="P255" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256">
+        <v>13267</v>
+      </c>
+      <c r="C256" t="s">
+        <v>726</v>
+      </c>
+      <c r="D256" t="s">
+        <v>727</v>
+      </c>
+      <c r="F256">
+        <v>208</v>
+      </c>
+      <c r="G256">
+        <v>278</v>
+      </c>
+      <c r="H256" t="s">
+        <v>18</v>
+      </c>
+      <c r="I256">
+        <v>150</v>
+      </c>
+      <c r="J256">
+        <v>210</v>
+      </c>
+      <c r="K256">
+        <v>11</v>
+      </c>
+      <c r="L256" s="1">
+        <v>38607</v>
+      </c>
+      <c r="M256" s="2">
+        <v>9788536210681</v>
+      </c>
+      <c r="N256" t="s" s="3">
+        <v>728</v>
+      </c>
+      <c r="O256" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P256" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257">
+        <v>256</v>
+      </c>
+      <c r="B257">
+        <v>20314</v>
+      </c>
+      <c r="C257" t="s">
+        <v>729</v>
+      </c>
+      <c r="D257" t="s">
+        <v>51</v>
+      </c>
+      <c r="E257" t="s">
+        <v>84</v>
+      </c>
+      <c r="F257">
+        <v>400</v>
+      </c>
+      <c r="G257">
+        <v>625</v>
+      </c>
+      <c r="H257" t="s">
+        <v>312</v>
+      </c>
+      <c r="I257">
+        <v>165</v>
+      </c>
+      <c r="J257">
+        <v>215</v>
+      </c>
+      <c r="K257">
+        <v>30</v>
+      </c>
+      <c r="L257" s="1">
+        <v>39265</v>
+      </c>
+      <c r="M257" s="2">
+        <v>9788536216232</v>
+      </c>
+      <c r="N257" t="s" s="3">
+        <v>730</v>
+      </c>
+      <c r="O257" s="4">
+        <v>179.90</v>
+      </c>
+      <c r="P257" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258">
+        <v>257</v>
+      </c>
+      <c r="B258">
         <v>26503</v>
       </c>
-      <c r="C256" t="inlineStr">
+      <c r="C258" t="inlineStr">
         <is>
           <t>Sociedade Limitada - Aspectos Administrativos, Jurídicos &amp; Contábeis - Comentários ao Código Civil com ênfase em temas destacados do Direito e da Contabilidade</t>
         </is>
       </c>
-      <c r="D256" t="s">
+      <c r="D258" t="s">
         <v>30</v>
       </c>
-      <c r="E256" t="s">
-[...2 lines deleted...]
-      <c r="F256">
+      <c r="E258" t="s">
+        <v>226</v>
+      </c>
+      <c r="F258">
         <v>270</v>
       </c>
-      <c r="G256">
+      <c r="G258">
         <v>335</v>
       </c>
-      <c r="H256" t="s">
-[...8 lines deleted...]
-      <c r="K256">
+      <c r="H258" t="s">
+        <v>18</v>
+      </c>
+      <c r="I258">
+        <v>150</v>
+      </c>
+      <c r="J258">
+        <v>210</v>
+      </c>
+      <c r="K258">
         <v>14</v>
       </c>
-      <c r="L256" s="1">
+      <c r="L258" s="1">
         <v>43122</v>
       </c>
-      <c r="M256" s="2">
+      <c r="M258" s="2">
         <v>9788536275796</v>
       </c>
-      <c r="N256" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O256" s="4">
+      <c r="N258" t="s" s="3">
+        <v>731</v>
+      </c>
+      <c r="O258" s="4">
         <v>119.90</v>
       </c>
-      <c r="P256" t="s">
+      <c r="P258" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="257">
-[...3 lines deleted...]
-      <c r="B257">
+    <row r="259">
+      <c r="A259">
+        <v>258</v>
+      </c>
+      <c r="B259">
         <v>22221</v>
       </c>
-      <c r="C257" t="s">
-[...5 lines deleted...]
-      <c r="E257" t="s">
+      <c r="C259" t="s">
+        <v>732</v>
+      </c>
+      <c r="D259" t="s">
+        <v>733</v>
+      </c>
+      <c r="E259" t="s">
         <v>31</v>
       </c>
-      <c r="F257">
+      <c r="F259">
         <v>188</v>
       </c>
-      <c r="G257">
+      <c r="G259">
         <v>205</v>
       </c>
-      <c r="H257" t="s">
-[...8 lines deleted...]
-      <c r="K257">
+      <c r="H259" t="s">
+        <v>18</v>
+      </c>
+      <c r="I259">
+        <v>150</v>
+      </c>
+      <c r="J259">
+        <v>210</v>
+      </c>
+      <c r="K259">
         <v>10</v>
       </c>
-      <c r="L257" s="1">
+      <c r="L259" s="1">
         <v>40666</v>
       </c>
-      <c r="M257" s="2">
+      <c r="M259" s="2">
         <v>9788536233048</v>
       </c>
-      <c r="N257" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O257" s="4">
+      <c r="N259" t="s" s="3">
+        <v>734</v>
+      </c>
+      <c r="O259" s="4">
         <v>89.90</v>
       </c>
-      <c r="P257" t="s">
+      <c r="P259" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="258">
-[...3 lines deleted...]
-      <c r="B258">
+    <row r="260">
+      <c r="A260">
+        <v>259</v>
+      </c>
+      <c r="B260">
         <v>29558</v>
       </c>
-      <c r="C258" t="inlineStr">
+      <c r="C260" t="inlineStr">
         <is>
           <t>SUSEP - Superintendência de Seguros Privados &amp; Previc - Superintendência Nacional de Previdência Complementar - Abordagem de Temas Relevantes - Coleção Reguladores</t>
         </is>
       </c>
-      <c r="D258" t="s">
-[...92 lines deleted...]
-      </c>
       <c r="D260" t="s">
         <v>735</v>
       </c>
-      <c r="E260" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F260">
-        <v>288</v>
+        <v>222</v>
       </c>
       <c r="G260">
-        <v>360</v>
+        <v>275</v>
       </c>
       <c r="H260" t="s">
         <v>18</v>
       </c>
       <c r="I260">
         <v>150</v>
       </c>
       <c r="J260">
         <v>210</v>
       </c>
       <c r="K260">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="L260" s="1">
-        <v>39678</v>
+        <v>44643</v>
       </c>
       <c r="M260" s="2">
-        <v>9788536221250</v>
+        <v>9788536296678</v>
       </c>
       <c r="N260" t="s" s="3">
         <v>736</v>
       </c>
       <c r="O260" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P260" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261">
-        <v>20811</v>
+        <v>12930</v>
       </c>
       <c r="C261" t="s">
         <v>737</v>
       </c>
       <c r="D261" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>99</v>
       </c>
       <c r="F261">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="G261">
-        <v>170</v>
+        <v>272</v>
       </c>
       <c r="H261" t="s">
         <v>18</v>
       </c>
       <c r="I261">
         <v>150</v>
       </c>
       <c r="J261">
         <v>210</v>
       </c>
       <c r="K261">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L261" s="1">
-        <v>39678</v>
+        <v>38198</v>
       </c>
       <c r="M261" s="2">
-        <v>9788536221267</v>
+        <v>9788536207643</v>
       </c>
       <c r="N261" t="s" s="3">
         <v>738</v>
       </c>
       <c r="O261" s="4">
         <v>89.90</v>
       </c>
       <c r="P261" t="s">
-        <v>53</v>
+        <v>739</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262">
-        <v>23418</v>
+        <v>20819</v>
       </c>
       <c r="C262" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D262" t="s">
-        <v>40</v>
+        <v>741</v>
+      </c>
+      <c r="E262" t="s">
+        <v>226</v>
       </c>
       <c r="F262">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="G262">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="H262" t="s">
         <v>18</v>
       </c>
       <c r="I262">
         <v>150</v>
       </c>
       <c r="J262">
         <v>210</v>
       </c>
       <c r="K262">
         <v>15</v>
       </c>
       <c r="L262" s="1">
-        <v>41765</v>
+        <v>39678</v>
       </c>
       <c r="M262" s="2">
-        <v>9788536246468</v>
+        <v>9788536221250</v>
       </c>
       <c r="N262" t="s" s="3">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="O262" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P262" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263">
-        <v>25961</v>
+        <v>20811</v>
       </c>
       <c r="C263" t="s">
+        <v>743</v>
+      </c>
+      <c r="D263" t="s">
         <v>741</v>
       </c>
-      <c r="D263" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E263" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
       <c r="F263">
-        <v>268</v>
+        <v>144</v>
       </c>
       <c r="G263">
-        <v>332</v>
+        <v>170</v>
       </c>
       <c r="H263" t="s">
         <v>18</v>
       </c>
       <c r="I263">
         <v>150</v>
       </c>
       <c r="J263">
         <v>210</v>
       </c>
       <c r="K263">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="L263" s="1">
-        <v>42928</v>
+        <v>39678</v>
       </c>
       <c r="M263" s="2">
-        <v>9788536270548</v>
+        <v>9788536221267</v>
       </c>
       <c r="N263" t="s" s="3">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="O263" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P263" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264">
-        <v>23004</v>
+        <v>23418</v>
       </c>
       <c r="C264" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D264" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="F264">
-        <v>398</v>
+        <v>278</v>
       </c>
       <c r="G264">
-        <v>500</v>
+        <v>346</v>
       </c>
       <c r="H264" t="s">
         <v>18</v>
       </c>
       <c r="I264">
         <v>150</v>
       </c>
       <c r="J264">
         <v>210</v>
       </c>
       <c r="K264">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="L264" s="1">
-        <v>41380</v>
+        <v>41765</v>
       </c>
       <c r="M264" s="2">
-        <v>9788536241982</v>
+        <v>9788536246468</v>
       </c>
       <c r="N264" t="s" s="3">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="O264" s="4">
-        <v>159.90</v>
+        <v>119.90</v>
       </c>
       <c r="P264" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265">
-        <v>30099</v>
+        <v>25961</v>
       </c>
       <c r="C265" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D265" t="s">
-        <v>30</v>
+        <v>387</v>
+      </c>
+      <c r="E265" t="s">
+        <v>84</v>
       </c>
       <c r="F265">
-        <v>158</v>
+        <v>268</v>
       </c>
       <c r="G265">
-        <v>196</v>
+        <v>332</v>
       </c>
       <c r="H265" t="s">
         <v>18</v>
       </c>
       <c r="I265">
         <v>150</v>
       </c>
       <c r="J265">
         <v>210</v>
       </c>
       <c r="K265">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L265" s="1">
-        <v>44839</v>
+        <v>42928</v>
       </c>
       <c r="M265" s="2">
-        <v>9786526302088</v>
+        <v>9788536270548</v>
       </c>
       <c r="N265" t="s" s="3">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="O265" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P265" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266">
-        <v>31049</v>
+        <v>23004</v>
       </c>
       <c r="C266" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D266" t="s">
-        <v>30</v>
+        <v>188</v>
+      </c>
+      <c r="E266" t="s">
+        <v>68</v>
       </c>
       <c r="F266">
-        <v>310</v>
+        <v>398</v>
       </c>
       <c r="G266">
-        <v>384</v>
+        <v>500</v>
       </c>
       <c r="H266" t="s">
         <v>18</v>
       </c>
       <c r="I266">
         <v>150</v>
       </c>
       <c r="J266">
         <v>210</v>
       </c>
       <c r="K266">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="L266" s="1">
-        <v>45428</v>
+        <v>41380</v>
       </c>
       <c r="M266" s="2">
-        <v>9786526309117</v>
+        <v>9788536241982</v>
       </c>
       <c r="N266" t="s" s="3">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="O266" s="4">
-        <v>139.90</v>
+        <v>159.90</v>
       </c>
       <c r="P266" t="s">
-        <v>749</v>
+        <v>28</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267">
-        <v>29149</v>
+        <v>30099</v>
       </c>
       <c r="C267" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D267" t="s">
         <v>30</v>
       </c>
-      <c r="E267" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F267">
-        <v>300</v>
+        <v>158</v>
       </c>
       <c r="G267">
-        <v>372</v>
+        <v>196</v>
       </c>
       <c r="H267" t="s">
         <v>18</v>
       </c>
       <c r="I267">
         <v>150</v>
       </c>
       <c r="J267">
         <v>210</v>
       </c>
       <c r="K267">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L267" s="1">
-        <v>44385</v>
+        <v>44839</v>
       </c>
       <c r="M267" s="2">
-        <v>9786556056005</v>
+        <v>9786526302088</v>
       </c>
       <c r="N267" t="s" s="3">
         <v>752</v>
       </c>
       <c r="O267" s="4">
-        <v>139.90</v>
+        <v>89.90</v>
       </c>
       <c r="P267" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268">
-        <v>30101</v>
+        <v>31049</v>
       </c>
       <c r="C268" t="s">
         <v>753</v>
       </c>
       <c r="D268" t="s">
         <v>30</v>
       </c>
-      <c r="E268" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F268">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="G268">
-        <v>362</v>
+        <v>384</v>
       </c>
       <c r="H268" t="s">
         <v>18</v>
       </c>
       <c r="I268">
         <v>150</v>
       </c>
       <c r="J268">
         <v>210</v>
       </c>
       <c r="K268">
         <v>15</v>
       </c>
       <c r="L268" s="1">
-        <v>44840</v>
+        <v>45428</v>
       </c>
       <c r="M268" s="2">
-        <v>9786526300794</v>
+        <v>9786526309117</v>
       </c>
       <c r="N268" t="s" s="3">
+        <v>754</v>
+      </c>
+      <c r="O268" s="4">
+        <v>139.90</v>
+      </c>
+      <c r="P268" t="s">
         <v>755</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269">
-        <v>20864</v>
+        <v>29149</v>
       </c>
       <c r="C269" t="s">
         <v>756</v>
       </c>
       <c r="D269" t="s">
+        <v>30</v>
+      </c>
+      <c r="E269" t="s">
         <v>757</v>
       </c>
       <c r="F269">
-        <v>182</v>
+        <v>300</v>
       </c>
       <c r="G269">
-        <v>235</v>
+        <v>372</v>
       </c>
       <c r="H269" t="s">
         <v>18</v>
       </c>
       <c r="I269">
         <v>150</v>
       </c>
       <c r="J269">
         <v>210</v>
       </c>
       <c r="K269">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L269" s="1">
-        <v>39707</v>
+        <v>44385</v>
       </c>
       <c r="M269" s="2">
-        <v>9788536221779</v>
+        <v>9786556056005</v>
       </c>
       <c r="N269" t="s" s="3">
         <v>758</v>
       </c>
       <c r="O269" s="4">
-        <v>89.90</v>
+        <v>139.90</v>
       </c>
       <c r="P269" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270">
-        <v>12677</v>
+        <v>30101</v>
       </c>
       <c r="C270" t="s">
         <v>759</v>
       </c>
       <c r="D270" t="s">
+        <v>30</v>
+      </c>
+      <c r="E270" t="s">
         <v>760</v>
       </c>
       <c r="F270">
-        <v>152</v>
+        <v>292</v>
       </c>
       <c r="G270">
-        <v>218</v>
+        <v>362</v>
       </c>
       <c r="H270" t="s">
         <v>18</v>
       </c>
       <c r="I270">
         <v>150</v>
       </c>
       <c r="J270">
         <v>210</v>
       </c>
       <c r="K270">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="L270" s="1">
-        <v>37925</v>
+        <v>44840</v>
       </c>
       <c r="M270" s="2">
-        <v>9788536205069</v>
+        <v>9786526300794</v>
       </c>
       <c r="N270" t="s" s="3">
         <v>761</v>
       </c>
       <c r="O270" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P270" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271">
-        <v>30337</v>
+        <v>20864</v>
       </c>
       <c r="C271" t="s">
         <v>762</v>
       </c>
       <c r="D271" t="s">
         <v>763</v>
       </c>
       <c r="F271">
-        <v>122</v>
+        <v>182</v>
       </c>
       <c r="G271">
-        <v>151</v>
+        <v>235</v>
       </c>
       <c r="H271" t="s">
         <v>18</v>
       </c>
       <c r="I271">
         <v>150</v>
       </c>
       <c r="J271">
         <v>210</v>
       </c>
       <c r="K271">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L271" s="1">
-        <v>44987</v>
+        <v>39707</v>
       </c>
       <c r="M271" s="2">
-        <v>9786526303818</v>
+        <v>9788536221779</v>
       </c>
       <c r="N271" t="s" s="3">
         <v>764</v>
       </c>
       <c r="O271" s="4">
         <v>89.90</v>
       </c>
       <c r="P271" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272">
+        <v>12677</v>
+      </c>
+      <c r="C272" t="s">
+        <v>765</v>
+      </c>
+      <c r="D272" t="s">
+        <v>766</v>
+      </c>
+      <c r="F272">
+        <v>152</v>
+      </c>
+      <c r="G272">
+        <v>218</v>
+      </c>
+      <c r="H272" t="s">
+        <v>18</v>
+      </c>
+      <c r="I272">
+        <v>150</v>
+      </c>
+      <c r="J272">
+        <v>210</v>
+      </c>
+      <c r="K272">
+        <v>9</v>
+      </c>
+      <c r="L272" s="1">
+        <v>37925</v>
+      </c>
+      <c r="M272" s="2">
+        <v>9788536205069</v>
+      </c>
+      <c r="N272" t="s" s="3">
+        <v>767</v>
+      </c>
+      <c r="O272" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P272" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273">
+        <v>272</v>
+      </c>
+      <c r="B273">
+        <v>30337</v>
+      </c>
+      <c r="C273" t="s">
+        <v>768</v>
+      </c>
+      <c r="D273" t="s">
+        <v>769</v>
+      </c>
+      <c r="F273">
+        <v>122</v>
+      </c>
+      <c r="G273">
+        <v>151</v>
+      </c>
+      <c r="H273" t="s">
+        <v>18</v>
+      </c>
+      <c r="I273">
+        <v>150</v>
+      </c>
+      <c r="J273">
+        <v>210</v>
+      </c>
+      <c r="K273">
+        <v>6</v>
+      </c>
+      <c r="L273" s="1">
+        <v>44987</v>
+      </c>
+      <c r="M273" s="2">
+        <v>9786526303818</v>
+      </c>
+      <c r="N273" t="s" s="3">
+        <v>770</v>
+      </c>
+      <c r="O273" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P273" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274">
+        <v>273</v>
+      </c>
+      <c r="B274">
         <v>28907</v>
       </c>
-      <c r="C272" t="inlineStr">
+      <c r="C274" t="inlineStr">
         <is>
           <t>Tributação da Receita - Parâmetros, Limites Constitucionais e Aspectos Controversos - Apresentação do Prof. Carlos Augusto Daniel Neto - Prefácio do Prof. Roque Antonio Carrazza</t>
         </is>
       </c>
-      <c r="D272" t="s">
-[...92 lines deleted...]
-      </c>
       <c r="D274" t="s">
         <v>771</v>
       </c>
       <c r="F274">
-        <v>352</v>
+        <v>198</v>
       </c>
       <c r="G274">
-        <v>562</v>
+        <v>246</v>
       </c>
       <c r="H274" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
       <c r="I274">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J274">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K274">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="L274" s="1">
-        <v>39010</v>
+        <v>44229</v>
       </c>
       <c r="M274" s="2">
-        <v>9788536214023</v>
+        <v>9786556054827</v>
       </c>
       <c r="N274" t="s" s="3">
         <v>772</v>
       </c>
       <c r="O274" s="4">
-        <v>159.90</v>
+        <v>109.90</v>
       </c>
       <c r="P274" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275">
-        <v>13052</v>
+        <v>13018</v>
       </c>
       <c r="C275" t="s">
         <v>773</v>
       </c>
       <c r="D275" t="s">
         <v>774</v>
       </c>
       <c r="F275">
-        <v>704</v>
+        <v>274</v>
       </c>
       <c r="G275">
-        <v>1006</v>
+        <v>362</v>
       </c>
       <c r="H275" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
       <c r="I275">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J275">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K275">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="L275" s="1">
-        <v>38331</v>
+        <v>38294</v>
       </c>
       <c r="M275" s="2">
-        <v>9788536208640</v>
+        <v>9788536208138</v>
       </c>
       <c r="N275" t="s" s="3">
         <v>775</v>
       </c>
       <c r="O275" s="4">
-        <v>259.90</v>
+        <v>139.90</v>
       </c>
       <c r="P275" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276">
-        <v>12429</v>
+        <v>20091</v>
       </c>
       <c r="C276" t="s">
         <v>776</v>
       </c>
       <c r="D276" t="s">
         <v>777</v>
       </c>
       <c r="F276">
-        <v>106</v>
+        <v>352</v>
       </c>
       <c r="G276">
-        <v>148</v>
+        <v>562</v>
       </c>
       <c r="H276" t="s">
-        <v>18</v>
+        <v>312</v>
       </c>
       <c r="I276">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J276">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K276">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="L276" s="1">
-        <v>37550</v>
+        <v>39010</v>
       </c>
       <c r="M276" s="2">
-        <v>9788536201863</v>
-[...1 lines deleted...]
-      <c r="N276" t="s">
+        <v>9788536214023</v>
+      </c>
+      <c r="N276" t="s" s="3">
         <v>778</v>
       </c>
       <c r="O276" s="4">
-        <v>69.90</v>
+        <v>159.90</v>
       </c>
       <c r="P276" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277">
-        <v>13459</v>
+        <v>13052</v>
       </c>
       <c r="C277" t="s">
         <v>779</v>
       </c>
       <c r="D277" t="s">
         <v>780</v>
       </c>
       <c r="F277">
-        <v>352</v>
+        <v>704</v>
       </c>
       <c r="G277">
-        <v>554</v>
+        <v>1006</v>
       </c>
       <c r="H277" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="I277">
         <v>165</v>
       </c>
       <c r="J277">
         <v>215</v>
       </c>
       <c r="K277">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="L277" s="1">
-        <v>38874</v>
+        <v>38331</v>
       </c>
       <c r="M277" s="2">
-        <v>9788536212821</v>
+        <v>9788536208640</v>
       </c>
       <c r="N277" t="s" s="3">
         <v>781</v>
       </c>
       <c r="O277" s="4">
-        <v>169.90</v>
+        <v>259.90</v>
       </c>
       <c r="P277" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278">
-        <v>31683</v>
+        <v>12429</v>
       </c>
       <c r="C278" t="s">
         <v>782</v>
       </c>
       <c r="D278" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>783</v>
       </c>
       <c r="F278">
+        <v>106</v>
+      </c>
+      <c r="G278">
+        <v>148</v>
+      </c>
+      <c r="H278" t="s">
+        <v>18</v>
+      </c>
+      <c r="I278">
+        <v>150</v>
+      </c>
+      <c r="J278">
+        <v>210</v>
+      </c>
+      <c r="K278">
+        <v>6</v>
+      </c>
+      <c r="L278" s="1">
+        <v>37550</v>
+      </c>
+      <c r="M278" s="2">
+        <v>9788536201863</v>
+      </c>
+      <c r="N278" t="s">
+        <v>784</v>
+      </c>
+      <c r="O278" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P278" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279">
+        <v>278</v>
+      </c>
+      <c r="B279">
+        <v>13459</v>
+      </c>
+      <c r="C279" t="s">
+        <v>785</v>
+      </c>
+      <c r="D279" t="s">
+        <v>786</v>
+      </c>
+      <c r="F279">
+        <v>352</v>
+      </c>
+      <c r="G279">
+        <v>554</v>
+      </c>
+      <c r="H279" t="s">
+        <v>312</v>
+      </c>
+      <c r="I279">
+        <v>165</v>
+      </c>
+      <c r="J279">
+        <v>215</v>
+      </c>
+      <c r="K279">
+        <v>27</v>
+      </c>
+      <c r="L279" s="1">
+        <v>38874</v>
+      </c>
+      <c r="M279" s="2">
+        <v>9788536212821</v>
+      </c>
+      <c r="N279" t="s" s="3">
+        <v>787</v>
+      </c>
+      <c r="O279" s="4">
+        <v>169.90</v>
+      </c>
+      <c r="P279" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280">
+        <v>279</v>
+      </c>
+      <c r="B280">
+        <v>31683</v>
+      </c>
+      <c r="C280" t="s">
+        <v>788</v>
+      </c>
+      <c r="D280" t="s">
+        <v>528</v>
+      </c>
+      <c r="E280" t="s">
+        <v>84</v>
+      </c>
+      <c r="F280">
         <v>400</v>
       </c>
-      <c r="G278">
+      <c r="G280">
         <v>497</v>
       </c>
-      <c r="H278" t="s">
-[...8 lines deleted...]
-      <c r="K278">
+      <c r="H280" t="s">
+        <v>18</v>
+      </c>
+      <c r="I280">
+        <v>150</v>
+      </c>
+      <c r="J280">
+        <v>210</v>
+      </c>
+      <c r="K280">
         <v>19</v>
       </c>
-      <c r="L278" s="1">
+      <c r="L280" s="1">
         <v>45855</v>
       </c>
-      <c r="M278" s="2">
+      <c r="M280" s="2">
         <v>9786526317853</v>
       </c>
-      <c r="N278" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O278" s="4">
+      <c r="N280" t="s" s="3">
+        <v>789</v>
+      </c>
+      <c r="O280" s="4">
         <v>189.90</v>
       </c>
-      <c r="P278" t="s">
+      <c r="P280" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>