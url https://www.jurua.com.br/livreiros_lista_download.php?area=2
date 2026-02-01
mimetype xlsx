--- v1 (2025-12-07)
+++ v2 (2026-02-01)
@@ -2956,51 +2956,51 @@
       </c>
       <c r="O10" s="4">
         <v>79.90</v>
       </c>
       <c r="P10" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>31881</v>
       </c>
       <c r="C11" t="s">
         <v>54</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="F11">
         <v>304</v>
       </c>
       <c r="G11">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="H11" t="s">
         <v>18</v>
       </c>
       <c r="I11">
         <v>150</v>
       </c>
       <c r="J11">
         <v>210</v>
       </c>
       <c r="K11">
         <v>15</v>
       </c>
       <c r="L11" s="1">
         <v>45964</v>
       </c>
       <c r="M11" s="2">
         <v>9786526316320</v>
       </c>
       <c r="N11" t="s" s="3">
         <v>56</v>
       </c>
       <c r="O11" s="4">
         <v>149.90</v>
       </c>
@@ -11573,51 +11573,51 @@
       </c>
       <c r="O189" s="4">
         <v>119.90</v>
       </c>
       <c r="P189" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190">
         <v>31913</v>
       </c>
       <c r="C190" t="s">
         <v>557</v>
       </c>
       <c r="D190" t="s">
         <v>558</v>
       </c>
       <c r="F190">
         <v>108</v>
       </c>
       <c r="G190">
-        <v>138</v>
+        <v>161</v>
       </c>
       <c r="H190" t="s">
         <v>18</v>
       </c>
       <c r="I190">
         <v>150</v>
       </c>
       <c r="J190">
         <v>210</v>
       </c>
       <c r="K190">
         <v>6</v>
       </c>
       <c r="L190" s="1">
         <v>45988</v>
       </c>
       <c r="M190" s="2">
         <v>9786526316115</v>
       </c>
       <c r="N190" t="s" s="3">
         <v>559</v>
       </c>
       <c r="O190" s="4">
         <v>79.90</v>
       </c>