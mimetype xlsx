--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="790" uniqueCount="790">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="786" uniqueCount="786">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -846,62 +846,50 @@
     <t>978853622520-3</t>
   </si>
   <si>
     <t>Corrupção, Fraude e Contabilidade</t>
   </si>
   <si>
     <t>Antônio Lopes de Sá e Wilson Alberto Zappa Hoog</t>
   </si>
   <si>
     <t>978655605758-3</t>
   </si>
   <si>
     <t>Criando Valor nas Organizações - Do Compliance à Proteção Patrimonial - Como Tornar uma Empresa um Alvo Atrativo</t>
   </si>
   <si>
     <t>978853626905-4</t>
   </si>
   <si>
     <t>Crimes Tributários - Uma Análise da Estrutura do Tipo Penal nos Artigos 1º e 2º da Lei 8.137, de 27.12.1990</t>
   </si>
   <si>
     <t>Maurício Kalache</t>
   </si>
   <si>
     <t>853621328-0</t>
-  </si>
-[...10 lines deleted...]
-    <t>978853627826-1</t>
   </si>
   <si>
     <t>Custos e Formação de Preços</t>
   </si>
   <si>
     <t>Edison Küster</t>
   </si>
   <si>
     <t>978853624027-5</t>
   </si>
   <si>
     <t>Custos para Hotéis - Para Negócios Globalizados</t>
   </si>
   <si>
     <t>978853628687-7</t>
   </si>
   <si>
     <t>CVM - Comissão de Valores Mobiliários - Ambiente Regulatório e Atuação do Auditor Independente - Coleção Reguladores</t>
   </si>
   <si>
     <t>Coordenador: Roger Maciel de Oliveira - Organizadora: Rosangela Pereira Peixoto</t>
   </si>
   <si>
     <t>978853629571-8</t>
   </si>
@@ -2432,51 +2420,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R280"/>
+  <dimension ref="A1:R279"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -6659,9345 +6647,9295 @@
       </c>
       <c r="K87">
         <v>12</v>
       </c>
       <c r="L87" s="1">
         <v>38925</v>
       </c>
       <c r="M87" s="2">
         <v>9788536213286</v>
       </c>
       <c r="N87" t="s" s="3">
         <v>278</v>
       </c>
       <c r="O87" s="4">
         <v>109.90</v>
       </c>
       <c r="P87" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
-        <v>26744</v>
+        <v>22857</v>
       </c>
       <c r="C88" t="s">
         <v>279</v>
       </c>
       <c r="D88" t="s">
         <v>280</v>
       </c>
       <c r="E88" t="s">
+        <v>68</v>
+      </c>
+      <c r="F88">
+        <v>122</v>
+      </c>
+      <c r="G88">
+        <v>190</v>
+      </c>
+      <c r="H88" t="s">
+        <v>18</v>
+      </c>
+      <c r="I88">
+        <v>150</v>
+      </c>
+      <c r="J88">
+        <v>210</v>
+      </c>
+      <c r="K88">
+        <v>7</v>
+      </c>
+      <c r="L88" s="1">
+        <v>41243</v>
+      </c>
+      <c r="M88" s="2">
+        <v>9788536240275</v>
+      </c>
+      <c r="N88" t="s" s="3">
         <v>281</v>
       </c>
-      <c r="F88">
-[...25 lines deleted...]
-      </c>
       <c r="O88" s="4">
-        <v>319.99</v>
+        <v>69.90</v>
       </c>
       <c r="P88" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89">
-        <v>22857</v>
+        <v>27641</v>
       </c>
       <c r="C89" t="s">
+        <v>282</v>
+      </c>
+      <c r="D89" t="s">
+        <v>157</v>
+      </c>
+      <c r="F89">
+        <v>152</v>
+      </c>
+      <c r="G89">
+        <v>189</v>
+      </c>
+      <c r="H89" t="s">
+        <v>18</v>
+      </c>
+      <c r="I89">
+        <v>150</v>
+      </c>
+      <c r="J89">
+        <v>210</v>
+      </c>
+      <c r="K89">
+        <v>9</v>
+      </c>
+      <c r="L89" s="1">
+        <v>43538</v>
+      </c>
+      <c r="M89" s="2">
+        <v>9788536286877</v>
+      </c>
+      <c r="N89" t="s" s="3">
         <v>283</v>
       </c>
-      <c r="D89" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O89" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P89" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90">
-        <v>27641</v>
+        <v>29527</v>
       </c>
       <c r="C90" t="s">
+        <v>284</v>
+      </c>
+      <c r="D90" t="s">
+        <v>285</v>
+      </c>
+      <c r="F90">
+        <v>182</v>
+      </c>
+      <c r="G90">
+        <v>226</v>
+      </c>
+      <c r="H90" t="s">
+        <v>18</v>
+      </c>
+      <c r="I90">
+        <v>150</v>
+      </c>
+      <c r="J90">
+        <v>210</v>
+      </c>
+      <c r="K90">
+        <v>10</v>
+      </c>
+      <c r="L90" s="1">
+        <v>44629</v>
+      </c>
+      <c r="M90" s="2">
+        <v>9788536295718</v>
+      </c>
+      <c r="N90" t="s" s="3">
         <v>286</v>
       </c>
-      <c r="D90" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O90" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P90" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91">
-        <v>29527</v>
+        <v>28901</v>
       </c>
       <c r="C91" t="s">
+        <v>287</v>
+      </c>
+      <c r="D91" t="s">
+        <v>30</v>
+      </c>
+      <c r="E91" t="s">
+        <v>123</v>
+      </c>
+      <c r="F91">
+        <v>172</v>
+      </c>
+      <c r="G91">
+        <v>213</v>
+      </c>
+      <c r="H91" t="s">
+        <v>18</v>
+      </c>
+      <c r="I91">
+        <v>150</v>
+      </c>
+      <c r="J91">
+        <v>210</v>
+      </c>
+      <c r="K91">
+        <v>9</v>
+      </c>
+      <c r="L91" s="1">
+        <v>44224</v>
+      </c>
+      <c r="M91" s="2">
+        <v>9786556054865</v>
+      </c>
+      <c r="N91" t="s" s="3">
         <v>288</v>
       </c>
-      <c r="D91" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O91" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P91" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92">
-        <v>28901</v>
+        <v>12689</v>
       </c>
       <c r="C92" t="s">
+        <v>289</v>
+      </c>
+      <c r="D92" t="s">
+        <v>290</v>
+      </c>
+      <c r="F92">
+        <v>100</v>
+      </c>
+      <c r="G92">
+        <v>154</v>
+      </c>
+      <c r="H92" t="s">
+        <v>18</v>
+      </c>
+      <c r="I92">
+        <v>150</v>
+      </c>
+      <c r="J92">
+        <v>210</v>
+      </c>
+      <c r="K92">
+        <v>6</v>
+      </c>
+      <c r="L92" s="1">
+        <v>37943</v>
+      </c>
+      <c r="M92" s="2">
+        <v>9788536205823</v>
+      </c>
+      <c r="N92" t="s" s="3">
         <v>291</v>
       </c>
-      <c r="D92" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O92" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P92" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93">
-        <v>12689</v>
+        <v>12920</v>
       </c>
       <c r="C93" t="s">
+        <v>292</v>
+      </c>
+      <c r="D93" t="s">
         <v>293</v>
       </c>
-      <c r="D93" t="s">
+      <c r="F93">
+        <v>184</v>
+      </c>
+      <c r="G93">
+        <v>256</v>
+      </c>
+      <c r="H93" t="s">
+        <v>18</v>
+      </c>
+      <c r="I93">
+        <v>150</v>
+      </c>
+      <c r="J93">
+        <v>210</v>
+      </c>
+      <c r="K93">
+        <v>10</v>
+      </c>
+      <c r="L93" s="1">
+        <v>38182</v>
+      </c>
+      <c r="M93" s="2">
+        <v>9788536207629</v>
+      </c>
+      <c r="N93" t="s" s="3">
         <v>294</v>
       </c>
-      <c r="F93">
-[...23 lines deleted...]
-      <c r="N93" t="s" s="3">
+      <c r="O93" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P93" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94">
-        <v>12920</v>
+        <v>30588</v>
       </c>
       <c r="C94" t="s">
         <v>296</v>
       </c>
       <c r="D94" t="s">
         <v>297</v>
       </c>
       <c r="F94">
-        <v>184</v>
+        <v>134</v>
       </c>
       <c r="G94">
-        <v>256</v>
+        <v>166</v>
       </c>
       <c r="H94" t="s">
         <v>18</v>
       </c>
       <c r="I94">
         <v>150</v>
       </c>
       <c r="J94">
         <v>210</v>
       </c>
       <c r="K94">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L94" s="1">
-        <v>38182</v>
+        <v>45135</v>
       </c>
       <c r="M94" s="2">
-        <v>9788536207629</v>
+        <v>9786526308585</v>
       </c>
       <c r="N94" t="s" s="3">
         <v>298</v>
       </c>
       <c r="O94" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P94" t="s">
-        <v>299</v>
+        <v>248</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95">
-        <v>30588</v>
+        <v>24596</v>
       </c>
       <c r="C95" t="s">
+        <v>299</v>
+      </c>
+      <c r="D95" t="s">
+        <v>40</v>
+      </c>
+      <c r="F95">
+        <v>276</v>
+      </c>
+      <c r="G95">
+        <v>342</v>
+      </c>
+      <c r="H95" t="s">
+        <v>18</v>
+      </c>
+      <c r="I95">
+        <v>150</v>
+      </c>
+      <c r="J95">
+        <v>210</v>
+      </c>
+      <c r="K95">
+        <v>15</v>
+      </c>
+      <c r="L95" s="1">
+        <v>42488</v>
+      </c>
+      <c r="M95" s="2">
+        <v>9788536257402</v>
+      </c>
+      <c r="N95" t="s" s="3">
         <v>300</v>
       </c>
-      <c r="D95" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O95" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P95" t="s">
-        <v>248</v>
+        <v>33</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96">
-        <v>24596</v>
+        <v>23382</v>
       </c>
       <c r="C96" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D96" t="s">
         <v>40</v>
       </c>
       <c r="F96">
-        <v>276</v>
+        <v>316</v>
       </c>
       <c r="G96">
-        <v>342</v>
+        <v>394</v>
       </c>
       <c r="H96" t="s">
         <v>18</v>
       </c>
       <c r="I96">
         <v>150</v>
       </c>
       <c r="J96">
         <v>210</v>
       </c>
       <c r="K96">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="L96" s="1">
-        <v>42488</v>
+        <v>41746</v>
       </c>
       <c r="M96" s="2">
-        <v>9788536257402</v>
+        <v>9788536246208</v>
       </c>
       <c r="N96" t="s" s="3">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="O96" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P96" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97">
-        <v>23382</v>
+        <v>12419</v>
       </c>
       <c r="C97" t="s">
+        <v>303</v>
+      </c>
+      <c r="D97" t="s">
+        <v>304</v>
+      </c>
+      <c r="F97">
+        <v>238</v>
+      </c>
+      <c r="G97">
+        <v>316</v>
+      </c>
+      <c r="H97" t="s">
+        <v>18</v>
+      </c>
+      <c r="I97">
+        <v>150</v>
+      </c>
+      <c r="J97">
+        <v>210</v>
+      </c>
+      <c r="K97">
+        <v>13</v>
+      </c>
+      <c r="L97" s="1">
+        <v>37536</v>
+      </c>
+      <c r="M97" s="2">
+        <v>9788536203034</v>
+      </c>
+      <c r="N97" t="s">
         <v>305</v>
       </c>
-      <c r="D97" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O97" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P97" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98">
-        <v>12419</v>
+        <v>13073</v>
       </c>
       <c r="C98" t="s">
+        <v>306</v>
+      </c>
+      <c r="D98" t="s">
         <v>307</v>
       </c>
-      <c r="D98" t="s">
+      <c r="F98">
+        <v>464</v>
+      </c>
+      <c r="G98">
+        <v>704</v>
+      </c>
+      <c r="H98" t="s">
         <v>308</v>
       </c>
-      <c r="F98">
-[...7 lines deleted...]
-      </c>
       <c r="I98">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J98">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K98">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="L98" s="1">
-        <v>37536</v>
+        <v>38362</v>
       </c>
       <c r="M98" s="2">
-        <v>9788536203034</v>
-[...1 lines deleted...]
-      <c r="N98" t="s">
+        <v>9788536208855</v>
+      </c>
+      <c r="N98" t="s" s="3">
         <v>309</v>
       </c>
       <c r="O98" s="4">
-        <v>109.90</v>
+        <v>209.90</v>
       </c>
       <c r="P98" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99">
-        <v>13073</v>
+        <v>13322</v>
       </c>
       <c r="C99" t="s">
         <v>310</v>
       </c>
       <c r="D99" t="s">
         <v>311</v>
       </c>
       <c r="F99">
-        <v>464</v>
+        <v>352</v>
       </c>
       <c r="G99">
-        <v>704</v>
+        <v>550</v>
       </c>
       <c r="H99" t="s">
+        <v>85</v>
+      </c>
+      <c r="I99">
+        <v>150</v>
+      </c>
+      <c r="J99">
+        <v>210</v>
+      </c>
+      <c r="K99">
+        <v>26</v>
+      </c>
+      <c r="L99" s="1">
+        <v>38699</v>
+      </c>
+      <c r="M99" s="2">
+        <v>9788536211329</v>
+      </c>
+      <c r="N99" t="s" s="3">
         <v>312</v>
       </c>
-      <c r="I99">
-[...16 lines deleted...]
-      </c>
       <c r="O99" s="4">
-        <v>209.90</v>
+        <v>159.90</v>
       </c>
       <c r="P99" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100">
-        <v>13322</v>
+        <v>30557</v>
       </c>
       <c r="C100" t="s">
+        <v>313</v>
+      </c>
+      <c r="D100" t="s">
         <v>314</v>
       </c>
-      <c r="D100" t="s">
+      <c r="F100">
+        <v>132</v>
+      </c>
+      <c r="G100">
+        <v>164</v>
+      </c>
+      <c r="H100" t="s">
+        <v>18</v>
+      </c>
+      <c r="I100">
+        <v>150</v>
+      </c>
+      <c r="J100">
+        <v>210</v>
+      </c>
+      <c r="K100">
+        <v>8</v>
+      </c>
+      <c r="L100" s="1">
+        <v>45113</v>
+      </c>
+      <c r="M100" s="2">
+        <v>9786526305331</v>
+      </c>
+      <c r="N100" t="s" s="3">
         <v>315</v>
       </c>
-      <c r="F100">
-[...23 lines deleted...]
-      <c r="N100" t="s" s="3">
+      <c r="O100" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P100" t="s">
         <v>316</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101">
-        <v>30557</v>
+        <v>12473</v>
       </c>
       <c r="C101" t="s">
         <v>317</v>
       </c>
       <c r="D101" t="s">
         <v>318</v>
       </c>
       <c r="F101">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G101">
-        <v>164</v>
+        <v>198</v>
       </c>
       <c r="H101" t="s">
         <v>18</v>
       </c>
       <c r="I101">
         <v>150</v>
       </c>
       <c r="J101">
         <v>210</v>
       </c>
       <c r="K101">
         <v>8</v>
       </c>
       <c r="L101" s="1">
-        <v>45113</v>
+        <v>37603</v>
       </c>
       <c r="M101" s="2">
-        <v>9786526305331</v>
+        <v>9788536202235</v>
       </c>
       <c r="N101" t="s" s="3">
         <v>319</v>
       </c>
       <c r="O101" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P101" t="s">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102">
-        <v>12473</v>
-[...1 lines deleted...]
-      <c r="C102" t="s">
+        <v>23596</v>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>Entidades Beneficentes de Assistência Social - Contabilidade, Obrigações Acessórias e Principais - Revista e Atualizada pela Lei 12.868/13 e Decreto 8.242 de 23.05.2014</t>
+        </is>
+      </c>
+      <c r="D102" t="s">
+        <v>320</v>
+      </c>
+      <c r="E102" t="s">
+        <v>79</v>
+      </c>
+      <c r="F102">
+        <v>210</v>
+      </c>
+      <c r="G102">
+        <v>260</v>
+      </c>
+      <c r="H102" t="s">
+        <v>18</v>
+      </c>
+      <c r="I102">
+        <v>150</v>
+      </c>
+      <c r="J102">
+        <v>210</v>
+      </c>
+      <c r="K102">
+        <v>11</v>
+      </c>
+      <c r="L102" s="1">
+        <v>41894</v>
+      </c>
+      <c r="M102" s="2">
+        <v>9788536248189</v>
+      </c>
+      <c r="N102" t="s" s="3">
         <v>321</v>
       </c>
-      <c r="D102" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O102" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P102" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103">
-        <v>23596</v>
-[...4 lines deleted...]
-        </is>
+        <v>12957</v>
+      </c>
+      <c r="C103" t="s">
+        <v>322</v>
       </c>
       <c r="D103" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>323</v>
       </c>
       <c r="F103">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="G103">
-        <v>260</v>
+        <v>288</v>
       </c>
       <c r="H103" t="s">
         <v>18</v>
       </c>
       <c r="I103">
         <v>150</v>
       </c>
       <c r="J103">
         <v>210</v>
       </c>
       <c r="K103">
         <v>11</v>
       </c>
       <c r="L103" s="1">
-        <v>41894</v>
+        <v>37858</v>
       </c>
       <c r="M103" s="2">
-        <v>9788536248189</v>
+        <v>9788536206448</v>
       </c>
       <c r="N103" t="s" s="3">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="O103" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P103" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104">
-        <v>12957</v>
+        <v>23368</v>
       </c>
       <c r="C104" t="s">
+        <v>325</v>
+      </c>
+      <c r="D104" t="s">
         <v>326</v>
       </c>
-      <c r="D104" t="s">
+      <c r="F104">
+        <v>154</v>
+      </c>
+      <c r="G104">
+        <v>192</v>
+      </c>
+      <c r="H104" t="s">
+        <v>18</v>
+      </c>
+      <c r="I104">
+        <v>150</v>
+      </c>
+      <c r="J104">
+        <v>210</v>
+      </c>
+      <c r="K104">
+        <v>9</v>
+      </c>
+      <c r="L104" s="1">
+        <v>41732</v>
+      </c>
+      <c r="M104" s="2">
+        <v>9788536246031</v>
+      </c>
+      <c r="N104" t="s" s="3">
         <v>327</v>
       </c>
-      <c r="F104">
-[...25 lines deleted...]
-      </c>
       <c r="O104" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P104" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105">
-        <v>23368</v>
+        <v>28932</v>
       </c>
       <c r="C105" t="s">
+        <v>328</v>
+      </c>
+      <c r="D105" t="s">
+        <v>30</v>
+      </c>
+      <c r="E105" t="s">
+        <v>226</v>
+      </c>
+      <c r="F105">
+        <v>218</v>
+      </c>
+      <c r="G105">
+        <v>270</v>
+      </c>
+      <c r="H105" t="s">
+        <v>18</v>
+      </c>
+      <c r="I105">
+        <v>150</v>
+      </c>
+      <c r="J105">
+        <v>210</v>
+      </c>
+      <c r="K105">
+        <v>11</v>
+      </c>
+      <c r="L105" s="1">
+        <v>44249</v>
+      </c>
+      <c r="M105" s="2">
+        <v>9786556054483</v>
+      </c>
+      <c r="N105" t="s" s="3">
         <v>329</v>
       </c>
-      <c r="D105" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O105" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P105" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106">
-        <v>28932</v>
+        <v>23957</v>
       </c>
       <c r="C106" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D106" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>40</v>
       </c>
       <c r="F106">
-        <v>218</v>
+        <v>336</v>
       </c>
       <c r="G106">
-        <v>270</v>
+        <v>417</v>
       </c>
       <c r="H106" t="s">
         <v>18</v>
       </c>
       <c r="I106">
         <v>150</v>
       </c>
       <c r="J106">
         <v>210</v>
       </c>
       <c r="K106">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="L106" s="1">
-        <v>44249</v>
+        <v>42145</v>
       </c>
       <c r="M106" s="2">
-        <v>9786556054483</v>
+        <v>9788536251394</v>
       </c>
       <c r="N106" t="s" s="3">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="O106" s="4">
-        <v>99.90</v>
+        <v>139.90</v>
       </c>
       <c r="P106" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107">
-        <v>23957</v>
+        <v>30356</v>
       </c>
       <c r="C107" t="s">
+        <v>332</v>
+      </c>
+      <c r="D107" t="s">
+        <v>333</v>
+      </c>
+      <c r="F107">
+        <v>206</v>
+      </c>
+      <c r="G107">
+        <v>255</v>
+      </c>
+      <c r="H107" t="s">
+        <v>18</v>
+      </c>
+      <c r="I107">
+        <v>150</v>
+      </c>
+      <c r="J107">
+        <v>210</v>
+      </c>
+      <c r="K107">
+        <v>10</v>
+      </c>
+      <c r="L107" s="1">
+        <v>45002</v>
+      </c>
+      <c r="M107" s="2">
+        <v>9786526303757</v>
+      </c>
+      <c r="N107" t="s" s="3">
         <v>334</v>
       </c>
-      <c r="D107" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O107" s="4">
-        <v>139.90</v>
+        <v>99.90</v>
       </c>
       <c r="P107" t="s">
-        <v>33</v>
+        <v>258</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108">
-        <v>30356</v>
+        <v>30156</v>
       </c>
       <c r="C108" t="s">
+        <v>335</v>
+      </c>
+      <c r="D108" t="s">
+        <v>40</v>
+      </c>
+      <c r="F108">
+        <v>90</v>
+      </c>
+      <c r="G108">
+        <v>112</v>
+      </c>
+      <c r="H108" t="s">
+        <v>18</v>
+      </c>
+      <c r="I108">
+        <v>150</v>
+      </c>
+      <c r="J108">
+        <v>210</v>
+      </c>
+      <c r="K108">
+        <v>5</v>
+      </c>
+      <c r="L108" s="1">
+        <v>44868</v>
+      </c>
+      <c r="M108" s="2">
+        <v>9786526301739</v>
+      </c>
+      <c r="N108" t="s" s="3">
         <v>336</v>
       </c>
-      <c r="D108" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O108" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P108" t="s">
-        <v>258</v>
+        <v>28</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109">
-        <v>30156</v>
+        <v>21127</v>
       </c>
       <c r="C109" t="s">
+        <v>337</v>
+      </c>
+      <c r="D109" t="s">
+        <v>128</v>
+      </c>
+      <c r="E109" t="s">
+        <v>338</v>
+      </c>
+      <c r="F109">
+        <v>256</v>
+      </c>
+      <c r="G109">
+        <v>320</v>
+      </c>
+      <c r="H109" t="s">
+        <v>18</v>
+      </c>
+      <c r="I109">
+        <v>150</v>
+      </c>
+      <c r="J109">
+        <v>210</v>
+      </c>
+      <c r="K109">
+        <v>14</v>
+      </c>
+      <c r="L109" s="1">
+        <v>39944</v>
+      </c>
+      <c r="M109" s="2">
+        <v>9788536224855</v>
+      </c>
+      <c r="N109" t="s" s="3">
         <v>339</v>
       </c>
-      <c r="D109" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O109" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P109" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110">
-        <v>21127</v>
+        <v>21352</v>
       </c>
       <c r="C110" t="s">
+        <v>340</v>
+      </c>
+      <c r="D110" t="s">
+        <v>40</v>
+      </c>
+      <c r="F110">
+        <v>292</v>
+      </c>
+      <c r="G110">
+        <v>304</v>
+      </c>
+      <c r="H110" t="s">
+        <v>18</v>
+      </c>
+      <c r="I110">
+        <v>150</v>
+      </c>
+      <c r="J110">
+        <v>210</v>
+      </c>
+      <c r="K110">
+        <v>15</v>
+      </c>
+      <c r="L110" s="1">
+        <v>40234</v>
+      </c>
+      <c r="M110" s="2">
+        <v>9788536224787</v>
+      </c>
+      <c r="N110" t="s" s="3">
         <v>341</v>
       </c>
-      <c r="D110" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O110" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P110" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111">
-        <v>21352</v>
+        <v>30395</v>
       </c>
       <c r="C111" t="s">
+        <v>342</v>
+      </c>
+      <c r="D111" t="s">
+        <v>343</v>
+      </c>
+      <c r="F111">
+        <v>202</v>
+      </c>
+      <c r="G111">
+        <v>251</v>
+      </c>
+      <c r="H111" t="s">
+        <v>18</v>
+      </c>
+      <c r="I111">
+        <v>150</v>
+      </c>
+      <c r="J111">
+        <v>210</v>
+      </c>
+      <c r="K111">
+        <v>10</v>
+      </c>
+      <c r="L111" s="1">
+        <v>45016</v>
+      </c>
+      <c r="M111" s="2">
+        <v>9786526305034</v>
+      </c>
+      <c r="N111" t="s" s="3">
         <v>344</v>
       </c>
-      <c r="D111" t="s">
-[...26 lines deleted...]
-      <c r="N111" t="s" s="3">
+      <c r="O111" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P111" t="s">
         <v>345</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
-        <v>30395</v>
+        <v>30875</v>
       </c>
       <c r="C112" t="s">
         <v>346</v>
       </c>
       <c r="D112" t="s">
         <v>347</v>
       </c>
       <c r="F112">
-        <v>202</v>
+        <v>136</v>
       </c>
       <c r="G112">
-        <v>251</v>
+        <v>169</v>
       </c>
       <c r="H112" t="s">
         <v>18</v>
       </c>
       <c r="I112">
         <v>150</v>
       </c>
       <c r="J112">
         <v>210</v>
       </c>
       <c r="K112">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L112" s="1">
-        <v>45016</v>
+        <v>45313</v>
       </c>
       <c r="M112" s="2">
-        <v>9786526305034</v>
+        <v>9786526310892</v>
       </c>
       <c r="N112" t="s" s="3">
         <v>348</v>
       </c>
       <c r="O112" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P112" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
-        <v>30875</v>
+        <v>31023</v>
       </c>
       <c r="C113" t="s">
+        <v>349</v>
+      </c>
+      <c r="D113" t="s">
+        <v>347</v>
+      </c>
+      <c r="F113">
+        <v>116</v>
+      </c>
+      <c r="G113">
+        <v>144</v>
+      </c>
+      <c r="H113" t="s">
+        <v>18</v>
+      </c>
+      <c r="I113">
+        <v>150</v>
+      </c>
+      <c r="J113">
+        <v>210</v>
+      </c>
+      <c r="K113">
+        <v>6</v>
+      </c>
+      <c r="L113" s="1">
+        <v>45408</v>
+      </c>
+      <c r="M113" s="2">
+        <v>9786526309797</v>
+      </c>
+      <c r="N113" t="s" s="3">
         <v>350</v>
-      </c>
-[...28 lines deleted...]
-        <v>352</v>
       </c>
       <c r="O113" s="4">
         <v>69.90</v>
       </c>
       <c r="P113" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
-        <v>31023</v>
+        <v>23033</v>
       </c>
       <c r="C114" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="D114" t="s">
-        <v>351</v>
+        <v>30</v>
       </c>
       <c r="F114">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="G114">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="H114" t="s">
         <v>18</v>
       </c>
       <c r="I114">
         <v>150</v>
       </c>
       <c r="J114">
         <v>210</v>
       </c>
       <c r="K114">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L114" s="1">
-        <v>45408</v>
+        <v>41400</v>
       </c>
       <c r="M114" s="2">
-        <v>9786526309797</v>
+        <v>9788536242422</v>
       </c>
       <c r="N114" t="s" s="3">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="O114" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P114" t="s">
-        <v>349</v>
+        <v>28</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
-        <v>23033</v>
+        <v>23339</v>
       </c>
       <c r="C115" t="s">
+        <v>353</v>
+      </c>
+      <c r="D115" t="s">
+        <v>354</v>
+      </c>
+      <c r="F115">
+        <v>260</v>
+      </c>
+      <c r="G115">
+        <v>335</v>
+      </c>
+      <c r="H115" t="s">
+        <v>18</v>
+      </c>
+      <c r="I115">
+        <v>150</v>
+      </c>
+      <c r="J115">
+        <v>210</v>
+      </c>
+      <c r="K115">
+        <v>14</v>
+      </c>
+      <c r="L115" s="1">
+        <v>41709</v>
+      </c>
+      <c r="M115" s="2">
+        <v>9788536245829</v>
+      </c>
+      <c r="N115" t="s" s="3">
         <v>355</v>
       </c>
-      <c r="D115" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O115" s="4">
-        <v>59.90</v>
+        <v>109.90</v>
       </c>
       <c r="P115" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
-        <v>23339</v>
+        <v>23100</v>
       </c>
       <c r="C116" t="s">
+        <v>356</v>
+      </c>
+      <c r="D116" t="s">
+        <v>30</v>
+      </c>
+      <c r="E116" t="s">
+        <v>31</v>
+      </c>
+      <c r="F116">
+        <v>160</v>
+      </c>
+      <c r="G116">
+        <v>210</v>
+      </c>
+      <c r="H116" t="s">
+        <v>18</v>
+      </c>
+      <c r="I116">
+        <v>150</v>
+      </c>
+      <c r="J116">
+        <v>210</v>
+      </c>
+      <c r="K116">
+        <v>9</v>
+      </c>
+      <c r="L116" s="1">
+        <v>41466</v>
+      </c>
+      <c r="M116" s="2">
+        <v>9788536242262</v>
+      </c>
+      <c r="N116" t="s" s="3">
         <v>357</v>
       </c>
-      <c r="D116" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O116" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P116" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
-        <v>23100</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>22570</v>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Exame de Suficiência em Contabilidade - Perícia Contábil - • Inclui Exercícios e Provas do CFC com gabaritos • Comentários às Resoluções do CFC 1.244/09 e 1.243/09</t>
+        </is>
       </c>
       <c r="D117" t="s">
         <v>30</v>
       </c>
-      <c r="E117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F117">
-        <v>160</v>
+        <v>202</v>
       </c>
       <c r="G117">
-        <v>210</v>
+        <v>315</v>
       </c>
       <c r="H117" t="s">
         <v>18</v>
       </c>
       <c r="I117">
         <v>150</v>
       </c>
       <c r="J117">
         <v>210</v>
       </c>
       <c r="K117">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L117" s="1">
-        <v>41466</v>
+        <v>40998</v>
       </c>
       <c r="M117" s="2">
-        <v>9788536242262</v>
+        <v>9788536235318</v>
       </c>
       <c r="N117" t="s" s="3">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="O117" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P117" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
-        <v>22570</v>
-[...4 lines deleted...]
-        </is>
+        <v>22745</v>
+      </c>
+      <c r="C118" t="s">
+        <v>359</v>
       </c>
       <c r="D118" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F118">
-        <v>202</v>
+        <v>216</v>
       </c>
       <c r="G118">
-        <v>315</v>
+        <v>285</v>
       </c>
       <c r="H118" t="s">
         <v>18</v>
       </c>
       <c r="I118">
         <v>150</v>
       </c>
       <c r="J118">
         <v>210</v>
       </c>
       <c r="K118">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L118" s="1">
-        <v>40998</v>
+        <v>41163</v>
       </c>
       <c r="M118" s="2">
-        <v>9788536235318</v>
+        <v>9788536238760</v>
       </c>
       <c r="N118" t="s" s="3">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="O118" s="4">
         <v>89.90</v>
       </c>
       <c r="P118" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
-        <v>22745</v>
+        <v>30383</v>
       </c>
       <c r="C119" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="D119" t="s">
-        <v>40</v>
+        <v>30</v>
+      </c>
+      <c r="E119" t="s">
+        <v>79</v>
       </c>
       <c r="F119">
-        <v>216</v>
+        <v>196</v>
       </c>
       <c r="G119">
-        <v>285</v>
+        <v>243</v>
       </c>
       <c r="H119" t="s">
         <v>18</v>
       </c>
       <c r="I119">
         <v>150</v>
       </c>
       <c r="J119">
         <v>210</v>
       </c>
       <c r="K119">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L119" s="1">
-        <v>41163</v>
+        <v>45009</v>
       </c>
       <c r="M119" s="2">
-        <v>9788536238760</v>
+        <v>9786526305010</v>
       </c>
       <c r="N119" t="s" s="3">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="O119" s="4">
         <v>89.90</v>
       </c>
       <c r="P119" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
-        <v>30383</v>
+        <v>12386</v>
       </c>
       <c r="C120" t="s">
+        <v>363</v>
+      </c>
+      <c r="D120" t="s">
+        <v>364</v>
+      </c>
+      <c r="F120">
+        <v>252</v>
+      </c>
+      <c r="G120">
+        <v>324</v>
+      </c>
+      <c r="H120" t="s">
+        <v>18</v>
+      </c>
+      <c r="I120">
+        <v>150</v>
+      </c>
+      <c r="J120">
+        <v>210</v>
+      </c>
+      <c r="K120">
+        <v>13</v>
+      </c>
+      <c r="L120" s="1">
+        <v>37454</v>
+      </c>
+      <c r="M120" s="2">
+        <v>9788536200330</v>
+      </c>
+      <c r="N120" t="s" s="3">
         <v>365</v>
       </c>
-      <c r="D120" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O120" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P120" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121">
-        <v>12386</v>
+        <v>28938</v>
       </c>
       <c r="C121" t="s">
+        <v>366</v>
+      </c>
+      <c r="D121" t="s">
+        <v>167</v>
+      </c>
+      <c r="E121" t="s">
+        <v>84</v>
+      </c>
+      <c r="F121">
+        <v>132</v>
+      </c>
+      <c r="G121">
+        <v>162</v>
+      </c>
+      <c r="H121" t="s">
+        <v>18</v>
+      </c>
+      <c r="I121">
+        <v>150</v>
+      </c>
+      <c r="J121">
+        <v>210</v>
+      </c>
+      <c r="K121">
+        <v>7</v>
+      </c>
+      <c r="L121" s="1">
+        <v>44252</v>
+      </c>
+      <c r="M121" s="2">
+        <v>9786556054773</v>
+      </c>
+      <c r="N121" t="s" s="3">
         <v>367</v>
       </c>
-      <c r="D121" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O121" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P121" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122">
-        <v>28938</v>
+        <v>23467</v>
       </c>
       <c r="C122" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D122" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="F122">
-        <v>132</v>
+        <v>268</v>
       </c>
       <c r="G122">
-        <v>162</v>
+        <v>332</v>
       </c>
       <c r="H122" t="s">
         <v>18</v>
       </c>
       <c r="I122">
         <v>150</v>
       </c>
       <c r="J122">
         <v>210</v>
       </c>
       <c r="K122">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="L122" s="1">
-        <v>44252</v>
+        <v>41801</v>
       </c>
       <c r="M122" s="2">
-        <v>9786556054773</v>
+        <v>9788536246895</v>
       </c>
       <c r="N122" t="s" s="3">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="O122" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P122" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123">
-        <v>23467</v>
+        <v>26860</v>
       </c>
       <c r="C123" t="s">
+        <v>370</v>
+      </c>
+      <c r="D123" t="s">
+        <v>371</v>
+      </c>
+      <c r="F123">
+        <v>212</v>
+      </c>
+      <c r="G123">
+        <v>263</v>
+      </c>
+      <c r="H123" t="s">
+        <v>18</v>
+      </c>
+      <c r="I123">
+        <v>150</v>
+      </c>
+      <c r="J123">
+        <v>210</v>
+      </c>
+      <c r="K123">
+        <v>12</v>
+      </c>
+      <c r="L123" s="1">
+        <v>43242</v>
+      </c>
+      <c r="M123" s="2">
+        <v>9788536279404</v>
+      </c>
+      <c r="N123" t="s" s="3">
         <v>372</v>
       </c>
-      <c r="D123" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O123" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P123" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124">
-        <v>26860</v>
+        <v>12597</v>
       </c>
       <c r="C124" t="s">
+        <v>373</v>
+      </c>
+      <c r="D124" t="s">
         <v>374</v>
       </c>
-      <c r="D124" t="s">
+      <c r="F124">
+        <v>144</v>
+      </c>
+      <c r="G124">
+        <v>204</v>
+      </c>
+      <c r="H124" t="s">
+        <v>18</v>
+      </c>
+      <c r="I124">
+        <v>150</v>
+      </c>
+      <c r="J124">
+        <v>210</v>
+      </c>
+      <c r="K124">
+        <v>8</v>
+      </c>
+      <c r="L124" s="1">
+        <v>37789</v>
+      </c>
+      <c r="M124" s="2">
+        <v>9788536202389</v>
+      </c>
+      <c r="N124" t="s" s="3">
         <v>375</v>
       </c>
-      <c r="F124">
-[...25 lines deleted...]
-      </c>
       <c r="O124" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P124" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125">
-        <v>12597</v>
+        <v>25464</v>
       </c>
       <c r="C125" t="s">
+        <v>376</v>
+      </c>
+      <c r="D125" t="s">
         <v>377</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
+        <v>226</v>
+      </c>
+      <c r="F125">
+        <v>422</v>
+      </c>
+      <c r="G125">
+        <v>523</v>
+      </c>
+      <c r="H125" t="s">
+        <v>18</v>
+      </c>
+      <c r="I125">
+        <v>150</v>
+      </c>
+      <c r="J125">
+        <v>210</v>
+      </c>
+      <c r="K125">
+        <v>22</v>
+      </c>
+      <c r="L125" s="1">
+        <v>42788</v>
+      </c>
+      <c r="M125" s="2">
+        <v>9788536265629</v>
+      </c>
+      <c r="N125" t="s" s="3">
         <v>378</v>
       </c>
-      <c r="F125">
-[...25 lines deleted...]
-      </c>
       <c r="O125" s="4">
-        <v>79.90</v>
+        <v>179.90</v>
       </c>
       <c r="P125" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126">
-        <v>25464</v>
+        <v>20810</v>
       </c>
       <c r="C126" t="s">
+        <v>379</v>
+      </c>
+      <c r="D126" t="s">
         <v>380</v>
       </c>
-      <c r="D126" t="s">
+      <c r="F126">
+        <v>332</v>
+      </c>
+      <c r="G126">
+        <v>368</v>
+      </c>
+      <c r="H126" t="s">
+        <v>18</v>
+      </c>
+      <c r="I126">
+        <v>150</v>
+      </c>
+      <c r="J126">
+        <v>210</v>
+      </c>
+      <c r="K126">
+        <v>17</v>
+      </c>
+      <c r="L126" s="1">
+        <v>39678</v>
+      </c>
+      <c r="M126" s="2">
+        <v>9788536220925</v>
+      </c>
+      <c r="N126" t="s" s="3">
         <v>381</v>
       </c>
-      <c r="E126" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O126" s="4">
-        <v>179.90</v>
+        <v>139.90</v>
       </c>
       <c r="P126" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127">
-        <v>20810</v>
+        <v>30132</v>
       </c>
       <c r="C127" t="s">
+        <v>382</v>
+      </c>
+      <c r="D127" t="s">
         <v>383</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
+        <v>226</v>
+      </c>
+      <c r="F127">
         <v>384</v>
       </c>
-      <c r="F127">
-[...1 lines deleted...]
-      </c>
       <c r="G127">
-        <v>368</v>
+        <v>476</v>
       </c>
       <c r="H127" t="s">
         <v>18</v>
       </c>
       <c r="I127">
         <v>150</v>
       </c>
       <c r="J127">
         <v>210</v>
       </c>
       <c r="K127">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="L127" s="1">
-        <v>39678</v>
+        <v>44853</v>
       </c>
       <c r="M127" s="2">
-        <v>9788536220925</v>
+        <v>9786526302071</v>
       </c>
       <c r="N127" t="s" s="3">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="O127" s="4">
-        <v>139.90</v>
+        <v>189.90</v>
       </c>
       <c r="P127" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128">
-        <v>30132</v>
+        <v>29237</v>
       </c>
       <c r="C128" t="s">
+        <v>385</v>
+      </c>
+      <c r="D128" t="s">
+        <v>30</v>
+      </c>
+      <c r="E128" t="s">
+        <v>84</v>
+      </c>
+      <c r="F128">
+        <v>186</v>
+      </c>
+      <c r="G128">
+        <v>231</v>
+      </c>
+      <c r="H128" t="s">
+        <v>18</v>
+      </c>
+      <c r="I128">
+        <v>150</v>
+      </c>
+      <c r="J128">
+        <v>210</v>
+      </c>
+      <c r="K128">
+        <v>10</v>
+      </c>
+      <c r="L128" s="1">
+        <v>44441</v>
+      </c>
+      <c r="M128" s="2">
+        <v>9786556057231</v>
+      </c>
+      <c r="N128" t="s" s="3">
         <v>386</v>
       </c>
-      <c r="D128" t="s">
+      <c r="O128" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P128" t="s">
         <v>387</v>
-      </c>
-[...34 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129">
-        <v>29237</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>29305</v>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>Fundo de Comércio Goodwill - Apuração de Haveres - Balanço Patrimonial - Dano Emergente - Lucro Cessante - Locação Não Residencial - Desapropriações - Cooperativas - Franquias - Reembolso de Ações - Acervos Técnicos - Vida Útil - Perda de Oportunidade ou de Chance de Negócios</t>
+        </is>
       </c>
       <c r="D129" t="s">
         <v>30</v>
       </c>
       <c r="E129" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="F129">
-        <v>186</v>
+        <v>490</v>
       </c>
       <c r="G129">
-        <v>231</v>
+        <v>608</v>
       </c>
       <c r="H129" t="s">
         <v>18</v>
       </c>
       <c r="I129">
         <v>150</v>
       </c>
       <c r="J129">
         <v>210</v>
       </c>
       <c r="K129">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="L129" s="1">
-        <v>44441</v>
+        <v>44484</v>
       </c>
       <c r="M129" s="2">
-        <v>9786556057231</v>
+        <v>9786556057330</v>
       </c>
       <c r="N129" t="s" s="3">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="O129" s="4">
-        <v>99.90</v>
+        <v>209.90</v>
       </c>
       <c r="P129" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130">
-        <v>29305</v>
-[...4 lines deleted...]
-        </is>
+        <v>28863</v>
+      </c>
+      <c r="C130" t="s">
+        <v>389</v>
       </c>
       <c r="D130" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="E130" t="s">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="F130">
-        <v>490</v>
+        <v>202</v>
       </c>
       <c r="G130">
-        <v>608</v>
+        <v>251</v>
       </c>
       <c r="H130" t="s">
         <v>18</v>
       </c>
       <c r="I130">
         <v>150</v>
       </c>
       <c r="J130">
         <v>210</v>
       </c>
       <c r="K130">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="L130" s="1">
-        <v>44484</v>
+        <v>44200</v>
       </c>
       <c r="M130" s="2">
-        <v>9786556057330</v>
+        <v>9786556053226</v>
       </c>
       <c r="N130" t="s" s="3">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="O130" s="4">
-        <v>209.90</v>
+        <v>99.90</v>
       </c>
       <c r="P130" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131">
-        <v>28863</v>
-[...2 lines deleted...]
-        <v>393</v>
+        <v>30015</v>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Gerenciamento de Fusões e Aquisições - Aspectos Societários, Tributários, Contábeis, Regulatórios e de Governança - Enfoque Multidisciplinar e Estratégico - Análise de Casos Reais</t>
+        </is>
       </c>
       <c r="D131" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>391</v>
       </c>
       <c r="F131">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="G131">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="H131" t="s">
         <v>18</v>
       </c>
       <c r="I131">
         <v>150</v>
       </c>
       <c r="J131">
         <v>210</v>
       </c>
       <c r="K131">
         <v>11</v>
       </c>
       <c r="L131" s="1">
-        <v>44200</v>
+        <v>44806</v>
       </c>
       <c r="M131" s="2">
-        <v>9786556053226</v>
+        <v>9786526301104</v>
       </c>
       <c r="N131" t="s" s="3">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="O131" s="4">
         <v>99.90</v>
       </c>
       <c r="P131" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132">
-        <v>30015</v>
-[...4 lines deleted...]
-        </is>
+        <v>31600</v>
+      </c>
+      <c r="C132" t="s">
+        <v>393</v>
       </c>
       <c r="D132" t="s">
+        <v>394</v>
+      </c>
+      <c r="F132">
+        <v>150</v>
+      </c>
+      <c r="G132">
+        <v>206</v>
+      </c>
+      <c r="H132" t="s">
+        <v>18</v>
+      </c>
+      <c r="I132">
+        <v>150</v>
+      </c>
+      <c r="J132">
+        <v>210</v>
+      </c>
+      <c r="K132">
+        <v>8</v>
+      </c>
+      <c r="L132" s="1">
+        <v>45805</v>
+      </c>
+      <c r="M132" s="2">
+        <v>9786526314043</v>
+      </c>
+      <c r="N132" t="s" s="3">
         <v>395</v>
       </c>
-      <c r="F132">
-[...23 lines deleted...]
-      <c r="N132" t="s" s="3">
+      <c r="O132" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P132" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133">
-        <v>31600</v>
+        <v>22023</v>
       </c>
       <c r="C133" t="s">
         <v>397</v>
       </c>
       <c r="D133" t="s">
         <v>398</v>
       </c>
+      <c r="E133" t="s">
+        <v>31</v>
+      </c>
       <c r="F133">
-        <v>150</v>
+        <v>322</v>
       </c>
       <c r="G133">
-        <v>206</v>
+        <v>390</v>
       </c>
       <c r="H133" t="s">
         <v>18</v>
       </c>
       <c r="I133">
         <v>150</v>
       </c>
       <c r="J133">
         <v>210</v>
       </c>
       <c r="K133">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="L133" s="1">
-        <v>45805</v>
+        <v>40464</v>
       </c>
       <c r="M133" s="2">
-        <v>9786526314043</v>
+        <v>9788536231341</v>
       </c>
       <c r="N133" t="s" s="3">
         <v>399</v>
       </c>
       <c r="O133" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P133" t="s">
-        <v>400</v>
+        <v>28</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134">
-        <v>22023</v>
-[...1 lines deleted...]
-      <c r="C134" t="s">
+        <v>25290</v>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Gestão das Sociedades Anônimas - Aspectos Jurídicos da Responsabilidade dos Administradores - Edição Revista e Atualizada de Acordo com a Lei 12.846/2013 (Lei Anticorrupção e de Compliance) e a Lei 13.303/2016 (Nova Lei das Estatais)</t>
+        </is>
+      </c>
+      <c r="D134" t="s">
+        <v>400</v>
+      </c>
+      <c r="E134" t="s">
         <v>401</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134">
+        <v>188</v>
+      </c>
+      <c r="G134">
+        <v>233</v>
+      </c>
+      <c r="H134" t="s">
+        <v>18</v>
+      </c>
+      <c r="I134">
+        <v>150</v>
+      </c>
+      <c r="J134">
+        <v>210</v>
+      </c>
+      <c r="K134">
+        <v>10</v>
+      </c>
+      <c r="L134" s="1">
+        <v>42704</v>
+      </c>
+      <c r="M134" s="2">
+        <v>9788536264264</v>
+      </c>
+      <c r="N134" t="s" s="3">
         <v>402</v>
       </c>
-      <c r="E134" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O134" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P134" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135">
-        <v>25290</v>
-[...4 lines deleted...]
-        </is>
+        <v>21676</v>
+      </c>
+      <c r="C135" t="s">
+        <v>403</v>
       </c>
       <c r="D135" t="s">
         <v>404</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135">
+        <v>202</v>
+      </c>
+      <c r="G135">
+        <v>265</v>
+      </c>
+      <c r="H135" t="s">
+        <v>18</v>
+      </c>
+      <c r="I135">
+        <v>150</v>
+      </c>
+      <c r="J135">
+        <v>210</v>
+      </c>
+      <c r="K135">
+        <v>11</v>
+      </c>
+      <c r="L135" s="1">
+        <v>40269</v>
+      </c>
+      <c r="M135" s="2">
+        <v>9788536228365</v>
+      </c>
+      <c r="N135" t="s" s="3">
         <v>405</v>
       </c>
-      <c r="F135">
-[...25 lines deleted...]
-      </c>
       <c r="O135" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P135" t="s">
-        <v>299</v>
+        <v>28</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136">
-        <v>21676</v>
+        <v>21550</v>
       </c>
       <c r="C136" t="s">
+        <v>406</v>
+      </c>
+      <c r="D136" t="s">
         <v>407</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136">
+        <v>176</v>
+      </c>
+      <c r="G136">
+        <v>198</v>
+      </c>
+      <c r="H136" t="s">
+        <v>18</v>
+      </c>
+      <c r="I136">
+        <v>150</v>
+      </c>
+      <c r="J136">
+        <v>210</v>
+      </c>
+      <c r="K136">
+        <v>10</v>
+      </c>
+      <c r="L136" s="1">
+        <v>40226</v>
+      </c>
+      <c r="M136" s="2">
+        <v>9788536228389</v>
+      </c>
+      <c r="N136" t="s" s="3">
         <v>408</v>
       </c>
-      <c r="F136">
-[...25 lines deleted...]
-      </c>
       <c r="O136" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P136" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137">
-        <v>21550</v>
+        <v>28670</v>
       </c>
       <c r="C137" t="s">
+        <v>409</v>
+      </c>
+      <c r="D137" t="s">
         <v>410</v>
       </c>
-      <c r="D137" t="s">
+      <c r="F137">
+        <v>122</v>
+      </c>
+      <c r="G137">
+        <v>151</v>
+      </c>
+      <c r="H137" t="s">
+        <v>18</v>
+      </c>
+      <c r="I137">
+        <v>150</v>
+      </c>
+      <c r="J137">
+        <v>210</v>
+      </c>
+      <c r="K137">
+        <v>7</v>
+      </c>
+      <c r="L137" s="1">
+        <v>44083</v>
+      </c>
+      <c r="M137" s="2">
+        <v>9786556051390</v>
+      </c>
+      <c r="N137" t="s" s="3">
         <v>411</v>
       </c>
-      <c r="F137">
-[...25 lines deleted...]
-      </c>
       <c r="O137" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P137" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138">
-        <v>28670</v>
+        <v>20933</v>
       </c>
       <c r="C138" t="s">
+        <v>412</v>
+      </c>
+      <c r="D138" t="s">
         <v>413</v>
       </c>
-      <c r="D138" t="s">
+      <c r="F138">
+        <v>276</v>
+      </c>
+      <c r="G138">
+        <v>390</v>
+      </c>
+      <c r="H138" t="s">
+        <v>18</v>
+      </c>
+      <c r="I138">
+        <v>150</v>
+      </c>
+      <c r="J138">
+        <v>210</v>
+      </c>
+      <c r="K138">
+        <v>15</v>
+      </c>
+      <c r="L138" s="1">
+        <v>39763</v>
+      </c>
+      <c r="M138" s="2">
+        <v>9788536222691</v>
+      </c>
+      <c r="N138" t="s" s="3">
         <v>414</v>
       </c>
-      <c r="F138">
-[...25 lines deleted...]
-      </c>
       <c r="O138" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P138" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139">
-        <v>20933</v>
+        <v>22042</v>
       </c>
       <c r="C139" t="s">
+        <v>415</v>
+      </c>
+      <c r="D139" t="s">
         <v>416</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139">
+        <v>256</v>
+      </c>
+      <c r="G139">
+        <v>325</v>
+      </c>
+      <c r="H139" t="s">
+        <v>18</v>
+      </c>
+      <c r="I139">
+        <v>150</v>
+      </c>
+      <c r="J139">
+        <v>210</v>
+      </c>
+      <c r="K139">
+        <v>14</v>
+      </c>
+      <c r="L139" s="1">
+        <v>40479</v>
+      </c>
+      <c r="M139" s="2">
+        <v>9788536231686</v>
+      </c>
+      <c r="N139" t="s" s="3">
         <v>417</v>
       </c>
-      <c r="F139">
-[...25 lines deleted...]
-      </c>
       <c r="O139" s="4">
-        <v>119.90</v>
+        <v>109.90</v>
       </c>
       <c r="P139" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140">
-        <v>22042</v>
+        <v>21523</v>
       </c>
       <c r="C140" t="s">
+        <v>418</v>
+      </c>
+      <c r="D140" t="s">
+        <v>164</v>
+      </c>
+      <c r="F140">
+        <v>208</v>
+      </c>
+      <c r="G140">
+        <v>275</v>
+      </c>
+      <c r="H140" t="s">
+        <v>18</v>
+      </c>
+      <c r="I140">
+        <v>150</v>
+      </c>
+      <c r="J140">
+        <v>210</v>
+      </c>
+      <c r="K140">
+        <v>11</v>
+      </c>
+      <c r="L140" s="1">
+        <v>40219</v>
+      </c>
+      <c r="M140" s="2">
+        <v>9788536228372</v>
+      </c>
+      <c r="N140" t="s" s="3">
         <v>419</v>
       </c>
-      <c r="D140" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O140" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P140" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141">
-        <v>21523</v>
+        <v>23816</v>
       </c>
       <c r="C141" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D141" t="s">
-        <v>164</v>
+        <v>40</v>
       </c>
       <c r="F141">
-        <v>208</v>
+        <v>230</v>
       </c>
       <c r="G141">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="H141" t="s">
         <v>18</v>
       </c>
       <c r="I141">
         <v>150</v>
       </c>
       <c r="J141">
         <v>210</v>
       </c>
       <c r="K141">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L141" s="1">
-        <v>40219</v>
+        <v>42060</v>
       </c>
       <c r="M141" s="2">
-        <v>9788536228372</v>
+        <v>9788536250335</v>
       </c>
       <c r="N141" t="s" s="3">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="O141" s="4">
-        <v>89.90</v>
+        <v>97.70</v>
       </c>
       <c r="P141" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142">
-        <v>23816</v>
+        <v>27572</v>
       </c>
       <c r="C142" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D142" t="s">
-        <v>40</v>
+        <v>130</v>
       </c>
       <c r="F142">
-        <v>230</v>
+        <v>174</v>
       </c>
       <c r="G142">
-        <v>285</v>
+        <v>216</v>
       </c>
       <c r="H142" t="s">
         <v>18</v>
       </c>
       <c r="I142">
         <v>150</v>
       </c>
       <c r="J142">
         <v>210</v>
       </c>
       <c r="K142">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L142" s="1">
-        <v>42060</v>
+        <v>43511</v>
       </c>
       <c r="M142" s="2">
-        <v>9788536250335</v>
+        <v>9788536286327</v>
       </c>
       <c r="N142" t="s" s="3">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="O142" s="4">
-        <v>97.70</v>
+        <v>79.90</v>
       </c>
       <c r="P142" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143">
-        <v>27572</v>
+        <v>23278</v>
       </c>
       <c r="C143" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D143" t="s">
-        <v>130</v>
+        <v>43</v>
       </c>
       <c r="F143">
-        <v>174</v>
+        <v>268</v>
       </c>
       <c r="G143">
-        <v>216</v>
+        <v>334</v>
       </c>
       <c r="H143" t="s">
         <v>18</v>
       </c>
       <c r="I143">
         <v>150</v>
       </c>
       <c r="J143">
         <v>210</v>
       </c>
       <c r="K143">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L143" s="1">
-        <v>43511</v>
+        <v>41627</v>
       </c>
       <c r="M143" s="2">
-        <v>9788536286327</v>
+        <v>9788536244860</v>
       </c>
       <c r="N143" t="s" s="3">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="O143" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P143" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
-        <v>23278</v>
+        <v>22489</v>
       </c>
       <c r="C144" t="s">
+        <v>426</v>
+      </c>
+      <c r="D144" t="s">
+        <v>427</v>
+      </c>
+      <c r="F144">
+        <v>276</v>
+      </c>
+      <c r="G144">
+        <v>397</v>
+      </c>
+      <c r="H144" t="s">
+        <v>18</v>
+      </c>
+      <c r="I144">
+        <v>150</v>
+      </c>
+      <c r="J144">
+        <v>210</v>
+      </c>
+      <c r="K144">
+        <v>15</v>
+      </c>
+      <c r="L144" s="1">
+        <v>40939</v>
+      </c>
+      <c r="M144" s="2">
+        <v>9788536236346</v>
+      </c>
+      <c r="N144" t="s" s="3">
         <v>428</v>
       </c>
-      <c r="D144" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O144" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P144" t="s">
-        <v>28</v>
+        <v>248</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
-        <v>22489</v>
+        <v>24856</v>
       </c>
       <c r="C145" t="s">
+        <v>429</v>
+      </c>
+      <c r="D145" t="s">
         <v>430</v>
       </c>
-      <c r="D145" t="s">
+      <c r="F145">
+        <v>328</v>
+      </c>
+      <c r="G145">
+        <v>417</v>
+      </c>
+      <c r="H145" t="s">
+        <v>18</v>
+      </c>
+      <c r="I145">
+        <v>150</v>
+      </c>
+      <c r="J145">
+        <v>210</v>
+      </c>
+      <c r="K145">
+        <v>17</v>
+      </c>
+      <c r="L145" s="1">
+        <v>42571</v>
+      </c>
+      <c r="M145" s="2">
+        <v>9788536259925</v>
+      </c>
+      <c r="N145" t="s" s="3">
         <v>431</v>
       </c>
-      <c r="F145">
-[...25 lines deleted...]
-      </c>
       <c r="O145" s="4">
-        <v>129.90</v>
+        <v>139.90</v>
       </c>
       <c r="P145" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
-        <v>24856</v>
+        <v>12962</v>
       </c>
       <c r="C146" t="s">
+        <v>432</v>
+      </c>
+      <c r="D146" t="s">
+        <v>250</v>
+      </c>
+      <c r="F146">
+        <v>128</v>
+      </c>
+      <c r="G146">
+        <v>188</v>
+      </c>
+      <c r="H146" t="s">
+        <v>18</v>
+      </c>
+      <c r="I146">
+        <v>150</v>
+      </c>
+      <c r="J146">
+        <v>210</v>
+      </c>
+      <c r="K146">
+        <v>8</v>
+      </c>
+      <c r="L146" s="1">
+        <v>38233</v>
+      </c>
+      <c r="M146" s="2">
+        <v>9788536207896</v>
+      </c>
+      <c r="N146" t="s" s="3">
         <v>433</v>
       </c>
-      <c r="D146" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O146" s="4">
-        <v>139.90</v>
+        <v>59.90</v>
       </c>
       <c r="P146" t="s">
-        <v>248</v>
+        <v>28</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
-        <v>12962</v>
+        <v>24466</v>
       </c>
       <c r="C147" t="s">
+        <v>434</v>
+      </c>
+      <c r="D147" t="s">
+        <v>435</v>
+      </c>
+      <c r="F147">
+        <v>154</v>
+      </c>
+      <c r="G147">
+        <v>191</v>
+      </c>
+      <c r="H147" t="s">
+        <v>18</v>
+      </c>
+      <c r="I147">
+        <v>150</v>
+      </c>
+      <c r="J147">
+        <v>210</v>
+      </c>
+      <c r="K147">
+        <v>9</v>
+      </c>
+      <c r="L147" s="1">
+        <v>42440</v>
+      </c>
+      <c r="M147" s="2">
+        <v>9788536256245</v>
+      </c>
+      <c r="N147" t="s" s="3">
         <v>436</v>
       </c>
-      <c r="D147" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O147" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P147" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
-        <v>24466</v>
+        <v>22298</v>
       </c>
       <c r="C148" t="s">
+        <v>437</v>
+      </c>
+      <c r="D148" t="s">
         <v>438</v>
       </c>
-      <c r="D148" t="s">
+      <c r="F148">
+        <v>109</v>
+      </c>
+      <c r="G148">
+        <v>134</v>
+      </c>
+      <c r="H148" t="s">
+        <v>18</v>
+      </c>
+      <c r="I148">
+        <v>150</v>
+      </c>
+      <c r="J148">
+        <v>210</v>
+      </c>
+      <c r="K148">
+        <v>7</v>
+      </c>
+      <c r="L148" s="1">
+        <v>40791</v>
+      </c>
+      <c r="M148" s="2">
+        <v>9788536234298</v>
+      </c>
+      <c r="N148" t="s" s="3">
         <v>439</v>
       </c>
-      <c r="F148">
-[...25 lines deleted...]
-      </c>
       <c r="O148" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P148" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
-        <v>22298</v>
+        <v>20829</v>
       </c>
       <c r="C149" t="s">
+        <v>440</v>
+      </c>
+      <c r="D149" t="s">
         <v>441</v>
       </c>
-      <c r="D149" t="s">
+      <c r="F149">
+        <v>132</v>
+      </c>
+      <c r="G149">
+        <v>178</v>
+      </c>
+      <c r="H149" t="s">
+        <v>18</v>
+      </c>
+      <c r="I149">
+        <v>150</v>
+      </c>
+      <c r="J149">
+        <v>210</v>
+      </c>
+      <c r="K149">
+        <v>8</v>
+      </c>
+      <c r="L149" s="1">
+        <v>39680</v>
+      </c>
+      <c r="M149" s="2">
+        <v>9788536221410</v>
+      </c>
+      <c r="N149" t="s" s="3">
         <v>442</v>
       </c>
-      <c r="F149">
-[...25 lines deleted...]
-      </c>
       <c r="O149" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P149" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
-        <v>20829</v>
+        <v>27421</v>
       </c>
       <c r="C150" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D150" t="s">
-        <v>445</v>
+        <v>394</v>
       </c>
       <c r="F150">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="G150">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="H150" t="s">
         <v>18</v>
       </c>
       <c r="I150">
         <v>150</v>
       </c>
       <c r="J150">
         <v>210</v>
       </c>
       <c r="K150">
         <v>8</v>
       </c>
       <c r="L150" s="1">
-        <v>39680</v>
+        <v>43427</v>
       </c>
       <c r="M150" s="2">
-        <v>9788536221410</v>
+        <v>9788536284804</v>
       </c>
       <c r="N150" t="s" s="3">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="O150" s="4">
         <v>69.90</v>
       </c>
       <c r="P150" t="s">
-        <v>299</v>
+        <v>28</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
-        <v>27421</v>
+        <v>12390</v>
       </c>
       <c r="C151" t="s">
+        <v>445</v>
+      </c>
+      <c r="D151" t="s">
+        <v>446</v>
+      </c>
+      <c r="E151" t="s">
         <v>447</v>
       </c>
-      <c r="D151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F151">
-        <v>142</v>
+        <v>204</v>
       </c>
       <c r="G151">
-        <v>176</v>
+        <v>266</v>
       </c>
       <c r="H151" t="s">
         <v>18</v>
       </c>
       <c r="I151">
         <v>150</v>
       </c>
       <c r="J151">
         <v>210</v>
       </c>
       <c r="K151">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L151" s="1">
-        <v>43427</v>
+        <v>37460</v>
       </c>
       <c r="M151" s="2">
-        <v>9788536284804</v>
-[...1 lines deleted...]
-      <c r="N151" t="s" s="3">
+        <v>9788536201245</v>
+      </c>
+      <c r="N151" t="s">
         <v>448</v>
       </c>
       <c r="O151" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P151" t="s">
-        <v>28</v>
+        <v>449</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
-        <v>12390</v>
+        <v>30524</v>
       </c>
       <c r="C152" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D152" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E152" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F152">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="G152">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="H152" t="s">
         <v>18</v>
       </c>
       <c r="I152">
         <v>150</v>
       </c>
       <c r="J152">
         <v>210</v>
       </c>
       <c r="K152">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L152" s="1">
-        <v>37460</v>
+        <v>45093</v>
       </c>
       <c r="M152" s="2">
-        <v>9788536201245</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>9786526304143</v>
+      </c>
+      <c r="N152" t="s" s="3">
+        <v>453</v>
       </c>
       <c r="O152" s="4">
         <v>99.90</v>
       </c>
       <c r="P152" t="s">
-        <v>453</v>
+        <v>28</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
-        <v>30524</v>
+        <v>23537</v>
       </c>
       <c r="C153" t="s">
         <v>454</v>
       </c>
       <c r="D153" t="s">
+        <v>40</v>
+      </c>
+      <c r="F153">
+        <v>194</v>
+      </c>
+      <c r="G153">
+        <v>241</v>
+      </c>
+      <c r="H153" t="s">
+        <v>18</v>
+      </c>
+      <c r="I153">
+        <v>150</v>
+      </c>
+      <c r="J153">
+        <v>210</v>
+      </c>
+      <c r="K153">
+        <v>11</v>
+      </c>
+      <c r="L153" s="1">
+        <v>41855</v>
+      </c>
+      <c r="M153" s="2">
+        <v>9788536247625</v>
+      </c>
+      <c r="N153" t="s" s="3">
         <v>455</v>
       </c>
-      <c r="E153" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O153" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
-        <v>23537</v>
+        <v>13463</v>
       </c>
       <c r="C154" t="s">
+        <v>456</v>
+      </c>
+      <c r="D154" t="s">
+        <v>457</v>
+      </c>
+      <c r="F154">
+        <v>240</v>
+      </c>
+      <c r="G154">
+        <v>302</v>
+      </c>
+      <c r="H154" t="s">
+        <v>18</v>
+      </c>
+      <c r="I154">
+        <v>150</v>
+      </c>
+      <c r="J154">
+        <v>210</v>
+      </c>
+      <c r="K154">
+        <v>13</v>
+      </c>
+      <c r="L154" s="1">
+        <v>38877</v>
+      </c>
+      <c r="M154" s="2">
+        <v>9788536212838</v>
+      </c>
+      <c r="N154" t="s" s="3">
         <v>458</v>
       </c>
-      <c r="D154" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O154" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P154" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
-        <v>13463</v>
+        <v>31249</v>
       </c>
       <c r="C155" t="s">
+        <v>459</v>
+      </c>
+      <c r="D155" t="s">
         <v>460</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155">
+        <v>110</v>
+      </c>
+      <c r="G155">
+        <v>136</v>
+      </c>
+      <c r="H155" t="s">
+        <v>18</v>
+      </c>
+      <c r="I155">
+        <v>150</v>
+      </c>
+      <c r="J155">
+        <v>210</v>
+      </c>
+      <c r="K155">
+        <v>6</v>
+      </c>
+      <c r="L155" s="1">
+        <v>45568</v>
+      </c>
+      <c r="M155" s="2">
+        <v>9786526311905</v>
+      </c>
+      <c r="N155" t="s" s="3">
         <v>461</v>
       </c>
-      <c r="F155">
-[...25 lines deleted...]
-      </c>
       <c r="O155" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P155" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
-        <v>31249</v>
+        <v>29349</v>
       </c>
       <c r="C156" t="s">
+        <v>462</v>
+      </c>
+      <c r="D156" t="s">
         <v>463</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" t="s">
+        <v>79</v>
+      </c>
+      <c r="F156">
+        <v>550</v>
+      </c>
+      <c r="G156">
+        <v>680</v>
+      </c>
+      <c r="H156" t="s">
+        <v>18</v>
+      </c>
+      <c r="I156">
+        <v>150</v>
+      </c>
+      <c r="J156">
+        <v>210</v>
+      </c>
+      <c r="K156">
+        <v>27</v>
+      </c>
+      <c r="L156" s="1">
+        <v>44508</v>
+      </c>
+      <c r="M156" s="2">
+        <v>9786556058337</v>
+      </c>
+      <c r="N156" t="s" s="3">
         <v>464</v>
       </c>
-      <c r="F156">
-[...25 lines deleted...]
-      </c>
       <c r="O156" s="4">
-        <v>79.90</v>
+        <v>259.90</v>
       </c>
       <c r="P156" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
-        <v>29349</v>
+        <v>26937</v>
       </c>
       <c r="C157" t="s">
+        <v>465</v>
+      </c>
+      <c r="D157" t="s">
         <v>466</v>
       </c>
-      <c r="D157" t="s">
+      <c r="F157">
+        <v>228</v>
+      </c>
+      <c r="G157">
+        <v>283</v>
+      </c>
+      <c r="H157" t="s">
+        <v>18</v>
+      </c>
+      <c r="I157">
+        <v>150</v>
+      </c>
+      <c r="J157">
+        <v>210</v>
+      </c>
+      <c r="K157">
+        <v>12</v>
+      </c>
+      <c r="L157" s="1">
+        <v>43273</v>
+      </c>
+      <c r="M157" s="2">
+        <v>9788536280141</v>
+      </c>
+      <c r="N157" t="s" s="3">
         <v>467</v>
       </c>
-      <c r="E157" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O157" s="4">
-        <v>259.90</v>
+        <v>119.90</v>
       </c>
       <c r="P157" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
-        <v>26937</v>
+        <v>20002</v>
       </c>
       <c r="C158" t="s">
+        <v>468</v>
+      </c>
+      <c r="D158" t="s">
         <v>469</v>
       </c>
-      <c r="D158" t="s">
+      <c r="F158">
+        <v>272</v>
+      </c>
+      <c r="G158">
+        <v>458</v>
+      </c>
+      <c r="H158" t="s">
+        <v>308</v>
+      </c>
+      <c r="I158">
+        <v>165</v>
+      </c>
+      <c r="J158">
+        <v>215</v>
+      </c>
+      <c r="K158">
+        <v>21</v>
+      </c>
+      <c r="L158" s="1">
+        <v>38918</v>
+      </c>
+      <c r="M158" s="2">
+        <v>9788536213217</v>
+      </c>
+      <c r="N158" t="s" s="3">
         <v>470</v>
       </c>
-      <c r="F158">
-[...25 lines deleted...]
-      </c>
       <c r="O158" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P158" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159">
-        <v>20002</v>
+        <v>11106</v>
       </c>
       <c r="C159" t="s">
+        <v>471</v>
+      </c>
+      <c r="D159" t="s">
         <v>472</v>
       </c>
-      <c r="D159" t="s">
+      <c r="F159">
+        <v>166</v>
+      </c>
+      <c r="G159">
+        <v>232</v>
+      </c>
+      <c r="H159" t="s">
+        <v>18</v>
+      </c>
+      <c r="I159">
+        <v>150</v>
+      </c>
+      <c r="J159">
+        <v>210</v>
+      </c>
+      <c r="K159">
+        <v>9</v>
+      </c>
+      <c r="L159" s="1">
+        <v>37116</v>
+      </c>
+      <c r="M159" s="2">
+        <v>9788573949049</v>
+      </c>
+      <c r="N159" t="s">
         <v>473</v>
       </c>
-      <c r="F159">
-[...25 lines deleted...]
-      </c>
       <c r="O159" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P159" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160">
-        <v>11106</v>
+        <v>22578</v>
       </c>
       <c r="C160" t="s">
+        <v>474</v>
+      </c>
+      <c r="D160" t="s">
         <v>475</v>
       </c>
-      <c r="D160" t="s">
+      <c r="F160">
+        <v>264</v>
+      </c>
+      <c r="G160">
+        <v>389</v>
+      </c>
+      <c r="H160" t="s">
+        <v>18</v>
+      </c>
+      <c r="I160">
+        <v>150</v>
+      </c>
+      <c r="J160">
+        <v>210</v>
+      </c>
+      <c r="K160">
+        <v>14</v>
+      </c>
+      <c r="L160" s="1">
+        <v>41009</v>
+      </c>
+      <c r="M160" s="2">
+        <v>9788536237381</v>
+      </c>
+      <c r="N160" t="s" s="3">
         <v>476</v>
       </c>
-      <c r="F160">
-[...25 lines deleted...]
-      </c>
       <c r="O160" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P160" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161">
-        <v>22578</v>
+        <v>22659</v>
       </c>
       <c r="C161" t="s">
+        <v>477</v>
+      </c>
+      <c r="D161" t="s">
+        <v>40</v>
+      </c>
+      <c r="F161">
+        <v>252</v>
+      </c>
+      <c r="G161">
+        <v>340</v>
+      </c>
+      <c r="H161" t="s">
+        <v>18</v>
+      </c>
+      <c r="I161">
+        <v>150</v>
+      </c>
+      <c r="J161">
+        <v>210</v>
+      </c>
+      <c r="K161">
+        <v>13</v>
+      </c>
+      <c r="L161" s="1">
+        <v>41093</v>
+      </c>
+      <c r="M161" s="2">
+        <v>9788536237992</v>
+      </c>
+      <c r="N161" t="s" s="3">
         <v>478</v>
-      </c>
-[...28 lines deleted...]
-        <v>480</v>
       </c>
       <c r="O161" s="4">
         <v>109.90</v>
       </c>
       <c r="P161" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162">
-        <v>22659</v>
+        <v>23688</v>
       </c>
       <c r="C162" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="D162" t="s">
-        <v>40</v>
+        <v>30</v>
+      </c>
+      <c r="E162" t="s">
+        <v>79</v>
       </c>
       <c r="F162">
-        <v>252</v>
+        <v>150</v>
       </c>
       <c r="G162">
-        <v>340</v>
+        <v>186</v>
       </c>
       <c r="H162" t="s">
         <v>18</v>
       </c>
       <c r="I162">
         <v>150</v>
       </c>
       <c r="J162">
         <v>210</v>
       </c>
       <c r="K162">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L162" s="1">
-        <v>41093</v>
+        <v>41955</v>
       </c>
       <c r="M162" s="2">
-        <v>9788536237992</v>
+        <v>9788536249032</v>
       </c>
       <c r="N162" t="s" s="3">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="O162" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P162" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163">
-        <v>23688</v>
+        <v>13435</v>
       </c>
       <c r="C163" t="s">
+        <v>481</v>
+      </c>
+      <c r="D163" t="s">
+        <v>482</v>
+      </c>
+      <c r="F163">
+        <v>272</v>
+      </c>
+      <c r="G163">
+        <v>454</v>
+      </c>
+      <c r="H163" t="s">
+        <v>308</v>
+      </c>
+      <c r="I163">
+        <v>165</v>
+      </c>
+      <c r="J163">
+        <v>215</v>
+      </c>
+      <c r="K163">
+        <v>21</v>
+      </c>
+      <c r="L163" s="1">
+        <v>38848</v>
+      </c>
+      <c r="M163" s="2">
+        <v>9788536212449</v>
+      </c>
+      <c r="N163" t="s" s="3">
         <v>483</v>
       </c>
-      <c r="D163" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O163" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P163" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164">
-        <v>13435</v>
+        <v>12963</v>
       </c>
       <c r="C164" t="s">
+        <v>484</v>
+      </c>
+      <c r="D164" t="s">
         <v>485</v>
       </c>
-      <c r="D164" t="s">
+      <c r="F164">
+        <v>148</v>
+      </c>
+      <c r="G164">
+        <v>202</v>
+      </c>
+      <c r="H164" t="s">
+        <v>18</v>
+      </c>
+      <c r="I164">
+        <v>150</v>
+      </c>
+      <c r="J164">
+        <v>210</v>
+      </c>
+      <c r="K164">
+        <v>8</v>
+      </c>
+      <c r="L164" s="1">
+        <v>38239</v>
+      </c>
+      <c r="M164" s="2">
+        <v>9788536207919</v>
+      </c>
+      <c r="N164" t="s" s="3">
         <v>486</v>
       </c>
-      <c r="F164">
-[...25 lines deleted...]
-      </c>
       <c r="O164" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P164" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165">
-        <v>12963</v>
+        <v>12755</v>
       </c>
       <c r="C165" t="s">
+        <v>487</v>
+      </c>
+      <c r="D165" t="s">
         <v>488</v>
       </c>
-      <c r="D165" t="s">
+      <c r="F165">
+        <v>673</v>
+      </c>
+      <c r="G165">
+        <v>948</v>
+      </c>
+      <c r="H165" t="s">
+        <v>18</v>
+      </c>
+      <c r="I165">
+        <v>150</v>
+      </c>
+      <c r="J165">
+        <v>210</v>
+      </c>
+      <c r="K165">
+        <v>34</v>
+      </c>
+      <c r="L165" s="1">
+        <v>38079</v>
+      </c>
+      <c r="M165" s="2">
+        <v>9788536207131</v>
+      </c>
+      <c r="N165" t="s" s="3">
         <v>489</v>
       </c>
-      <c r="F165">
-[...25 lines deleted...]
-      </c>
       <c r="O165" s="4">
-        <v>89.90</v>
+        <v>279.90</v>
       </c>
       <c r="P165" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166">
-        <v>12755</v>
+        <v>30353</v>
       </c>
       <c r="C166" t="s">
+        <v>490</v>
+      </c>
+      <c r="D166" t="s">
+        <v>30</v>
+      </c>
+      <c r="E166" t="s">
+        <v>31</v>
+      </c>
+      <c r="F166">
+        <v>292</v>
+      </c>
+      <c r="G166">
+        <v>362</v>
+      </c>
+      <c r="H166" t="s">
+        <v>18</v>
+      </c>
+      <c r="I166">
+        <v>150</v>
+      </c>
+      <c r="J166">
+        <v>210</v>
+      </c>
+      <c r="K166">
+        <v>14</v>
+      </c>
+      <c r="L166" s="1">
+        <v>44998</v>
+      </c>
+      <c r="M166" s="2">
+        <v>9786526303504</v>
+      </c>
+      <c r="N166" t="s" s="3">
         <v>491</v>
       </c>
-      <c r="D166" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O166" s="4">
-        <v>279.90</v>
+        <v>129.90</v>
       </c>
       <c r="P166" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167">
-        <v>30353</v>
+        <v>20818</v>
       </c>
       <c r="C167" t="s">
+        <v>492</v>
+      </c>
+      <c r="D167" t="s">
+        <v>493</v>
+      </c>
+      <c r="E167" t="s">
+        <v>68</v>
+      </c>
+      <c r="F167">
+        <v>228</v>
+      </c>
+      <c r="G167">
+        <v>300</v>
+      </c>
+      <c r="H167" t="s">
+        <v>18</v>
+      </c>
+      <c r="I167">
+        <v>150</v>
+      </c>
+      <c r="J167">
+        <v>210</v>
+      </c>
+      <c r="K167">
+        <v>12</v>
+      </c>
+      <c r="L167" s="1">
+        <v>39678</v>
+      </c>
+      <c r="M167" s="2">
+        <v>9788536221236</v>
+      </c>
+      <c r="N167" t="s" s="3">
         <v>494</v>
       </c>
-      <c r="D167" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O167" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P167" t="s">
-        <v>20</v>
+        <v>53</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168">
-        <v>20818</v>
-[...1 lines deleted...]
-      <c r="C168" t="s">
+        <v>31211</v>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>Laudo Pericial Contábil - Com Estudos de Laudos Periciais Judiciais, Metodologia para Apuração de Haveres em Processo Judicial e Modelos de Petições - de Acordo com o Código de Processo Civil e com as Normas sobre Perícia do Conselho Federal de Contabilidade</t>
+        </is>
+      </c>
+      <c r="D168" t="s">
+        <v>495</v>
+      </c>
+      <c r="E168" t="s">
+        <v>95</v>
+      </c>
+      <c r="F168">
+        <v>366</v>
+      </c>
+      <c r="G168">
+        <v>454</v>
+      </c>
+      <c r="H168" t="s">
+        <v>18</v>
+      </c>
+      <c r="I168">
+        <v>150</v>
+      </c>
+      <c r="J168">
+        <v>210</v>
+      </c>
+      <c r="K168">
+        <v>18</v>
+      </c>
+      <c r="L168" s="1">
+        <v>45545</v>
+      </c>
+      <c r="M168" s="2">
+        <v>9786526312308</v>
+      </c>
+      <c r="N168" t="s" s="3">
         <v>496</v>
       </c>
-      <c r="D168" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O168" s="4">
-        <v>109.90</v>
+        <v>169.90</v>
       </c>
       <c r="P168" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169">
-        <v>31211</v>
-[...4 lines deleted...]
-        </is>
+        <v>27390</v>
+      </c>
+      <c r="C169" t="s">
+        <v>497</v>
       </c>
       <c r="D169" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="F169">
-        <v>366</v>
+        <v>296</v>
       </c>
       <c r="G169">
-        <v>454</v>
+        <v>367</v>
       </c>
       <c r="H169" t="s">
         <v>18</v>
       </c>
       <c r="I169">
         <v>150</v>
       </c>
       <c r="J169">
         <v>210</v>
       </c>
       <c r="K169">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="L169" s="1">
-        <v>45545</v>
+        <v>43431</v>
       </c>
       <c r="M169" s="2">
-        <v>9786526312308</v>
+        <v>9788536284668</v>
       </c>
       <c r="N169" t="s" s="3">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="O169" s="4">
-        <v>169.90</v>
+        <v>129.90</v>
       </c>
       <c r="P169" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170">
-        <v>27390</v>
+        <v>30366</v>
       </c>
       <c r="C170" t="s">
+        <v>499</v>
+      </c>
+      <c r="D170" t="s">
+        <v>30</v>
+      </c>
+      <c r="E170" t="s">
+        <v>500</v>
+      </c>
+      <c r="F170">
+        <v>546</v>
+      </c>
+      <c r="G170">
+        <v>676</v>
+      </c>
+      <c r="H170" t="s">
+        <v>18</v>
+      </c>
+      <c r="I170">
+        <v>150</v>
+      </c>
+      <c r="J170">
+        <v>210</v>
+      </c>
+      <c r="K170">
+        <v>26</v>
+      </c>
+      <c r="L170" s="1">
+        <v>45007</v>
+      </c>
+      <c r="M170" s="2">
+        <v>9786526303085</v>
+      </c>
+      <c r="N170" t="s" s="3">
         <v>501</v>
       </c>
-      <c r="D170" t="s">
-[...26 lines deleted...]
-      <c r="N170" t="s" s="3">
+      <c r="O170" s="4">
+        <v>239.90</v>
+      </c>
+      <c r="P170" t="s">
         <v>502</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171">
-        <v>30366</v>
+        <v>22463</v>
       </c>
       <c r="C171" t="s">
         <v>503</v>
       </c>
       <c r="D171" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="E171" t="s">
         <v>504</v>
       </c>
       <c r="F171">
-        <v>546</v>
+        <v>144</v>
       </c>
       <c r="G171">
-        <v>676</v>
+        <v>200</v>
       </c>
       <c r="H171" t="s">
         <v>18</v>
       </c>
       <c r="I171">
         <v>150</v>
       </c>
       <c r="J171">
         <v>210</v>
       </c>
       <c r="K171">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="L171" s="1">
-        <v>45007</v>
+        <v>40917</v>
       </c>
       <c r="M171" s="2">
-        <v>9786526303085</v>
+        <v>9788536235837</v>
       </c>
       <c r="N171" t="s" s="3">
         <v>505</v>
       </c>
       <c r="O171" s="4">
-        <v>239.90</v>
+        <v>89.90</v>
       </c>
       <c r="P171" t="s">
-        <v>506</v>
+        <v>28</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172">
-        <v>22463</v>
-[...2 lines deleted...]
-        <v>507</v>
+        <v>30005</v>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>Licitação e Qualificação Econômico-Financeira - Teorias Contábeis: do Equilíbrio Econômico-Financeiro e da Eficiência da Prova Pericial - De Acordo com a Nova Lei de Licitações (Lei 14.133/2021)</t>
+        </is>
       </c>
       <c r="D172" t="s">
-        <v>508</v>
+        <v>30</v>
       </c>
       <c r="F172">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="G172">
-        <v>200</v>
+        <v>223</v>
       </c>
       <c r="H172" t="s">
         <v>18</v>
       </c>
       <c r="I172">
         <v>150</v>
       </c>
       <c r="J172">
         <v>210</v>
       </c>
       <c r="K172">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L172" s="1">
-        <v>40917</v>
+        <v>44804</v>
       </c>
       <c r="M172" s="2">
-        <v>9788536235837</v>
+        <v>9788536299891</v>
       </c>
       <c r="N172" t="s" s="3">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="O172" s="4">
         <v>89.90</v>
       </c>
       <c r="P172" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173">
-        <v>30005</v>
-[...4 lines deleted...]
-        </is>
+        <v>11034</v>
+      </c>
+      <c r="C173" t="s">
+        <v>507</v>
       </c>
       <c r="D173" t="s">
-        <v>30</v>
+        <v>508</v>
       </c>
       <c r="F173">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="G173">
-        <v>223</v>
+        <v>200</v>
       </c>
       <c r="H173" t="s">
         <v>18</v>
       </c>
       <c r="I173">
         <v>150</v>
       </c>
       <c r="J173">
         <v>210</v>
       </c>
       <c r="K173">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="L173" s="1">
-        <v>44804</v>
+        <v>37006</v>
       </c>
       <c r="M173" s="2">
-        <v>9788536299891</v>
+        <v>9788573946901</v>
       </c>
       <c r="N173" t="s" s="3">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="O173" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P173" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174">
-        <v>11034</v>
+        <v>20069</v>
       </c>
       <c r="C174" t="s">
+        <v>510</v>
+      </c>
+      <c r="D174" t="s">
         <v>511</v>
       </c>
-      <c r="D174" t="s">
+      <c r="F174">
+        <v>368</v>
+      </c>
+      <c r="G174">
+        <v>354</v>
+      </c>
+      <c r="H174" t="s">
+        <v>308</v>
+      </c>
+      <c r="I174">
+        <v>165</v>
+      </c>
+      <c r="J174">
+        <v>215</v>
+      </c>
+      <c r="K174">
+        <v>28</v>
+      </c>
+      <c r="L174" s="1">
+        <v>38986</v>
+      </c>
+      <c r="M174" s="2">
+        <v>9788536213712</v>
+      </c>
+      <c r="N174" t="s">
         <v>512</v>
       </c>
-      <c r="F174">
-[...25 lines deleted...]
-      </c>
       <c r="O174" s="4">
-        <v>79.90</v>
+        <v>159.90</v>
       </c>
       <c r="P174" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175">
-        <v>20069</v>
+        <v>13029</v>
       </c>
       <c r="C175" t="s">
+        <v>513</v>
+      </c>
+      <c r="D175" t="s">
         <v>514</v>
       </c>
-      <c r="D175" t="s">
+      <c r="F175">
+        <v>148</v>
+      </c>
+      <c r="G175">
+        <v>204</v>
+      </c>
+      <c r="H175" t="s">
+        <v>18</v>
+      </c>
+      <c r="I175">
+        <v>150</v>
+      </c>
+      <c r="J175">
+        <v>210</v>
+      </c>
+      <c r="K175">
+        <v>8</v>
+      </c>
+      <c r="L175" s="1">
+        <v>38303</v>
+      </c>
+      <c r="M175" s="2">
+        <v>9788536206318</v>
+      </c>
+      <c r="N175" t="s" s="3">
         <v>515</v>
       </c>
-      <c r="F175">
-[...23 lines deleted...]
-      <c r="N175" t="s">
+      <c r="O175" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P175" t="s">
         <v>516</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176">
-        <v>13029</v>
+        <v>13412</v>
       </c>
       <c r="C176" t="s">
         <v>517</v>
       </c>
       <c r="D176" t="s">
         <v>518</v>
       </c>
       <c r="F176">
-        <v>148</v>
+        <v>66</v>
       </c>
       <c r="G176">
-        <v>204</v>
+        <v>110</v>
       </c>
       <c r="H176" t="s">
         <v>18</v>
       </c>
       <c r="I176">
         <v>150</v>
       </c>
       <c r="J176">
         <v>210</v>
       </c>
       <c r="K176">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L176" s="1">
-        <v>38303</v>
+        <v>38814</v>
       </c>
       <c r="M176" s="2">
-        <v>9788536206318</v>
+        <v>9788536212357</v>
       </c>
       <c r="N176" t="s" s="3">
         <v>519</v>
       </c>
       <c r="O176" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P176" t="s">
-        <v>520</v>
+        <v>28</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177">
-        <v>13412</v>
+        <v>20272</v>
       </c>
       <c r="C177" t="s">
+        <v>520</v>
+      </c>
+      <c r="D177" t="s">
         <v>521</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177">
+        <v>176</v>
+      </c>
+      <c r="G177">
+        <v>238</v>
+      </c>
+      <c r="H177" t="s">
+        <v>18</v>
+      </c>
+      <c r="I177">
+        <v>150</v>
+      </c>
+      <c r="J177">
+        <v>210</v>
+      </c>
+      <c r="K177">
+        <v>10</v>
+      </c>
+      <c r="L177" s="1">
+        <v>39219</v>
+      </c>
+      <c r="M177" s="2">
+        <v>9788536215815</v>
+      </c>
+      <c r="N177" t="s" s="3">
         <v>522</v>
       </c>
-      <c r="F177">
-[...25 lines deleted...]
-      </c>
       <c r="O177" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P177" t="s">
-        <v>28</v>
+        <v>449</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178">
-        <v>20272</v>
+        <v>27923</v>
       </c>
       <c r="C178" t="s">
+        <v>523</v>
+      </c>
+      <c r="D178" t="s">
         <v>524</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178" t="s">
+        <v>123</v>
+      </c>
+      <c r="F178">
+        <v>304</v>
+      </c>
+      <c r="G178">
+        <v>420</v>
+      </c>
+      <c r="H178" t="s">
+        <v>18</v>
+      </c>
+      <c r="I178">
+        <v>150</v>
+      </c>
+      <c r="J178">
+        <v>210</v>
+      </c>
+      <c r="K178">
+        <v>16</v>
+      </c>
+      <c r="L178" s="1">
+        <v>43662</v>
+      </c>
+      <c r="M178" s="2">
+        <v>9788536289700</v>
+      </c>
+      <c r="N178" t="s" s="3">
         <v>525</v>
       </c>
-      <c r="F178">
-[...25 lines deleted...]
-      </c>
       <c r="O178" s="4">
-        <v>99.90</v>
+        <v>139.90</v>
       </c>
       <c r="P178" t="s">
-        <v>453</v>
+        <v>87</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179">
-        <v>27923</v>
+        <v>10339</v>
       </c>
       <c r="C179" t="s">
+        <v>526</v>
+      </c>
+      <c r="D179" t="s">
         <v>527</v>
       </c>
-      <c r="D179" t="s">
+      <c r="F179">
+        <v>550</v>
+      </c>
+      <c r="G179">
+        <v>678</v>
+      </c>
+      <c r="H179" t="s">
+        <v>18</v>
+      </c>
+      <c r="I179">
+        <v>150</v>
+      </c>
+      <c r="J179">
+        <v>210</v>
+      </c>
+      <c r="K179">
+        <v>28</v>
+      </c>
+      <c r="L179" s="1">
+        <v>36532</v>
+      </c>
+      <c r="M179" s="2">
+        <v>9788573943139</v>
+      </c>
+      <c r="N179" t="s" s="3">
         <v>528</v>
       </c>
-      <c r="E179" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O179" s="4">
-        <v>139.90</v>
+        <v>219.90</v>
       </c>
       <c r="P179" t="s">
-        <v>87</v>
+        <v>45</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180">
-        <v>10339</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>28866</v>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>Manual De Contabilidade - Teorias, Teoremas, Princípios, Planos de Contas, Escrituração, Conciliações, Demonstrações Financeiras e Análise dos Elementos das Demonstrações - Com destaque para as Particularidades do RIR/2018 e das Sociedades Limitadas e das Anônimas</t>
+        </is>
       </c>
       <c r="D180" t="s">
-        <v>531</v>
+        <v>30</v>
+      </c>
+      <c r="E180" t="s">
+        <v>123</v>
       </c>
       <c r="F180">
-        <v>550</v>
+        <v>688</v>
       </c>
       <c r="G180">
-        <v>678</v>
+        <v>943</v>
       </c>
       <c r="H180" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I180">
         <v>150</v>
       </c>
       <c r="J180">
         <v>210</v>
       </c>
       <c r="K180">
+        <v>52</v>
+      </c>
+      <c r="L180" s="1">
+        <v>44201</v>
+      </c>
+      <c r="M180" s="2">
+        <v>9786556053165</v>
+      </c>
+      <c r="N180" t="s" s="3">
+        <v>529</v>
+      </c>
+      <c r="O180" s="4">
+        <v>279.90</v>
+      </c>
+      <c r="P180" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181">
-        <v>28866</v>
-[...4 lines deleted...]
-        </is>
+        <v>12564</v>
+      </c>
+      <c r="C181" t="s">
+        <v>530</v>
       </c>
       <c r="D181" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>398</v>
       </c>
       <c r="F181">
-        <v>688</v>
+        <v>210</v>
       </c>
       <c r="G181">
-        <v>943</v>
+        <v>280</v>
       </c>
       <c r="H181" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I181">
         <v>150</v>
       </c>
       <c r="J181">
         <v>210</v>
       </c>
       <c r="K181">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="L181" s="1">
-        <v>44201</v>
+        <v>37734</v>
       </c>
       <c r="M181" s="2">
-        <v>9786556053165</v>
+        <v>9788536203621</v>
       </c>
       <c r="N181" t="s" s="3">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="O181" s="4">
-        <v>279.90</v>
+        <v>99.90</v>
       </c>
       <c r="P181" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182">
-        <v>12564</v>
+        <v>23080</v>
       </c>
       <c r="C182" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="D182" t="s">
-        <v>402</v>
+        <v>43</v>
       </c>
       <c r="F182">
-        <v>210</v>
+        <v>234</v>
       </c>
       <c r="G182">
-        <v>280</v>
+        <v>310</v>
       </c>
       <c r="H182" t="s">
         <v>18</v>
       </c>
       <c r="I182">
         <v>150</v>
       </c>
       <c r="J182">
         <v>210</v>
       </c>
       <c r="K182">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="L182" s="1">
-        <v>37734</v>
+        <v>41445</v>
       </c>
       <c r="M182" s="2">
-        <v>9788536203621</v>
+        <v>9788536242781</v>
       </c>
       <c r="N182" t="s" s="3">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="O182" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P182" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183">
-        <v>23080</v>
+        <v>23434</v>
       </c>
       <c r="C183" t="s">
+        <v>534</v>
+      </c>
+      <c r="D183" t="s">
+        <v>535</v>
+      </c>
+      <c r="E183" t="s">
         <v>536</v>
       </c>
-      <c r="D183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F183">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G183">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="H183" t="s">
         <v>18</v>
       </c>
       <c r="I183">
         <v>150</v>
       </c>
       <c r="J183">
         <v>210</v>
       </c>
       <c r="K183">
         <v>13</v>
       </c>
       <c r="L183" s="1">
-        <v>41445</v>
+        <v>41774</v>
       </c>
       <c r="M183" s="2">
-        <v>9788536242781</v>
+        <v>9788536246598</v>
       </c>
       <c r="N183" t="s" s="3">
         <v>537</v>
       </c>
       <c r="O183" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P183" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184">
-        <v>23434</v>
+        <v>29509</v>
       </c>
       <c r="C184" t="s">
         <v>538</v>
       </c>
       <c r="D184" t="s">
         <v>539</v>
       </c>
       <c r="E184" t="s">
+        <v>31</v>
+      </c>
+      <c r="F184">
+        <v>286</v>
+      </c>
+      <c r="G184">
+        <v>355</v>
+      </c>
+      <c r="H184" t="s">
+        <v>18</v>
+      </c>
+      <c r="I184">
+        <v>150</v>
+      </c>
+      <c r="J184">
+        <v>210</v>
+      </c>
+      <c r="K184">
+        <v>15</v>
+      </c>
+      <c r="L184" s="1">
+        <v>44614</v>
+      </c>
+      <c r="M184" s="2">
+        <v>9788536295817</v>
+      </c>
+      <c r="N184" t="s" s="3">
         <v>540</v>
-      </c>
-[...25 lines deleted...]
-        <v>541</v>
       </c>
       <c r="O184" s="4">
         <v>129.90</v>
       </c>
       <c r="P184" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185">
-        <v>29509</v>
+        <v>31037</v>
       </c>
       <c r="C185" t="s">
+        <v>541</v>
+      </c>
+      <c r="D185" t="s">
         <v>542</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" t="s">
         <v>543</v>
       </c>
-      <c r="E185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F185">
-        <v>286</v>
+        <v>532</v>
       </c>
       <c r="G185">
-        <v>355</v>
+        <v>660</v>
       </c>
       <c r="H185" t="s">
         <v>18</v>
       </c>
       <c r="I185">
         <v>150</v>
       </c>
       <c r="J185">
         <v>210</v>
       </c>
       <c r="K185">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="L185" s="1">
-        <v>44614</v>
+        <v>45420</v>
       </c>
       <c r="M185" s="2">
-        <v>9788536295817</v>
+        <v>9786526309216</v>
       </c>
       <c r="N185" t="s" s="3">
         <v>544</v>
       </c>
       <c r="O185" s="4">
-        <v>129.90</v>
+        <v>239.90</v>
       </c>
       <c r="P185" t="s">
-        <v>28</v>
+        <v>545</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186">
-        <v>31037</v>
+        <v>30323</v>
       </c>
       <c r="C186" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D186" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="E186" t="s">
         <v>547</v>
       </c>
       <c r="F186">
-        <v>532</v>
+        <v>222</v>
       </c>
       <c r="G186">
-        <v>660</v>
+        <v>275</v>
       </c>
       <c r="H186" t="s">
         <v>18</v>
       </c>
       <c r="I186">
         <v>150</v>
       </c>
       <c r="J186">
         <v>210</v>
       </c>
       <c r="K186">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="L186" s="1">
-        <v>45420</v>
+        <v>44973</v>
       </c>
       <c r="M186" s="2">
-        <v>9786526309216</v>
+        <v>9786526303801</v>
       </c>
       <c r="N186" t="s" s="3">
         <v>548</v>
       </c>
       <c r="O186" s="4">
-        <v>239.90</v>
+        <v>109.90</v>
       </c>
       <c r="P186" t="s">
-        <v>549</v>
+        <v>53</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187">
-        <v>30323</v>
-[...1 lines deleted...]
-      <c r="C187" t="s">
+        <v>20339</v>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>Manual do SuperSimples - Comentários à Lei Geral das Microempresas e Empresas de Pequeno Porte - Atualizada com Todas as Resoluções do Comitê Gestor, MF e DNRC, até 16/07/2007</t>
+        </is>
+      </c>
+      <c r="D187" t="s">
+        <v>549</v>
+      </c>
+      <c r="E187" t="s">
+        <v>447</v>
+      </c>
+      <c r="F187">
+        <v>368</v>
+      </c>
+      <c r="G187">
+        <v>438</v>
+      </c>
+      <c r="H187" t="s">
+        <v>18</v>
+      </c>
+      <c r="I187">
+        <v>150</v>
+      </c>
+      <c r="J187">
+        <v>210</v>
+      </c>
+      <c r="K187">
+        <v>19</v>
+      </c>
+      <c r="L187" s="1">
+        <v>39280</v>
+      </c>
+      <c r="M187" s="2">
+        <v>9788536216492</v>
+      </c>
+      <c r="N187" t="s" s="3">
         <v>550</v>
       </c>
-      <c r="D187" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O187" s="4">
-        <v>109.90</v>
+        <v>159.90</v>
       </c>
       <c r="P187" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188">
-        <v>20339</v>
-[...4 lines deleted...]
-        </is>
+        <v>21258</v>
+      </c>
+      <c r="C188" t="s">
+        <v>551</v>
       </c>
       <c r="D188" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-        <v>451</v>
+        <v>43</v>
       </c>
       <c r="F188">
-        <v>368</v>
+        <v>224</v>
       </c>
       <c r="G188">
-        <v>438</v>
+        <v>430</v>
       </c>
       <c r="H188" t="s">
         <v>18</v>
       </c>
       <c r="I188">
         <v>150</v>
       </c>
       <c r="J188">
         <v>210</v>
       </c>
       <c r="K188">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="L188" s="1">
-        <v>39280</v>
+        <v>40044</v>
       </c>
       <c r="M188" s="2">
-        <v>9788536216492</v>
+        <v>9788536225760</v>
       </c>
       <c r="N188" t="s" s="3">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="O188" s="4">
-        <v>159.90</v>
+        <v>119.90</v>
       </c>
       <c r="P188" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189">
-        <v>21258</v>
+        <v>31913</v>
       </c>
       <c r="C189" t="s">
+        <v>553</v>
+      </c>
+      <c r="D189" t="s">
+        <v>554</v>
+      </c>
+      <c r="F189">
+        <v>108</v>
+      </c>
+      <c r="G189">
+        <v>161</v>
+      </c>
+      <c r="H189" t="s">
+        <v>18</v>
+      </c>
+      <c r="I189">
+        <v>150</v>
+      </c>
+      <c r="J189">
+        <v>210</v>
+      </c>
+      <c r="K189">
+        <v>6</v>
+      </c>
+      <c r="L189" s="1">
+        <v>45988</v>
+      </c>
+      <c r="M189" s="2">
+        <v>9786526316115</v>
+      </c>
+      <c r="N189" t="s" s="3">
         <v>555</v>
       </c>
-      <c r="D189" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O189" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P189" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190">
-        <v>31913</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>23444</v>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Manual Prático de Controle Interno na Administração Pública Municipal - Apresentando Modelos de Procedimentos, Rotinas, Instruções Normativas, Decretos, Portarias.</t>
+        </is>
       </c>
       <c r="D190" t="s">
-        <v>558</v>
+        <v>398</v>
+      </c>
+      <c r="E190" t="s">
+        <v>84</v>
       </c>
       <c r="F190">
-        <v>108</v>
+        <v>294</v>
       </c>
       <c r="G190">
-        <v>161</v>
+        <v>365</v>
       </c>
       <c r="H190" t="s">
         <v>18</v>
       </c>
       <c r="I190">
         <v>150</v>
       </c>
       <c r="J190">
         <v>210</v>
       </c>
       <c r="K190">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="L190" s="1">
-        <v>45988</v>
+        <v>41781</v>
       </c>
       <c r="M190" s="2">
-        <v>9786526316115</v>
+        <v>9788536246703</v>
       </c>
       <c r="N190" t="s" s="3">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="O190" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P190" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191">
-        <v>23444</v>
-[...4 lines deleted...]
-        </is>
+        <v>20351</v>
+      </c>
+      <c r="C191" t="s">
+        <v>557</v>
       </c>
       <c r="D191" t="s">
-        <v>402</v>
+        <v>558</v>
       </c>
       <c r="E191" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="F191">
-        <v>294</v>
+        <v>232</v>
       </c>
       <c r="G191">
-        <v>365</v>
+        <v>290</v>
       </c>
       <c r="H191" t="s">
         <v>18</v>
       </c>
       <c r="I191">
         <v>150</v>
       </c>
       <c r="J191">
         <v>210</v>
       </c>
       <c r="K191">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="L191" s="1">
-        <v>41781</v>
+        <v>39287</v>
       </c>
       <c r="M191" s="2">
-        <v>9788536246703</v>
+        <v>9788536216508</v>
       </c>
       <c r="N191" t="s" s="3">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="O191" s="4">
-        <v>139.90</v>
+        <v>109.90</v>
       </c>
       <c r="P191" t="s">
-        <v>73</v>
+        <v>114</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192">
-        <v>20351</v>
+        <v>13171</v>
       </c>
       <c r="C192" t="s">
+        <v>560</v>
+      </c>
+      <c r="D192" t="s">
         <v>561</v>
       </c>
-      <c r="D192" t="s">
+      <c r="F192">
+        <v>424</v>
+      </c>
+      <c r="G192">
+        <v>506</v>
+      </c>
+      <c r="H192" t="s">
+        <v>18</v>
+      </c>
+      <c r="I192">
+        <v>150</v>
+      </c>
+      <c r="J192">
+        <v>210</v>
+      </c>
+      <c r="K192">
+        <v>22</v>
+      </c>
+      <c r="L192" s="1">
+        <v>38477</v>
+      </c>
+      <c r="M192" s="2">
+        <v>9788536209708</v>
+      </c>
+      <c r="N192" t="s" s="3">
         <v>562</v>
       </c>
-      <c r="E192" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O192" s="4">
-        <v>109.90</v>
+        <v>189.90</v>
       </c>
       <c r="P192" t="s">
-        <v>114</v>
+        <v>53</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
-        <v>13171</v>
+        <v>29513</v>
       </c>
       <c r="C193" t="s">
+        <v>563</v>
+      </c>
+      <c r="D193" t="s">
         <v>564</v>
       </c>
-      <c r="D193" t="s">
+      <c r="E193" t="s">
+        <v>31</v>
+      </c>
+      <c r="F193">
+        <v>318</v>
+      </c>
+      <c r="G193">
+        <v>394</v>
+      </c>
+      <c r="H193" t="s">
+        <v>18</v>
+      </c>
+      <c r="I193">
+        <v>150</v>
+      </c>
+      <c r="J193">
+        <v>210</v>
+      </c>
+      <c r="K193">
+        <v>16</v>
+      </c>
+      <c r="L193" s="1">
+        <v>44622</v>
+      </c>
+      <c r="M193" s="2">
+        <v>9788536295312</v>
+      </c>
+      <c r="N193" t="s" s="3">
         <v>565</v>
       </c>
-      <c r="F193">
-[...25 lines deleted...]
-      </c>
       <c r="O193" s="4">
-        <v>189.90</v>
+        <v>149.90</v>
       </c>
       <c r="P193" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194">
-        <v>29513</v>
-[...1 lines deleted...]
-      <c r="C194" t="s">
+        <v>31520</v>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>Manual Prático em Transações de Captação e Investimento - Venda, Diluição e Compra de Participação Acionária Middle Market e Startup - Guia Técnico Consultivo para Executivos</t>
+        </is>
+      </c>
+      <c r="D194" t="s">
+        <v>566</v>
+      </c>
+      <c r="F194">
+        <v>672</v>
+      </c>
+      <c r="G194">
+        <v>970</v>
+      </c>
+      <c r="H194" t="s">
+        <v>85</v>
+      </c>
+      <c r="I194">
+        <v>150</v>
+      </c>
+      <c r="J194">
+        <v>210</v>
+      </c>
+      <c r="K194">
+        <v>50</v>
+      </c>
+      <c r="L194" s="1">
+        <v>45744</v>
+      </c>
+      <c r="M194" s="2">
+        <v>9786526314708</v>
+      </c>
+      <c r="N194" t="s" s="3">
         <v>567</v>
       </c>
-      <c r="D194" t="s">
+      <c r="O194" s="4">
+        <v>329.90</v>
+      </c>
+      <c r="P194" t="s">
         <v>568</v>
-      </c>
-[...34 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195">
-        <v>31520</v>
-[...4 lines deleted...]
-        </is>
+        <v>21010</v>
+      </c>
+      <c r="C195" t="s">
+        <v>569</v>
       </c>
       <c r="D195" t="s">
         <v>570</v>
       </c>
       <c r="F195">
-        <v>672</v>
+        <v>132</v>
       </c>
       <c r="G195">
-        <v>970</v>
+        <v>185</v>
       </c>
       <c r="H195" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I195">
         <v>150</v>
       </c>
       <c r="J195">
         <v>210</v>
       </c>
       <c r="K195">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="L195" s="1">
-        <v>45744</v>
+        <v>39853</v>
       </c>
       <c r="M195" s="2">
-        <v>9786526314708</v>
+        <v>9788536222776</v>
       </c>
       <c r="N195" t="s" s="3">
         <v>571</v>
       </c>
       <c r="O195" s="4">
-        <v>329.90</v>
+        <v>69.90</v>
       </c>
       <c r="P195" t="s">
-        <v>572</v>
+        <v>28</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196">
-        <v>21010</v>
+        <v>12273</v>
       </c>
       <c r="C196" t="s">
+        <v>572</v>
+      </c>
+      <c r="D196" t="s">
         <v>573</v>
       </c>
-      <c r="D196" t="s">
+      <c r="F196">
+        <v>322</v>
+      </c>
+      <c r="G196">
+        <v>408</v>
+      </c>
+      <c r="H196" t="s">
+        <v>18</v>
+      </c>
+      <c r="I196">
+        <v>150</v>
+      </c>
+      <c r="J196">
+        <v>210</v>
+      </c>
+      <c r="K196">
+        <v>17</v>
+      </c>
+      <c r="L196" s="1">
+        <v>37243</v>
+      </c>
+      <c r="M196" s="2">
+        <v>9788573948936</v>
+      </c>
+      <c r="N196" t="s" s="3">
         <v>574</v>
       </c>
-      <c r="F196">
-[...25 lines deleted...]
-      </c>
       <c r="O196" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P196" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197">
-        <v>12273</v>
+        <v>23651</v>
       </c>
       <c r="C197" t="s">
+        <v>575</v>
+      </c>
+      <c r="D197" t="s">
         <v>576</v>
       </c>
-      <c r="D197" t="s">
+      <c r="E197" t="s">
+        <v>536</v>
+      </c>
+      <c r="F197">
+        <v>234</v>
+      </c>
+      <c r="G197">
+        <v>290</v>
+      </c>
+      <c r="H197" t="s">
+        <v>18</v>
+      </c>
+      <c r="I197">
+        <v>150</v>
+      </c>
+      <c r="J197">
+        <v>210</v>
+      </c>
+      <c r="K197">
+        <v>13</v>
+      </c>
+      <c r="L197" s="1">
+        <v>41932</v>
+      </c>
+      <c r="M197" s="2">
+        <v>9788536248738</v>
+      </c>
+      <c r="N197" t="s" s="3">
         <v>577</v>
       </c>
-      <c r="F197">
-[...25 lines deleted...]
-      </c>
       <c r="O197" s="4">
-        <v>129.90</v>
+        <v>97.70</v>
       </c>
       <c r="P197" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198">
-        <v>23651</v>
+        <v>12932</v>
       </c>
       <c r="C198" t="s">
+        <v>578</v>
+      </c>
+      <c r="D198" t="s">
         <v>579</v>
       </c>
-      <c r="D198" t="s">
+      <c r="F198">
+        <v>278</v>
+      </c>
+      <c r="G198">
+        <v>384</v>
+      </c>
+      <c r="H198" t="s">
+        <v>18</v>
+      </c>
+      <c r="I198">
+        <v>150</v>
+      </c>
+      <c r="J198">
+        <v>210</v>
+      </c>
+      <c r="K198">
+        <v>15</v>
+      </c>
+      <c r="L198" s="1">
+        <v>38201</v>
+      </c>
+      <c r="M198" s="2">
+        <v>9788536207728</v>
+      </c>
+      <c r="N198" t="s" s="3">
         <v>580</v>
       </c>
-      <c r="E198" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O198" s="4">
-        <v>97.70</v>
+        <v>129.90</v>
       </c>
       <c r="P198" t="s">
-        <v>45</v>
+        <v>449</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199">
-        <v>12932</v>
+        <v>22188</v>
       </c>
       <c r="C199" t="s">
+        <v>581</v>
+      </c>
+      <c r="D199" t="s">
+        <v>17</v>
+      </c>
+      <c r="E199" t="s">
+        <v>84</v>
+      </c>
+      <c r="F199">
+        <v>218</v>
+      </c>
+      <c r="G199">
+        <v>254</v>
+      </c>
+      <c r="H199" t="s">
+        <v>18</v>
+      </c>
+      <c r="I199">
+        <v>150</v>
+      </c>
+      <c r="J199">
+        <v>210</v>
+      </c>
+      <c r="K199">
+        <v>12</v>
+      </c>
+      <c r="L199" s="1">
+        <v>40625</v>
+      </c>
+      <c r="M199" s="2">
+        <v>9788536233222</v>
+      </c>
+      <c r="N199" t="s" s="3">
         <v>582</v>
       </c>
-      <c r="D199" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O199" s="4">
-        <v>129.90</v>
+        <v>97.70</v>
       </c>
       <c r="P199" t="s">
-        <v>453</v>
+        <v>20</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200">
-        <v>22188</v>
+        <v>23560</v>
       </c>
       <c r="C200" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D200" t="s">
-        <v>17</v>
+        <v>383</v>
       </c>
       <c r="E200" t="s">
         <v>84</v>
       </c>
       <c r="F200">
-        <v>218</v>
+        <v>314</v>
       </c>
       <c r="G200">
-        <v>254</v>
+        <v>389</v>
       </c>
       <c r="H200" t="s">
         <v>18</v>
       </c>
       <c r="I200">
         <v>150</v>
       </c>
       <c r="J200">
         <v>210</v>
       </c>
       <c r="K200">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="L200" s="1">
-        <v>40625</v>
+        <v>41872</v>
       </c>
       <c r="M200" s="2">
-        <v>9788536233222</v>
+        <v>9788536247854</v>
       </c>
       <c r="N200" t="s" s="3">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="O200" s="4">
-        <v>97.70</v>
+        <v>129.90</v>
       </c>
       <c r="P200" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201">
-        <v>23560</v>
+        <v>27760</v>
       </c>
       <c r="C201" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D201" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="F201">
-        <v>314</v>
+        <v>394</v>
       </c>
       <c r="G201">
-        <v>389</v>
+        <v>489</v>
       </c>
       <c r="H201" t="s">
         <v>18</v>
       </c>
       <c r="I201">
         <v>150</v>
       </c>
       <c r="J201">
         <v>210</v>
       </c>
       <c r="K201">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="L201" s="1">
-        <v>41872</v>
+        <v>43578</v>
       </c>
       <c r="M201" s="2">
-        <v>9788536247854</v>
+        <v>9788536287904</v>
       </c>
       <c r="N201" t="s" s="3">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="O201" s="4">
-        <v>129.90</v>
+        <v>159.90</v>
       </c>
       <c r="P201" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202">
-        <v>27760</v>
+        <v>31052</v>
       </c>
       <c r="C202" t="s">
+        <v>587</v>
+      </c>
+      <c r="D202" t="s">
+        <v>588</v>
+      </c>
+      <c r="E202" t="s">
         <v>589</v>
       </c>
-      <c r="D202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F202">
-        <v>394</v>
+        <v>616</v>
       </c>
       <c r="G202">
-        <v>489</v>
+        <v>763</v>
       </c>
       <c r="H202" t="s">
         <v>18</v>
       </c>
       <c r="I202">
         <v>150</v>
       </c>
       <c r="J202">
         <v>210</v>
       </c>
       <c r="K202">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="L202" s="1">
-        <v>43578</v>
+        <v>45432</v>
       </c>
       <c r="M202" s="2">
-        <v>9788536287904</v>
+        <v>9786526309476</v>
       </c>
       <c r="N202" t="s" s="3">
         <v>590</v>
       </c>
       <c r="O202" s="4">
-        <v>159.90</v>
+        <v>249.90</v>
       </c>
       <c r="P202" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203">
-        <v>31052</v>
+        <v>23865</v>
       </c>
       <c r="C203" t="s">
         <v>591</v>
       </c>
       <c r="D203" t="s">
+        <v>40</v>
+      </c>
+      <c r="F203">
+        <v>280</v>
+      </c>
+      <c r="G203">
+        <v>347</v>
+      </c>
+      <c r="H203" t="s">
+        <v>18</v>
+      </c>
+      <c r="I203">
+        <v>150</v>
+      </c>
+      <c r="J203">
+        <v>210</v>
+      </c>
+      <c r="K203">
+        <v>15</v>
+      </c>
+      <c r="L203" s="1">
+        <v>42103</v>
+      </c>
+      <c r="M203" s="2">
+        <v>9788536250786</v>
+      </c>
+      <c r="N203" t="s" s="3">
         <v>592</v>
       </c>
-      <c r="E203" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O203" s="4">
-        <v>249.90</v>
+        <v>119.90</v>
       </c>
       <c r="P203" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204">
-        <v>23865</v>
+        <v>28550</v>
       </c>
       <c r="C204" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="D204" t="s">
         <v>40</v>
       </c>
       <c r="F204">
-        <v>280</v>
+        <v>188</v>
       </c>
       <c r="G204">
-        <v>347</v>
+        <v>233</v>
       </c>
       <c r="H204" t="s">
         <v>18</v>
       </c>
       <c r="I204">
         <v>150</v>
       </c>
       <c r="J204">
         <v>210</v>
       </c>
       <c r="K204">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="L204" s="1">
-        <v>42103</v>
+        <v>43998</v>
       </c>
       <c r="M204" s="2">
-        <v>9788536250786</v>
+        <v>9786556050270</v>
       </c>
       <c r="N204" t="s" s="3">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="O204" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P204" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205">
-        <v>28550</v>
+        <v>23428</v>
       </c>
       <c r="C205" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="D205" t="s">
-        <v>40</v>
+        <v>383</v>
+      </c>
+      <c r="E205" t="s">
+        <v>447</v>
       </c>
       <c r="F205">
-        <v>188</v>
+        <v>258</v>
       </c>
       <c r="G205">
-        <v>233</v>
+        <v>321</v>
       </c>
       <c r="H205" t="s">
         <v>18</v>
       </c>
       <c r="I205">
         <v>150</v>
       </c>
       <c r="J205">
         <v>210</v>
       </c>
       <c r="K205">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L205" s="1">
-        <v>43998</v>
+        <v>41767</v>
       </c>
       <c r="M205" s="2">
-        <v>9786556050270</v>
+        <v>9788536246550</v>
       </c>
       <c r="N205" t="s" s="3">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="O205" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P205" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206">
-        <v>23428</v>
+        <v>28921</v>
       </c>
       <c r="C206" t="s">
+        <v>597</v>
+      </c>
+      <c r="D206" t="s">
+        <v>598</v>
+      </c>
+      <c r="E206" t="s">
+        <v>226</v>
+      </c>
+      <c r="F206">
+        <v>632</v>
+      </c>
+      <c r="G206">
+        <v>867</v>
+      </c>
+      <c r="H206" t="s">
+        <v>85</v>
+      </c>
+      <c r="I206">
+        <v>150</v>
+      </c>
+      <c r="J206">
+        <v>210</v>
+      </c>
+      <c r="K206">
+        <v>48</v>
+      </c>
+      <c r="L206" s="1">
+        <v>44239</v>
+      </c>
+      <c r="M206" s="2">
+        <v>9786556054575</v>
+      </c>
+      <c r="N206" t="s" s="3">
         <v>599</v>
       </c>
-      <c r="D206" t="s">
-[...29 lines deleted...]
-      <c r="N206" t="s" s="3">
+      <c r="O206" s="4">
+        <v>259.90</v>
+      </c>
+      <c r="P206" t="s">
         <v>600</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207">
-        <v>28921</v>
+        <v>27896</v>
       </c>
       <c r="C207" t="s">
         <v>601</v>
       </c>
       <c r="D207" t="s">
+        <v>157</v>
+      </c>
+      <c r="F207">
+        <v>166</v>
+      </c>
+      <c r="G207">
+        <v>206</v>
+      </c>
+      <c r="H207" t="s">
+        <v>18</v>
+      </c>
+      <c r="I207">
+        <v>150</v>
+      </c>
+      <c r="J207">
+        <v>210</v>
+      </c>
+      <c r="K207">
+        <v>9</v>
+      </c>
+      <c r="L207" s="1">
+        <v>43649</v>
+      </c>
+      <c r="M207" s="2">
+        <v>9788536289588</v>
+      </c>
+      <c r="N207" t="s" s="3">
         <v>602</v>
       </c>
-      <c r="E207" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O207" s="4">
-        <v>259.90</v>
+        <v>89.90</v>
       </c>
       <c r="P207" t="s">
-        <v>604</v>
+        <v>28</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208">
-        <v>27896</v>
+        <v>13120</v>
       </c>
       <c r="C208" t="s">
+        <v>603</v>
+      </c>
+      <c r="D208" t="s">
+        <v>604</v>
+      </c>
+      <c r="F208">
+        <v>146</v>
+      </c>
+      <c r="G208">
+        <v>202</v>
+      </c>
+      <c r="H208" t="s">
+        <v>18</v>
+      </c>
+      <c r="I208">
+        <v>150</v>
+      </c>
+      <c r="J208">
+        <v>210</v>
+      </c>
+      <c r="K208">
+        <v>8</v>
+      </c>
+      <c r="L208" s="1">
+        <v>38420</v>
+      </c>
+      <c r="M208" s="2">
+        <v>9788536209272</v>
+      </c>
+      <c r="N208" t="s" s="3">
         <v>605</v>
-      </c>
-[...28 lines deleted...]
-        <v>606</v>
       </c>
       <c r="O208" s="4">
         <v>89.90</v>
       </c>
       <c r="P208" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209">
-        <v>13120</v>
+        <v>29081</v>
       </c>
       <c r="C209" t="s">
+        <v>606</v>
+      </c>
+      <c r="D209" t="s">
+        <v>30</v>
+      </c>
+      <c r="E209" t="s">
+        <v>36</v>
+      </c>
+      <c r="F209">
+        <v>280</v>
+      </c>
+      <c r="G209">
+        <v>347</v>
+      </c>
+      <c r="H209" t="s">
+        <v>18</v>
+      </c>
+      <c r="I209">
+        <v>150</v>
+      </c>
+      <c r="J209">
+        <v>210</v>
+      </c>
+      <c r="K209">
+        <v>14</v>
+      </c>
+      <c r="L209" s="1">
+        <v>44336</v>
+      </c>
+      <c r="M209" s="2">
+        <v>9786556055220</v>
+      </c>
+      <c r="N209" t="s" s="3">
         <v>607</v>
       </c>
-      <c r="D209" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O209" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P209" t="s">
-        <v>23</v>
+        <v>87</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210">
-        <v>29081</v>
+        <v>24589</v>
       </c>
       <c r="C210" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="D210" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="E210" t="s">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="F210">
-        <v>280</v>
+        <v>210</v>
       </c>
       <c r="G210">
-        <v>347</v>
+        <v>260</v>
       </c>
       <c r="H210" t="s">
         <v>18</v>
       </c>
       <c r="I210">
         <v>150</v>
       </c>
       <c r="J210">
         <v>210</v>
       </c>
       <c r="K210">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="L210" s="1">
-        <v>44336</v>
+        <v>42487</v>
       </c>
       <c r="M210" s="2">
-        <v>9786556055220</v>
+        <v>9788536257303</v>
       </c>
       <c r="N210" t="s" s="3">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="O210" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P210" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211">
-        <v>24589</v>
+        <v>27451</v>
       </c>
       <c r="C211" t="s">
+        <v>610</v>
+      </c>
+      <c r="D211" t="s">
+        <v>30</v>
+      </c>
+      <c r="E211" t="s">
+        <v>611</v>
+      </c>
+      <c r="F211">
+        <v>182</v>
+      </c>
+      <c r="G211">
+        <v>226</v>
+      </c>
+      <c r="H211" t="s">
+        <v>18</v>
+      </c>
+      <c r="I211">
+        <v>150</v>
+      </c>
+      <c r="J211">
+        <v>210</v>
+      </c>
+      <c r="K211">
+        <v>10</v>
+      </c>
+      <c r="L211" s="1">
+        <v>43488</v>
+      </c>
+      <c r="M211" s="2">
+        <v>9788536284972</v>
+      </c>
+      <c r="N211" t="s" s="3">
         <v>612</v>
       </c>
-      <c r="D211" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O211" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P211" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212">
-        <v>27451</v>
+        <v>25184</v>
       </c>
       <c r="C212" t="s">
+        <v>613</v>
+      </c>
+      <c r="D212" t="s">
         <v>614</v>
       </c>
-      <c r="D212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E212" t="s">
+        <v>48</v>
+      </c>
+      <c r="F212">
+        <v>210</v>
+      </c>
+      <c r="G212">
+        <v>260</v>
+      </c>
+      <c r="H212" t="s">
+        <v>18</v>
+      </c>
+      <c r="I212">
+        <v>150</v>
+      </c>
+      <c r="J212">
+        <v>210</v>
+      </c>
+      <c r="K212">
+        <v>11</v>
+      </c>
+      <c r="L212" s="1">
+        <v>42669</v>
+      </c>
+      <c r="M212" s="2">
+        <v>9788536262994</v>
+      </c>
+      <c r="N212" t="s" s="3">
         <v>615</v>
-      </c>
-[...25 lines deleted...]
-        <v>616</v>
       </c>
       <c r="O212" s="4">
         <v>89.90</v>
       </c>
       <c r="P212" t="s">
-        <v>81</v>
+        <v>616</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213">
-        <v>25184</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>29252</v>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>Perícia Contábil - Normas Brasileiras Interpretadas - NBC PP Nº 1 (R1), E NBC TP Nº 1 (R1), DE 2020 - Interpretação à Luz dos Códigos Civil, Processo Civil e Penal, com ênfase em Temas Destacados da Ciência e da Política Contábeis</t>
+        </is>
       </c>
       <c r="D213" t="s">
-        <v>618</v>
+        <v>30</v>
       </c>
       <c r="E213" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="F213">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="G213">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="H213" t="s">
         <v>18</v>
       </c>
       <c r="I213">
         <v>150</v>
       </c>
       <c r="J213">
         <v>210</v>
       </c>
       <c r="K213">
         <v>11</v>
       </c>
       <c r="L213" s="1">
-        <v>42669</v>
+        <v>44453</v>
       </c>
       <c r="M213" s="2">
-        <v>9788536262994</v>
+        <v>9786556057620</v>
       </c>
       <c r="N213" t="s" s="3">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="O213" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P213" t="s">
-        <v>620</v>
+        <v>20</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214">
-        <v>29252</v>
-[...4 lines deleted...]
-        </is>
+        <v>25211</v>
+      </c>
+      <c r="C214" t="s">
+        <v>618</v>
       </c>
       <c r="D214" t="s">
         <v>30</v>
       </c>
       <c r="E214" t="s">
-        <v>123</v>
+        <v>611</v>
       </c>
       <c r="F214">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="G214">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="H214" t="s">
         <v>18</v>
       </c>
       <c r="I214">
         <v>150</v>
       </c>
       <c r="J214">
         <v>210</v>
       </c>
       <c r="K214">
         <v>11</v>
       </c>
       <c r="L214" s="1">
-        <v>44453</v>
+        <v>42683</v>
       </c>
       <c r="M214" s="2">
-        <v>9786556057620</v>
+        <v>9788536263335</v>
       </c>
       <c r="N214" t="s" s="3">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="O214" s="4">
         <v>99.90</v>
       </c>
       <c r="P214" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215">
-        <v>25211</v>
+        <v>28851</v>
       </c>
       <c r="C215" t="s">
+        <v>620</v>
+      </c>
+      <c r="D215" t="s">
+        <v>621</v>
+      </c>
+      <c r="F215">
+        <v>228</v>
+      </c>
+      <c r="G215">
+        <v>283</v>
+      </c>
+      <c r="H215" t="s">
+        <v>18</v>
+      </c>
+      <c r="I215">
+        <v>150</v>
+      </c>
+      <c r="J215">
+        <v>210</v>
+      </c>
+      <c r="K215">
+        <v>12</v>
+      </c>
+      <c r="L215" s="1">
+        <v>44189</v>
+      </c>
+      <c r="M215" s="2">
+        <v>9786556053264</v>
+      </c>
+      <c r="N215" t="s" s="3">
         <v>622</v>
-      </c>
-[...31 lines deleted...]
-        <v>623</v>
       </c>
       <c r="O215" s="4">
         <v>99.90</v>
       </c>
       <c r="P215" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216">
-        <v>28851</v>
+        <v>27925</v>
       </c>
       <c r="C216" t="s">
+        <v>623</v>
+      </c>
+      <c r="D216" t="s">
+        <v>130</v>
+      </c>
+      <c r="F216">
+        <v>152</v>
+      </c>
+      <c r="G216">
+        <v>189</v>
+      </c>
+      <c r="H216" t="s">
+        <v>18</v>
+      </c>
+      <c r="I216">
+        <v>150</v>
+      </c>
+      <c r="J216">
+        <v>210</v>
+      </c>
+      <c r="K216">
+        <v>9</v>
+      </c>
+      <c r="L216" s="1">
+        <v>43665</v>
+      </c>
+      <c r="M216" s="2">
+        <v>9788536289861</v>
+      </c>
+      <c r="N216" t="s" s="3">
         <v>624</v>
       </c>
-      <c r="D216" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O216" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P216" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217">
-        <v>27925</v>
+        <v>28963</v>
       </c>
       <c r="C217" t="s">
+        <v>625</v>
+      </c>
+      <c r="D217" t="s">
+        <v>626</v>
+      </c>
+      <c r="F217">
+        <v>196</v>
+      </c>
+      <c r="G217">
+        <v>243</v>
+      </c>
+      <c r="H217" t="s">
+        <v>18</v>
+      </c>
+      <c r="I217">
+        <v>150</v>
+      </c>
+      <c r="J217">
+        <v>210</v>
+      </c>
+      <c r="K217">
+        <v>10</v>
+      </c>
+      <c r="L217" s="1">
+        <v>44267</v>
+      </c>
+      <c r="M217" s="2">
+        <v>9786556054216</v>
+      </c>
+      <c r="N217" t="s" s="3">
         <v>627</v>
       </c>
-      <c r="D217" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O217" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P217" t="s">
-        <v>178</v>
+        <v>20</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218">
-        <v>28963</v>
+        <v>31793</v>
       </c>
       <c r="C218" t="s">
+        <v>628</v>
+      </c>
+      <c r="D218" t="s">
         <v>629</v>
       </c>
-      <c r="D218" t="s">
-        <v>630</v>
+      <c r="E218" t="s">
+        <v>447</v>
       </c>
       <c r="F218">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="G218">
-        <v>243</v>
+        <v>285</v>
       </c>
       <c r="H218" t="s">
         <v>18</v>
       </c>
       <c r="I218">
         <v>150</v>
       </c>
       <c r="J218">
         <v>210</v>
       </c>
       <c r="K218">
         <v>10</v>
       </c>
       <c r="L218" s="1">
-        <v>44267</v>
+        <v>45922</v>
       </c>
       <c r="M218" s="2">
-        <v>9786556054216</v>
+        <v>9786526317501</v>
       </c>
       <c r="N218" t="s" s="3">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="O218" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P218" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219">
-        <v>31793</v>
+        <v>30249</v>
       </c>
       <c r="C219" t="s">
+        <v>631</v>
+      </c>
+      <c r="D219" t="s">
         <v>632</v>
       </c>
-      <c r="D219" t="s">
+      <c r="F219">
+        <v>152</v>
+      </c>
+      <c r="G219">
+        <v>189</v>
+      </c>
+      <c r="H219" t="s">
+        <v>18</v>
+      </c>
+      <c r="I219">
+        <v>150</v>
+      </c>
+      <c r="J219">
+        <v>210</v>
+      </c>
+      <c r="K219">
+        <v>8</v>
+      </c>
+      <c r="L219" s="1">
+        <v>44914</v>
+      </c>
+      <c r="M219" s="2">
+        <v>9786526302316</v>
+      </c>
+      <c r="N219" t="s" s="3">
         <v>633</v>
       </c>
-      <c r="E219" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O219" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P219" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220">
-        <v>30249</v>
+        <v>30981</v>
       </c>
       <c r="C220" t="s">
+        <v>634</v>
+      </c>
+      <c r="D220" t="s">
         <v>635</v>
       </c>
-      <c r="D220" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F220">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="G220">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="H220" t="s">
         <v>18</v>
       </c>
       <c r="I220">
         <v>150</v>
       </c>
       <c r="J220">
         <v>210</v>
       </c>
       <c r="K220">
         <v>8</v>
       </c>
       <c r="L220" s="1">
-        <v>44914</v>
+        <v>45378</v>
       </c>
       <c r="M220" s="2">
-        <v>9786526302316</v>
+        <v>9786526309971</v>
       </c>
       <c r="N220" t="s" s="3">
-        <v>637</v>
+        <v>636</v>
       </c>
       <c r="O220" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P220" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221">
-        <v>30981</v>
+        <v>30287</v>
       </c>
       <c r="C221" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="D221" t="s">
-        <v>639</v>
+        <v>17</v>
+      </c>
+      <c r="E221" t="s">
+        <v>31</v>
       </c>
       <c r="F221">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="G221">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="H221" t="s">
         <v>18</v>
       </c>
       <c r="I221">
         <v>150</v>
       </c>
       <c r="J221">
         <v>210</v>
       </c>
       <c r="K221">
         <v>8</v>
       </c>
       <c r="L221" s="1">
-        <v>45378</v>
+        <v>44953</v>
       </c>
       <c r="M221" s="2">
-        <v>9786526309971</v>
+        <v>9786526302248</v>
       </c>
       <c r="N221" t="s" s="3">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="O221" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P221" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222">
-        <v>30287</v>
+        <v>24520</v>
       </c>
       <c r="C222" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="D222" t="s">
         <v>17</v>
       </c>
       <c r="E222" t="s">
-        <v>31</v>
+        <v>640</v>
       </c>
       <c r="F222">
-        <v>144</v>
+        <v>102</v>
       </c>
       <c r="G222">
-        <v>178</v>
+        <v>127</v>
       </c>
       <c r="H222" t="s">
         <v>18</v>
       </c>
       <c r="I222">
         <v>150</v>
       </c>
       <c r="J222">
         <v>210</v>
       </c>
       <c r="K222">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L222" s="1">
-        <v>44953</v>
+        <v>42461</v>
       </c>
       <c r="M222" s="2">
-        <v>9786526302248</v>
+        <v>9788536256382</v>
       </c>
       <c r="N222" t="s" s="3">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="O222" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P222" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223">
-        <v>24520</v>
+        <v>30301</v>
       </c>
       <c r="C223" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="D223" t="s">
         <v>17</v>
       </c>
       <c r="E223" t="s">
-        <v>644</v>
+        <v>84</v>
       </c>
       <c r="F223">
-        <v>102</v>
+        <v>192</v>
       </c>
       <c r="G223">
-        <v>127</v>
+        <v>238</v>
       </c>
       <c r="H223" t="s">
         <v>18</v>
       </c>
       <c r="I223">
         <v>150</v>
       </c>
       <c r="J223">
         <v>210</v>
       </c>
       <c r="K223">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L223" s="1">
-        <v>42461</v>
+        <v>44963</v>
       </c>
       <c r="M223" s="2">
-        <v>9788536256382</v>
+        <v>9786526303870</v>
       </c>
       <c r="N223" t="s" s="3">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="O223" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P223" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224">
-        <v>30301</v>
+        <v>30310</v>
       </c>
       <c r="C224" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="D224" t="s">
         <v>17</v>
       </c>
-      <c r="E224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F224">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="G224">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="H224" t="s">
         <v>18</v>
       </c>
       <c r="I224">
         <v>150</v>
       </c>
       <c r="J224">
         <v>210</v>
       </c>
       <c r="K224">
         <v>10</v>
       </c>
       <c r="L224" s="1">
-        <v>44963</v>
+        <v>44979</v>
       </c>
       <c r="M224" s="2">
-        <v>9786526303870</v>
+        <v>9786526303672</v>
       </c>
       <c r="N224" t="s" s="3">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="O224" s="4">
         <v>109.90</v>
       </c>
       <c r="P224" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225">
-        <v>30310</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>21767</v>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>Perícias na Prática - Modelos de Laudos, Petições, Diligências e Demais Documentos para Perícias em Contabilidade, Engenharias, Medicina Veterinária e Documentoscopia</t>
+        </is>
       </c>
       <c r="D225" t="s">
-        <v>17</v>
+        <v>646</v>
       </c>
       <c r="F225">
-        <v>206</v>
+        <v>286</v>
       </c>
       <c r="G225">
-        <v>255</v>
+        <v>318</v>
       </c>
       <c r="H225" t="s">
         <v>18</v>
       </c>
       <c r="I225">
         <v>150</v>
       </c>
       <c r="J225">
         <v>210</v>
       </c>
       <c r="K225">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L225" s="1">
-        <v>44979</v>
+        <v>40316</v>
       </c>
       <c r="M225" s="2">
-        <v>9786526303672</v>
+        <v>9788536230092</v>
       </c>
       <c r="N225" t="s" s="3">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="O225" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P225" t="s">
-        <v>20</v>
+        <v>616</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226">
-        <v>21767</v>
-[...4 lines deleted...]
-        </is>
+        <v>30293</v>
+      </c>
+      <c r="C226" t="s">
+        <v>648</v>
       </c>
       <c r="D226" t="s">
-        <v>650</v>
+        <v>17</v>
+      </c>
+      <c r="E226" t="s">
+        <v>84</v>
       </c>
       <c r="F226">
-        <v>286</v>
+        <v>174</v>
       </c>
       <c r="G226">
-        <v>318</v>
+        <v>216</v>
       </c>
       <c r="H226" t="s">
         <v>18</v>
       </c>
       <c r="I226">
         <v>150</v>
       </c>
       <c r="J226">
         <v>210</v>
       </c>
       <c r="K226">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L226" s="1">
-        <v>40316</v>
+        <v>44958</v>
       </c>
       <c r="M226" s="2">
-        <v>9788536230092</v>
+        <v>9786526304068</v>
       </c>
       <c r="N226" t="s" s="3">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="O226" s="4">
-        <v>119.90</v>
+        <v>109.90</v>
       </c>
       <c r="P226" t="s">
-        <v>620</v>
+        <v>20</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227">
-        <v>30293</v>
+        <v>30265</v>
       </c>
       <c r="C227" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="D227" t="s">
         <v>17</v>
       </c>
       <c r="E227" t="s">
-        <v>84</v>
+        <v>651</v>
       </c>
       <c r="F227">
-        <v>174</v>
+        <v>192</v>
       </c>
       <c r="G227">
-        <v>216</v>
+        <v>238</v>
       </c>
       <c r="H227" t="s">
         <v>18</v>
       </c>
       <c r="I227">
         <v>150</v>
       </c>
       <c r="J227">
         <v>210</v>
       </c>
       <c r="K227">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L227" s="1">
-        <v>44958</v>
+        <v>44942</v>
       </c>
       <c r="M227" s="2">
-        <v>9786526304068</v>
+        <v>9786526302408</v>
       </c>
       <c r="N227" t="s" s="3">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="O227" s="4">
         <v>109.90</v>
       </c>
       <c r="P227" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228">
-        <v>30265</v>
+        <v>13263</v>
       </c>
       <c r="C228" t="s">
+        <v>653</v>
+      </c>
+      <c r="D228" t="s">
         <v>654</v>
       </c>
-      <c r="D228" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F228">
-        <v>192</v>
+        <v>176</v>
       </c>
       <c r="G228">
         <v>238</v>
       </c>
       <c r="H228" t="s">
         <v>18</v>
       </c>
       <c r="I228">
         <v>150</v>
       </c>
       <c r="J228">
         <v>210</v>
       </c>
       <c r="K228">
         <v>10</v>
       </c>
       <c r="L228" s="1">
-        <v>44942</v>
+        <v>38600</v>
       </c>
       <c r="M228" s="2">
-        <v>9786526302408</v>
+        <v>9788536210674</v>
       </c>
       <c r="N228" t="s" s="3">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="O228" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P228" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229">
-        <v>13263</v>
+        <v>23280</v>
       </c>
       <c r="C229" t="s">
+        <v>656</v>
+      </c>
+      <c r="D229" t="s">
         <v>657</v>
       </c>
-      <c r="D229" t="s">
+      <c r="F229">
+        <v>246</v>
+      </c>
+      <c r="G229">
+        <v>306</v>
+      </c>
+      <c r="H229" t="s">
+        <v>18</v>
+      </c>
+      <c r="I229">
+        <v>150</v>
+      </c>
+      <c r="J229">
+        <v>210</v>
+      </c>
+      <c r="K229">
+        <v>13</v>
+      </c>
+      <c r="L229" s="1">
+        <v>41645</v>
+      </c>
+      <c r="M229" s="2">
+        <v>9788536245102</v>
+      </c>
+      <c r="N229" t="s" s="3">
         <v>658</v>
       </c>
-      <c r="F229">
-[...25 lines deleted...]
-      </c>
       <c r="O229" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P229" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230">
-        <v>23280</v>
+        <v>24420</v>
       </c>
       <c r="C230" t="s">
+        <v>659</v>
+      </c>
+      <c r="D230" t="s">
+        <v>164</v>
+      </c>
+      <c r="F230">
+        <v>180</v>
+      </c>
+      <c r="G230">
+        <v>223</v>
+      </c>
+      <c r="H230" t="s">
+        <v>18</v>
+      </c>
+      <c r="I230">
+        <v>150</v>
+      </c>
+      <c r="J230">
+        <v>210</v>
+      </c>
+      <c r="K230">
+        <v>10</v>
+      </c>
+      <c r="L230" s="1">
+        <v>42418</v>
+      </c>
+      <c r="M230" s="2">
+        <v>9788536255880</v>
+      </c>
+      <c r="N230" t="s" s="3">
         <v>660</v>
       </c>
-      <c r="D230" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O230" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P230" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231">
-        <v>24420</v>
+        <v>28940</v>
       </c>
       <c r="C231" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="D231" t="s">
-        <v>164</v>
+        <v>30</v>
+      </c>
+      <c r="E231" t="s">
+        <v>226</v>
       </c>
       <c r="F231">
-        <v>180</v>
+        <v>346</v>
       </c>
       <c r="G231">
-        <v>223</v>
+        <v>429</v>
       </c>
       <c r="H231" t="s">
         <v>18</v>
       </c>
       <c r="I231">
         <v>150</v>
       </c>
       <c r="J231">
         <v>210</v>
       </c>
       <c r="K231">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="L231" s="1">
-        <v>42418</v>
+        <v>44264</v>
       </c>
       <c r="M231" s="2">
-        <v>9788536255880</v>
+        <v>9786556054506</v>
       </c>
       <c r="N231" t="s" s="3">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="O231" s="4">
-        <v>89.90</v>
+        <v>149.90</v>
       </c>
       <c r="P231" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232">
-        <v>28940</v>
+        <v>28217</v>
       </c>
       <c r="C232" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="D232" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>40</v>
       </c>
       <c r="F232">
-        <v>346</v>
+        <v>184</v>
       </c>
       <c r="G232">
-        <v>429</v>
+        <v>228</v>
       </c>
       <c r="H232" t="s">
         <v>18</v>
       </c>
       <c r="I232">
         <v>150</v>
       </c>
       <c r="J232">
         <v>210</v>
       </c>
       <c r="K232">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="L232" s="1">
-        <v>44264</v>
+        <v>43803</v>
       </c>
       <c r="M232" s="2">
-        <v>9786556054506</v>
+        <v>9788536291994</v>
       </c>
       <c r="N232" t="s" s="3">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="O232" s="4">
-        <v>149.90</v>
+        <v>89.90</v>
       </c>
       <c r="P232" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233">
-        <v>28217</v>
+        <v>21236</v>
       </c>
       <c r="C233" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="D233" t="s">
-        <v>40</v>
+        <v>128</v>
       </c>
       <c r="F233">
-        <v>184</v>
+        <v>308</v>
       </c>
       <c r="G233">
-        <v>228</v>
+        <v>457</v>
       </c>
       <c r="H233" t="s">
         <v>18</v>
       </c>
       <c r="I233">
         <v>150</v>
       </c>
       <c r="J233">
         <v>210</v>
       </c>
       <c r="K233">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="L233" s="1">
-        <v>43803</v>
+        <v>40030</v>
       </c>
       <c r="M233" s="2">
-        <v>9788536291994</v>
+        <v>9788536225616</v>
       </c>
       <c r="N233" t="s" s="3">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="O233" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P233" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234">
-        <v>21236</v>
+        <v>28096</v>
       </c>
       <c r="C234" t="s">
+        <v>667</v>
+      </c>
+      <c r="D234" t="s">
+        <v>668</v>
+      </c>
+      <c r="F234">
+        <v>158</v>
+      </c>
+      <c r="G234">
+        <v>196</v>
+      </c>
+      <c r="H234" t="s">
+        <v>18</v>
+      </c>
+      <c r="I234">
+        <v>150</v>
+      </c>
+      <c r="J234">
+        <v>210</v>
+      </c>
+      <c r="K234">
+        <v>9</v>
+      </c>
+      <c r="L234" s="1">
+        <v>43747</v>
+      </c>
+      <c r="M234" s="2">
+        <v>9788536291574</v>
+      </c>
+      <c r="N234" t="s" s="3">
         <v>669</v>
       </c>
-      <c r="D234" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O234" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P234" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235">
-        <v>28096</v>
+        <v>12702</v>
       </c>
       <c r="C235" t="s">
+        <v>670</v>
+      </c>
+      <c r="D235" t="s">
         <v>671</v>
       </c>
-      <c r="D235" t="s">
+      <c r="F235">
+        <v>196</v>
+      </c>
+      <c r="G235">
+        <v>266</v>
+      </c>
+      <c r="H235" t="s">
+        <v>18</v>
+      </c>
+      <c r="I235">
+        <v>150</v>
+      </c>
+      <c r="J235">
+        <v>210</v>
+      </c>
+      <c r="K235">
+        <v>11</v>
+      </c>
+      <c r="L235" s="1">
+        <v>37963</v>
+      </c>
+      <c r="M235" s="2">
+        <v>9788536206080</v>
+      </c>
+      <c r="N235" t="s">
         <v>672</v>
-      </c>
-[...25 lines deleted...]
-        <v>673</v>
       </c>
       <c r="O235" s="4">
         <v>99.90</v>
       </c>
       <c r="P235" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236">
-        <v>12702</v>
+        <v>27392</v>
       </c>
       <c r="C236" t="s">
+        <v>673</v>
+      </c>
+      <c r="D236" t="s">
+        <v>30</v>
+      </c>
+      <c r="E236" t="s">
+        <v>84</v>
+      </c>
+      <c r="F236">
+        <v>218</v>
+      </c>
+      <c r="G236">
+        <v>270</v>
+      </c>
+      <c r="H236" t="s">
+        <v>18</v>
+      </c>
+      <c r="I236">
+        <v>150</v>
+      </c>
+      <c r="J236">
+        <v>210</v>
+      </c>
+      <c r="K236">
+        <v>12</v>
+      </c>
+      <c r="L236" s="1">
+        <v>43479</v>
+      </c>
+      <c r="M236" s="2">
+        <v>9788536284514</v>
+      </c>
+      <c r="N236" t="s" s="3">
         <v>674</v>
       </c>
-      <c r="D236" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O236" s="4">
-        <v>99.90</v>
+        <v>109.90</v>
       </c>
       <c r="P236" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237">
-        <v>27392</v>
+        <v>29807</v>
       </c>
       <c r="C237" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D237" t="s">
         <v>30</v>
       </c>
       <c r="E237" t="s">
-        <v>84</v>
+        <v>676</v>
       </c>
       <c r="F237">
-        <v>218</v>
+        <v>1040</v>
       </c>
       <c r="G237">
-        <v>270</v>
+        <v>1724</v>
       </c>
       <c r="H237" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I237">
         <v>150</v>
       </c>
       <c r="J237">
         <v>210</v>
       </c>
       <c r="K237">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="L237" s="1">
-        <v>43479</v>
+        <v>44725</v>
       </c>
       <c r="M237" s="2">
-        <v>9788536284514</v>
+        <v>9788536297231</v>
       </c>
       <c r="N237" t="s" s="3">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="O237" s="4">
-        <v>109.90</v>
+        <v>399.90</v>
       </c>
       <c r="P237" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238">
-        <v>29807</v>
+        <v>24441</v>
       </c>
       <c r="C238" t="s">
+        <v>678</v>
+      </c>
+      <c r="D238" t="s">
         <v>679</v>
       </c>
-      <c r="D238" t="s">
-[...2 lines deleted...]
-      <c r="E238" t="s">
+      <c r="F238">
+        <v>278</v>
+      </c>
+      <c r="G238">
+        <v>345</v>
+      </c>
+      <c r="H238" t="s">
+        <v>18</v>
+      </c>
+      <c r="I238">
+        <v>150</v>
+      </c>
+      <c r="J238">
+        <v>210</v>
+      </c>
+      <c r="K238">
+        <v>15</v>
+      </c>
+      <c r="L238" s="1">
+        <v>42429</v>
+      </c>
+      <c r="M238" s="2">
+        <v>9788536255927</v>
+      </c>
+      <c r="N238" t="s" s="3">
         <v>680</v>
       </c>
-      <c r="F238">
-[...25 lines deleted...]
-      </c>
       <c r="O238" s="4">
-        <v>399.90</v>
+        <v>139.90</v>
       </c>
       <c r="P238" t="s">
-        <v>20</v>
+        <v>295</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239">
-        <v>24441</v>
+        <v>28692</v>
       </c>
       <c r="C239" t="s">
+        <v>681</v>
+      </c>
+      <c r="D239" t="s">
+        <v>30</v>
+      </c>
+      <c r="F239">
+        <v>150</v>
+      </c>
+      <c r="G239">
+        <v>186</v>
+      </c>
+      <c r="H239" t="s">
+        <v>18</v>
+      </c>
+      <c r="I239">
+        <v>150</v>
+      </c>
+      <c r="J239">
+        <v>210</v>
+      </c>
+      <c r="K239">
+        <v>8</v>
+      </c>
+      <c r="L239" s="1">
+        <v>44097</v>
+      </c>
+      <c r="M239" s="2">
+        <v>9786556052892</v>
+      </c>
+      <c r="N239" t="s" s="3">
         <v>682</v>
       </c>
-      <c r="D239" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O239" s="4">
-        <v>139.90</v>
+        <v>89.90</v>
       </c>
       <c r="P239" t="s">
-        <v>299</v>
+        <v>87</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240">
-        <v>28692</v>
+        <v>20103</v>
       </c>
       <c r="C240" t="s">
+        <v>683</v>
+      </c>
+      <c r="D240" t="s">
+        <v>684</v>
+      </c>
+      <c r="F240">
+        <v>244</v>
+      </c>
+      <c r="G240">
+        <v>312</v>
+      </c>
+      <c r="H240" t="s">
+        <v>18</v>
+      </c>
+      <c r="I240">
+        <v>150</v>
+      </c>
+      <c r="J240">
+        <v>210</v>
+      </c>
+      <c r="K240">
+        <v>13</v>
+      </c>
+      <c r="L240" s="1">
+        <v>39021</v>
+      </c>
+      <c r="M240" s="2">
+        <v>9788536214146</v>
+      </c>
+      <c r="N240" t="s" s="3">
         <v>685</v>
       </c>
-      <c r="D240" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O240" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P240" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241">
-        <v>20103</v>
+        <v>24917</v>
       </c>
       <c r="C241" t="s">
+        <v>686</v>
+      </c>
+      <c r="D241" t="s">
         <v>687</v>
       </c>
-      <c r="D241" t="s">
+      <c r="E241" t="s">
+        <v>31</v>
+      </c>
+      <c r="F241">
+        <v>176</v>
+      </c>
+      <c r="G241">
+        <v>218</v>
+      </c>
+      <c r="H241" t="s">
+        <v>18</v>
+      </c>
+      <c r="I241">
+        <v>150</v>
+      </c>
+      <c r="J241">
+        <v>210</v>
+      </c>
+      <c r="K241">
+        <v>10</v>
+      </c>
+      <c r="L241" s="1">
+        <v>42591</v>
+      </c>
+      <c r="M241" s="2">
+        <v>9788536260693</v>
+      </c>
+      <c r="N241" t="s" s="3">
         <v>688</v>
       </c>
-      <c r="F241">
-[...25 lines deleted...]
-      </c>
       <c r="O241" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P241" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242">
-        <v>24917</v>
+        <v>30134</v>
       </c>
       <c r="C242" t="s">
+        <v>689</v>
+      </c>
+      <c r="D242" t="s">
+        <v>30</v>
+      </c>
+      <c r="E242" t="s">
+        <v>95</v>
+      </c>
+      <c r="F242">
+        <v>314</v>
+      </c>
+      <c r="G242">
+        <v>389</v>
+      </c>
+      <c r="H242" t="s">
+        <v>18</v>
+      </c>
+      <c r="I242">
+        <v>150</v>
+      </c>
+      <c r="J242">
+        <v>210</v>
+      </c>
+      <c r="K242">
+        <v>16</v>
+      </c>
+      <c r="L242" s="1">
+        <v>44853</v>
+      </c>
+      <c r="M242" s="2">
+        <v>9786526302101</v>
+      </c>
+      <c r="N242" t="s" s="3">
         <v>690</v>
       </c>
-      <c r="D242" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O242" s="4">
-        <v>99.90</v>
+        <v>149.90</v>
       </c>
       <c r="P242" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243">
-        <v>30134</v>
+        <v>12556</v>
       </c>
       <c r="C243" t="s">
+        <v>691</v>
+      </c>
+      <c r="D243" t="s">
+        <v>692</v>
+      </c>
+      <c r="F243">
+        <v>140</v>
+      </c>
+      <c r="G243">
+        <v>214</v>
+      </c>
+      <c r="H243" t="s">
+        <v>18</v>
+      </c>
+      <c r="I243">
+        <v>150</v>
+      </c>
+      <c r="J243">
+        <v>210</v>
+      </c>
+      <c r="K243">
+        <v>8</v>
+      </c>
+      <c r="L243" s="1">
+        <v>37719</v>
+      </c>
+      <c r="M243" s="2">
+        <v>9788536203485</v>
+      </c>
+      <c r="N243" t="s">
         <v>693</v>
       </c>
-      <c r="D243" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O243" s="4">
-        <v>149.90</v>
+        <v>89.90</v>
       </c>
       <c r="P243" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244">
-        <v>12556</v>
+        <v>13304</v>
       </c>
       <c r="C244" t="s">
+        <v>694</v>
+      </c>
+      <c r="D244" t="s">
         <v>695</v>
       </c>
-      <c r="D244" t="s">
+      <c r="F244">
+        <v>272</v>
+      </c>
+      <c r="G244">
+        <v>458</v>
+      </c>
+      <c r="H244" t="s">
+        <v>308</v>
+      </c>
+      <c r="I244">
+        <v>165</v>
+      </c>
+      <c r="J244">
+        <v>215</v>
+      </c>
+      <c r="K244">
+        <v>21</v>
+      </c>
+      <c r="L244" s="1">
+        <v>38667</v>
+      </c>
+      <c r="M244" s="2">
+        <v>9788536211183</v>
+      </c>
+      <c r="N244" t="s" s="3">
         <v>696</v>
       </c>
-      <c r="F244">
-[...25 lines deleted...]
-      </c>
       <c r="O244" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P244" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245">
-        <v>13304</v>
+        <v>13226</v>
       </c>
       <c r="C245" t="s">
+        <v>697</v>
+      </c>
+      <c r="D245" t="s">
         <v>698</v>
       </c>
-      <c r="D245" t="s">
+      <c r="F245">
+        <v>184</v>
+      </c>
+      <c r="G245">
+        <v>252</v>
+      </c>
+      <c r="H245" t="s">
+        <v>18</v>
+      </c>
+      <c r="I245">
+        <v>150</v>
+      </c>
+      <c r="J245">
+        <v>210</v>
+      </c>
+      <c r="K245">
+        <v>10</v>
+      </c>
+      <c r="L245" s="1">
+        <v>38548</v>
+      </c>
+      <c r="M245" s="2">
+        <v>9788536208626</v>
+      </c>
+      <c r="N245" t="s" s="3">
         <v>699</v>
       </c>
-      <c r="F245">
-[...25 lines deleted...]
-      </c>
       <c r="O245" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P245" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246">
-        <v>13226</v>
+        <v>21809</v>
       </c>
       <c r="C246" t="s">
+        <v>700</v>
+      </c>
+      <c r="D246" t="s">
         <v>701</v>
       </c>
-      <c r="D246" t="s">
+      <c r="F246">
+        <v>124</v>
+      </c>
+      <c r="G246">
+        <v>147</v>
+      </c>
+      <c r="H246" t="s">
+        <v>18</v>
+      </c>
+      <c r="I246">
+        <v>150</v>
+      </c>
+      <c r="J246">
+        <v>210</v>
+      </c>
+      <c r="K246">
+        <v>7</v>
+      </c>
+      <c r="L246" s="1">
+        <v>40346</v>
+      </c>
+      <c r="M246" s="2">
+        <v>9788536229607</v>
+      </c>
+      <c r="N246" t="s" s="3">
         <v>702</v>
       </c>
-      <c r="F246">
-[...25 lines deleted...]
-      </c>
       <c r="O246" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P246" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247">
-        <v>21809</v>
+        <v>23406</v>
       </c>
       <c r="C247" t="s">
+        <v>703</v>
+      </c>
+      <c r="D247" t="s">
         <v>704</v>
       </c>
-      <c r="D247" t="s">
+      <c r="F247">
+        <v>6</v>
+      </c>
+      <c r="G247">
+        <v>35</v>
+      </c>
+      <c r="H247" t="s">
         <v>705</v>
       </c>
-      <c r="F247">
-[...7 lines deleted...]
-      </c>
       <c r="I247">
         <v>150</v>
       </c>
       <c r="J247">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="K247">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L247" s="1">
-        <v>40346</v>
+        <v>41758</v>
       </c>
       <c r="M247" s="2">
-        <v>9788536229607</v>
+        <v>9788536245409</v>
       </c>
       <c r="N247" t="s" s="3">
         <v>706</v>
       </c>
       <c r="O247" s="4">
-        <v>69.90</v>
+        <v>14.90</v>
       </c>
       <c r="P247" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248">
-        <v>23406</v>
+        <v>23403</v>
       </c>
       <c r="C248" t="s">
         <v>707</v>
       </c>
       <c r="D248" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="F248">
         <v>6</v>
       </c>
       <c r="G248">
         <v>35</v>
       </c>
       <c r="H248" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="I248">
         <v>150</v>
       </c>
       <c r="J248">
         <v>223</v>
       </c>
       <c r="K248">
         <v>1</v>
       </c>
       <c r="L248" s="1">
-        <v>41758</v>
+        <v>41744</v>
       </c>
       <c r="M248" s="2">
-        <v>9788536245409</v>
+        <v>9788536245010</v>
       </c>
       <c r="N248" t="s" s="3">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="O248" s="4">
         <v>14.90</v>
       </c>
       <c r="P248" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249">
-        <v>23403</v>
+        <v>23405</v>
       </c>
       <c r="C249" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="D249" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="F249">
         <v>6</v>
       </c>
       <c r="G249">
         <v>35</v>
       </c>
       <c r="H249" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="I249">
         <v>150</v>
       </c>
       <c r="J249">
         <v>223</v>
       </c>
       <c r="K249">
         <v>1</v>
       </c>
       <c r="L249" s="1">
         <v>41744</v>
       </c>
       <c r="M249" s="2">
-        <v>9788536245010</v>
+        <v>9788536245027</v>
       </c>
       <c r="N249" t="s" s="3">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="O249" s="4">
         <v>14.90</v>
       </c>
       <c r="P249" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250">
-        <v>23405</v>
+        <v>23404</v>
       </c>
       <c r="C250" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="D250" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="F250">
         <v>6</v>
       </c>
       <c r="G250">
         <v>35</v>
       </c>
       <c r="H250" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="I250">
         <v>150</v>
       </c>
       <c r="J250">
         <v>223</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
       <c r="L250" s="1">
         <v>41744</v>
       </c>
       <c r="M250" s="2">
-        <v>9788536245027</v>
+        <v>9788536245034</v>
       </c>
       <c r="N250" t="s" s="3">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="O250" s="4">
         <v>14.90</v>
       </c>
       <c r="P250" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251">
-        <v>23404</v>
+        <v>23400</v>
       </c>
       <c r="C251" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="D251" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="F251">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G251">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="H251" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="I251">
         <v>150</v>
       </c>
       <c r="J251">
         <v>223</v>
       </c>
       <c r="K251">
         <v>1</v>
       </c>
       <c r="L251" s="1">
         <v>41744</v>
       </c>
       <c r="M251" s="2">
-        <v>9788536245034</v>
+        <v>9788536245058</v>
       </c>
       <c r="N251" t="s" s="3">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="O251" s="4">
-        <v>14.90</v>
+        <v>10.90</v>
       </c>
       <c r="P251" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252">
-        <v>23400</v>
+        <v>31593</v>
       </c>
       <c r="C252" t="s">
+        <v>715</v>
+      </c>
+      <c r="D252" t="s">
+        <v>716</v>
+      </c>
+      <c r="F252">
+        <v>294</v>
+      </c>
+      <c r="G252">
+        <v>375</v>
+      </c>
+      <c r="H252" t="s">
+        <v>18</v>
+      </c>
+      <c r="I252">
+        <v>150</v>
+      </c>
+      <c r="J252">
+        <v>210</v>
+      </c>
+      <c r="K252">
+        <v>14</v>
+      </c>
+      <c r="L252" s="1">
+        <v>45799</v>
+      </c>
+      <c r="M252" s="2">
+        <v>9786526313893</v>
+      </c>
+      <c r="N252" t="s" s="3">
         <v>717</v>
       </c>
-      <c r="D252" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O252" s="4">
-        <v>10.90</v>
+        <v>149.90</v>
       </c>
       <c r="P252" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253">
-        <v>31593</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>23275</v>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>Roteiro Prático das Licitações - Atualizada com as inovações da Lei Complementar 123/06 (Microempresa e Empresa de Pequeno Porte) e da Lei 12.462/11 (Regime Diferenciado de Contratações Públicas - RDC)</t>
+        </is>
       </c>
       <c r="D253" t="s">
-        <v>720</v>
+        <v>604</v>
+      </c>
+      <c r="E253" t="s">
+        <v>95</v>
       </c>
       <c r="F253">
-        <v>294</v>
+        <v>108</v>
       </c>
       <c r="G253">
-        <v>375</v>
+        <v>134</v>
       </c>
       <c r="H253" t="s">
         <v>18</v>
       </c>
       <c r="I253">
         <v>150</v>
       </c>
       <c r="J253">
         <v>210</v>
       </c>
       <c r="K253">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="L253" s="1">
-        <v>45799</v>
+        <v>41624</v>
       </c>
       <c r="M253" s="2">
-        <v>9786526313893</v>
+        <v>9788536245126</v>
       </c>
       <c r="N253" t="s" s="3">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="O253" s="4">
-        <v>149.90</v>
+        <v>79.90</v>
       </c>
       <c r="P253" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254">
-        <v>23275</v>
-[...4 lines deleted...]
-        </is>
+        <v>20300</v>
+      </c>
+      <c r="C254" t="s">
+        <v>719</v>
       </c>
       <c r="D254" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>720</v>
       </c>
       <c r="F254">
-        <v>108</v>
+        <v>214</v>
       </c>
       <c r="G254">
-        <v>134</v>
+        <v>280</v>
       </c>
       <c r="H254" t="s">
         <v>18</v>
       </c>
       <c r="I254">
         <v>150</v>
       </c>
       <c r="J254">
         <v>210</v>
       </c>
       <c r="K254">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="L254" s="1">
-        <v>41624</v>
+        <v>39258</v>
       </c>
       <c r="M254" s="2">
-        <v>9788536245126</v>
+        <v>9788536216010</v>
       </c>
       <c r="N254" t="s" s="3">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="O254" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P254" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255">
-        <v>20300</v>
+        <v>13267</v>
       </c>
       <c r="C255" t="s">
+        <v>722</v>
+      </c>
+      <c r="D255" t="s">
         <v>723</v>
       </c>
-      <c r="D255" t="s">
+      <c r="F255">
+        <v>208</v>
+      </c>
+      <c r="G255">
+        <v>278</v>
+      </c>
+      <c r="H255" t="s">
+        <v>18</v>
+      </c>
+      <c r="I255">
+        <v>150</v>
+      </c>
+      <c r="J255">
+        <v>210</v>
+      </c>
+      <c r="K255">
+        <v>11</v>
+      </c>
+      <c r="L255" s="1">
+        <v>38607</v>
+      </c>
+      <c r="M255" s="2">
+        <v>9788536210681</v>
+      </c>
+      <c r="N255" t="s" s="3">
         <v>724</v>
       </c>
-      <c r="F255">
-[...25 lines deleted...]
-      </c>
       <c r="O255" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P255" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256">
-        <v>13267</v>
+        <v>20314</v>
       </c>
       <c r="C256" t="s">
+        <v>725</v>
+      </c>
+      <c r="D256" t="s">
+        <v>51</v>
+      </c>
+      <c r="E256" t="s">
+        <v>84</v>
+      </c>
+      <c r="F256">
+        <v>400</v>
+      </c>
+      <c r="G256">
+        <v>625</v>
+      </c>
+      <c r="H256" t="s">
+        <v>308</v>
+      </c>
+      <c r="I256">
+        <v>165</v>
+      </c>
+      <c r="J256">
+        <v>215</v>
+      </c>
+      <c r="K256">
+        <v>30</v>
+      </c>
+      <c r="L256" s="1">
+        <v>39265</v>
+      </c>
+      <c r="M256" s="2">
+        <v>9788536216232</v>
+      </c>
+      <c r="N256" t="s" s="3">
         <v>726</v>
       </c>
-      <c r="D256" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O256" s="4">
-        <v>119.90</v>
+        <v>179.90</v>
       </c>
       <c r="P256" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257">
-        <v>20314</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>26503</v>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>Sociedade Limitada - Aspectos Administrativos, Jurídicos &amp; Contábeis - Comentários ao Código Civil com ênfase em temas destacados do Direito e da Contabilidade</t>
+        </is>
       </c>
       <c r="D257" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="E257" t="s">
-        <v>84</v>
+        <v>226</v>
       </c>
       <c r="F257">
-        <v>400</v>
+        <v>270</v>
       </c>
       <c r="G257">
-        <v>625</v>
+        <v>335</v>
       </c>
       <c r="H257" t="s">
-        <v>312</v>
+        <v>18</v>
       </c>
       <c r="I257">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J257">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K257">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="L257" s="1">
-        <v>39265</v>
+        <v>43122</v>
       </c>
       <c r="M257" s="2">
-        <v>9788536216232</v>
+        <v>9788536275796</v>
       </c>
       <c r="N257" t="s" s="3">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="O257" s="4">
-        <v>179.90</v>
+        <v>119.90</v>
       </c>
       <c r="P257" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258">
-        <v>26503</v>
-[...4 lines deleted...]
-        </is>
+        <v>22221</v>
+      </c>
+      <c r="C258" t="s">
+        <v>728</v>
       </c>
       <c r="D258" t="s">
-        <v>30</v>
+        <v>729</v>
       </c>
       <c r="E258" t="s">
-        <v>226</v>
+        <v>31</v>
       </c>
       <c r="F258">
-        <v>270</v>
+        <v>188</v>
       </c>
       <c r="G258">
-        <v>335</v>
+        <v>205</v>
       </c>
       <c r="H258" t="s">
         <v>18</v>
       </c>
       <c r="I258">
         <v>150</v>
       </c>
       <c r="J258">
         <v>210</v>
       </c>
       <c r="K258">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L258" s="1">
-        <v>43122</v>
+        <v>40666</v>
       </c>
       <c r="M258" s="2">
-        <v>9788536275796</v>
+        <v>9788536233048</v>
       </c>
       <c r="N258" t="s" s="3">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="O258" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P258" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259">
-        <v>22221</v>
-[...1 lines deleted...]
-      <c r="C259" t="s">
+        <v>29558</v>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>SUSEP - Superintendência de Seguros Privados &amp; Previc - Superintendência Nacional de Previdência Complementar - Abordagem de Temas Relevantes - Coleção Reguladores</t>
+        </is>
+      </c>
+      <c r="D259" t="s">
+        <v>731</v>
+      </c>
+      <c r="F259">
+        <v>222</v>
+      </c>
+      <c r="G259">
+        <v>275</v>
+      </c>
+      <c r="H259" t="s">
+        <v>18</v>
+      </c>
+      <c r="I259">
+        <v>150</v>
+      </c>
+      <c r="J259">
+        <v>210</v>
+      </c>
+      <c r="K259">
+        <v>12</v>
+      </c>
+      <c r="L259" s="1">
+        <v>44643</v>
+      </c>
+      <c r="M259" s="2">
+        <v>9788536296678</v>
+      </c>
+      <c r="N259" t="s" s="3">
         <v>732</v>
       </c>
-      <c r="D259" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O259" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P259" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260">
-        <v>29558</v>
-[...4 lines deleted...]
-        </is>
+        <v>12930</v>
+      </c>
+      <c r="C260" t="s">
+        <v>733</v>
       </c>
       <c r="D260" t="s">
+        <v>99</v>
+      </c>
+      <c r="F260">
+        <v>202</v>
+      </c>
+      <c r="G260">
+        <v>272</v>
+      </c>
+      <c r="H260" t="s">
+        <v>18</v>
+      </c>
+      <c r="I260">
+        <v>150</v>
+      </c>
+      <c r="J260">
+        <v>210</v>
+      </c>
+      <c r="K260">
+        <v>11</v>
+      </c>
+      <c r="L260" s="1">
+        <v>38198</v>
+      </c>
+      <c r="M260" s="2">
+        <v>9788536207643</v>
+      </c>
+      <c r="N260" t="s" s="3">
+        <v>734</v>
+      </c>
+      <c r="O260" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P260" t="s">
         <v>735</v>
-      </c>
-[...31 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261">
-        <v>12930</v>
+        <v>20819</v>
       </c>
       <c r="C261" t="s">
+        <v>736</v>
+      </c>
+      <c r="D261" t="s">
         <v>737</v>
       </c>
-      <c r="D261" t="s">
-        <v>99</v>
+      <c r="E261" t="s">
+        <v>226</v>
       </c>
       <c r="F261">
-        <v>202</v>
+        <v>288</v>
       </c>
       <c r="G261">
-        <v>272</v>
+        <v>360</v>
       </c>
       <c r="H261" t="s">
         <v>18</v>
       </c>
       <c r="I261">
         <v>150</v>
       </c>
       <c r="J261">
         <v>210</v>
       </c>
       <c r="K261">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="L261" s="1">
-        <v>38198</v>
+        <v>39678</v>
       </c>
       <c r="M261" s="2">
-        <v>9788536207643</v>
+        <v>9788536221250</v>
       </c>
       <c r="N261" t="s" s="3">
         <v>738</v>
       </c>
       <c r="O261" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P261" t="s">
-        <v>739</v>
+        <v>53</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262">
-        <v>20819</v>
+        <v>20811</v>
       </c>
       <c r="C262" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="D262" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="E262" t="s">
         <v>226</v>
       </c>
       <c r="F262">
-        <v>288</v>
+        <v>144</v>
       </c>
       <c r="G262">
-        <v>360</v>
+        <v>170</v>
       </c>
       <c r="H262" t="s">
         <v>18</v>
       </c>
       <c r="I262">
         <v>150</v>
       </c>
       <c r="J262">
         <v>210</v>
       </c>
       <c r="K262">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="L262" s="1">
         <v>39678</v>
       </c>
       <c r="M262" s="2">
-        <v>9788536221250</v>
+        <v>9788536221267</v>
       </c>
       <c r="N262" t="s" s="3">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="O262" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P262" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263">
-        <v>20811</v>
+        <v>23418</v>
       </c>
       <c r="C263" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="D263" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>40</v>
       </c>
       <c r="F263">
-        <v>144</v>
+        <v>278</v>
       </c>
       <c r="G263">
-        <v>170</v>
+        <v>346</v>
       </c>
       <c r="H263" t="s">
         <v>18</v>
       </c>
       <c r="I263">
         <v>150</v>
       </c>
       <c r="J263">
         <v>210</v>
       </c>
       <c r="K263">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L263" s="1">
-        <v>39678</v>
+        <v>41765</v>
       </c>
       <c r="M263" s="2">
-        <v>9788536221267</v>
+        <v>9788536246468</v>
       </c>
       <c r="N263" t="s" s="3">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="O263" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P263" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264">
-        <v>23418</v>
+        <v>25961</v>
       </c>
       <c r="C264" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="D264" t="s">
-        <v>40</v>
+        <v>383</v>
+      </c>
+      <c r="E264" t="s">
+        <v>84</v>
       </c>
       <c r="F264">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="G264">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="H264" t="s">
         <v>18</v>
       </c>
       <c r="I264">
         <v>150</v>
       </c>
       <c r="J264">
         <v>210</v>
       </c>
       <c r="K264">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L264" s="1">
-        <v>41765</v>
+        <v>42928</v>
       </c>
       <c r="M264" s="2">
-        <v>9788536246468</v>
+        <v>9788536270548</v>
       </c>
       <c r="N264" t="s" s="3">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="O264" s="4">
-        <v>119.90</v>
+        <v>109.90</v>
       </c>
       <c r="P264" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265">
-        <v>25961</v>
+        <v>23004</v>
       </c>
       <c r="C265" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="D265" t="s">
-        <v>387</v>
+        <v>188</v>
       </c>
       <c r="E265" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="F265">
-        <v>268</v>
+        <v>398</v>
       </c>
       <c r="G265">
-        <v>332</v>
+        <v>500</v>
       </c>
       <c r="H265" t="s">
         <v>18</v>
       </c>
       <c r="I265">
         <v>150</v>
       </c>
       <c r="J265">
         <v>210</v>
       </c>
       <c r="K265">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="L265" s="1">
-        <v>42928</v>
+        <v>41380</v>
       </c>
       <c r="M265" s="2">
-        <v>9788536270548</v>
+        <v>9788536241982</v>
       </c>
       <c r="N265" t="s" s="3">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="O265" s="4">
-        <v>109.90</v>
+        <v>159.90</v>
       </c>
       <c r="P265" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266">
-        <v>23004</v>
+        <v>30099</v>
       </c>
       <c r="C266" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="D266" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="F266">
-        <v>398</v>
+        <v>158</v>
       </c>
       <c r="G266">
-        <v>500</v>
+        <v>196</v>
       </c>
       <c r="H266" t="s">
         <v>18</v>
       </c>
       <c r="I266">
         <v>150</v>
       </c>
       <c r="J266">
         <v>210</v>
       </c>
       <c r="K266">
+        <v>9</v>
+      </c>
+      <c r="L266" s="1">
+        <v>44839</v>
+      </c>
+      <c r="M266" s="2">
+        <v>9786526302088</v>
+      </c>
+      <c r="N266" t="s" s="3">
+        <v>748</v>
+      </c>
+      <c r="O266" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P266" t="s">
         <v>20</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267">
-        <v>30099</v>
+        <v>31049</v>
       </c>
       <c r="C267" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="D267" t="s">
         <v>30</v>
       </c>
       <c r="F267">
-        <v>158</v>
+        <v>310</v>
       </c>
       <c r="G267">
-        <v>196</v>
+        <v>384</v>
       </c>
       <c r="H267" t="s">
         <v>18</v>
       </c>
       <c r="I267">
         <v>150</v>
       </c>
       <c r="J267">
         <v>210</v>
       </c>
       <c r="K267">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="L267" s="1">
-        <v>44839</v>
+        <v>45428</v>
       </c>
       <c r="M267" s="2">
-        <v>9786526302088</v>
+        <v>9786526309117</v>
       </c>
       <c r="N267" t="s" s="3">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="O267" s="4">
-        <v>89.90</v>
+        <v>139.90</v>
       </c>
       <c r="P267" t="s">
-        <v>20</v>
+        <v>751</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268">
-        <v>31049</v>
+        <v>29149</v>
       </c>
       <c r="C268" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="D268" t="s">
         <v>30</v>
       </c>
+      <c r="E268" t="s">
+        <v>753</v>
+      </c>
       <c r="F268">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="G268">
-        <v>384</v>
+        <v>372</v>
       </c>
       <c r="H268" t="s">
         <v>18</v>
       </c>
       <c r="I268">
         <v>150</v>
       </c>
       <c r="J268">
         <v>210</v>
       </c>
       <c r="K268">
         <v>15</v>
       </c>
       <c r="L268" s="1">
-        <v>45428</v>
+        <v>44385</v>
       </c>
       <c r="M268" s="2">
-        <v>9786526309117</v>
+        <v>9786556056005</v>
       </c>
       <c r="N268" t="s" s="3">
         <v>754</v>
       </c>
       <c r="O268" s="4">
         <v>139.90</v>
       </c>
       <c r="P268" t="s">
-        <v>755</v>
+        <v>33</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269">
-        <v>29149</v>
+        <v>30101</v>
       </c>
       <c r="C269" t="s">
-        <v>756</v>
+        <v>755</v>
       </c>
       <c r="D269" t="s">
         <v>30</v>
       </c>
       <c r="E269" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="F269">
-        <v>300</v>
+        <v>292</v>
       </c>
       <c r="G269">
-        <v>372</v>
+        <v>362</v>
       </c>
       <c r="H269" t="s">
         <v>18</v>
       </c>
       <c r="I269">
         <v>150</v>
       </c>
       <c r="J269">
         <v>210</v>
       </c>
       <c r="K269">
         <v>15</v>
       </c>
       <c r="L269" s="1">
-        <v>44385</v>
+        <v>44840</v>
       </c>
       <c r="M269" s="2">
-        <v>9786556056005</v>
+        <v>9786526300794</v>
       </c>
       <c r="N269" t="s" s="3">
-        <v>758</v>
+        <v>757</v>
       </c>
       <c r="O269" s="4">
-        <v>139.90</v>
+        <v>129.90</v>
       </c>
       <c r="P269" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270">
-        <v>30101</v>
+        <v>20864</v>
       </c>
       <c r="C270" t="s">
+        <v>758</v>
+      </c>
+      <c r="D270" t="s">
         <v>759</v>
       </c>
-      <c r="D270" t="s">
-[...2 lines deleted...]
-      <c r="E270" t="s">
+      <c r="F270">
+        <v>182</v>
+      </c>
+      <c r="G270">
+        <v>235</v>
+      </c>
+      <c r="H270" t="s">
+        <v>18</v>
+      </c>
+      <c r="I270">
+        <v>150</v>
+      </c>
+      <c r="J270">
+        <v>210</v>
+      </c>
+      <c r="K270">
+        <v>10</v>
+      </c>
+      <c r="L270" s="1">
+        <v>39707</v>
+      </c>
+      <c r="M270" s="2">
+        <v>9788536221779</v>
+      </c>
+      <c r="N270" t="s" s="3">
         <v>760</v>
       </c>
-      <c r="F270">
-[...25 lines deleted...]
-      </c>
       <c r="O270" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P270" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271">
-        <v>20864</v>
+        <v>12677</v>
       </c>
       <c r="C271" t="s">
+        <v>761</v>
+      </c>
+      <c r="D271" t="s">
         <v>762</v>
       </c>
-      <c r="D271" t="s">
+      <c r="F271">
+        <v>152</v>
+      </c>
+      <c r="G271">
+        <v>218</v>
+      </c>
+      <c r="H271" t="s">
+        <v>18</v>
+      </c>
+      <c r="I271">
+        <v>150</v>
+      </c>
+      <c r="J271">
+        <v>210</v>
+      </c>
+      <c r="K271">
+        <v>9</v>
+      </c>
+      <c r="L271" s="1">
+        <v>37925</v>
+      </c>
+      <c r="M271" s="2">
+        <v>9788536205069</v>
+      </c>
+      <c r="N271" t="s" s="3">
         <v>763</v>
-      </c>
-[...25 lines deleted...]
-        <v>764</v>
       </c>
       <c r="O271" s="4">
         <v>89.90</v>
       </c>
       <c r="P271" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272">
-        <v>12677</v>
+        <v>30337</v>
       </c>
       <c r="C272" t="s">
+        <v>764</v>
+      </c>
+      <c r="D272" t="s">
         <v>765</v>
       </c>
-      <c r="D272" t="s">
+      <c r="F272">
+        <v>122</v>
+      </c>
+      <c r="G272">
+        <v>151</v>
+      </c>
+      <c r="H272" t="s">
+        <v>18</v>
+      </c>
+      <c r="I272">
+        <v>150</v>
+      </c>
+      <c r="J272">
+        <v>210</v>
+      </c>
+      <c r="K272">
+        <v>6</v>
+      </c>
+      <c r="L272" s="1">
+        <v>44987</v>
+      </c>
+      <c r="M272" s="2">
+        <v>9786526303818</v>
+      </c>
+      <c r="N272" t="s" s="3">
         <v>766</v>
-      </c>
-[...25 lines deleted...]
-        <v>767</v>
       </c>
       <c r="O272" s="4">
         <v>89.90</v>
       </c>
       <c r="P272" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273">
-        <v>30337</v>
-[...1 lines deleted...]
-      <c r="C273" t="s">
+        <v>28907</v>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>Tributação da Receita - Parâmetros, Limites Constitucionais e Aspectos Controversos - Apresentação do Prof. Carlos Augusto Daniel Neto - Prefácio do Prof. Roque Antonio Carrazza</t>
+        </is>
+      </c>
+      <c r="D273" t="s">
+        <v>767</v>
+      </c>
+      <c r="F273">
+        <v>198</v>
+      </c>
+      <c r="G273">
+        <v>246</v>
+      </c>
+      <c r="H273" t="s">
+        <v>18</v>
+      </c>
+      <c r="I273">
+        <v>150</v>
+      </c>
+      <c r="J273">
+        <v>210</v>
+      </c>
+      <c r="K273">
+        <v>10</v>
+      </c>
+      <c r="L273" s="1">
+        <v>44229</v>
+      </c>
+      <c r="M273" s="2">
+        <v>9786556054827</v>
+      </c>
+      <c r="N273" t="s" s="3">
         <v>768</v>
       </c>
-      <c r="D273" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O273" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P273" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274">
-        <v>28907</v>
-[...4 lines deleted...]
-        </is>
+        <v>13018</v>
+      </c>
+      <c r="C274" t="s">
+        <v>769</v>
       </c>
       <c r="D274" t="s">
+        <v>770</v>
+      </c>
+      <c r="F274">
+        <v>274</v>
+      </c>
+      <c r="G274">
+        <v>362</v>
+      </c>
+      <c r="H274" t="s">
+        <v>18</v>
+      </c>
+      <c r="I274">
+        <v>150</v>
+      </c>
+      <c r="J274">
+        <v>210</v>
+      </c>
+      <c r="K274">
+        <v>15</v>
+      </c>
+      <c r="L274" s="1">
+        <v>38294</v>
+      </c>
+      <c r="M274" s="2">
+        <v>9788536208138</v>
+      </c>
+      <c r="N274" t="s" s="3">
         <v>771</v>
       </c>
-      <c r="F274">
-[...25 lines deleted...]
-      </c>
       <c r="O274" s="4">
-        <v>109.90</v>
+        <v>139.90</v>
       </c>
       <c r="P274" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275">
-        <v>13018</v>
+        <v>20091</v>
       </c>
       <c r="C275" t="s">
+        <v>772</v>
+      </c>
+      <c r="D275" t="s">
         <v>773</v>
       </c>
-      <c r="D275" t="s">
+      <c r="F275">
+        <v>352</v>
+      </c>
+      <c r="G275">
+        <v>562</v>
+      </c>
+      <c r="H275" t="s">
+        <v>308</v>
+      </c>
+      <c r="I275">
+        <v>165</v>
+      </c>
+      <c r="J275">
+        <v>215</v>
+      </c>
+      <c r="K275">
+        <v>27</v>
+      </c>
+      <c r="L275" s="1">
+        <v>39010</v>
+      </c>
+      <c r="M275" s="2">
+        <v>9788536214023</v>
+      </c>
+      <c r="N275" t="s" s="3">
         <v>774</v>
       </c>
-      <c r="F275">
-[...25 lines deleted...]
-      </c>
       <c r="O275" s="4">
-        <v>139.90</v>
+        <v>159.90</v>
       </c>
       <c r="P275" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276">
-        <v>20091</v>
+        <v>13052</v>
       </c>
       <c r="C276" t="s">
+        <v>775</v>
+      </c>
+      <c r="D276" t="s">
         <v>776</v>
       </c>
-      <c r="D276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F276">
-        <v>352</v>
+        <v>704</v>
       </c>
       <c r="G276">
-        <v>562</v>
+        <v>1006</v>
       </c>
       <c r="H276" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="I276">
         <v>165</v>
       </c>
       <c r="J276">
         <v>215</v>
       </c>
       <c r="K276">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="L276" s="1">
-        <v>39010</v>
+        <v>38331</v>
       </c>
       <c r="M276" s="2">
-        <v>9788536214023</v>
+        <v>9788536208640</v>
       </c>
       <c r="N276" t="s" s="3">
-        <v>778</v>
+        <v>777</v>
       </c>
       <c r="O276" s="4">
-        <v>159.90</v>
+        <v>259.90</v>
       </c>
       <c r="P276" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277">
-        <v>13052</v>
+        <v>12429</v>
       </c>
       <c r="C277" t="s">
+        <v>778</v>
+      </c>
+      <c r="D277" t="s">
         <v>779</v>
       </c>
-      <c r="D277" t="s">
+      <c r="F277">
+        <v>106</v>
+      </c>
+      <c r="G277">
+        <v>148</v>
+      </c>
+      <c r="H277" t="s">
+        <v>18</v>
+      </c>
+      <c r="I277">
+        <v>150</v>
+      </c>
+      <c r="J277">
+        <v>210</v>
+      </c>
+      <c r="K277">
+        <v>6</v>
+      </c>
+      <c r="L277" s="1">
+        <v>37550</v>
+      </c>
+      <c r="M277" s="2">
+        <v>9788536201863</v>
+      </c>
+      <c r="N277" t="s">
         <v>780</v>
       </c>
-      <c r="F277">
-[...25 lines deleted...]
-      </c>
       <c r="O277" s="4">
-        <v>259.90</v>
+        <v>69.90</v>
       </c>
       <c r="P277" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278">
-        <v>12429</v>
+        <v>13459</v>
       </c>
       <c r="C278" t="s">
+        <v>781</v>
+      </c>
+      <c r="D278" t="s">
         <v>782</v>
       </c>
-      <c r="D278" t="s">
+      <c r="F278">
+        <v>352</v>
+      </c>
+      <c r="G278">
+        <v>554</v>
+      </c>
+      <c r="H278" t="s">
+        <v>308</v>
+      </c>
+      <c r="I278">
+        <v>165</v>
+      </c>
+      <c r="J278">
+        <v>215</v>
+      </c>
+      <c r="K278">
+        <v>27</v>
+      </c>
+      <c r="L278" s="1">
+        <v>38874</v>
+      </c>
+      <c r="M278" s="2">
+        <v>9788536212821</v>
+      </c>
+      <c r="N278" t="s" s="3">
         <v>783</v>
       </c>
-      <c r="F278">
-[...25 lines deleted...]
-      </c>
       <c r="O278" s="4">
-        <v>69.90</v>
+        <v>169.90</v>
       </c>
       <c r="P278" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279">
-        <v>13459</v>
+        <v>31683</v>
       </c>
       <c r="C279" t="s">
+        <v>784</v>
+      </c>
+      <c r="D279" t="s">
+        <v>524</v>
+      </c>
+      <c r="E279" t="s">
+        <v>84</v>
+      </c>
+      <c r="F279">
+        <v>400</v>
+      </c>
+      <c r="G279">
+        <v>497</v>
+      </c>
+      <c r="H279" t="s">
+        <v>18</v>
+      </c>
+      <c r="I279">
+        <v>150</v>
+      </c>
+      <c r="J279">
+        <v>210</v>
+      </c>
+      <c r="K279">
+        <v>19</v>
+      </c>
+      <c r="L279" s="1">
+        <v>45855</v>
+      </c>
+      <c r="M279" s="2">
+        <v>9786526317853</v>
+      </c>
+      <c r="N279" t="s" s="3">
         <v>785</v>
       </c>
-      <c r="D279" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O279" s="4">
-        <v>169.90</v>
+        <v>189.90</v>
       </c>
       <c r="P279" t="s">
-        <v>53</v>
-[...48 lines deleted...]
-      <c r="P280" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>