--- v0 (2025-10-27)
+++ v1 (2026-02-11)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="173">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -288,50 +288,56 @@
     <t>Economias do Compartilhamento e o Direito</t>
   </si>
   <si>
     <t>Organizadores: Rafael A. F. Zanatta, Pedro C. B. de Paula e Beatriz Kira</t>
   </si>
   <si>
     <t>978853627389-1</t>
   </si>
   <si>
     <t>Eleições e Pesquisas Eleitorais - Desvendando a Caixa-Preta</t>
   </si>
   <si>
     <t>Adriano Oliveira, Maurício Costa Romão e Carlos Gadelha</t>
   </si>
   <si>
     <t>978853623643-8</t>
   </si>
   <si>
     <t>ESG - Environmental, Social And Governance - Novos Horizontes e Perspectivas da Sustentabilidade Corporativa</t>
   </si>
   <si>
     <t>Coordenador: Roger Maciel de Oliveira - Organizadora: Vitória Bastos Bernardi</t>
   </si>
   <si>
     <t>978652630375-7</t>
+  </si>
+  <si>
+    <t>Nelson Seiji Matsuzawa</t>
+  </si>
+  <si>
+    <t>978652632061-7</t>
   </si>
   <si>
     <t>Fintechs &amp; Law - Coleção FGV Direito Rio</t>
   </si>
   <si>
     <t>Editors: Maria Lucia L. M. Pádua Lima, Rodrigo Dias da Rocha Vianna</t>
   </si>
   <si>
     <t>978652630825-7</t>
   </si>
   <si>
     <t>Fintechs e Bancos Digitais - Inovação e Competitividade</t>
   </si>
   <si>
     <t>Itamir Caciatori Junior e Ana Paula Mussi Szabo Cherobim</t>
   </si>
   <si>
     <t>978652630201-9</t>
   </si>
   <si>
     <t>Gestão Estratégica Participativa - Teoria e Prática para Criação de Organizações que Aprendem</t>
   </si>
   <si>
     <t>José Garcia Leal Filho</t>
   </si>
@@ -575,51 +581,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R53"/>
+  <dimension ref="A1:R54"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="33"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="10"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -1882,1275 +1888,1324 @@
       </c>
       <c r="K27">
         <v>10</v>
       </c>
       <c r="L27" s="1">
         <v>45002</v>
       </c>
       <c r="M27" s="2">
         <v>9786526303757</v>
       </c>
       <c r="N27" t="s" s="3">
         <v>92</v>
       </c>
       <c r="O27" s="4">
         <v>99.90</v>
       </c>
       <c r="P27" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>30690</v>
-[...1 lines deleted...]
-      <c r="C28" t="s">
+        <v>31956</v>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Financiamento da Renda Básica para Pessoas em Situação de Vulnerabilidade Social - Modos de Financiamento e Impactos na Inclusão Econômica para Reduzir a Pobreza e Promover a Justiça Social</t>
+        </is>
+      </c>
+      <c r="D28" t="s">
         <v>93</v>
       </c>
-      <c r="D28" t="s">
+      <c r="F28">
+        <v>182</v>
+      </c>
+      <c r="G28">
+        <v>244</v>
+      </c>
+      <c r="H28" t="s">
+        <v>19</v>
+      </c>
+      <c r="I28">
+        <v>150</v>
+      </c>
+      <c r="J28">
+        <v>210</v>
+      </c>
+      <c r="K28">
+        <v>9</v>
+      </c>
+      <c r="L28" s="1">
+        <v>46037</v>
+      </c>
+      <c r="M28" s="2">
+        <v>9786526320617</v>
+      </c>
+      <c r="N28" t="s" s="3">
         <v>94</v>
       </c>
-      <c r="F28">
-[...25 lines deleted...]
-      </c>
       <c r="O28" s="4">
-        <v>209.90</v>
+        <v>99.90</v>
       </c>
       <c r="P28" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>30178</v>
+        <v>30690</v>
       </c>
       <c r="C29" t="s">
+        <v>95</v>
+      </c>
+      <c r="D29" t="s">
         <v>96</v>
       </c>
-      <c r="D29" t="s">
+      <c r="F29">
+        <v>432</v>
+      </c>
+      <c r="G29">
+        <v>536</v>
+      </c>
+      <c r="H29" t="s">
+        <v>19</v>
+      </c>
+      <c r="I29">
+        <v>150</v>
+      </c>
+      <c r="J29">
+        <v>210</v>
+      </c>
+      <c r="K29">
+        <v>21</v>
+      </c>
+      <c r="L29" s="1">
+        <v>45188</v>
+      </c>
+      <c r="M29" s="2">
+        <v>9786526308257</v>
+      </c>
+      <c r="N29" t="s" s="3">
         <v>97</v>
       </c>
-      <c r="F29">
-[...25 lines deleted...]
-      </c>
       <c r="O29" s="4">
-        <v>89.90</v>
+        <v>209.90</v>
       </c>
       <c r="P29" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>22113</v>
+        <v>30178</v>
       </c>
       <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
         <v>99</v>
       </c>
-      <c r="D30" t="s">
+      <c r="F30">
+        <v>156</v>
+      </c>
+      <c r="G30">
+        <v>193</v>
+      </c>
+      <c r="H30" t="s">
+        <v>19</v>
+      </c>
+      <c r="I30">
+        <v>150</v>
+      </c>
+      <c r="J30">
+        <v>210</v>
+      </c>
+      <c r="K30">
+        <v>8</v>
+      </c>
+      <c r="L30" s="1">
+        <v>44875</v>
+      </c>
+      <c r="M30" s="2">
+        <v>9786526302019</v>
+      </c>
+      <c r="N30" t="s" s="3">
         <v>100</v>
       </c>
-      <c r="E30" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O30" s="4">
-        <v>74.70</v>
+        <v>89.90</v>
       </c>
       <c r="P30" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>24856</v>
+        <v>22113</v>
       </c>
       <c r="C31" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" t="s">
+        <v>102</v>
+      </c>
+      <c r="E31" t="s">
         <v>103</v>
       </c>
-      <c r="D31" t="s">
+      <c r="F31">
+        <v>152</v>
+      </c>
+      <c r="G31">
+        <v>194</v>
+      </c>
+      <c r="H31" t="s">
+        <v>19</v>
+      </c>
+      <c r="I31">
+        <v>150</v>
+      </c>
+      <c r="J31">
+        <v>210</v>
+      </c>
+      <c r="K31">
+        <v>9</v>
+      </c>
+      <c r="L31" s="1">
+        <v>40564</v>
+      </c>
+      <c r="M31" s="2">
+        <v>9788536232461</v>
+      </c>
+      <c r="N31" t="s" s="3">
         <v>104</v>
       </c>
-      <c r="F31">
-[...25 lines deleted...]
-      </c>
       <c r="O31" s="4">
-        <v>139.90</v>
+        <v>74.70</v>
       </c>
       <c r="P31" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>31094</v>
+        <v>24856</v>
       </c>
       <c r="C32" t="s">
+        <v>105</v>
+      </c>
+      <c r="D32" t="s">
         <v>106</v>
       </c>
-      <c r="D32" t="s">
+      <c r="F32">
+        <v>328</v>
+      </c>
+      <c r="G32">
+        <v>417</v>
+      </c>
+      <c r="H32" t="s">
+        <v>19</v>
+      </c>
+      <c r="I32">
+        <v>150</v>
+      </c>
+      <c r="J32">
+        <v>210</v>
+      </c>
+      <c r="K32">
+        <v>17</v>
+      </c>
+      <c r="L32" s="1">
+        <v>42571</v>
+      </c>
+      <c r="M32" s="2">
+        <v>9788536259925</v>
+      </c>
+      <c r="N32" t="s" s="3">
         <v>107</v>
       </c>
-      <c r="F32">
-[...25 lines deleted...]
-      </c>
       <c r="O32" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P32" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>25884</v>
+        <v>31094</v>
       </c>
       <c r="C33" t="s">
+        <v>108</v>
+      </c>
+      <c r="D33" t="s">
         <v>109</v>
       </c>
-      <c r="D33" t="s">
+      <c r="F33">
+        <v>126</v>
+      </c>
+      <c r="G33">
+        <v>156</v>
+      </c>
+      <c r="H33" t="s">
+        <v>19</v>
+      </c>
+      <c r="I33">
+        <v>150</v>
+      </c>
+      <c r="J33">
+        <v>210</v>
+      </c>
+      <c r="K33">
+        <v>6</v>
+      </c>
+      <c r="L33" s="1">
+        <v>45456</v>
+      </c>
+      <c r="M33" s="2">
+        <v>9786526309759</v>
+      </c>
+      <c r="N33" t="s" s="3">
         <v>110</v>
       </c>
-      <c r="F33">
-[...25 lines deleted...]
-      </c>
       <c r="O33" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P33" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>31551</v>
+        <v>25884</v>
       </c>
       <c r="C34" t="s">
+        <v>111</v>
+      </c>
+      <c r="D34" t="s">
         <v>112</v>
       </c>
-      <c r="D34" t="s">
+      <c r="F34">
+        <v>196</v>
+      </c>
+      <c r="G34">
+        <v>243</v>
+      </c>
+      <c r="H34" t="s">
+        <v>19</v>
+      </c>
+      <c r="I34">
+        <v>150</v>
+      </c>
+      <c r="J34">
+        <v>210</v>
+      </c>
+      <c r="K34">
+        <v>11</v>
+      </c>
+      <c r="L34" s="1">
+        <v>42909</v>
+      </c>
+      <c r="M34" s="2">
+        <v>9788536268835</v>
+      </c>
+      <c r="N34" t="s" s="3">
         <v>113</v>
       </c>
-      <c r="F34">
-[...25 lines deleted...]
-      </c>
       <c r="O34" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P34" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>13406</v>
+        <v>31551</v>
       </c>
       <c r="C35" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" t="s">
         <v>115</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35">
+        <v>102</v>
+      </c>
+      <c r="G35">
+        <v>157</v>
+      </c>
+      <c r="H35" t="s">
+        <v>19</v>
+      </c>
+      <c r="I35">
+        <v>150</v>
+      </c>
+      <c r="J35">
+        <v>210</v>
+      </c>
+      <c r="K35">
+        <v>5</v>
+      </c>
+      <c r="L35" s="1">
+        <v>45769</v>
+      </c>
+      <c r="M35" s="2">
+        <v>9786526314272</v>
+      </c>
+      <c r="N35" t="s" s="3">
         <v>116</v>
       </c>
-      <c r="E35" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O35" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P35" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>23080</v>
+        <v>13406</v>
       </c>
       <c r="C36" t="s">
+        <v>117</v>
+      </c>
+      <c r="D36" t="s">
+        <v>118</v>
+      </c>
+      <c r="E36" t="s">
         <v>119</v>
       </c>
-      <c r="D36" t="s">
+      <c r="F36">
+        <v>174</v>
+      </c>
+      <c r="G36">
+        <v>200</v>
+      </c>
+      <c r="H36" t="s">
+        <v>19</v>
+      </c>
+      <c r="I36">
+        <v>150</v>
+      </c>
+      <c r="J36">
+        <v>210</v>
+      </c>
+      <c r="K36">
+        <v>10</v>
+      </c>
+      <c r="L36" s="1">
+        <v>38807</v>
+      </c>
+      <c r="M36" s="2">
+        <v>9788536212258</v>
+      </c>
+      <c r="N36" t="s">
         <v>120</v>
       </c>
-      <c r="F36">
-[...25 lines deleted...]
-      </c>
       <c r="O36" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P36" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
+        <v>23080</v>
+      </c>
+      <c r="C37" t="s">
+        <v>121</v>
+      </c>
+      <c r="D37" t="s">
+        <v>122</v>
+      </c>
+      <c r="F37">
+        <v>234</v>
+      </c>
+      <c r="G37">
+        <v>310</v>
+      </c>
+      <c r="H37" t="s">
+        <v>19</v>
+      </c>
+      <c r="I37">
+        <v>150</v>
+      </c>
+      <c r="J37">
+        <v>210</v>
+      </c>
+      <c r="K37">
+        <v>13</v>
+      </c>
+      <c r="L37" s="1">
+        <v>41445</v>
+      </c>
+      <c r="M37" s="2">
+        <v>9788536242781</v>
+      </c>
+      <c r="N37" t="s" s="3">
+        <v>123</v>
+      </c>
+      <c r="O37" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P37" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38">
         <v>20339</v>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t>Manual do SuperSimples - Comentários à Lei Geral das Microempresas e Empresas de Pequeno Porte - Atualizada com Todas as Resoluções do Comitê Gestor, MF e DNRC, até 16/07/2007</t>
         </is>
       </c>
-      <c r="D37" t="s">
-[...5 lines deleted...]
-      <c r="F37">
+      <c r="D38" t="s">
+        <v>124</v>
+      </c>
+      <c r="E38" t="s">
+        <v>125</v>
+      </c>
+      <c r="F38">
         <v>368</v>
       </c>
-      <c r="G37">
+      <c r="G38">
         <v>438</v>
       </c>
-      <c r="H37" t="s">
-[...11 lines deleted...]
-      <c r="L37" s="1">
+      <c r="H38" t="s">
+        <v>19</v>
+      </c>
+      <c r="I38">
+        <v>150</v>
+      </c>
+      <c r="J38">
+        <v>210</v>
+      </c>
+      <c r="K38">
+        <v>19</v>
+      </c>
+      <c r="L38" s="1">
         <v>39280</v>
       </c>
-      <c r="M37" s="2">
+      <c r="M38" s="2">
         <v>9788536216492</v>
       </c>
-      <c r="N37" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O37" s="4">
+      <c r="N38" t="s" s="3">
+        <v>126</v>
+      </c>
+      <c r="O38" s="4">
         <v>159.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>129.90</v>
       </c>
       <c r="P38" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>23651</v>
+        <v>12273</v>
       </c>
       <c r="C39" t="s">
+        <v>127</v>
+      </c>
+      <c r="D39" t="s">
         <v>128</v>
       </c>
-      <c r="D39" t="s">
+      <c r="F39">
+        <v>322</v>
+      </c>
+      <c r="G39">
+        <v>408</v>
+      </c>
+      <c r="H39" t="s">
+        <v>19</v>
+      </c>
+      <c r="I39">
+        <v>150</v>
+      </c>
+      <c r="J39">
+        <v>210</v>
+      </c>
+      <c r="K39">
+        <v>17</v>
+      </c>
+      <c r="L39" s="1">
+        <v>37243</v>
+      </c>
+      <c r="M39" s="2">
+        <v>9788573948936</v>
+      </c>
+      <c r="N39" t="s" s="3">
         <v>129</v>
       </c>
-      <c r="E39" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O39" s="4">
-        <v>97.70</v>
+        <v>129.90</v>
       </c>
       <c r="P39" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>30161</v>
+        <v>23651</v>
       </c>
       <c r="C40" t="s">
+        <v>130</v>
+      </c>
+      <c r="D40" t="s">
+        <v>131</v>
+      </c>
+      <c r="E40" t="s">
         <v>132</v>
       </c>
-      <c r="D40" t="s">
+      <c r="F40">
+        <v>234</v>
+      </c>
+      <c r="G40">
+        <v>290</v>
+      </c>
+      <c r="H40" t="s">
+        <v>19</v>
+      </c>
+      <c r="I40">
+        <v>150</v>
+      </c>
+      <c r="J40">
+        <v>210</v>
+      </c>
+      <c r="K40">
+        <v>13</v>
+      </c>
+      <c r="L40" s="1">
+        <v>41932</v>
+      </c>
+      <c r="M40" s="2">
+        <v>9788536248738</v>
+      </c>
+      <c r="N40" t="s" s="3">
         <v>133</v>
       </c>
-      <c r="F40">
-[...25 lines deleted...]
-      </c>
       <c r="O40" s="4">
-        <v>209.90</v>
+        <v>97.70</v>
       </c>
       <c r="P40" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>24363</v>
+        <v>30161</v>
       </c>
       <c r="C41" t="s">
+        <v>134</v>
+      </c>
+      <c r="D41" t="s">
         <v>135</v>
       </c>
-      <c r="D41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41">
-        <v>808</v>
+        <v>444</v>
       </c>
       <c r="G41">
-        <v>1197</v>
+        <v>551</v>
       </c>
       <c r="H41" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="I41">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J41">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K41">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="L41" s="1">
-        <v>42380</v>
+        <v>44866</v>
       </c>
       <c r="M41" s="2">
-        <v>9788536255316</v>
+        <v>9786526301500</v>
       </c>
       <c r="N41" t="s" s="3">
         <v>136</v>
       </c>
       <c r="O41" s="4">
-        <v>329.90</v>
+        <v>209.90</v>
       </c>
       <c r="P41" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>20261</v>
+        <v>24363</v>
       </c>
       <c r="C42" t="s">
         <v>137</v>
       </c>
       <c r="D42" t="s">
-        <v>42</v>
+        <v>106</v>
       </c>
       <c r="F42">
-        <v>188</v>
+        <v>808</v>
       </c>
       <c r="G42">
-        <v>238</v>
+        <v>1197</v>
       </c>
       <c r="H42" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="I42">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J42">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K42">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="L42" s="1">
-        <v>39205</v>
+        <v>42380</v>
       </c>
       <c r="M42" s="2">
-        <v>9788536215716</v>
+        <v>9788536255316</v>
       </c>
       <c r="N42" t="s" s="3">
         <v>138</v>
       </c>
       <c r="O42" s="4">
-        <v>99.90</v>
+        <v>329.90</v>
       </c>
       <c r="P42" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>31510</v>
+        <v>20261</v>
       </c>
       <c r="C43" t="s">
         <v>139</v>
       </c>
       <c r="D43" t="s">
-        <v>140</v>
+        <v>42</v>
       </c>
       <c r="F43">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="G43">
-        <v>290</v>
+        <v>238</v>
       </c>
       <c r="H43" t="s">
         <v>19</v>
       </c>
       <c r="I43">
         <v>150</v>
       </c>
       <c r="J43">
         <v>210</v>
       </c>
       <c r="K43">
         <v>10</v>
       </c>
       <c r="L43" s="1">
-        <v>45741</v>
+        <v>39205</v>
       </c>
       <c r="M43" s="2">
-        <v>9786526314906</v>
+        <v>9788536215716</v>
       </c>
       <c r="N43" t="s" s="3">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="O43" s="4">
         <v>99.90</v>
       </c>
       <c r="P43" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
-        <v>12947</v>
+        <v>31510</v>
       </c>
       <c r="C44" t="s">
+        <v>141</v>
+      </c>
+      <c r="D44" t="s">
         <v>142</v>
       </c>
-      <c r="D44" t="s">
+      <c r="F44">
+        <v>204</v>
+      </c>
+      <c r="G44">
+        <v>290</v>
+      </c>
+      <c r="H44" t="s">
+        <v>19</v>
+      </c>
+      <c r="I44">
+        <v>150</v>
+      </c>
+      <c r="J44">
+        <v>210</v>
+      </c>
+      <c r="K44">
+        <v>10</v>
+      </c>
+      <c r="L44" s="1">
+        <v>45741</v>
+      </c>
+      <c r="M44" s="2">
+        <v>9786526314906</v>
+      </c>
+      <c r="N44" t="s" s="3">
         <v>143</v>
       </c>
-      <c r="F44">
-[...25 lines deleted...]
-      </c>
       <c r="O44" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P44" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
-        <v>20273</v>
+        <v>12947</v>
       </c>
       <c r="C45" t="s">
+        <v>144</v>
+      </c>
+      <c r="D45" t="s">
         <v>145</v>
       </c>
-      <c r="D45" t="s">
+      <c r="F45">
+        <v>250</v>
+      </c>
+      <c r="G45">
+        <v>336</v>
+      </c>
+      <c r="H45" t="s">
+        <v>19</v>
+      </c>
+      <c r="I45">
+        <v>150</v>
+      </c>
+      <c r="J45">
+        <v>210</v>
+      </c>
+      <c r="K45">
+        <v>13</v>
+      </c>
+      <c r="L45" s="1">
+        <v>38222</v>
+      </c>
+      <c r="M45" s="2">
+        <v>9788536207551</v>
+      </c>
+      <c r="N45" t="s" s="3">
         <v>146</v>
       </c>
-      <c r="F45">
-[...25 lines deleted...]
-      </c>
       <c r="O45" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P45" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>30368</v>
+        <v>20273</v>
       </c>
       <c r="C46" t="s">
+        <v>147</v>
+      </c>
+      <c r="D46" t="s">
         <v>148</v>
       </c>
-      <c r="D46" t="s">
+      <c r="F46">
+        <v>220</v>
+      </c>
+      <c r="G46">
+        <v>283</v>
+      </c>
+      <c r="H46" t="s">
+        <v>19</v>
+      </c>
+      <c r="I46">
+        <v>150</v>
+      </c>
+      <c r="J46">
+        <v>210</v>
+      </c>
+      <c r="K46">
+        <v>12</v>
+      </c>
+      <c r="L46" s="1">
+        <v>39219</v>
+      </c>
+      <c r="M46" s="2">
+        <v>9788536215709</v>
+      </c>
+      <c r="N46" t="s" s="3">
         <v>149</v>
       </c>
-      <c r="F46">
-[...25 lines deleted...]
-      </c>
       <c r="O46" s="4">
-        <v>119.90</v>
+        <v>109.90</v>
       </c>
       <c r="P46" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
-        <v>24441</v>
+        <v>30368</v>
       </c>
       <c r="C47" t="s">
+        <v>150</v>
+      </c>
+      <c r="D47" t="s">
         <v>151</v>
       </c>
-      <c r="D47" t="s">
+      <c r="F47">
+        <v>256</v>
+      </c>
+      <c r="G47">
+        <v>317</v>
+      </c>
+      <c r="H47" t="s">
+        <v>19</v>
+      </c>
+      <c r="I47">
+        <v>150</v>
+      </c>
+      <c r="J47">
+        <v>210</v>
+      </c>
+      <c r="K47">
+        <v>13</v>
+      </c>
+      <c r="L47" s="1">
+        <v>45006</v>
+      </c>
+      <c r="M47" s="2">
+        <v>9786526303382</v>
+      </c>
+      <c r="N47" t="s" s="3">
         <v>152</v>
       </c>
-      <c r="F47">
-[...25 lines deleted...]
-      </c>
       <c r="O47" s="4">
-        <v>139.90</v>
+        <v>119.90</v>
       </c>
       <c r="P47" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
-        <v>12300</v>
+        <v>24441</v>
       </c>
       <c r="C48" t="s">
+        <v>153</v>
+      </c>
+      <c r="D48" t="s">
         <v>154</v>
       </c>
-      <c r="D48" t="s">
+      <c r="F48">
+        <v>278</v>
+      </c>
+      <c r="G48">
+        <v>345</v>
+      </c>
+      <c r="H48" t="s">
+        <v>19</v>
+      </c>
+      <c r="I48">
+        <v>150</v>
+      </c>
+      <c r="J48">
+        <v>210</v>
+      </c>
+      <c r="K48">
+        <v>15</v>
+      </c>
+      <c r="L48" s="1">
+        <v>42429</v>
+      </c>
+      <c r="M48" s="2">
+        <v>9788536255927</v>
+      </c>
+      <c r="N48" t="s" s="3">
         <v>155</v>
       </c>
-      <c r="F48">
-[...25 lines deleted...]
-      </c>
       <c r="O48" s="4">
-        <v>109.90</v>
+        <v>139.90</v>
       </c>
       <c r="P48" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
-        <v>20150</v>
+        <v>12300</v>
       </c>
       <c r="C49" t="s">
+        <v>156</v>
+      </c>
+      <c r="D49" t="s">
         <v>157</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49">
+        <v>214</v>
+      </c>
+      <c r="G49">
+        <v>292</v>
+      </c>
+      <c r="H49" t="s">
+        <v>19</v>
+      </c>
+      <c r="I49">
+        <v>150</v>
+      </c>
+      <c r="J49">
+        <v>210</v>
+      </c>
+      <c r="K49">
+        <v>12</v>
+      </c>
+      <c r="L49" s="1">
+        <v>37288</v>
+      </c>
+      <c r="M49" s="2">
+        <v>9788536200477</v>
+      </c>
+      <c r="N49" t="s" s="3">
         <v>158</v>
       </c>
-      <c r="F49">
-[...25 lines deleted...]
-      </c>
       <c r="O49" s="4">
-        <v>59.90</v>
+        <v>109.90</v>
       </c>
       <c r="P49" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
-        <v>20104</v>
+        <v>20150</v>
       </c>
       <c r="C50" t="s">
+        <v>159</v>
+      </c>
+      <c r="D50" t="s">
         <v>160</v>
       </c>
-      <c r="D50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50">
-        <v>142</v>
+        <v>124</v>
       </c>
       <c r="G50">
-        <v>194</v>
+        <v>165</v>
       </c>
       <c r="H50" t="s">
         <v>19</v>
       </c>
       <c r="I50">
         <v>150</v>
       </c>
       <c r="J50">
         <v>210</v>
       </c>
       <c r="K50">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L50" s="1">
-        <v>39022</v>
+        <v>39085</v>
       </c>
       <c r="M50" s="2">
-        <v>9788536214092</v>
+        <v>9788536214603</v>
       </c>
       <c r="N50" t="s" s="3">
         <v>161</v>
       </c>
       <c r="O50" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P50" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
-        <v>31508</v>
+        <v>20104</v>
       </c>
       <c r="C51" t="s">
         <v>162</v>
       </c>
       <c r="D51" t="s">
+        <v>160</v>
+      </c>
+      <c r="F51">
+        <v>142</v>
+      </c>
+      <c r="G51">
+        <v>194</v>
+      </c>
+      <c r="H51" t="s">
+        <v>19</v>
+      </c>
+      <c r="I51">
+        <v>150</v>
+      </c>
+      <c r="J51">
+        <v>210</v>
+      </c>
+      <c r="K51">
+        <v>8</v>
+      </c>
+      <c r="L51" s="1">
+        <v>39022</v>
+      </c>
+      <c r="M51" s="2">
+        <v>9788536214092</v>
+      </c>
+      <c r="N51" t="s" s="3">
         <v>163</v>
       </c>
-      <c r="F51">
-[...25 lines deleted...]
-      </c>
       <c r="O51" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P51" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
-        <v>13478</v>
+        <v>31508</v>
       </c>
       <c r="C52" t="s">
+        <v>164</v>
+      </c>
+      <c r="D52" t="s">
         <v>165</v>
       </c>
-      <c r="D52" t="s">
+      <c r="F52">
+        <v>122</v>
+      </c>
+      <c r="G52">
+        <v>175</v>
+      </c>
+      <c r="H52" t="s">
+        <v>19</v>
+      </c>
+      <c r="I52">
+        <v>150</v>
+      </c>
+      <c r="J52">
+        <v>210</v>
+      </c>
+      <c r="K52">
+        <v>6</v>
+      </c>
+      <c r="L52" s="1">
+        <v>45736</v>
+      </c>
+      <c r="M52" s="2">
+        <v>9786526314500</v>
+      </c>
+      <c r="N52" t="s" s="3">
         <v>166</v>
       </c>
-      <c r="F52">
-[...25 lines deleted...]
-      </c>
       <c r="O52" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P52" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
+        <v>13478</v>
+      </c>
+      <c r="C53" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" t="s">
+        <v>168</v>
+      </c>
+      <c r="F53">
+        <v>204</v>
+      </c>
+      <c r="G53">
+        <v>262</v>
+      </c>
+      <c r="H53" t="s">
+        <v>19</v>
+      </c>
+      <c r="I53">
+        <v>150</v>
+      </c>
+      <c r="J53">
+        <v>210</v>
+      </c>
+      <c r="K53">
+        <v>11</v>
+      </c>
+      <c r="L53" s="1">
+        <v>38894</v>
+      </c>
+      <c r="M53" s="2">
+        <v>9788536212982</v>
+      </c>
+      <c r="N53" t="s" s="3">
+        <v>169</v>
+      </c>
+      <c r="O53" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P53" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54">
+        <v>53</v>
+      </c>
+      <c r="B54">
         <v>21392</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="F53">
+      <c r="C54" t="s">
+        <v>170</v>
+      </c>
+      <c r="D54" t="s">
+        <v>171</v>
+      </c>
+      <c r="F54">
         <v>140</v>
       </c>
-      <c r="G53">
+      <c r="G54">
         <v>160</v>
       </c>
-      <c r="H53" t="s">
-[...8 lines deleted...]
-      <c r="K53">
+      <c r="H54" t="s">
+        <v>19</v>
+      </c>
+      <c r="I54">
+        <v>150</v>
+      </c>
+      <c r="J54">
+        <v>210</v>
+      </c>
+      <c r="K54">
         <v>8</v>
       </c>
-      <c r="L53" s="1">
+      <c r="L54" s="1">
         <v>40126</v>
       </c>
-      <c r="M53" s="2">
+      <c r="M54" s="2">
         <v>9788536226491</v>
       </c>
-      <c r="N53" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O53" s="4">
+      <c r="N54" t="s" s="3">
+        <v>172</v>
+      </c>
+      <c r="O54" s="4">
         <v>69.90</v>
       </c>
-      <c r="P53" t="s">
+      <c r="P54" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>