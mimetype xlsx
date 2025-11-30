--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -302,50 +302,59 @@
   <si>
     <t>J. M. de Barros Dias</t>
   </si>
   <si>
     <t>978853624032-9</t>
   </si>
   <si>
     <t>Ética, Política e Responsabilidade Moral - O Complexo de Macbeth</t>
   </si>
   <si>
     <t>Dagmar Manieri</t>
   </si>
   <si>
     <t>978853625294-0</t>
   </si>
   <si>
     <t>Existencialismo - Uma reflexão antropológica e política a partir de Heidegger e Sartre</t>
   </si>
   <si>
     <t>Anna Maria Laporte e Neusa Volpe</t>
   </si>
   <si>
     <t>857394282-7</t>
   </si>
   <si>
+    <t>Fascismo - Conceito e História - Prefácio de Icles Rodrigues - Coleção História FM</t>
+  </si>
+  <si>
+    <t>Demian Melo - Editor: Icles Rodrigues</t>
+  </si>
+  <si>
+    <t>978652631656-6</t>
+  </si>
+  <si>
     <t>Fé, Razão e Revelação - Introdução ao Pensamento Cristão</t>
   </si>
   <si>
     <t>Moisés do Vale dos Santos</t>
   </si>
   <si>
     <t>978853626937-5</t>
   </si>
   <si>
     <t>Felicidade pela Leitura</t>
   </si>
   <si>
     <t>Newton SABBÁ GUIMARÃES</t>
   </si>
   <si>
     <t>978853622374-2</t>
   </si>
   <si>
     <t>Felicidade, Vontade e Medida - O Dinamismo da Vida Feliz Segundo Santo Agostinho</t>
   </si>
   <si>
     <t>Josadaque Martins Silva</t>
   </si>
   <si>
     <t>978853625310-7</t>
@@ -435,50 +444,59 @@
     <t>Fundamentos da Justiça - Uma Alternativa aos Decisionismos e Arbitrariedades Judiciais</t>
   </si>
   <si>
     <t>Rodrigo Toaldo Cappellari</t>
   </si>
   <si>
     <t>978853623979-8</t>
   </si>
   <si>
     <t>Hermenêutica Constitucional - Um Contributo à Construção do Estado Democrático de Direito</t>
   </si>
   <si>
     <t>Sergio Alves Gomes</t>
   </si>
   <si>
     <t>978853621963-9</t>
   </si>
   <si>
     <t>Hermenêutica Jurídica Cosmopolita - Sob a Perspectiva Arendtiana Zagrebelskiana</t>
   </si>
   <si>
     <t>Vicente Higino Neto</t>
   </si>
   <si>
     <t>978853622030-7</t>
+  </si>
+  <si>
+    <t>Hermenêutica Maçônica - Reminiscências e Inquietações de um Buscador</t>
+  </si>
+  <si>
+    <t>José Julberto Meira Junior</t>
+  </si>
+  <si>
+    <t>978652631682-5</t>
   </si>
   <si>
     <t>Ideologia, Fanatismo e a Sociedade Inflamada - Um Ponto de Vista Psicológico</t>
   </si>
   <si>
     <t>Cesar Rey Xavier</t>
   </si>
   <si>
     <t>978652631606-1</t>
   </si>
   <si>
     <t>Individuação da Pessoa na Ontologia de Edith Stein</t>
   </si>
   <si>
     <t>Ocir de Paula Andreata</t>
   </si>
   <si>
     <t>978853629795-8</t>
   </si>
   <si>
     <t>Iniciação ao Ceticismo</t>
   </si>
   <si>
     <t>978853628165-0</t>
   </si>
@@ -734,51 +752,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R70"/>
+  <dimension ref="A1:R72"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="59"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -2036,2079 +2054,2173 @@
       </c>
       <c r="K27">
         <v>8</v>
       </c>
       <c r="L27" s="1">
         <v>36542</v>
       </c>
       <c r="M27" s="2">
         <v>9788573942828</v>
       </c>
       <c r="N27" t="s" s="3">
         <v>96</v>
       </c>
       <c r="O27" s="4">
         <v>79.90</v>
       </c>
       <c r="P27" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>25849</v>
+        <v>31866</v>
       </c>
       <c r="C28" t="s">
         <v>97</v>
       </c>
       <c r="D28" t="s">
         <v>98</v>
       </c>
       <c r="F28">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="G28">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="H28" t="s">
         <v>18</v>
       </c>
       <c r="I28">
         <v>150</v>
       </c>
       <c r="J28">
         <v>210</v>
       </c>
       <c r="K28">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L28" s="1">
-        <v>42895</v>
+        <v>45960</v>
       </c>
       <c r="M28" s="2">
-        <v>9788536269375</v>
+        <v>9786526316566</v>
       </c>
       <c r="N28" t="s" s="3">
         <v>99</v>
       </c>
       <c r="O28" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P28" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>21240</v>
+        <v>25849</v>
       </c>
       <c r="C29" t="s">
         <v>100</v>
       </c>
       <c r="D29" t="s">
         <v>101</v>
       </c>
       <c r="F29">
-        <v>224</v>
+        <v>100</v>
       </c>
       <c r="G29">
-        <v>290</v>
+        <v>124</v>
       </c>
       <c r="H29" t="s">
         <v>18</v>
       </c>
       <c r="I29">
         <v>150</v>
       </c>
       <c r="J29">
         <v>210</v>
       </c>
       <c r="K29">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L29" s="1">
-        <v>40035</v>
+        <v>42895</v>
       </c>
       <c r="M29" s="2">
-        <v>9788536223742</v>
+        <v>9788536269375</v>
       </c>
       <c r="N29" t="s" s="3">
         <v>102</v>
       </c>
       <c r="O29" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>24120</v>
+        <v>21240</v>
       </c>
       <c r="C30" t="s">
         <v>103</v>
       </c>
       <c r="D30" t="s">
         <v>104</v>
       </c>
       <c r="F30">
-        <v>146</v>
+        <v>224</v>
       </c>
       <c r="G30">
-        <v>181</v>
+        <v>290</v>
       </c>
       <c r="H30" t="s">
         <v>18</v>
       </c>
       <c r="I30">
         <v>150</v>
       </c>
       <c r="J30">
         <v>210</v>
       </c>
       <c r="K30">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L30" s="1">
-        <v>42226</v>
+        <v>40035</v>
       </c>
       <c r="M30" s="2">
-        <v>9788536253107</v>
+        <v>9788536223742</v>
       </c>
       <c r="N30" t="s" s="3">
         <v>105</v>
       </c>
       <c r="O30" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P30" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>24406</v>
+        <v>24120</v>
       </c>
       <c r="C31" t="s">
         <v>106</v>
       </c>
       <c r="D31" t="s">
         <v>107</v>
       </c>
       <c r="F31">
-        <v>116</v>
+        <v>146</v>
       </c>
       <c r="G31">
-        <v>144</v>
+        <v>181</v>
       </c>
       <c r="H31" t="s">
         <v>18</v>
       </c>
       <c r="I31">
         <v>150</v>
       </c>
       <c r="J31">
         <v>210</v>
       </c>
       <c r="K31">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L31" s="1">
-        <v>42412</v>
+        <v>42226</v>
       </c>
       <c r="M31" s="2">
-        <v>9788536255682</v>
+        <v>9788536253107</v>
       </c>
       <c r="N31" t="s" s="3">
         <v>108</v>
       </c>
       <c r="O31" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P31" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>23393</v>
+        <v>24406</v>
       </c>
       <c r="C32" t="s">
         <v>109</v>
       </c>
       <c r="D32" t="s">
         <v>110</v>
       </c>
       <c r="F32">
-        <v>232</v>
+        <v>116</v>
       </c>
       <c r="G32">
-        <v>289</v>
+        <v>144</v>
       </c>
       <c r="H32" t="s">
         <v>18</v>
       </c>
       <c r="I32">
         <v>150</v>
       </c>
       <c r="J32">
         <v>210</v>
       </c>
       <c r="K32">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L32" s="1">
-        <v>41757</v>
+        <v>42412</v>
       </c>
       <c r="M32" s="2">
-        <v>9788536246338</v>
+        <v>9788536255682</v>
       </c>
       <c r="N32" t="s" s="3">
         <v>111</v>
       </c>
       <c r="O32" s="4">
-        <v>97.70</v>
+        <v>69.90</v>
       </c>
       <c r="P32" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>29651</v>
+        <v>23393</v>
       </c>
       <c r="C33" t="s">
         <v>112</v>
       </c>
       <c r="D33" t="s">
         <v>113</v>
       </c>
       <c r="F33">
-        <v>214</v>
+        <v>232</v>
       </c>
       <c r="G33">
-        <v>265</v>
+        <v>289</v>
       </c>
       <c r="H33" t="s">
         <v>18</v>
       </c>
       <c r="I33">
         <v>150</v>
       </c>
       <c r="J33">
         <v>210</v>
       </c>
       <c r="K33">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L33" s="1">
-        <v>44669</v>
+        <v>41757</v>
       </c>
       <c r="M33" s="2">
-        <v>9788536298108</v>
+        <v>9788536246338</v>
       </c>
       <c r="N33" t="s" s="3">
         <v>114</v>
       </c>
       <c r="O33" s="4">
-        <v>109.90</v>
+        <v>97.70</v>
       </c>
       <c r="P33" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>22711</v>
+        <v>29651</v>
       </c>
       <c r="C34" t="s">
         <v>115</v>
       </c>
       <c r="D34" t="s">
         <v>116</v>
       </c>
       <c r="F34">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="G34">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="H34" t="s">
         <v>18</v>
       </c>
       <c r="I34">
         <v>150</v>
       </c>
       <c r="J34">
         <v>210</v>
       </c>
       <c r="K34">
         <v>11</v>
       </c>
       <c r="L34" s="1">
-        <v>41135</v>
+        <v>44669</v>
       </c>
       <c r="M34" s="2">
-        <v>9788536238869</v>
+        <v>9788536298108</v>
       </c>
       <c r="N34" t="s" s="3">
         <v>117</v>
       </c>
       <c r="O34" s="4">
         <v>109.90</v>
       </c>
       <c r="P34" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>24089</v>
+        <v>22711</v>
       </c>
       <c r="C35" t="s">
         <v>118</v>
       </c>
       <c r="D35" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="F35">
-        <v>132</v>
+        <v>204</v>
       </c>
       <c r="G35">
-        <v>164</v>
+        <v>260</v>
       </c>
       <c r="H35" t="s">
         <v>18</v>
       </c>
       <c r="I35">
         <v>150</v>
       </c>
       <c r="J35">
         <v>210</v>
       </c>
       <c r="K35">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L35" s="1">
-        <v>42207</v>
+        <v>41135</v>
       </c>
       <c r="M35" s="2">
-        <v>9788536252780</v>
+        <v>9788536238869</v>
       </c>
       <c r="N35" t="s" s="3">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="O35" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P35" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>23838</v>
+        <v>24089</v>
       </c>
       <c r="C36" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D36" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="F36">
-        <v>278</v>
+        <v>132</v>
       </c>
       <c r="G36">
-        <v>345</v>
+        <v>164</v>
       </c>
       <c r="H36" t="s">
         <v>18</v>
       </c>
       <c r="I36">
         <v>150</v>
       </c>
       <c r="J36">
         <v>210</v>
       </c>
       <c r="K36">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="L36" s="1">
-        <v>42081</v>
+        <v>42207</v>
       </c>
       <c r="M36" s="2">
-        <v>9788536250502</v>
+        <v>9788536252780</v>
       </c>
       <c r="N36" t="s" s="3">
         <v>122</v>
       </c>
       <c r="O36" s="4">
-        <v>139.90</v>
+        <v>79.90</v>
       </c>
       <c r="P36" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>23135</v>
+        <v>23838</v>
       </c>
       <c r="C37" t="s">
         <v>123</v>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D37" t="s">
+        <v>124</v>
+      </c>
+      <c r="F37">
+        <v>278</v>
+      </c>
+      <c r="G37">
+        <v>345</v>
+      </c>
+      <c r="H37" t="s">
+        <v>18</v>
+      </c>
+      <c r="I37">
+        <v>150</v>
+      </c>
+      <c r="J37">
+        <v>210</v>
+      </c>
+      <c r="K37">
+        <v>15</v>
+      </c>
+      <c r="L37" s="1">
+        <v>42081</v>
+      </c>
+      <c r="M37" s="2">
+        <v>9788536250502</v>
+      </c>
+      <c r="N37" t="s" s="3">
+        <v>125</v>
+      </c>
+      <c r="O37" s="4">
+        <v>139.90</v>
+      </c>
+      <c r="P37" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38">
+        <v>23135</v>
+      </c>
+      <c r="C38" t="s">
+        <v>126</v>
+      </c>
+      <c r="D38" t="inlineStr">
         <is>
           <t>Organizador: Geraldo Balduíno Horn - Colaboradores: Edson Teixeira de Rezende, Luciana da Silva Teixeira, Maria Lúcia de Andrade, Walter Luiz Mauch e Wilson José Vieira</t>
         </is>
       </c>
-      <c r="F37">
+      <c r="F38">
         <v>118</v>
       </c>
-      <c r="G37">
+      <c r="G38">
         <v>180</v>
       </c>
-      <c r="H37" t="s">
-[...8 lines deleted...]
-      <c r="K37">
+      <c r="H38" t="s">
+        <v>18</v>
+      </c>
+      <c r="I38">
+        <v>150</v>
+      </c>
+      <c r="J38">
+        <v>210</v>
+      </c>
+      <c r="K38">
         <v>7</v>
       </c>
-      <c r="L37" s="1">
+      <c r="L38" s="1">
         <v>41491</v>
       </c>
-      <c r="M37" s="2">
+      <c r="M38" s="2">
         <v>9788536243399</v>
-      </c>
-[...45 lines deleted...]
-        <v>9788536244662</v>
       </c>
       <c r="N38" t="s" s="3">
         <v>127</v>
       </c>
       <c r="O38" s="4">
-        <v>84.70</v>
+        <v>69.90</v>
       </c>
       <c r="P38" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>22575</v>
+        <v>23246</v>
       </c>
       <c r="C39" t="s">
         <v>128</v>
       </c>
       <c r="D39" t="s">
-        <v>116</v>
+        <v>129</v>
       </c>
       <c r="F39">
-        <v>228</v>
+        <v>156</v>
       </c>
       <c r="G39">
-        <v>341</v>
+        <v>194</v>
       </c>
       <c r="H39" t="s">
         <v>18</v>
       </c>
       <c r="I39">
         <v>150</v>
       </c>
       <c r="J39">
         <v>210</v>
       </c>
       <c r="K39">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L39" s="1">
-        <v>41004</v>
+        <v>41591</v>
       </c>
       <c r="M39" s="2">
-        <v>9788536237022</v>
+        <v>9788536244662</v>
       </c>
       <c r="N39" t="s" s="3">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="O39" s="4">
-        <v>109.90</v>
+        <v>84.70</v>
       </c>
       <c r="P39" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>13486</v>
+        <v>22575</v>
       </c>
       <c r="C40" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D40" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="F40">
-        <v>272</v>
+        <v>228</v>
       </c>
       <c r="G40">
-        <v>458</v>
+        <v>341</v>
       </c>
       <c r="H40" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I40">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J40">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K40">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="L40" s="1">
-        <v>38898</v>
+        <v>41004</v>
       </c>
       <c r="M40" s="2">
-        <v>9788536213057</v>
+        <v>9788536237022</v>
       </c>
       <c r="N40" t="s" s="3">
         <v>132</v>
       </c>
       <c r="O40" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P40" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>22810</v>
+        <v>13486</v>
       </c>
       <c r="C41" t="s">
         <v>133</v>
       </c>
       <c r="D41" t="s">
         <v>134</v>
       </c>
       <c r="F41">
-        <v>228</v>
+        <v>272</v>
       </c>
       <c r="G41">
-        <v>295</v>
+        <v>458</v>
       </c>
       <c r="H41" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I41">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J41">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K41">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="L41" s="1">
-        <v>41205</v>
+        <v>38898</v>
       </c>
       <c r="M41" s="2">
-        <v>9788536239798</v>
+        <v>9788536213057</v>
       </c>
       <c r="N41" t="s" s="3">
         <v>135</v>
       </c>
       <c r="O41" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P41" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>20735</v>
+        <v>22810</v>
       </c>
       <c r="C42" t="s">
         <v>136</v>
       </c>
       <c r="D42" t="s">
         <v>137</v>
       </c>
       <c r="F42">
-        <v>496</v>
+        <v>228</v>
       </c>
       <c r="G42">
-        <v>750</v>
+        <v>295</v>
       </c>
       <c r="H42" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I42">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J42">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K42">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="L42" s="1">
-        <v>39619</v>
+        <v>41205</v>
       </c>
       <c r="M42" s="2">
-        <v>9788536219639</v>
+        <v>9788536239798</v>
       </c>
       <c r="N42" t="s" s="3">
         <v>138</v>
       </c>
       <c r="O42" s="4">
-        <v>219.90</v>
+        <v>109.90</v>
       </c>
       <c r="P42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>20739</v>
+        <v>20735</v>
       </c>
       <c r="C43" t="s">
         <v>139</v>
       </c>
       <c r="D43" t="s">
         <v>140</v>
       </c>
       <c r="F43">
-        <v>280</v>
+        <v>496</v>
       </c>
       <c r="G43">
-        <v>360</v>
+        <v>750</v>
       </c>
       <c r="H43" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I43">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J43">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K43">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="L43" s="1">
-        <v>39623</v>
+        <v>39619</v>
       </c>
       <c r="M43" s="2">
-        <v>9788536220307</v>
+        <v>9788536219639</v>
       </c>
       <c r="N43" t="s" s="3">
         <v>141</v>
       </c>
       <c r="O43" s="4">
-        <v>129.90</v>
+        <v>219.90</v>
       </c>
       <c r="P43" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
-        <v>31393</v>
+        <v>20739</v>
       </c>
       <c r="C44" t="s">
         <v>142</v>
       </c>
       <c r="D44" t="s">
         <v>143</v>
       </c>
       <c r="F44">
-        <v>154</v>
+        <v>280</v>
       </c>
       <c r="G44">
-        <v>191</v>
+        <v>360</v>
       </c>
       <c r="H44" t="s">
         <v>18</v>
       </c>
       <c r="I44">
         <v>150</v>
       </c>
       <c r="J44">
         <v>210</v>
       </c>
       <c r="K44">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L44" s="1">
-        <v>45666</v>
+        <v>39623</v>
       </c>
       <c r="M44" s="2">
-        <v>9786526316061</v>
+        <v>9788536220307</v>
       </c>
       <c r="N44" t="s" s="3">
         <v>144</v>
       </c>
       <c r="O44" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P44" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
-        <v>29797</v>
+        <v>31862</v>
       </c>
       <c r="C45" t="s">
         <v>145</v>
       </c>
       <c r="D45" t="s">
         <v>146</v>
       </c>
       <c r="F45">
-        <v>264</v>
+        <v>292</v>
       </c>
       <c r="G45">
-        <v>327</v>
+        <v>374</v>
       </c>
       <c r="H45" t="s">
         <v>18</v>
       </c>
       <c r="I45">
         <v>150</v>
       </c>
       <c r="J45">
         <v>210</v>
       </c>
       <c r="K45">
         <v>14</v>
       </c>
       <c r="L45" s="1">
-        <v>44719</v>
+        <v>45960</v>
       </c>
       <c r="M45" s="2">
-        <v>9788536297958</v>
+        <v>9786526316825</v>
       </c>
       <c r="N45" t="s" s="3">
         <v>147</v>
       </c>
       <c r="O45" s="4">
-        <v>119.90</v>
+        <v>149.90</v>
       </c>
       <c r="P45" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>27091</v>
+        <v>31393</v>
       </c>
       <c r="C46" t="s">
         <v>148</v>
       </c>
       <c r="D46" t="s">
-        <v>98</v>
+        <v>149</v>
       </c>
       <c r="F46">
-        <v>100</v>
+        <v>154</v>
       </c>
       <c r="G46">
-        <v>124</v>
+        <v>191</v>
       </c>
       <c r="H46" t="s">
         <v>18</v>
       </c>
       <c r="I46">
         <v>150</v>
       </c>
       <c r="J46">
         <v>210</v>
       </c>
       <c r="K46">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L46" s="1">
-        <v>43321</v>
+        <v>45666</v>
       </c>
       <c r="M46" s="2">
-        <v>9788536281650</v>
+        <v>9786526316061</v>
       </c>
       <c r="N46" t="s" s="3">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="O46" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P46" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
-        <v>31547</v>
+        <v>29797</v>
       </c>
       <c r="C47" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D47" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F47">
-        <v>168</v>
+        <v>264</v>
       </c>
       <c r="G47">
-        <v>234</v>
+        <v>327</v>
       </c>
       <c r="H47" t="s">
         <v>18</v>
       </c>
       <c r="I47">
         <v>150</v>
       </c>
       <c r="J47">
         <v>210</v>
       </c>
       <c r="K47">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L47" s="1">
-        <v>45763</v>
+        <v>44719</v>
       </c>
       <c r="M47" s="2">
-        <v>9786526313978</v>
+        <v>9788536297958</v>
       </c>
       <c r="N47" t="s" s="3">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="O47" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P47" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
-        <v>24712</v>
+        <v>27091</v>
       </c>
       <c r="C48" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D48" t="s">
-        <v>154</v>
+        <v>101</v>
       </c>
       <c r="F48">
-        <v>138</v>
+        <v>100</v>
       </c>
       <c r="G48">
-        <v>171</v>
+        <v>124</v>
       </c>
       <c r="H48" t="s">
         <v>18</v>
       </c>
       <c r="I48">
         <v>150</v>
       </c>
       <c r="J48">
         <v>210</v>
       </c>
       <c r="K48">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L48" s="1">
-        <v>42524</v>
+        <v>43321</v>
       </c>
       <c r="M48" s="2">
-        <v>9788536258676</v>
+        <v>9788536281650</v>
       </c>
       <c r="N48" t="s" s="3">
         <v>155</v>
       </c>
       <c r="O48" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P48" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
-        <v>21442</v>
+        <v>31547</v>
       </c>
       <c r="C49" t="s">
         <v>156</v>
       </c>
       <c r="D49" t="s">
         <v>157</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49">
+        <v>168</v>
+      </c>
+      <c r="G49">
+        <v>234</v>
+      </c>
+      <c r="H49" t="s">
+        <v>18</v>
+      </c>
+      <c r="I49">
+        <v>150</v>
+      </c>
+      <c r="J49">
+        <v>210</v>
+      </c>
+      <c r="K49">
+        <v>8</v>
+      </c>
+      <c r="L49" s="1">
+        <v>45763</v>
+      </c>
+      <c r="M49" s="2">
+        <v>9786526313978</v>
+      </c>
+      <c r="N49" t="s" s="3">
         <v>158</v>
       </c>
-      <c r="F49">
-[...25 lines deleted...]
-      </c>
       <c r="O49" s="4">
-        <v>179.90</v>
+        <v>89.90</v>
       </c>
       <c r="P49" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
+        <v>24712</v>
+      </c>
+      <c r="C50" t="s">
+        <v>159</v>
+      </c>
+      <c r="D50" t="s">
+        <v>160</v>
+      </c>
+      <c r="F50">
+        <v>138</v>
+      </c>
+      <c r="G50">
+        <v>171</v>
+      </c>
+      <c r="H50" t="s">
+        <v>18</v>
+      </c>
+      <c r="I50">
+        <v>150</v>
+      </c>
+      <c r="J50">
+        <v>210</v>
+      </c>
+      <c r="K50">
+        <v>8</v>
+      </c>
+      <c r="L50" s="1">
+        <v>42524</v>
+      </c>
+      <c r="M50" s="2">
+        <v>9788536258676</v>
+      </c>
+      <c r="N50" t="s" s="3">
+        <v>161</v>
+      </c>
+      <c r="O50" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P50" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51">
+        <v>21442</v>
+      </c>
+      <c r="C51" t="s">
+        <v>162</v>
+      </c>
+      <c r="D51" t="s">
+        <v>163</v>
+      </c>
+      <c r="E51" t="s">
+        <v>164</v>
+      </c>
+      <c r="F51">
+        <v>344</v>
+      </c>
+      <c r="G51">
+        <v>405</v>
+      </c>
+      <c r="H51" t="s">
+        <v>18</v>
+      </c>
+      <c r="I51">
+        <v>150</v>
+      </c>
+      <c r="J51">
+        <v>210</v>
+      </c>
+      <c r="K51">
+        <v>18</v>
+      </c>
+      <c r="L51" s="1">
+        <v>40151</v>
+      </c>
+      <c r="M51" s="2">
+        <v>9788536227245</v>
+      </c>
+      <c r="N51" t="s" s="3">
+        <v>165</v>
+      </c>
+      <c r="O51" s="4">
+        <v>179.90</v>
+      </c>
+      <c r="P51" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52">
         <v>23799</v>
       </c>
-      <c r="C50" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <t>Introdução ao Ordenamento Jurídico - Um Diálogo entre Norberto Bobbio e a Doutrina Brasileira - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D50" t="s">
-[...5 lines deleted...]
-      <c r="F50">
+      <c r="D52" t="s">
+        <v>166</v>
+      </c>
+      <c r="E52" t="s">
+        <v>167</v>
+      </c>
+      <c r="F52">
         <v>88</v>
       </c>
-      <c r="G50">
+      <c r="G52">
         <v>109</v>
-      </c>
-[...92 lines deleted...]
-        <v>149</v>
       </c>
       <c r="H52" t="s">
         <v>18</v>
       </c>
       <c r="I52">
         <v>150</v>
       </c>
       <c r="J52">
         <v>210</v>
       </c>
       <c r="K52">
         <v>6</v>
       </c>
       <c r="L52" s="1">
-        <v>45716</v>
+        <v>42047</v>
       </c>
       <c r="M52" s="2">
-        <v>9786526315583</v>
+        <v>9788536250199</v>
       </c>
       <c r="N52" t="s" s="3">
         <v>168</v>
       </c>
       <c r="O52" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P52" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
-        <v>31131</v>
+        <v>21759</v>
       </c>
       <c r="C53" t="s">
         <v>169</v>
       </c>
       <c r="D53" t="s">
         <v>170</v>
       </c>
       <c r="F53">
-        <v>124</v>
+        <v>196</v>
       </c>
       <c r="G53">
-        <v>154</v>
+        <v>255</v>
       </c>
       <c r="H53" t="s">
         <v>18</v>
       </c>
       <c r="I53">
         <v>150</v>
       </c>
       <c r="J53">
         <v>210</v>
       </c>
       <c r="K53">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L53" s="1">
-        <v>45483</v>
+        <v>40311</v>
       </c>
       <c r="M53" s="2">
-        <v>9786526313268</v>
+        <v>9788536229836</v>
       </c>
       <c r="N53" t="s" s="3">
         <v>171</v>
       </c>
       <c r="O53" s="4">
         <v>89.90</v>
       </c>
       <c r="P53" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
-        <v>29072</v>
+        <v>31479</v>
       </c>
       <c r="C54" t="s">
         <v>172</v>
       </c>
       <c r="D54" t="s">
         <v>173</v>
       </c>
       <c r="F54">
-        <v>208</v>
+        <v>124</v>
       </c>
       <c r="G54">
-        <v>258</v>
+        <v>149</v>
       </c>
       <c r="H54" t="s">
         <v>18</v>
       </c>
       <c r="I54">
         <v>150</v>
       </c>
       <c r="J54">
         <v>210</v>
       </c>
       <c r="K54">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L54" s="1">
-        <v>44330</v>
+        <v>45716</v>
       </c>
       <c r="M54" s="2">
-        <v>9786556056968</v>
+        <v>9786526315583</v>
       </c>
       <c r="N54" t="s" s="3">
         <v>174</v>
       </c>
       <c r="O54" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P54" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>23594</v>
+        <v>31131</v>
       </c>
       <c r="C55" t="s">
         <v>175</v>
       </c>
       <c r="D55" t="s">
         <v>176</v>
       </c>
       <c r="F55">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="G55">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="H55" t="s">
         <v>18</v>
       </c>
       <c r="I55">
         <v>150</v>
       </c>
       <c r="J55">
         <v>210</v>
       </c>
       <c r="K55">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L55" s="1">
-        <v>41893</v>
+        <v>45483</v>
       </c>
       <c r="M55" s="2">
-        <v>9788536248165</v>
+        <v>9786526313268</v>
       </c>
       <c r="N55" t="s" s="3">
         <v>177</v>
       </c>
       <c r="O55" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P55" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
-        <v>31825</v>
+        <v>29072</v>
       </c>
       <c r="C56" t="s">
         <v>178</v>
       </c>
       <c r="D56" t="s">
         <v>179</v>
       </c>
       <c r="F56">
-        <v>160</v>
+        <v>208</v>
       </c>
       <c r="G56">
-        <v>205</v>
+        <v>258</v>
       </c>
       <c r="H56" t="s">
         <v>18</v>
       </c>
       <c r="I56">
         <v>150</v>
       </c>
       <c r="J56">
         <v>210</v>
       </c>
       <c r="K56">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L56" s="1">
-        <v>45936</v>
+        <v>44330</v>
       </c>
       <c r="M56" s="2">
-        <v>9786526316573</v>
+        <v>9786556056968</v>
       </c>
       <c r="N56" t="s" s="3">
         <v>180</v>
       </c>
       <c r="O56" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P56" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
-        <v>23194</v>
+        <v>23594</v>
       </c>
       <c r="C57" t="s">
         <v>181</v>
       </c>
       <c r="D57" t="s">
-        <v>43</v>
+        <v>182</v>
       </c>
       <c r="F57">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="G57">
-        <v>185</v>
+        <v>156</v>
       </c>
       <c r="H57" t="s">
         <v>18</v>
       </c>
       <c r="I57">
         <v>150</v>
       </c>
       <c r="J57">
         <v>210</v>
       </c>
       <c r="K57">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L57" s="1">
-        <v>41547</v>
+        <v>41893</v>
       </c>
       <c r="M57" s="2">
-        <v>9788536243757</v>
+        <v>9788536248165</v>
       </c>
       <c r="N57" t="s" s="3">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="O57" s="4">
         <v>79.90</v>
       </c>
       <c r="P57" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
-        <v>23585</v>
+        <v>31825</v>
       </c>
       <c r="C58" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D58" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F58">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="G58">
-        <v>171</v>
+        <v>205</v>
       </c>
       <c r="H58" t="s">
         <v>18</v>
       </c>
       <c r="I58">
         <v>150</v>
       </c>
       <c r="J58">
         <v>210</v>
       </c>
       <c r="K58">
         <v>8</v>
       </c>
       <c r="L58" s="1">
-        <v>41886</v>
+        <v>45936</v>
       </c>
       <c r="M58" s="2">
-        <v>9788536248080</v>
+        <v>9786526316573</v>
       </c>
       <c r="N58" t="s" s="3">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="O58" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P58" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
-        <v>23015</v>
+        <v>23194</v>
       </c>
       <c r="C59" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D59" t="s">
-        <v>187</v>
+        <v>43</v>
       </c>
       <c r="F59">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="G59">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="H59" t="s">
         <v>18</v>
       </c>
       <c r="I59">
         <v>150</v>
       </c>
       <c r="J59">
         <v>210</v>
       </c>
       <c r="K59">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L59" s="1">
-        <v>41387</v>
+        <v>41547</v>
       </c>
       <c r="M59" s="2">
-        <v>9788536242071</v>
+        <v>9788536243757</v>
       </c>
       <c r="N59" t="s" s="3">
         <v>188</v>
       </c>
       <c r="O59" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P59" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
-        <v>21443</v>
+        <v>23585</v>
       </c>
       <c r="C60" t="s">
         <v>189</v>
       </c>
       <c r="D60" t="s">
         <v>190</v>
       </c>
       <c r="F60">
-        <v>172</v>
+        <v>138</v>
       </c>
       <c r="G60">
-        <v>230</v>
+        <v>171</v>
       </c>
       <c r="H60" t="s">
         <v>18</v>
       </c>
       <c r="I60">
         <v>150</v>
       </c>
       <c r="J60">
         <v>210</v>
       </c>
       <c r="K60">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L60" s="1">
-        <v>40154</v>
+        <v>41886</v>
       </c>
       <c r="M60" s="2">
-        <v>9788536227337</v>
+        <v>9788536248080</v>
       </c>
       <c r="N60" t="s" s="3">
         <v>191</v>
       </c>
       <c r="O60" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P60" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
-        <v>21135</v>
+        <v>23015</v>
       </c>
       <c r="C61" t="s">
         <v>192</v>
       </c>
       <c r="D61" t="s">
         <v>193</v>
       </c>
       <c r="F61">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="G61">
-        <v>180</v>
+        <v>145</v>
       </c>
       <c r="H61" t="s">
         <v>18</v>
       </c>
       <c r="I61">
         <v>150</v>
       </c>
       <c r="J61">
         <v>210</v>
       </c>
       <c r="K61">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L61" s="1">
-        <v>39946</v>
+        <v>41387</v>
       </c>
       <c r="M61" s="2">
-        <v>9788536224411</v>
+        <v>9788536242071</v>
       </c>
       <c r="N61" t="s" s="3">
         <v>194</v>
       </c>
       <c r="O61" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P61" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
-        <v>12305</v>
+        <v>21443</v>
       </c>
       <c r="C62" t="s">
         <v>195</v>
       </c>
       <c r="D62" t="s">
         <v>196</v>
       </c>
-      <c r="E62" t="s">
+      <c r="F62">
+        <v>172</v>
+      </c>
+      <c r="G62">
+        <v>230</v>
+      </c>
+      <c r="H62" t="s">
+        <v>18</v>
+      </c>
+      <c r="I62">
+        <v>150</v>
+      </c>
+      <c r="J62">
+        <v>210</v>
+      </c>
+      <c r="K62">
+        <v>10</v>
+      </c>
+      <c r="L62" s="1">
+        <v>40154</v>
+      </c>
+      <c r="M62" s="2">
+        <v>9788536227337</v>
+      </c>
+      <c r="N62" t="s" s="3">
         <v>197</v>
       </c>
-      <c r="F62">
-[...25 lines deleted...]
-      </c>
       <c r="O62" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P62" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
-        <v>21819</v>
+        <v>21135</v>
       </c>
       <c r="C63" t="s">
+        <v>198</v>
+      </c>
+      <c r="D63" t="s">
         <v>199</v>
       </c>
-      <c r="D63" t="s">
+      <c r="F63">
+        <v>118</v>
+      </c>
+      <c r="G63">
+        <v>180</v>
+      </c>
+      <c r="H63" t="s">
+        <v>18</v>
+      </c>
+      <c r="I63">
+        <v>150</v>
+      </c>
+      <c r="J63">
+        <v>210</v>
+      </c>
+      <c r="K63">
+        <v>7</v>
+      </c>
+      <c r="L63" s="1">
+        <v>39946</v>
+      </c>
+      <c r="M63" s="2">
+        <v>9788536224411</v>
+      </c>
+      <c r="N63" t="s" s="3">
         <v>200</v>
       </c>
-      <c r="F63">
-[...25 lines deleted...]
-      </c>
       <c r="O63" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P63" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
-        <v>30368</v>
+        <v>12305</v>
       </c>
       <c r="C64" t="s">
+        <v>201</v>
+      </c>
+      <c r="D64" t="s">
         <v>202</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>203</v>
       </c>
       <c r="F64">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="G64">
-        <v>317</v>
+        <v>350</v>
       </c>
       <c r="H64" t="s">
         <v>18</v>
       </c>
       <c r="I64">
         <v>150</v>
       </c>
       <c r="J64">
         <v>210</v>
       </c>
       <c r="K64">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L64" s="1">
-        <v>45006</v>
+        <v>37483</v>
       </c>
       <c r="M64" s="2">
-        <v>9786526303382</v>
+        <v>9788536202570</v>
       </c>
       <c r="N64" t="s" s="3">
         <v>204</v>
       </c>
       <c r="O64" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P64" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
-        <v>20455</v>
+        <v>21819</v>
       </c>
       <c r="C65" t="s">
         <v>205</v>
       </c>
       <c r="D65" t="s">
         <v>206</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65">
+        <v>96</v>
+      </c>
+      <c r="G65">
+        <v>107</v>
+      </c>
+      <c r="H65" t="s">
+        <v>18</v>
+      </c>
+      <c r="I65">
+        <v>150</v>
+      </c>
+      <c r="J65">
+        <v>210</v>
+      </c>
+      <c r="K65">
+        <v>6</v>
+      </c>
+      <c r="L65" s="1">
+        <v>40351</v>
+      </c>
+      <c r="M65" s="2">
+        <v>9788536229935</v>
+      </c>
+      <c r="N65" t="s" s="3">
         <v>207</v>
       </c>
-      <c r="F65">
-[...25 lines deleted...]
-      </c>
       <c r="O65" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P65" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
-        <v>20379</v>
+        <v>30368</v>
       </c>
       <c r="C66" t="s">
+        <v>208</v>
+      </c>
+      <c r="D66" t="s">
         <v>209</v>
       </c>
-      <c r="D66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66">
-        <v>336</v>
+        <v>256</v>
       </c>
       <c r="G66">
-        <v>536</v>
+        <v>317</v>
       </c>
       <c r="H66" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I66">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J66">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K66">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="L66" s="1">
-        <v>39311</v>
+        <v>45006</v>
       </c>
       <c r="M66" s="2">
-        <v>9788536216850</v>
+        <v>9786526303382</v>
       </c>
       <c r="N66" t="s" s="3">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="O66" s="4">
-        <v>149.90</v>
+        <v>119.90</v>
       </c>
       <c r="P66" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
-        <v>22047</v>
+        <v>20455</v>
       </c>
       <c r="C67" t="s">
+        <v>211</v>
+      </c>
+      <c r="D67" t="s">
+        <v>212</v>
+      </c>
+      <c r="E67" t="s">
         <v>213</v>
       </c>
-      <c r="D67" t="s">
+      <c r="F67">
+        <v>226</v>
+      </c>
+      <c r="G67">
+        <v>226</v>
+      </c>
+      <c r="H67" t="s">
+        <v>18</v>
+      </c>
+      <c r="I67">
+        <v>150</v>
+      </c>
+      <c r="J67">
+        <v>210</v>
+      </c>
+      <c r="K67">
+        <v>12</v>
+      </c>
+      <c r="L67" s="1">
+        <v>39378</v>
+      </c>
+      <c r="M67" s="2">
+        <v>9788536217642</v>
+      </c>
+      <c r="N67" t="s" s="3">
         <v>214</v>
       </c>
-      <c r="F67">
-[...25 lines deleted...]
-      </c>
       <c r="O67" s="4">
-        <v>159.90</v>
+        <v>119.90</v>
       </c>
       <c r="P67" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
-        <v>31715</v>
+        <v>20379</v>
       </c>
       <c r="C68" t="s">
+        <v>215</v>
+      </c>
+      <c r="D68" t="s">
         <v>216</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>217</v>
       </c>
       <c r="F68">
-        <v>100</v>
+        <v>336</v>
       </c>
       <c r="G68">
-        <v>152</v>
+        <v>536</v>
       </c>
       <c r="H68" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I68">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J68">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K68">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="L68" s="1">
-        <v>45876</v>
+        <v>39311</v>
       </c>
       <c r="M68" s="2">
-        <v>9786526317334</v>
+        <v>9788536216850</v>
       </c>
       <c r="N68" t="s" s="3">
         <v>218</v>
       </c>
       <c r="O68" s="4">
-        <v>79.90</v>
+        <v>149.90</v>
       </c>
       <c r="P68" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>26130</v>
+        <v>22047</v>
       </c>
       <c r="C69" t="s">
         <v>219</v>
       </c>
       <c r="D69" t="s">
         <v>220</v>
       </c>
       <c r="F69">
-        <v>130</v>
+        <v>384</v>
       </c>
       <c r="G69">
-        <v>161</v>
+        <v>426</v>
       </c>
       <c r="H69" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I69">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J69">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K69">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="L69" s="1">
-        <v>42984</v>
+        <v>40480</v>
       </c>
       <c r="M69" s="2">
-        <v>9788536272030</v>
+        <v>9788536231723</v>
       </c>
       <c r="N69" t="s" s="3">
         <v>221</v>
       </c>
       <c r="O69" s="4">
-        <v>79.90</v>
+        <v>159.90</v>
       </c>
       <c r="P69" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
-        <v>22408</v>
+        <v>31715</v>
       </c>
       <c r="C70" t="s">
         <v>222</v>
       </c>
       <c r="D70" t="s">
+        <v>223</v>
+      </c>
+      <c r="F70">
+        <v>100</v>
+      </c>
+      <c r="G70">
+        <v>152</v>
+      </c>
+      <c r="H70" t="s">
+        <v>18</v>
+      </c>
+      <c r="I70">
+        <v>150</v>
+      </c>
+      <c r="J70">
+        <v>210</v>
+      </c>
+      <c r="K70">
+        <v>5</v>
+      </c>
+      <c r="L70" s="1">
+        <v>45876</v>
+      </c>
+      <c r="M70" s="2">
+        <v>9786526317334</v>
+      </c>
+      <c r="N70" t="s" s="3">
+        <v>224</v>
+      </c>
+      <c r="O70" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P70" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71">
+        <v>70</v>
+      </c>
+      <c r="B71">
+        <v>26130</v>
+      </c>
+      <c r="C71" t="s">
+        <v>225</v>
+      </c>
+      <c r="D71" t="s">
+        <v>226</v>
+      </c>
+      <c r="F71">
+        <v>130</v>
+      </c>
+      <c r="G71">
+        <v>161</v>
+      </c>
+      <c r="H71" t="s">
+        <v>18</v>
+      </c>
+      <c r="I71">
+        <v>150</v>
+      </c>
+      <c r="J71">
+        <v>210</v>
+      </c>
+      <c r="K71">
+        <v>8</v>
+      </c>
+      <c r="L71" s="1">
+        <v>42984</v>
+      </c>
+      <c r="M71" s="2">
+        <v>9788536272030</v>
+      </c>
+      <c r="N71" t="s" s="3">
+        <v>227</v>
+      </c>
+      <c r="O71" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P71" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72">
+        <v>71</v>
+      </c>
+      <c r="B72">
+        <v>22408</v>
+      </c>
+      <c r="C72" t="s">
+        <v>228</v>
+      </c>
+      <c r="D72" t="s">
         <v>52</v>
       </c>
-      <c r="F70">
+      <c r="F72">
         <v>202</v>
       </c>
-      <c r="G70">
+      <c r="G72">
         <v>268</v>
       </c>
-      <c r="H70" t="s">
-[...8 lines deleted...]
-      <c r="K70">
+      <c r="H72" t="s">
+        <v>18</v>
+      </c>
+      <c r="I72">
+        <v>150</v>
+      </c>
+      <c r="J72">
+        <v>210</v>
+      </c>
+      <c r="K72">
         <v>11</v>
       </c>
-      <c r="L70" s="1">
+      <c r="L72" s="1">
         <v>40847</v>
       </c>
-      <c r="M70" s="2">
+      <c r="M72" s="2">
         <v>9788536235189</v>
       </c>
-      <c r="N70" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O70" s="4">
+      <c r="N72" t="s" s="3">
+        <v>229</v>
+      </c>
+      <c r="O72" s="4">
         <v>107.70</v>
       </c>
-      <c r="P70" t="s">
+      <c r="P72" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>