--- v1 (2025-11-30)
+++ v2 (2026-01-30)
@@ -2066,51 +2066,51 @@
       </c>
       <c r="O27" s="4">
         <v>79.90</v>
       </c>
       <c r="P27" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
         <v>31866</v>
       </c>
       <c r="C28" t="s">
         <v>97</v>
       </c>
       <c r="D28" t="s">
         <v>98</v>
       </c>
       <c r="F28">
         <v>132</v>
       </c>
       <c r="G28">
-        <v>132</v>
+        <v>191</v>
       </c>
       <c r="H28" t="s">
         <v>18</v>
       </c>
       <c r="I28">
         <v>150</v>
       </c>
       <c r="J28">
         <v>210</v>
       </c>
       <c r="K28">
         <v>7</v>
       </c>
       <c r="L28" s="1">
         <v>45960</v>
       </c>
       <c r="M28" s="2">
         <v>9786526316566</v>
       </c>
       <c r="N28" t="s" s="3">
         <v>99</v>
       </c>
       <c r="O28" s="4">
         <v>79.90</v>
       </c>
@@ -2867,51 +2867,51 @@
       </c>
       <c r="O44" s="4">
         <v>129.90</v>
       </c>
       <c r="P44" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
         <v>31862</v>
       </c>
       <c r="C45" t="s">
         <v>145</v>
       </c>
       <c r="D45" t="s">
         <v>146</v>
       </c>
       <c r="F45">
         <v>292</v>
       </c>
       <c r="G45">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="H45" t="s">
         <v>18</v>
       </c>
       <c r="I45">
         <v>150</v>
       </c>
       <c r="J45">
         <v>210</v>
       </c>
       <c r="K45">
         <v>14</v>
       </c>
       <c r="L45" s="1">
         <v>45960</v>
       </c>
       <c r="M45" s="2">
         <v>9786526316825</v>
       </c>
       <c r="N45" t="s" s="3">
         <v>147</v>
       </c>
       <c r="O45" s="4">
         <v>149.90</v>
       </c>
@@ -3486,51 +3486,51 @@
       </c>
       <c r="O57" s="4">
         <v>79.90</v>
       </c>
       <c r="P57" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
         <v>31825</v>
       </c>
       <c r="C58" t="s">
         <v>184</v>
       </c>
       <c r="D58" t="s">
         <v>185</v>
       </c>
       <c r="F58">
         <v>160</v>
       </c>
       <c r="G58">
-        <v>205</v>
+        <v>225</v>
       </c>
       <c r="H58" t="s">
         <v>18</v>
       </c>
       <c r="I58">
         <v>150</v>
       </c>
       <c r="J58">
         <v>210</v>
       </c>
       <c r="K58">
         <v>8</v>
       </c>
       <c r="L58" s="1">
         <v>45936</v>
       </c>
       <c r="M58" s="2">
         <v>9786526316573</v>
       </c>
       <c r="N58" t="s" s="3">
         <v>186</v>
       </c>
       <c r="O58" s="4">
         <v>89.90</v>
       </c>