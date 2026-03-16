--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="233">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -90,50 +90,59 @@
     <t>Brochura</t>
   </si>
   <si>
     <t>978853623942-2</t>
   </si>
   <si>
     <t>Filosofia;</t>
   </si>
   <si>
     <t>Francisco Quintanilha Véras Neto</t>
   </si>
   <si>
     <t>Capa Dura + Sobrecapa</t>
   </si>
   <si>
     <t>978853621637-9</t>
   </si>
   <si>
     <t>Antígona e o Direito - Semeando Livros</t>
   </si>
   <si>
     <t>Marcelo Alves</t>
   </si>
   <si>
     <t>978853621746-8</t>
+  </si>
+  <si>
+    <t>Assédio Sexual, Gênero e Educação - Como o Poder e a Socialização Legitimam a Violência Contra a Mulher</t>
+  </si>
+  <si>
+    <t>Carliane de Oliveira Carvalho</t>
+  </si>
+  <si>
+    <t>978652631891-1</t>
   </si>
   <si>
     <t>Bioética, Biodireito e Modernidade - Razão e Humanização</t>
   </si>
   <si>
     <t>Taylisi de Souza Corrêa Leite</t>
   </si>
   <si>
     <t>978853625542-2</t>
   </si>
   <si>
     <t>Casamento Entre Indivíduos do Mesmo Sexo - Uma Questão Conceitual, Moral e Política</t>
   </si>
   <si>
     <t>Pablo Antonio Lago</t>
   </si>
   <si>
     <t>978853625537-8</t>
   </si>
   <si>
     <t>Cinema e Filosofia - Ensinar e Aprender Filosofia com os Filmes - Biblioteca de Filosofia e Educação Filosófica - Coordenada por: Geraldo Balduíno Horn</t>
   </si>
   <si>
     <t>Alessandro Reina</t>
   </si>
@@ -752,51 +761,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R72"/>
+  <dimension ref="A1:R73"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="59"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="11"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -970,3257 +979,3304 @@
       </c>
       <c r="K4">
         <v>6</v>
       </c>
       <c r="L4" s="1">
         <v>39386</v>
       </c>
       <c r="M4" s="2">
         <v>9788536217468</v>
       </c>
       <c r="N4" t="s" s="3">
         <v>26</v>
       </c>
       <c r="O4" s="4">
         <v>69.90</v>
       </c>
       <c r="P4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
-        <v>24369</v>
+        <v>32040</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>28</v>
       </c>
       <c r="F5">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="G5">
-        <v>191</v>
+        <v>256</v>
       </c>
       <c r="H5" t="s">
         <v>18</v>
       </c>
       <c r="I5">
         <v>150</v>
       </c>
       <c r="J5">
         <v>210</v>
       </c>
       <c r="K5">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L5" s="1">
-        <v>42387</v>
+        <v>46094</v>
       </c>
       <c r="M5" s="2">
-        <v>9788536255422</v>
+        <v>9786526318911</v>
       </c>
       <c r="N5" t="s" s="3">
         <v>29</v>
       </c>
       <c r="O5" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
-        <v>24365</v>
+        <v>24369</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="F6">
-        <v>222</v>
+        <v>154</v>
       </c>
       <c r="G6">
-        <v>275</v>
+        <v>191</v>
       </c>
       <c r="H6" t="s">
         <v>18</v>
       </c>
       <c r="I6">
         <v>150</v>
       </c>
       <c r="J6">
         <v>210</v>
       </c>
       <c r="K6">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L6" s="1">
-        <v>42382</v>
+        <v>42387</v>
       </c>
       <c r="M6" s="2">
-        <v>9788536255378</v>
+        <v>9788536255422</v>
       </c>
       <c r="N6" t="s" s="3">
         <v>32</v>
       </c>
       <c r="O6" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
-        <v>24354</v>
+        <v>24365</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="F7">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="G7">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="H7" t="s">
         <v>18</v>
       </c>
       <c r="I7">
         <v>150</v>
       </c>
       <c r="J7">
         <v>210</v>
       </c>
       <c r="K7">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L7" s="1">
-        <v>42352</v>
+        <v>42382</v>
       </c>
       <c r="M7" s="2">
-        <v>9788536255149</v>
+        <v>9788536255378</v>
       </c>
       <c r="N7" t="s" s="3">
         <v>35</v>
       </c>
       <c r="O7" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
-        <v>20728</v>
+        <v>24354</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
-        <v>226</v>
+        <v>204</v>
       </c>
       <c r="G8">
-        <v>300</v>
+        <v>253</v>
       </c>
       <c r="H8" t="s">
         <v>18</v>
       </c>
       <c r="I8">
         <v>150</v>
       </c>
       <c r="J8">
         <v>210</v>
       </c>
       <c r="K8">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L8" s="1">
-        <v>39611</v>
+        <v>42352</v>
       </c>
       <c r="M8" s="2">
-        <v>9788536220314</v>
+        <v>9788536255149</v>
       </c>
       <c r="N8" t="s" s="3">
         <v>38</v>
       </c>
       <c r="O8" s="4">
         <v>109.90</v>
       </c>
       <c r="P8" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>27291</v>
+        <v>20728</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>40</v>
       </c>
       <c r="F9">
-        <v>176</v>
+        <v>226</v>
       </c>
       <c r="G9">
-        <v>218</v>
+        <v>300</v>
       </c>
       <c r="H9" t="s">
         <v>18</v>
       </c>
       <c r="I9">
         <v>150</v>
       </c>
       <c r="J9">
         <v>210</v>
       </c>
       <c r="K9">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L9" s="1">
-        <v>43383</v>
+        <v>39611</v>
       </c>
       <c r="M9" s="2">
-        <v>9788536283395</v>
+        <v>9788536220314</v>
       </c>
       <c r="N9" t="s" s="3">
         <v>41</v>
       </c>
       <c r="O9" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P9" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
-        <v>23794</v>
+        <v>27291</v>
       </c>
       <c r="C10" t="s">
         <v>42</v>
       </c>
       <c r="D10" t="s">
         <v>43</v>
       </c>
       <c r="F10">
-        <v>116</v>
+        <v>176</v>
       </c>
       <c r="G10">
-        <v>144</v>
+        <v>218</v>
       </c>
       <c r="H10" t="s">
         <v>18</v>
       </c>
       <c r="I10">
         <v>150</v>
       </c>
       <c r="J10">
         <v>210</v>
       </c>
       <c r="K10">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L10" s="1">
-        <v>42045</v>
+        <v>43383</v>
       </c>
       <c r="M10" s="2">
-        <v>9788536250151</v>
+        <v>9788536283395</v>
       </c>
       <c r="N10" t="s" s="3">
         <v>44</v>
       </c>
       <c r="O10" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
-        <v>28012</v>
+        <v>23794</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
         <v>46</v>
       </c>
       <c r="F11">
-        <v>170</v>
+        <v>116</v>
       </c>
       <c r="G11">
-        <v>211</v>
+        <v>144</v>
       </c>
       <c r="H11" t="s">
         <v>18</v>
       </c>
       <c r="I11">
         <v>150</v>
       </c>
       <c r="J11">
         <v>210</v>
       </c>
       <c r="K11">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L11" s="1">
-        <v>43698</v>
+        <v>42045</v>
       </c>
       <c r="M11" s="2">
-        <v>9788536290881</v>
+        <v>9788536250151</v>
       </c>
       <c r="N11" t="s" s="3">
         <v>47</v>
       </c>
       <c r="O11" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
-        <v>20100</v>
+        <v>28012</v>
       </c>
       <c r="C12" t="s">
         <v>48</v>
       </c>
       <c r="D12" t="s">
         <v>49</v>
       </c>
       <c r="F12">
-        <v>324</v>
+        <v>170</v>
       </c>
       <c r="G12">
-        <v>526</v>
+        <v>211</v>
       </c>
       <c r="H12" t="s">
         <v>18</v>
       </c>
       <c r="I12">
         <v>150</v>
       </c>
       <c r="J12">
         <v>210</v>
       </c>
       <c r="K12">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="L12" s="1">
-        <v>39021</v>
+        <v>43698</v>
       </c>
       <c r="M12" s="2">
-        <v>9788536214139</v>
+        <v>9788536290881</v>
       </c>
       <c r="N12" t="s" s="3">
         <v>50</v>
       </c>
       <c r="O12" s="4">
-        <v>159.90</v>
+        <v>89.90</v>
       </c>
       <c r="P12" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>20723</v>
+        <v>20100</v>
       </c>
       <c r="C13" t="s">
         <v>51</v>
       </c>
       <c r="D13" t="s">
         <v>52</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13">
+        <v>324</v>
+      </c>
+      <c r="G13">
+        <v>526</v>
+      </c>
+      <c r="H13" t="s">
+        <v>18</v>
+      </c>
+      <c r="I13">
+        <v>150</v>
+      </c>
+      <c r="J13">
+        <v>210</v>
+      </c>
+      <c r="K13">
+        <v>17</v>
+      </c>
+      <c r="L13" s="1">
+        <v>39021</v>
+      </c>
+      <c r="M13" s="2">
+        <v>9788536214139</v>
+      </c>
+      <c r="N13" t="s" s="3">
         <v>53</v>
       </c>
-      <c r="F13">
-[...25 lines deleted...]
-      </c>
       <c r="O13" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P13" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
-        <v>20187</v>
+        <v>20723</v>
       </c>
       <c r="C14" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" t="s">
         <v>55</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>56</v>
       </c>
       <c r="F14">
-        <v>186</v>
+        <v>166</v>
       </c>
       <c r="G14">
-        <v>270</v>
+        <v>188</v>
       </c>
       <c r="H14" t="s">
         <v>18</v>
       </c>
       <c r="I14">
         <v>150</v>
       </c>
       <c r="J14">
         <v>210</v>
       </c>
       <c r="K14">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L14" s="1">
-        <v>39135</v>
+        <v>39611</v>
       </c>
       <c r="M14" s="2">
-        <v>9788536214955</v>
+        <v>9788536220369</v>
       </c>
       <c r="N14" t="s" s="3">
         <v>57</v>
       </c>
       <c r="O14" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P14" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
-        <v>13444</v>
+        <v>20187</v>
       </c>
       <c r="C15" t="s">
         <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
       <c r="F15">
-        <v>304</v>
+        <v>186</v>
       </c>
       <c r="G15">
-        <v>494</v>
+        <v>270</v>
       </c>
       <c r="H15" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I15">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J15">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K15">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="L15" s="1">
-        <v>38862</v>
+        <v>39135</v>
       </c>
       <c r="M15" s="2">
-        <v>9788536212654</v>
+        <v>9788536214955</v>
       </c>
       <c r="N15" t="s" s="3">
         <v>60</v>
       </c>
       <c r="O15" s="4">
-        <v>149.90</v>
+        <v>99.90</v>
       </c>
       <c r="P15" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>21102</v>
+        <v>13444</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16" t="s">
         <v>62</v>
       </c>
       <c r="F16">
-        <v>222</v>
+        <v>304</v>
       </c>
       <c r="G16">
-        <v>285</v>
+        <v>494</v>
       </c>
       <c r="H16" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I16">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J16">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K16">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="L16" s="1">
-        <v>39927</v>
+        <v>38862</v>
       </c>
       <c r="M16" s="2">
-        <v>9788536223292</v>
+        <v>9788536212654</v>
       </c>
       <c r="N16" t="s" s="3">
         <v>63</v>
       </c>
       <c r="O16" s="4">
-        <v>109.90</v>
+        <v>149.90</v>
       </c>
       <c r="P16" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>20689</v>
+        <v>21102</v>
       </c>
       <c r="C17" t="s">
         <v>64</v>
       </c>
       <c r="D17" t="s">
         <v>65</v>
       </c>
       <c r="F17">
-        <v>316</v>
+        <v>222</v>
       </c>
       <c r="G17">
-        <v>327</v>
+        <v>285</v>
       </c>
       <c r="H17" t="s">
         <v>18</v>
       </c>
       <c r="I17">
         <v>150</v>
       </c>
       <c r="J17">
         <v>210</v>
       </c>
       <c r="K17">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="L17" s="1">
-        <v>39584</v>
+        <v>39927</v>
       </c>
       <c r="M17" s="2">
-        <v>9788536219493</v>
+        <v>9788536223292</v>
       </c>
       <c r="N17" t="s" s="3">
         <v>66</v>
       </c>
       <c r="O17" s="4">
-        <v>149.90</v>
+        <v>109.90</v>
       </c>
       <c r="P17" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>20505</v>
+        <v>20689</v>
       </c>
       <c r="C18" t="s">
         <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>68</v>
       </c>
       <c r="F18">
-        <v>288</v>
+        <v>316</v>
       </c>
       <c r="G18">
-        <v>370</v>
+        <v>327</v>
       </c>
       <c r="H18" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I18">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J18">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K18">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="L18" s="1">
-        <v>39423</v>
+        <v>39584</v>
       </c>
       <c r="M18" s="2">
-        <v>9788536218229</v>
+        <v>9788536219493</v>
       </c>
       <c r="N18" t="s" s="3">
         <v>69</v>
       </c>
       <c r="O18" s="4">
-        <v>119.90</v>
+        <v>149.90</v>
       </c>
       <c r="P18" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
-        <v>31213</v>
+        <v>20505</v>
       </c>
       <c r="C19" t="s">
         <v>70</v>
       </c>
       <c r="D19" t="s">
         <v>71</v>
       </c>
       <c r="F19">
-        <v>210</v>
+        <v>288</v>
       </c>
       <c r="G19">
-        <v>260</v>
+        <v>370</v>
       </c>
       <c r="H19" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I19">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J19">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K19">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="L19" s="1">
-        <v>45537</v>
+        <v>39423</v>
       </c>
       <c r="M19" s="2">
-        <v>9786526312520</v>
+        <v>9788536218229</v>
       </c>
       <c r="N19" t="s" s="3">
         <v>72</v>
       </c>
       <c r="O19" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
-        <v>31653</v>
+        <v>31213</v>
       </c>
       <c r="C20" t="s">
         <v>73</v>
       </c>
       <c r="D20" t="s">
         <v>74</v>
       </c>
       <c r="F20">
-        <v>144</v>
+        <v>210</v>
       </c>
       <c r="G20">
-        <v>207</v>
+        <v>260</v>
       </c>
       <c r="H20" t="s">
         <v>18</v>
       </c>
       <c r="I20">
         <v>150</v>
       </c>
       <c r="J20">
         <v>210</v>
       </c>
       <c r="K20">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L20" s="1">
-        <v>45838</v>
+        <v>45537</v>
       </c>
       <c r="M20" s="2">
-        <v>9786526318362</v>
+        <v>9786526312520</v>
       </c>
       <c r="N20" t="s" s="3">
         <v>75</v>
       </c>
       <c r="O20" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
-        <v>30676</v>
+        <v>31653</v>
       </c>
       <c r="C21" t="s">
         <v>76</v>
       </c>
       <c r="D21" t="s">
         <v>77</v>
       </c>
       <c r="F21">
-        <v>498</v>
+        <v>144</v>
       </c>
       <c r="G21">
-        <v>618</v>
+        <v>207</v>
       </c>
       <c r="H21" t="s">
         <v>18</v>
       </c>
       <c r="I21">
         <v>150</v>
       </c>
       <c r="J21">
         <v>210</v>
       </c>
       <c r="K21">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="L21" s="1">
-        <v>45182</v>
+        <v>45838</v>
       </c>
       <c r="M21" s="2">
-        <v>9786526307724</v>
+        <v>9786526318362</v>
       </c>
       <c r="N21" t="s" s="3">
         <v>78</v>
       </c>
       <c r="O21" s="4">
-        <v>239.90</v>
+        <v>79.90</v>
       </c>
       <c r="P21" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
-        <v>24898</v>
+        <v>30676</v>
       </c>
       <c r="C22" t="s">
         <v>79</v>
       </c>
       <c r="D22" t="s">
         <v>80</v>
       </c>
       <c r="F22">
-        <v>198</v>
+        <v>498</v>
       </c>
       <c r="G22">
-        <v>246</v>
+        <v>618</v>
       </c>
       <c r="H22" t="s">
         <v>18</v>
       </c>
       <c r="I22">
         <v>150</v>
       </c>
       <c r="J22">
         <v>210</v>
       </c>
       <c r="K22">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="L22" s="1">
-        <v>42584</v>
+        <v>45182</v>
       </c>
       <c r="M22" s="2">
-        <v>9788536260198</v>
+        <v>9786526307724</v>
       </c>
       <c r="N22" t="s" s="3">
         <v>81</v>
       </c>
       <c r="O22" s="4">
-        <v>107.70</v>
+        <v>239.90</v>
       </c>
       <c r="P22" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
-        <v>24574</v>
+        <v>24898</v>
       </c>
       <c r="C23" t="s">
         <v>82</v>
       </c>
       <c r="D23" t="s">
         <v>83</v>
       </c>
       <c r="F23">
-        <v>212</v>
+        <v>198</v>
       </c>
       <c r="G23">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="H23" t="s">
         <v>18</v>
       </c>
       <c r="I23">
         <v>150</v>
       </c>
       <c r="J23">
         <v>210</v>
       </c>
       <c r="K23">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L23" s="1">
-        <v>42480</v>
+        <v>42584</v>
       </c>
       <c r="M23" s="2">
-        <v>9788536257297</v>
+        <v>9788536260198</v>
       </c>
       <c r="N23" t="s" s="3">
         <v>84</v>
       </c>
       <c r="O23" s="4">
-        <v>109.90</v>
+        <v>107.70</v>
       </c>
       <c r="P23" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>22119</v>
+        <v>24574</v>
       </c>
       <c r="C24" t="s">
         <v>85</v>
       </c>
       <c r="D24" t="s">
         <v>86</v>
       </c>
       <c r="F24">
-        <v>144</v>
+        <v>212</v>
       </c>
       <c r="G24">
-        <v>163</v>
+        <v>263</v>
       </c>
       <c r="H24" t="s">
         <v>18</v>
       </c>
       <c r="I24">
         <v>150</v>
       </c>
       <c r="J24">
         <v>210</v>
       </c>
       <c r="K24">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L24" s="1">
-        <v>40564</v>
+        <v>42480</v>
       </c>
       <c r="M24" s="2">
-        <v>9788536232515</v>
+        <v>9788536257297</v>
       </c>
       <c r="N24" t="s" s="3">
         <v>87</v>
       </c>
       <c r="O24" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P24" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
-        <v>22885</v>
+        <v>22119</v>
       </c>
       <c r="C25" t="s">
         <v>88</v>
       </c>
       <c r="D25" t="s">
         <v>89</v>
       </c>
       <c r="F25">
-        <v>84</v>
+        <v>144</v>
       </c>
       <c r="G25">
-        <v>135</v>
+        <v>163</v>
       </c>
       <c r="H25" t="s">
         <v>18</v>
       </c>
       <c r="I25">
         <v>150</v>
       </c>
       <c r="J25">
         <v>210</v>
       </c>
       <c r="K25">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L25" s="1">
-        <v>41283</v>
+        <v>40564</v>
       </c>
       <c r="M25" s="2">
-        <v>9788536240329</v>
+        <v>9788536232515</v>
       </c>
       <c r="N25" t="s" s="3">
         <v>90</v>
       </c>
       <c r="O25" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P25" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
-        <v>24107</v>
+        <v>22885</v>
       </c>
       <c r="C26" t="s">
         <v>91</v>
       </c>
       <c r="D26" t="s">
         <v>92</v>
       </c>
       <c r="F26">
-        <v>302</v>
+        <v>84</v>
       </c>
       <c r="G26">
-        <v>375</v>
+        <v>135</v>
       </c>
       <c r="H26" t="s">
         <v>18</v>
       </c>
       <c r="I26">
         <v>150</v>
       </c>
       <c r="J26">
         <v>210</v>
       </c>
       <c r="K26">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="L26" s="1">
-        <v>42220</v>
+        <v>41283</v>
       </c>
       <c r="M26" s="2">
-        <v>9788536252940</v>
+        <v>9788536240329</v>
       </c>
       <c r="N26" t="s" s="3">
         <v>93</v>
       </c>
       <c r="O26" s="4">
-        <v>149.90</v>
+        <v>59.90</v>
       </c>
       <c r="P26" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
-        <v>10291</v>
+        <v>24107</v>
       </c>
       <c r="C27" t="s">
         <v>94</v>
       </c>
       <c r="D27" t="s">
         <v>95</v>
       </c>
       <c r="F27">
-        <v>134</v>
+        <v>302</v>
       </c>
       <c r="G27">
-        <v>184</v>
+        <v>375</v>
       </c>
       <c r="H27" t="s">
         <v>18</v>
       </c>
       <c r="I27">
         <v>150</v>
       </c>
       <c r="J27">
         <v>210</v>
       </c>
       <c r="K27">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="L27" s="1">
-        <v>36542</v>
+        <v>42220</v>
       </c>
       <c r="M27" s="2">
-        <v>9788573942828</v>
+        <v>9788536252940</v>
       </c>
       <c r="N27" t="s" s="3">
         <v>96</v>
       </c>
       <c r="O27" s="4">
-        <v>79.90</v>
+        <v>149.90</v>
       </c>
       <c r="P27" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>31866</v>
+        <v>10291</v>
       </c>
       <c r="C28" t="s">
         <v>97</v>
       </c>
       <c r="D28" t="s">
         <v>98</v>
       </c>
       <c r="F28">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G28">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="H28" t="s">
         <v>18</v>
       </c>
       <c r="I28">
         <v>150</v>
       </c>
       <c r="J28">
         <v>210</v>
       </c>
       <c r="K28">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L28" s="1">
-        <v>45960</v>
+        <v>36542</v>
       </c>
       <c r="M28" s="2">
-        <v>9786526316566</v>
+        <v>9788573942828</v>
       </c>
       <c r="N28" t="s" s="3">
         <v>99</v>
       </c>
       <c r="O28" s="4">
         <v>79.90</v>
       </c>
       <c r="P28" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
-        <v>25849</v>
+        <v>31866</v>
       </c>
       <c r="C29" t="s">
         <v>100</v>
       </c>
       <c r="D29" t="s">
         <v>101</v>
       </c>
       <c r="F29">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="G29">
-        <v>124</v>
+        <v>191</v>
       </c>
       <c r="H29" t="s">
         <v>18</v>
       </c>
       <c r="I29">
         <v>150</v>
       </c>
       <c r="J29">
         <v>210</v>
       </c>
       <c r="K29">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L29" s="1">
-        <v>42895</v>
+        <v>45960</v>
       </c>
       <c r="M29" s="2">
-        <v>9788536269375</v>
+        <v>9786526316566</v>
       </c>
       <c r="N29" t="s" s="3">
         <v>102</v>
       </c>
       <c r="O29" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>21240</v>
+        <v>25849</v>
       </c>
       <c r="C30" t="s">
         <v>103</v>
       </c>
       <c r="D30" t="s">
         <v>104</v>
       </c>
       <c r="F30">
-        <v>224</v>
+        <v>100</v>
       </c>
       <c r="G30">
-        <v>290</v>
+        <v>124</v>
       </c>
       <c r="H30" t="s">
         <v>18</v>
       </c>
       <c r="I30">
         <v>150</v>
       </c>
       <c r="J30">
         <v>210</v>
       </c>
       <c r="K30">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L30" s="1">
-        <v>40035</v>
+        <v>42895</v>
       </c>
       <c r="M30" s="2">
-        <v>9788536223742</v>
+        <v>9788536269375</v>
       </c>
       <c r="N30" t="s" s="3">
         <v>105</v>
       </c>
       <c r="O30" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P30" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
-        <v>24120</v>
+        <v>21240</v>
       </c>
       <c r="C31" t="s">
         <v>106</v>
       </c>
       <c r="D31" t="s">
         <v>107</v>
       </c>
       <c r="F31">
-        <v>146</v>
+        <v>224</v>
       </c>
       <c r="G31">
-        <v>181</v>
+        <v>290</v>
       </c>
       <c r="H31" t="s">
         <v>18</v>
       </c>
       <c r="I31">
         <v>150</v>
       </c>
       <c r="J31">
         <v>210</v>
       </c>
       <c r="K31">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L31" s="1">
-        <v>42226</v>
+        <v>40035</v>
       </c>
       <c r="M31" s="2">
-        <v>9788536253107</v>
+        <v>9788536223742</v>
       </c>
       <c r="N31" t="s" s="3">
         <v>108</v>
       </c>
       <c r="O31" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P31" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>24406</v>
+        <v>24120</v>
       </c>
       <c r="C32" t="s">
         <v>109</v>
       </c>
       <c r="D32" t="s">
         <v>110</v>
       </c>
       <c r="F32">
-        <v>116</v>
+        <v>146</v>
       </c>
       <c r="G32">
-        <v>144</v>
+        <v>181</v>
       </c>
       <c r="H32" t="s">
         <v>18</v>
       </c>
       <c r="I32">
         <v>150</v>
       </c>
       <c r="J32">
         <v>210</v>
       </c>
       <c r="K32">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L32" s="1">
-        <v>42412</v>
+        <v>42226</v>
       </c>
       <c r="M32" s="2">
-        <v>9788536255682</v>
+        <v>9788536253107</v>
       </c>
       <c r="N32" t="s" s="3">
         <v>111</v>
       </c>
       <c r="O32" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P32" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>23393</v>
+        <v>24406</v>
       </c>
       <c r="C33" t="s">
         <v>112</v>
       </c>
       <c r="D33" t="s">
         <v>113</v>
       </c>
       <c r="F33">
-        <v>232</v>
+        <v>116</v>
       </c>
       <c r="G33">
-        <v>289</v>
+        <v>144</v>
       </c>
       <c r="H33" t="s">
         <v>18</v>
       </c>
       <c r="I33">
         <v>150</v>
       </c>
       <c r="J33">
         <v>210</v>
       </c>
       <c r="K33">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L33" s="1">
-        <v>41757</v>
+        <v>42412</v>
       </c>
       <c r="M33" s="2">
-        <v>9788536246338</v>
+        <v>9788536255682</v>
       </c>
       <c r="N33" t="s" s="3">
         <v>114</v>
       </c>
       <c r="O33" s="4">
-        <v>97.70</v>
+        <v>69.90</v>
       </c>
       <c r="P33" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>29651</v>
+        <v>23393</v>
       </c>
       <c r="C34" t="s">
         <v>115</v>
       </c>
       <c r="D34" t="s">
         <v>116</v>
       </c>
       <c r="F34">
-        <v>214</v>
+        <v>232</v>
       </c>
       <c r="G34">
-        <v>265</v>
+        <v>289</v>
       </c>
       <c r="H34" t="s">
         <v>18</v>
       </c>
       <c r="I34">
         <v>150</v>
       </c>
       <c r="J34">
         <v>210</v>
       </c>
       <c r="K34">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L34" s="1">
-        <v>44669</v>
+        <v>41757</v>
       </c>
       <c r="M34" s="2">
-        <v>9788536298108</v>
+        <v>9788536246338</v>
       </c>
       <c r="N34" t="s" s="3">
         <v>117</v>
       </c>
       <c r="O34" s="4">
-        <v>109.90</v>
+        <v>97.70</v>
       </c>
       <c r="P34" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>22711</v>
+        <v>29651</v>
       </c>
       <c r="C35" t="s">
         <v>118</v>
       </c>
       <c r="D35" t="s">
         <v>119</v>
       </c>
       <c r="F35">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="G35">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="H35" t="s">
         <v>18</v>
       </c>
       <c r="I35">
         <v>150</v>
       </c>
       <c r="J35">
         <v>210</v>
       </c>
       <c r="K35">
         <v>11</v>
       </c>
       <c r="L35" s="1">
-        <v>41135</v>
+        <v>44669</v>
       </c>
       <c r="M35" s="2">
-        <v>9788536238869</v>
+        <v>9788536298108</v>
       </c>
       <c r="N35" t="s" s="3">
         <v>120</v>
       </c>
       <c r="O35" s="4">
         <v>109.90</v>
       </c>
       <c r="P35" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>24089</v>
+        <v>22711</v>
       </c>
       <c r="C36" t="s">
         <v>121</v>
       </c>
       <c r="D36" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="F36">
-        <v>132</v>
+        <v>204</v>
       </c>
       <c r="G36">
-        <v>164</v>
+        <v>260</v>
       </c>
       <c r="H36" t="s">
         <v>18</v>
       </c>
       <c r="I36">
         <v>150</v>
       </c>
       <c r="J36">
         <v>210</v>
       </c>
       <c r="K36">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L36" s="1">
-        <v>42207</v>
+        <v>41135</v>
       </c>
       <c r="M36" s="2">
-        <v>9788536252780</v>
+        <v>9788536238869</v>
       </c>
       <c r="N36" t="s" s="3">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="O36" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P36" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>23838</v>
+        <v>24089</v>
       </c>
       <c r="C37" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D37" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="F37">
-        <v>278</v>
+        <v>132</v>
       </c>
       <c r="G37">
-        <v>345</v>
+        <v>164</v>
       </c>
       <c r="H37" t="s">
         <v>18</v>
       </c>
       <c r="I37">
         <v>150</v>
       </c>
       <c r="J37">
         <v>210</v>
       </c>
       <c r="K37">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="L37" s="1">
-        <v>42081</v>
+        <v>42207</v>
       </c>
       <c r="M37" s="2">
-        <v>9788536250502</v>
+        <v>9788536252780</v>
       </c>
       <c r="N37" t="s" s="3">
         <v>125</v>
       </c>
       <c r="O37" s="4">
-        <v>139.90</v>
+        <v>79.90</v>
       </c>
       <c r="P37" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
-        <v>23135</v>
+        <v>23838</v>
       </c>
       <c r="C38" t="s">
         <v>126</v>
       </c>
-      <c r="D38" t="inlineStr">
+      <c r="D38" t="s">
+        <v>127</v>
+      </c>
+      <c r="F38">
+        <v>278</v>
+      </c>
+      <c r="G38">
+        <v>345</v>
+      </c>
+      <c r="H38" t="s">
+        <v>18</v>
+      </c>
+      <c r="I38">
+        <v>150</v>
+      </c>
+      <c r="J38">
+        <v>210</v>
+      </c>
+      <c r="K38">
+        <v>15</v>
+      </c>
+      <c r="L38" s="1">
+        <v>42081</v>
+      </c>
+      <c r="M38" s="2">
+        <v>9788536250502</v>
+      </c>
+      <c r="N38" t="s" s="3">
+        <v>128</v>
+      </c>
+      <c r="O38" s="4">
+        <v>139.90</v>
+      </c>
+      <c r="P38" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39">
+        <v>23135</v>
+      </c>
+      <c r="C39" t="s">
+        <v>129</v>
+      </c>
+      <c r="D39" t="inlineStr">
         <is>
           <t>Organizador: Geraldo Balduíno Horn - Colaboradores: Edson Teixeira de Rezende, Luciana da Silva Teixeira, Maria Lúcia de Andrade, Walter Luiz Mauch e Wilson José Vieira</t>
         </is>
       </c>
-      <c r="F38">
+      <c r="F39">
         <v>118</v>
       </c>
-      <c r="G38">
+      <c r="G39">
         <v>180</v>
       </c>
-      <c r="H38" t="s">
-[...8 lines deleted...]
-      <c r="K38">
+      <c r="H39" t="s">
+        <v>18</v>
+      </c>
+      <c r="I39">
+        <v>150</v>
+      </c>
+      <c r="J39">
+        <v>210</v>
+      </c>
+      <c r="K39">
         <v>7</v>
       </c>
-      <c r="L38" s="1">
+      <c r="L39" s="1">
         <v>41491</v>
       </c>
-      <c r="M38" s="2">
+      <c r="M39" s="2">
         <v>9788536243399</v>
-      </c>
-[...45 lines deleted...]
-        <v>9788536244662</v>
       </c>
       <c r="N39" t="s" s="3">
         <v>130</v>
       </c>
       <c r="O39" s="4">
-        <v>84.70</v>
+        <v>69.90</v>
       </c>
       <c r="P39" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
-        <v>22575</v>
+        <v>23246</v>
       </c>
       <c r="C40" t="s">
         <v>131</v>
       </c>
       <c r="D40" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="F40">
-        <v>228</v>
+        <v>156</v>
       </c>
       <c r="G40">
-        <v>341</v>
+        <v>194</v>
       </c>
       <c r="H40" t="s">
         <v>18</v>
       </c>
       <c r="I40">
         <v>150</v>
       </c>
       <c r="J40">
         <v>210</v>
       </c>
       <c r="K40">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L40" s="1">
-        <v>41004</v>
+        <v>41591</v>
       </c>
       <c r="M40" s="2">
-        <v>9788536237022</v>
+        <v>9788536244662</v>
       </c>
       <c r="N40" t="s" s="3">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O40" s="4">
-        <v>109.90</v>
+        <v>84.70</v>
       </c>
       <c r="P40" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>13486</v>
+        <v>22575</v>
       </c>
       <c r="C41" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D41" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="F41">
-        <v>272</v>
+        <v>228</v>
       </c>
       <c r="G41">
-        <v>458</v>
+        <v>341</v>
       </c>
       <c r="H41" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I41">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J41">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K41">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="L41" s="1">
-        <v>38898</v>
+        <v>41004</v>
       </c>
       <c r="M41" s="2">
-        <v>9788536213057</v>
+        <v>9788536237022</v>
       </c>
       <c r="N41" t="s" s="3">
         <v>135</v>
       </c>
       <c r="O41" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P41" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
-        <v>22810</v>
+        <v>13486</v>
       </c>
       <c r="C42" t="s">
         <v>136</v>
       </c>
       <c r="D42" t="s">
         <v>137</v>
       </c>
       <c r="F42">
-        <v>228</v>
+        <v>272</v>
       </c>
       <c r="G42">
-        <v>295</v>
+        <v>458</v>
       </c>
       <c r="H42" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I42">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J42">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K42">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="L42" s="1">
-        <v>41205</v>
+        <v>38898</v>
       </c>
       <c r="M42" s="2">
-        <v>9788536239798</v>
+        <v>9788536213057</v>
       </c>
       <c r="N42" t="s" s="3">
         <v>138</v>
       </c>
       <c r="O42" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P42" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>20735</v>
+        <v>22810</v>
       </c>
       <c r="C43" t="s">
         <v>139</v>
       </c>
       <c r="D43" t="s">
         <v>140</v>
       </c>
       <c r="F43">
-        <v>496</v>
+        <v>228</v>
       </c>
       <c r="G43">
-        <v>750</v>
+        <v>295</v>
       </c>
       <c r="H43" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I43">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J43">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K43">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="L43" s="1">
-        <v>39619</v>
+        <v>41205</v>
       </c>
       <c r="M43" s="2">
-        <v>9788536219639</v>
+        <v>9788536239798</v>
       </c>
       <c r="N43" t="s" s="3">
         <v>141</v>
       </c>
       <c r="O43" s="4">
-        <v>219.90</v>
+        <v>109.90</v>
       </c>
       <c r="P43" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
-        <v>20739</v>
+        <v>20735</v>
       </c>
       <c r="C44" t="s">
         <v>142</v>
       </c>
       <c r="D44" t="s">
         <v>143</v>
       </c>
       <c r="F44">
-        <v>280</v>
+        <v>496</v>
       </c>
       <c r="G44">
-        <v>360</v>
+        <v>750</v>
       </c>
       <c r="H44" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I44">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J44">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K44">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="L44" s="1">
-        <v>39623</v>
+        <v>39619</v>
       </c>
       <c r="M44" s="2">
-        <v>9788536220307</v>
+        <v>9788536219639</v>
       </c>
       <c r="N44" t="s" s="3">
         <v>144</v>
       </c>
       <c r="O44" s="4">
-        <v>129.90</v>
+        <v>219.90</v>
       </c>
       <c r="P44" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
-        <v>31862</v>
+        <v>20739</v>
       </c>
       <c r="C45" t="s">
         <v>145</v>
       </c>
       <c r="D45" t="s">
         <v>146</v>
       </c>
       <c r="F45">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c r="G45">
-        <v>382</v>
+        <v>360</v>
       </c>
       <c r="H45" t="s">
         <v>18</v>
       </c>
       <c r="I45">
         <v>150</v>
       </c>
       <c r="J45">
         <v>210</v>
       </c>
       <c r="K45">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L45" s="1">
-        <v>45960</v>
+        <v>39623</v>
       </c>
       <c r="M45" s="2">
-        <v>9786526316825</v>
+        <v>9788536220307</v>
       </c>
       <c r="N45" t="s" s="3">
         <v>147</v>
       </c>
       <c r="O45" s="4">
-        <v>149.90</v>
+        <v>129.90</v>
       </c>
       <c r="P45" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>31393</v>
+        <v>31862</v>
       </c>
       <c r="C46" t="s">
         <v>148</v>
       </c>
       <c r="D46" t="s">
         <v>149</v>
       </c>
       <c r="F46">
-        <v>154</v>
+        <v>292</v>
       </c>
       <c r="G46">
-        <v>191</v>
+        <v>382</v>
       </c>
       <c r="H46" t="s">
         <v>18</v>
       </c>
       <c r="I46">
         <v>150</v>
       </c>
       <c r="J46">
         <v>210</v>
       </c>
       <c r="K46">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L46" s="1">
-        <v>45666</v>
+        <v>45960</v>
       </c>
       <c r="M46" s="2">
-        <v>9786526316061</v>
+        <v>9786526316825</v>
       </c>
       <c r="N46" t="s" s="3">
         <v>150</v>
       </c>
       <c r="O46" s="4">
-        <v>89.90</v>
+        <v>149.90</v>
       </c>
       <c r="P46" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
-        <v>29797</v>
+        <v>31393</v>
       </c>
       <c r="C47" t="s">
         <v>151</v>
       </c>
       <c r="D47" t="s">
         <v>152</v>
       </c>
       <c r="F47">
-        <v>264</v>
+        <v>154</v>
       </c>
       <c r="G47">
-        <v>327</v>
+        <v>191</v>
       </c>
       <c r="H47" t="s">
         <v>18</v>
       </c>
       <c r="I47">
         <v>150</v>
       </c>
       <c r="J47">
         <v>210</v>
       </c>
       <c r="K47">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="L47" s="1">
-        <v>44719</v>
+        <v>45666</v>
       </c>
       <c r="M47" s="2">
-        <v>9788536297958</v>
+        <v>9786526316061</v>
       </c>
       <c r="N47" t="s" s="3">
         <v>153</v>
       </c>
       <c r="O47" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P47" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
-        <v>27091</v>
+        <v>29797</v>
       </c>
       <c r="C48" t="s">
         <v>154</v>
       </c>
       <c r="D48" t="s">
-        <v>101</v>
+        <v>155</v>
       </c>
       <c r="F48">
-        <v>100</v>
+        <v>264</v>
       </c>
       <c r="G48">
-        <v>124</v>
+        <v>327</v>
       </c>
       <c r="H48" t="s">
         <v>18</v>
       </c>
       <c r="I48">
         <v>150</v>
       </c>
       <c r="J48">
         <v>210</v>
       </c>
       <c r="K48">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="L48" s="1">
-        <v>43321</v>
+        <v>44719</v>
       </c>
       <c r="M48" s="2">
-        <v>9788536281650</v>
+        <v>9788536297958</v>
       </c>
       <c r="N48" t="s" s="3">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="O48" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P48" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
-        <v>31547</v>
+        <v>27091</v>
       </c>
       <c r="C49" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D49" t="s">
-        <v>157</v>
+        <v>104</v>
       </c>
       <c r="F49">
-        <v>168</v>
+        <v>100</v>
       </c>
       <c r="G49">
-        <v>234</v>
+        <v>124</v>
       </c>
       <c r="H49" t="s">
         <v>18</v>
       </c>
       <c r="I49">
         <v>150</v>
       </c>
       <c r="J49">
         <v>210</v>
       </c>
       <c r="K49">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L49" s="1">
-        <v>45763</v>
+        <v>43321</v>
       </c>
       <c r="M49" s="2">
-        <v>9786526313978</v>
+        <v>9788536281650</v>
       </c>
       <c r="N49" t="s" s="3">
         <v>158</v>
       </c>
       <c r="O49" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P49" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
-        <v>24712</v>
+        <v>31547</v>
       </c>
       <c r="C50" t="s">
         <v>159</v>
       </c>
       <c r="D50" t="s">
         <v>160</v>
       </c>
       <c r="F50">
-        <v>138</v>
+        <v>168</v>
       </c>
       <c r="G50">
-        <v>171</v>
+        <v>234</v>
       </c>
       <c r="H50" t="s">
         <v>18</v>
       </c>
       <c r="I50">
         <v>150</v>
       </c>
       <c r="J50">
         <v>210</v>
       </c>
       <c r="K50">
         <v>8</v>
       </c>
       <c r="L50" s="1">
-        <v>42524</v>
+        <v>45763</v>
       </c>
       <c r="M50" s="2">
-        <v>9788536258676</v>
+        <v>9786526313978</v>
       </c>
       <c r="N50" t="s" s="3">
         <v>161</v>
       </c>
       <c r="O50" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P50" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
-        <v>21442</v>
+        <v>24712</v>
       </c>
       <c r="C51" t="s">
         <v>162</v>
       </c>
       <c r="D51" t="s">
         <v>163</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51">
+        <v>138</v>
+      </c>
+      <c r="G51">
+        <v>171</v>
+      </c>
+      <c r="H51" t="s">
+        <v>18</v>
+      </c>
+      <c r="I51">
+        <v>150</v>
+      </c>
+      <c r="J51">
+        <v>210</v>
+      </c>
+      <c r="K51">
+        <v>8</v>
+      </c>
+      <c r="L51" s="1">
+        <v>42524</v>
+      </c>
+      <c r="M51" s="2">
+        <v>9788536258676</v>
+      </c>
+      <c r="N51" t="s" s="3">
         <v>164</v>
       </c>
-      <c r="F51">
-[...25 lines deleted...]
-      </c>
       <c r="O51" s="4">
-        <v>179.90</v>
+        <v>79.90</v>
       </c>
       <c r="P51" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
+        <v>21442</v>
+      </c>
+      <c r="C52" t="s">
+        <v>165</v>
+      </c>
+      <c r="D52" t="s">
+        <v>166</v>
+      </c>
+      <c r="E52" t="s">
+        <v>167</v>
+      </c>
+      <c r="F52">
+        <v>344</v>
+      </c>
+      <c r="G52">
+        <v>405</v>
+      </c>
+      <c r="H52" t="s">
+        <v>18</v>
+      </c>
+      <c r="I52">
+        <v>150</v>
+      </c>
+      <c r="J52">
+        <v>210</v>
+      </c>
+      <c r="K52">
+        <v>18</v>
+      </c>
+      <c r="L52" s="1">
+        <v>40151</v>
+      </c>
+      <c r="M52" s="2">
+        <v>9788536227245</v>
+      </c>
+      <c r="N52" t="s" s="3">
+        <v>168</v>
+      </c>
+      <c r="O52" s="4">
+        <v>179.90</v>
+      </c>
+      <c r="P52" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53">
         <v>23799</v>
       </c>
-      <c r="C52" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Introdução ao Ordenamento Jurídico - Um Diálogo entre Norberto Bobbio e a Doutrina Brasileira - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D52" t="s">
-[...5 lines deleted...]
-      <c r="F52">
+      <c r="D53" t="s">
+        <v>169</v>
+      </c>
+      <c r="E53" t="s">
+        <v>170</v>
+      </c>
+      <c r="F53">
         <v>88</v>
       </c>
-      <c r="G52">
+      <c r="G53">
         <v>109</v>
       </c>
-      <c r="H52" t="s">
-[...8 lines deleted...]
-      <c r="K52">
+      <c r="H53" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53">
+        <v>150</v>
+      </c>
+      <c r="J53">
+        <v>210</v>
+      </c>
+      <c r="K53">
         <v>6</v>
       </c>
-      <c r="L52" s="1">
+      <c r="L53" s="1">
         <v>42047</v>
       </c>
-      <c r="M52" s="2">
+      <c r="M53" s="2">
         <v>9788536250199</v>
-      </c>
-[...45 lines deleted...]
-        <v>9788536229836</v>
       </c>
       <c r="N53" t="s" s="3">
         <v>171</v>
       </c>
       <c r="O53" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P53" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
-        <v>31479</v>
+        <v>21759</v>
       </c>
       <c r="C54" t="s">
         <v>172</v>
       </c>
       <c r="D54" t="s">
         <v>173</v>
       </c>
       <c r="F54">
-        <v>124</v>
+        <v>196</v>
       </c>
       <c r="G54">
-        <v>149</v>
+        <v>255</v>
       </c>
       <c r="H54" t="s">
         <v>18</v>
       </c>
       <c r="I54">
         <v>150</v>
       </c>
       <c r="J54">
         <v>210</v>
       </c>
       <c r="K54">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L54" s="1">
-        <v>45716</v>
+        <v>40311</v>
       </c>
       <c r="M54" s="2">
-        <v>9786526315583</v>
+        <v>9788536229836</v>
       </c>
       <c r="N54" t="s" s="3">
         <v>174</v>
       </c>
       <c r="O54" s="4">
         <v>79.90</v>
       </c>
       <c r="P54" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>31131</v>
+        <v>31479</v>
       </c>
       <c r="C55" t="s">
         <v>175</v>
       </c>
       <c r="D55" t="s">
         <v>176</v>
       </c>
       <c r="F55">
         <v>124</v>
       </c>
       <c r="G55">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="H55" t="s">
         <v>18</v>
       </c>
       <c r="I55">
         <v>150</v>
       </c>
       <c r="J55">
         <v>210</v>
       </c>
       <c r="K55">
         <v>6</v>
       </c>
       <c r="L55" s="1">
-        <v>45483</v>
+        <v>45716</v>
       </c>
       <c r="M55" s="2">
-        <v>9786526313268</v>
+        <v>9786526315583</v>
       </c>
       <c r="N55" t="s" s="3">
         <v>177</v>
       </c>
       <c r="O55" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P55" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
-        <v>29072</v>
+        <v>31131</v>
       </c>
       <c r="C56" t="s">
         <v>178</v>
       </c>
       <c r="D56" t="s">
         <v>179</v>
       </c>
       <c r="F56">
-        <v>208</v>
+        <v>124</v>
       </c>
       <c r="G56">
-        <v>258</v>
+        <v>154</v>
       </c>
       <c r="H56" t="s">
         <v>18</v>
       </c>
       <c r="I56">
         <v>150</v>
       </c>
       <c r="J56">
         <v>210</v>
       </c>
       <c r="K56">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L56" s="1">
-        <v>44330</v>
+        <v>45483</v>
       </c>
       <c r="M56" s="2">
-        <v>9786556056968</v>
+        <v>9786526313268</v>
       </c>
       <c r="N56" t="s" s="3">
         <v>180</v>
       </c>
       <c r="O56" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P56" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
-        <v>23594</v>
+        <v>29072</v>
       </c>
       <c r="C57" t="s">
         <v>181</v>
       </c>
       <c r="D57" t="s">
         <v>182</v>
       </c>
       <c r="F57">
-        <v>126</v>
+        <v>208</v>
       </c>
       <c r="G57">
-        <v>156</v>
+        <v>258</v>
       </c>
       <c r="H57" t="s">
         <v>18</v>
       </c>
       <c r="I57">
         <v>150</v>
       </c>
       <c r="J57">
         <v>210</v>
       </c>
       <c r="K57">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L57" s="1">
-        <v>41893</v>
+        <v>44330</v>
       </c>
       <c r="M57" s="2">
-        <v>9788536248165</v>
+        <v>9786556056968</v>
       </c>
       <c r="N57" t="s" s="3">
         <v>183</v>
       </c>
       <c r="O57" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P57" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
-        <v>31825</v>
+        <v>23594</v>
       </c>
       <c r="C58" t="s">
         <v>184</v>
       </c>
       <c r="D58" t="s">
         <v>185</v>
       </c>
       <c r="F58">
-        <v>160</v>
+        <v>126</v>
       </c>
       <c r="G58">
-        <v>225</v>
+        <v>156</v>
       </c>
       <c r="H58" t="s">
         <v>18</v>
       </c>
       <c r="I58">
         <v>150</v>
       </c>
       <c r="J58">
         <v>210</v>
       </c>
       <c r="K58">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L58" s="1">
-        <v>45936</v>
+        <v>41893</v>
       </c>
       <c r="M58" s="2">
-        <v>9786526316573</v>
+        <v>9788536248165</v>
       </c>
       <c r="N58" t="s" s="3">
         <v>186</v>
       </c>
       <c r="O58" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P58" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
-        <v>23194</v>
+        <v>31825</v>
       </c>
       <c r="C59" t="s">
         <v>187</v>
       </c>
       <c r="D59" t="s">
-        <v>43</v>
+        <v>188</v>
       </c>
       <c r="F59">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="G59">
-        <v>185</v>
+        <v>225</v>
       </c>
       <c r="H59" t="s">
         <v>18</v>
       </c>
       <c r="I59">
         <v>150</v>
       </c>
       <c r="J59">
         <v>210</v>
       </c>
       <c r="K59">
         <v>8</v>
       </c>
       <c r="L59" s="1">
-        <v>41547</v>
+        <v>45936</v>
       </c>
       <c r="M59" s="2">
-        <v>9788536243757</v>
+        <v>9786526316573</v>
       </c>
       <c r="N59" t="s" s="3">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="O59" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P59" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
-        <v>23585</v>
+        <v>23194</v>
       </c>
       <c r="C60" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D60" t="s">
-        <v>190</v>
+        <v>46</v>
       </c>
       <c r="F60">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="G60">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="H60" t="s">
         <v>18</v>
       </c>
       <c r="I60">
         <v>150</v>
       </c>
       <c r="J60">
         <v>210</v>
       </c>
       <c r="K60">
         <v>8</v>
       </c>
       <c r="L60" s="1">
-        <v>41886</v>
+        <v>41547</v>
       </c>
       <c r="M60" s="2">
-        <v>9788536248080</v>
+        <v>9788536243757</v>
       </c>
       <c r="N60" t="s" s="3">
         <v>191</v>
       </c>
       <c r="O60" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P60" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
-        <v>23015</v>
+        <v>23585</v>
       </c>
       <c r="C61" t="s">
         <v>192</v>
       </c>
       <c r="D61" t="s">
         <v>193</v>
       </c>
       <c r="F61">
-        <v>90</v>
+        <v>138</v>
       </c>
       <c r="G61">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="H61" t="s">
         <v>18</v>
       </c>
       <c r="I61">
         <v>150</v>
       </c>
       <c r="J61">
         <v>210</v>
       </c>
       <c r="K61">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L61" s="1">
-        <v>41387</v>
+        <v>41886</v>
       </c>
       <c r="M61" s="2">
-        <v>9788536242071</v>
+        <v>9788536248080</v>
       </c>
       <c r="N61" t="s" s="3">
         <v>194</v>
       </c>
       <c r="O61" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P61" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
-        <v>21443</v>
+        <v>23015</v>
       </c>
       <c r="C62" t="s">
         <v>195</v>
       </c>
       <c r="D62" t="s">
         <v>196</v>
       </c>
       <c r="F62">
-        <v>172</v>
+        <v>90</v>
       </c>
       <c r="G62">
-        <v>230</v>
+        <v>145</v>
       </c>
       <c r="H62" t="s">
         <v>18</v>
       </c>
       <c r="I62">
         <v>150</v>
       </c>
       <c r="J62">
         <v>210</v>
       </c>
       <c r="K62">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L62" s="1">
-        <v>40154</v>
+        <v>41387</v>
       </c>
       <c r="M62" s="2">
-        <v>9788536227337</v>
+        <v>9788536242071</v>
       </c>
       <c r="N62" t="s" s="3">
         <v>197</v>
       </c>
       <c r="O62" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P62" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
-        <v>21135</v>
+        <v>21443</v>
       </c>
       <c r="C63" t="s">
         <v>198</v>
       </c>
       <c r="D63" t="s">
         <v>199</v>
       </c>
       <c r="F63">
-        <v>118</v>
+        <v>172</v>
       </c>
       <c r="G63">
-        <v>180</v>
+        <v>230</v>
       </c>
       <c r="H63" t="s">
         <v>18</v>
       </c>
       <c r="I63">
         <v>150</v>
       </c>
       <c r="J63">
         <v>210</v>
       </c>
       <c r="K63">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L63" s="1">
-        <v>39946</v>
+        <v>40154</v>
       </c>
       <c r="M63" s="2">
-        <v>9788536224411</v>
+        <v>9788536227337</v>
       </c>
       <c r="N63" t="s" s="3">
         <v>200</v>
       </c>
       <c r="O63" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P63" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
-        <v>12305</v>
+        <v>21135</v>
       </c>
       <c r="C64" t="s">
         <v>201</v>
       </c>
       <c r="D64" t="s">
         <v>202</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64">
+        <v>118</v>
+      </c>
+      <c r="G64">
+        <v>180</v>
+      </c>
+      <c r="H64" t="s">
+        <v>18</v>
+      </c>
+      <c r="I64">
+        <v>150</v>
+      </c>
+      <c r="J64">
+        <v>210</v>
+      </c>
+      <c r="K64">
+        <v>7</v>
+      </c>
+      <c r="L64" s="1">
+        <v>39946</v>
+      </c>
+      <c r="M64" s="2">
+        <v>9788536224411</v>
+      </c>
+      <c r="N64" t="s" s="3">
         <v>203</v>
       </c>
-      <c r="F64">
-[...25 lines deleted...]
-      </c>
       <c r="O64" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P64" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
-        <v>21819</v>
+        <v>12305</v>
       </c>
       <c r="C65" t="s">
+        <v>204</v>
+      </c>
+      <c r="D65" t="s">
         <v>205</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>206</v>
       </c>
       <c r="F65">
-        <v>96</v>
+        <v>267</v>
       </c>
       <c r="G65">
-        <v>107</v>
+        <v>350</v>
       </c>
       <c r="H65" t="s">
         <v>18</v>
       </c>
       <c r="I65">
         <v>150</v>
       </c>
       <c r="J65">
         <v>210</v>
       </c>
       <c r="K65">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="L65" s="1">
-        <v>40351</v>
+        <v>37483</v>
       </c>
       <c r="M65" s="2">
-        <v>9788536229935</v>
+        <v>9788536202570</v>
       </c>
       <c r="N65" t="s" s="3">
         <v>207</v>
       </c>
       <c r="O65" s="4">
-        <v>59.90</v>
+        <v>129.90</v>
       </c>
       <c r="P65" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
-        <v>30368</v>
+        <v>21819</v>
       </c>
       <c r="C66" t="s">
         <v>208</v>
       </c>
       <c r="D66" t="s">
         <v>209</v>
       </c>
       <c r="F66">
-        <v>256</v>
+        <v>96</v>
       </c>
       <c r="G66">
-        <v>317</v>
+        <v>107</v>
       </c>
       <c r="H66" t="s">
         <v>18</v>
       </c>
       <c r="I66">
         <v>150</v>
       </c>
       <c r="J66">
         <v>210</v>
       </c>
       <c r="K66">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="L66" s="1">
-        <v>45006</v>
+        <v>40351</v>
       </c>
       <c r="M66" s="2">
-        <v>9786526303382</v>
+        <v>9788536229935</v>
       </c>
       <c r="N66" t="s" s="3">
         <v>210</v>
       </c>
       <c r="O66" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P66" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
-        <v>20455</v>
+        <v>30368</v>
       </c>
       <c r="C67" t="s">
         <v>211</v>
       </c>
       <c r="D67" t="s">
         <v>212</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67">
+        <v>256</v>
+      </c>
+      <c r="G67">
+        <v>317</v>
+      </c>
+      <c r="H67" t="s">
+        <v>18</v>
+      </c>
+      <c r="I67">
+        <v>150</v>
+      </c>
+      <c r="J67">
+        <v>210</v>
+      </c>
+      <c r="K67">
+        <v>13</v>
+      </c>
+      <c r="L67" s="1">
+        <v>45006</v>
+      </c>
+      <c r="M67" s="2">
+        <v>9786526303382</v>
+      </c>
+      <c r="N67" t="s" s="3">
         <v>213</v>
-      </c>
-[...25 lines deleted...]
-        <v>214</v>
       </c>
       <c r="O67" s="4">
         <v>119.90</v>
       </c>
       <c r="P67" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
-        <v>20379</v>
+        <v>20455</v>
       </c>
       <c r="C68" t="s">
+        <v>214</v>
+      </c>
+      <c r="D68" t="s">
         <v>215</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>216</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68">
+        <v>226</v>
+      </c>
+      <c r="G68">
+        <v>226</v>
+      </c>
+      <c r="H68" t="s">
+        <v>18</v>
+      </c>
+      <c r="I68">
+        <v>150</v>
+      </c>
+      <c r="J68">
+        <v>210</v>
+      </c>
+      <c r="K68">
+        <v>12</v>
+      </c>
+      <c r="L68" s="1">
+        <v>39378</v>
+      </c>
+      <c r="M68" s="2">
+        <v>9788536217642</v>
+      </c>
+      <c r="N68" t="s" s="3">
         <v>217</v>
       </c>
-      <c r="F68">
-[...25 lines deleted...]
-      </c>
       <c r="O68" s="4">
-        <v>149.90</v>
+        <v>119.90</v>
       </c>
       <c r="P68" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>22047</v>
+        <v>20379</v>
       </c>
       <c r="C69" t="s">
+        <v>218</v>
+      </c>
+      <c r="D69" t="s">
         <v>219</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
         <v>220</v>
       </c>
       <c r="F69">
-        <v>384</v>
+        <v>336</v>
       </c>
       <c r="G69">
-        <v>426</v>
+        <v>536</v>
       </c>
       <c r="H69" t="s">
         <v>22</v>
       </c>
       <c r="I69">
         <v>165</v>
       </c>
       <c r="J69">
         <v>215</v>
       </c>
       <c r="K69">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="L69" s="1">
-        <v>40480</v>
+        <v>39311</v>
       </c>
       <c r="M69" s="2">
-        <v>9788536231723</v>
+        <v>9788536216850</v>
       </c>
       <c r="N69" t="s" s="3">
         <v>221</v>
       </c>
       <c r="O69" s="4">
-        <v>159.90</v>
+        <v>149.90</v>
       </c>
       <c r="P69" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
-        <v>31715</v>
+        <v>22047</v>
       </c>
       <c r="C70" t="s">
         <v>222</v>
       </c>
       <c r="D70" t="s">
         <v>223</v>
       </c>
       <c r="F70">
-        <v>100</v>
+        <v>384</v>
       </c>
       <c r="G70">
-        <v>152</v>
+        <v>426</v>
       </c>
       <c r="H70" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I70">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J70">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K70">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="L70" s="1">
-        <v>45876</v>
+        <v>40480</v>
       </c>
       <c r="M70" s="2">
-        <v>9786526317334</v>
+        <v>9788536231723</v>
       </c>
       <c r="N70" t="s" s="3">
         <v>224</v>
       </c>
       <c r="O70" s="4">
-        <v>79.90</v>
+        <v>159.90</v>
       </c>
       <c r="P70" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
-        <v>26130</v>
+        <v>31715</v>
       </c>
       <c r="C71" t="s">
         <v>225</v>
       </c>
       <c r="D71" t="s">
         <v>226</v>
       </c>
       <c r="F71">
-        <v>130</v>
+        <v>100</v>
       </c>
       <c r="G71">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="H71" t="s">
         <v>18</v>
       </c>
       <c r="I71">
         <v>150</v>
       </c>
       <c r="J71">
         <v>210</v>
       </c>
       <c r="K71">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L71" s="1">
-        <v>42984</v>
+        <v>45876</v>
       </c>
       <c r="M71" s="2">
-        <v>9788536272030</v>
+        <v>9786526317334</v>
       </c>
       <c r="N71" t="s" s="3">
         <v>227</v>
       </c>
       <c r="O71" s="4">
         <v>79.90</v>
       </c>
       <c r="P71" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
-        <v>22408</v>
+        <v>26130</v>
       </c>
       <c r="C72" t="s">
         <v>228</v>
       </c>
       <c r="D72" t="s">
-        <v>52</v>
+        <v>229</v>
       </c>
       <c r="F72">
+        <v>130</v>
+      </c>
+      <c r="G72">
+        <v>161</v>
+      </c>
+      <c r="H72" t="s">
+        <v>18</v>
+      </c>
+      <c r="I72">
+        <v>150</v>
+      </c>
+      <c r="J72">
+        <v>210</v>
+      </c>
+      <c r="K72">
+        <v>8</v>
+      </c>
+      <c r="L72" s="1">
+        <v>42984</v>
+      </c>
+      <c r="M72" s="2">
+        <v>9788536272030</v>
+      </c>
+      <c r="N72" t="s" s="3">
+        <v>230</v>
+      </c>
+      <c r="O72" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P72" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73">
+        <v>72</v>
+      </c>
+      <c r="B73">
+        <v>22408</v>
+      </c>
+      <c r="C73" t="s">
+        <v>231</v>
+      </c>
+      <c r="D73" t="s">
+        <v>55</v>
+      </c>
+      <c r="F73">
         <v>202</v>
       </c>
-      <c r="G72">
+      <c r="G73">
         <v>268</v>
       </c>
-      <c r="H72" t="s">
-[...8 lines deleted...]
-      <c r="K72">
+      <c r="H73" t="s">
+        <v>18</v>
+      </c>
+      <c r="I73">
+        <v>150</v>
+      </c>
+      <c r="J73">
+        <v>210</v>
+      </c>
+      <c r="K73">
         <v>11</v>
       </c>
-      <c r="L72" s="1">
+      <c r="L73" s="1">
         <v>40847</v>
       </c>
-      <c r="M72" s="2">
+      <c r="M73" s="2">
         <v>9788536235189</v>
       </c>
-      <c r="N72" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O72" s="4">
+      <c r="N73" t="s" s="3">
+        <v>232</v>
+      </c>
+      <c r="O73" s="4">
         <v>107.70</v>
       </c>
-      <c r="P72" t="s">
+      <c r="P73" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>