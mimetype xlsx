--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2452" uniqueCount="2452">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2481" uniqueCount="2481">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -1325,50 +1325,59 @@
   <si>
     <t>978853623400-7</t>
   </si>
   <si>
     <t>Cabine de Passageiros</t>
   </si>
   <si>
     <t>Claudio Bertoli</t>
   </si>
   <si>
     <t>857394094-8</t>
   </si>
   <si>
     <t>Cabrum! Chuva de Ideias! Desenvolvendo a Criatividade das Crianças - Formato Especial: 30x21cm</t>
   </si>
   <si>
     <t>Angela Virgolim - Ilustrações: Leninha Lacerda - Projeto gráfico: Tatiana Rodrigues</t>
   </si>
   <si>
     <t>978853624883-7</t>
   </si>
   <si>
     <t>Literatura e Cultura - Educação;Literatura e Cultura - Infantojuvenil;</t>
   </si>
   <si>
+    <t>Caça às Bruxas - Os Julgamentos de Bruxaria na Europa Moderna (XVI-XVII) - Coleção História FM - Organizador da Coleção: Icles Rodrigues</t>
+  </si>
+  <si>
+    <t>Lívia G. Torquetti</t>
+  </si>
+  <si>
+    <t>978652632102-7</t>
+  </si>
+  <si>
     <t>Cachorra que Queria Miar, A</t>
   </si>
   <si>
     <t>Tatiany Honório Porto Aoki, Luiza Porto Aoki</t>
   </si>
   <si>
     <t>978652630641-3</t>
   </si>
   <si>
     <t>Cadernos de Receitas da Amélia, Dos</t>
   </si>
   <si>
     <t>Amélia Coelho</t>
   </si>
   <si>
     <t>2ª Edição - Revista</t>
   </si>
   <si>
     <t>978853622489-3</t>
   </si>
   <si>
     <t>Cães expulsos do Paraíso - Perros expulsados del eden - Português &amp; Espanhol</t>
   </si>
   <si>
     <t>Carlos Alberto Sanches</t>
@@ -2153,50 +2162,56 @@
   <si>
     <t>Marino Braga</t>
   </si>
   <si>
     <t>857394196-0</t>
   </si>
   <si>
     <t>Diabo Vai ao Céu, O - Semeando Livros</t>
   </si>
   <si>
     <t>Renato de Paiva Pereira</t>
   </si>
   <si>
     <t>978853624459-4</t>
   </si>
   <si>
     <t>Diário da Adoção - Ajudando a Formar Famílias de Verdade</t>
   </si>
   <si>
     <t>Organizadora: Bárbara Toledo</t>
   </si>
   <si>
     <t>978853627638-0</t>
   </si>
   <si>
+    <t>Michel de Montaigne - Tradução e Adaptação: Lia Licodiedoff Terbeck - Revisão: Giselle Zambiazzi</t>
+  </si>
+  <si>
+    <t>978652632101-0</t>
+  </si>
+  <si>
     <t>Diário de uma Bruxa - As Pedras e as Flores que Encontrei no Caminho de Santiago</t>
   </si>
   <si>
     <t>Beatriz Eustáquio de Andrade Abreu</t>
   </si>
   <si>
     <t>857394738-1</t>
   </si>
   <si>
     <t>Dicionário Básico de Citações - Frases sobre Emoções, Sentimentos, Valores e Virtudes</t>
   </si>
   <si>
     <t>Luiz Eduardo Gunther</t>
   </si>
   <si>
     <t>978853628631-0</t>
   </si>
   <si>
     <t>Dicionário de Citações do Livro Memórias Póstumas de Brás Cubas, de Machado de Assis - Minibook</t>
   </si>
   <si>
     <t>978853628245-9</t>
   </si>
   <si>
     <t>Dicionário de Provérbios em Prosa e Verso - Didático e Literário</t>
@@ -2411,51 +2426,51 @@
   <si>
     <t>978853623587-5</t>
   </si>
   <si>
     <t>Dores da Adoção, As</t>
   </si>
   <si>
     <t>978853626849-1</t>
   </si>
   <si>
     <t>Luigi Giuseppe Barbieri Ferrarini e Lucas P. Lazzaretti</t>
   </si>
   <si>
     <t>978853628107-0</t>
   </si>
   <si>
     <t>Doutor Canutinho &amp; Sua Turma - Falando de Bullying</t>
   </si>
   <si>
     <t>Cláudio Canuto</t>
   </si>
   <si>
     <t>978652631502-6</t>
   </si>
   <si>
-    <t>Joseph Mullens</t>
+    <t>Joseph Mullens - Tradução e Adaptação: Lia Licodiedoff Terbeck - Revisão: Giselle Zambiazzi</t>
   </si>
   <si>
     <t>978652630870-7</t>
   </si>
   <si>
     <t>Drogas - Sensações, Abusos e Enfrentamentos</t>
   </si>
   <si>
     <t>Marcelo de Freitas Gimba</t>
   </si>
   <si>
     <t>978655605489-6</t>
   </si>
   <si>
     <t>Edith - Caminhos e Caminhadas - Semeando Livros</t>
   </si>
   <si>
     <t>Elizabeth Inêz Espinosa</t>
   </si>
   <si>
     <t>978853621708-6</t>
   </si>
   <si>
     <t>Educação a Distância (EaD) e Psicologia Cultural - Autonomia do Estudante e Presença Docente na Educação Online</t>
   </si>
@@ -3053,50 +3068,59 @@
   <si>
     <t>Márcia Regina Lima Costa</t>
   </si>
   <si>
     <t>978655605953-2</t>
   </si>
   <si>
     <t>Família, Deficiência e Inclusão</t>
   </si>
   <si>
     <t>Organizadores: Vitor Franco, Maria de Fátima Minetto</t>
   </si>
   <si>
     <t>978652630740-3</t>
   </si>
   <si>
     <t>Fantástica Saga dos Pequineses Desaparecidos, A - Semeando Livros</t>
   </si>
   <si>
     <t>Nedram Solrac</t>
   </si>
   <si>
     <t>978853627552-9</t>
   </si>
   <si>
+    <t>Fascismo - Conceito e História - Prefácio de Icles Rodrigues - Coleção História FM</t>
+  </si>
+  <si>
+    <t>Demian Melo - Editor: Icles Rodrigues</t>
+  </si>
+  <si>
+    <t>978652631656-6</t>
+  </si>
+  <si>
     <t>Fé, Razão e Revelação - Introdução ao Pensamento Cristão</t>
   </si>
   <si>
     <t>Moisés do Vale dos Santos</t>
   </si>
   <si>
     <t>978853626937-5</t>
   </si>
   <si>
     <t>Feijão de Cego - Contos Sergipanos - Semeando Livros</t>
   </si>
   <si>
     <t>978853622570-8</t>
   </si>
   <si>
     <t>Feliz Aniversário Vovô - Semeando Livros</t>
   </si>
   <si>
     <t>978853623373-4</t>
   </si>
   <si>
     <t>Feng Shui - Uma Qualidade de Vida</t>
   </si>
   <si>
     <t>Geannine Bervian</t>
@@ -3443,50 +3467,56 @@
   <si>
     <t>857394830-2</t>
   </si>
   <si>
     <t>Gritos na Escuridão - A chacina que abalou Volta Grande - Dez homicídios: vingança ou ganância? - Semeando Livros</t>
   </si>
   <si>
     <t>978853624359-7</t>
   </si>
   <si>
     <t>Guaporé - Aventuras e Desventuras de Duas Mulheres da Geração Ditadura à Procura de um Outro Brasil - Semeando Livros</t>
   </si>
   <si>
     <t>Marlene Iucksch</t>
   </si>
   <si>
     <t>978853628064-6</t>
   </si>
   <si>
     <t>GUARDA - Estatuto da Criança e do Adolescente</t>
   </si>
   <si>
     <t>857394297-5</t>
   </si>
   <si>
+    <t>Evander Ruthieri da Silva</t>
+  </si>
+  <si>
+    <t>978652632090-7</t>
+  </si>
+  <si>
     <t>Guerra dos Judeus - Livro I - Semeando Livros</t>
   </si>
   <si>
     <t>857394978-3</t>
   </si>
   <si>
     <t>Guerra dos Judeus - Livro II - Semeando Livros</t>
   </si>
   <si>
     <t>857394977-5</t>
   </si>
   <si>
     <t>Guerra dos Judeus - Livro III - Semeando Livros</t>
   </si>
   <si>
     <t>857394976-7</t>
   </si>
   <si>
     <t>Guerra dos Judeus - Livro IV - Semeando Livros</t>
   </si>
   <si>
     <t>857394975-9</t>
   </si>
   <si>
     <t>Guerra dos Judeus - Livro V - Semeando Livros</t>
@@ -3578,50 +3608,59 @@
   <si>
     <t>978853629017-1</t>
   </si>
   <si>
     <t>Germán Barreiro González</t>
   </si>
   <si>
     <t>978853626004-4</t>
   </si>
   <si>
     <t>Harmonia... - Semeando Livros</t>
   </si>
   <si>
     <t>978853622524-1</t>
   </si>
   <si>
     <t>Herança Judaica na Vida e Obra de Viktor Emil Frankl, A</t>
   </si>
   <si>
     <t>Bela Rebeca Hertz</t>
   </si>
   <si>
     <t>978853623418-2</t>
   </si>
   <si>
+    <t>Hermenêutica Maçônica - Reminiscências e Inquietações de um Buscador</t>
+  </si>
+  <si>
+    <t>José Julberto Meira Junior</t>
+  </si>
+  <si>
+    <t>978652631682-5</t>
+  </si>
+  <si>
     <t>Hífen - Dos Compostos</t>
   </si>
   <si>
     <t>978853623035-1</t>
   </si>
   <si>
     <t>História &amp; Ancestralidade - Semeando Livros</t>
   </si>
   <si>
     <t>Valton Sergio von Tempski-Silka</t>
   </si>
   <si>
     <t>978853621884-7</t>
   </si>
   <si>
     <t>História da Alimentação no Paraná - Semeando Livros</t>
   </si>
   <si>
     <t>Carlos Roberto Antunes dos Santos</t>
   </si>
   <si>
     <t>978853621645-4</t>
   </si>
   <si>
     <t>Literatura e Cultura - Política, História e Filosofia;Literatura e Cultura - Saúde;</t>
@@ -3944,51 +3983,54 @@
   <si>
     <t>Introdução ao Direito Islâmico - Evolução Histórica, Aspectos Dogmáticos e Elementos de Inserção Social</t>
   </si>
   <si>
     <t>Francielli Morêz</t>
   </si>
   <si>
     <t>978853622145-8</t>
   </si>
   <si>
     <t>Introdução ao Universo dos Símbolos</t>
   </si>
   <si>
     <t>978853622644-6</t>
   </si>
   <si>
     <t>Inveja - O Inimigo Oculto - Introdução de Rosana Braga - Prefácio de Ligia Kogos - Semeando Livros</t>
   </si>
   <si>
     <t>Alexandre Bez</t>
   </si>
   <si>
     <t>978853623410-6</t>
   </si>
   <si>
-    <t>Elizabeth Butler</t>
+    <t>Irlanda, Egito, África do Sul e Itália - Viagens de uma Mulher Pintora nos Séculos XIX e XX - Coleção Diários de Viagem</t>
+  </si>
+  <si>
+    <t>Elizabeth Butler - Tradução e Adaptação: Giselle Zambiazzi</t>
   </si>
   <si>
     <t>978652631360-2</t>
   </si>
   <si>
     <t>Isoton - Uma Nova Teoria e Metodologia para o Fitness</t>
   </si>
   <si>
     <t>978652631676-4</t>
   </si>
   <si>
     <t>Marli Barros Dias</t>
   </si>
   <si>
     <t>978853625030-4</t>
   </si>
   <si>
     <t>IUS QUIJOTESCUM - Una Visión Literaria del Derecho en la Novela Don Quixote de la Mancha</t>
   </si>
   <si>
     <t>Germán José María Barreiro González</t>
   </si>
   <si>
     <t>853621292-6</t>
   </si>
@@ -6119,50 +6161,59 @@
   <si>
     <t>Quem Ama Também Sofre - Os Paradoxos da Paixão</t>
   </si>
   <si>
     <t>Organizador: Gilberto Gnoato</t>
   </si>
   <si>
     <t>978652631524-8</t>
   </si>
   <si>
     <t>Raiz do Desespero e Outras Histórias, A - Semeando Livros</t>
   </si>
   <si>
     <t>978853626361-8</t>
   </si>
   <si>
     <t>Razão, Religião &amp; Estruturas de Poder</t>
   </si>
   <si>
     <t>João Laurindo de Souza Netto</t>
   </si>
   <si>
     <t>857394288-6</t>
   </si>
   <si>
+    <t>Rebelião dos Boxers - Formas de Resistência em Uma China Conturbada - Coleção História FM Entrevista - Coordenador da Coleção: Icles Rodrigues</t>
+  </si>
+  <si>
+    <t>Fernando Pureza, Icles Rodrigues</t>
+  </si>
+  <si>
+    <t>978652631683-2</t>
+  </si>
+  <si>
     <t>Reconhecendo a Abundância - Guia para Viver a Prosperidade - Semeando Livros</t>
   </si>
   <si>
     <t>Thiago Strapasson</t>
   </si>
   <si>
     <t>978853627639-7</t>
   </si>
   <si>
     <t>Literatura e Cultura - Auto Ajuda e Esotérico;Literatura e Cultura - Negócios, Administração e Marketing;Literatura e Cultura - Diversos;</t>
   </si>
   <si>
     <t>Reflexões Sobre a Administração Universitária e Ensino Superior</t>
   </si>
   <si>
     <t>Coordenadoras: Amélia Silveira e Maria José Carvalho de Souza Domingues</t>
   </si>
   <si>
     <t>978853623225-6</t>
   </si>
   <si>
     <t>Reflexões Sobre a Escola - Com a Palavra os Pais, os Alunos e os Professores do Ensino Fundamental</t>
   </si>
   <si>
     <t>Mauro Calixta Tavares</t>
@@ -6509,50 +6560,59 @@
   <si>
     <t>978655605645-6</t>
   </si>
   <si>
     <t>Se Meu Táxi Falasse - Semeando Livros</t>
   </si>
   <si>
     <t>Eloir José Golemba</t>
   </si>
   <si>
     <t>978853622521-0</t>
   </si>
   <si>
     <t>Segredo da Gentilidade, O - Afinal, Viver Bem Não Faz Mal a Ninguém! Semeando Livros</t>
   </si>
   <si>
     <t>978853625329-9</t>
   </si>
   <si>
     <t>Segredo Para Viver Feliz, O</t>
   </si>
   <si>
     <t>978853629218-2</t>
   </si>
   <si>
+    <t>Seis Meses no México - O Olhar de Uma Jornalista Estrangeira na Terra dos Astecas (1885) - Coleção Diários de Viagem</t>
+  </si>
+  <si>
+    <t>Nellie Bly - Tradução: Joanna Rossinski - Coordenadora/Adaptadora: Giselle Zambiazzi</t>
+  </si>
+  <si>
+    <t>978652631655-9</t>
+  </si>
+  <si>
     <t>Seja Promovido: Seja Diferente - Como Diferenciar sua Carreira e Alcançar o Sucesso Profissional</t>
   </si>
   <si>
     <t>978853621560-0</t>
   </si>
   <si>
     <t>Sem Destino, Com Destino... - A História de uma Viagem entre a Califórnia e o Havaí - Coleção Diários de Viagem</t>
   </si>
   <si>
     <t>Cheila Fernanda Noé Bacila e Carlos Roberto Bacila</t>
   </si>
   <si>
     <t>978853625826-3</t>
   </si>
   <si>
     <t>Sem Parar de Pensar - Carlão, o Agitadão - A História de um Menino com Ansiedade - Formato Especial: 30x21cm</t>
   </si>
   <si>
     <t>Juliana Vieira A. Silva, Isabelli Laís dos Santos e Natanna Taynara Schütz - Ilustração: Arnold Henrique Tavares</t>
   </si>
   <si>
     <t>978655605436-0</t>
   </si>
   <si>
     <t>Senhor do Castelo, O</t>
@@ -6803,50 +6863,59 @@
   <si>
     <t>978655605656-2</t>
   </si>
   <si>
     <t>Tenda de Estrelas</t>
   </si>
   <si>
     <t>853621333-7</t>
   </si>
   <si>
     <t>Terapia do Pensar - O Princípio do Pensamento e o Processo Criativo</t>
   </si>
   <si>
     <t>Andréa Deren Destefani</t>
   </si>
   <si>
     <t>853620876-7</t>
   </si>
   <si>
     <t>Terapia Genética - Análise à Luz da Constitucionalização do Direito Privado</t>
   </si>
   <si>
     <t>978853629220-5</t>
   </si>
   <si>
+    <t>Terra da Longa Noite, A - Uma Aventura Sobre Trenós e Esquis no Inverno da Lapônia 1899 - Coleção Diários de Viagem</t>
+  </si>
+  <si>
+    <t>Paul Du Chaillu - Tradução: Natasha Kormann - Coordenação e adaptação: Giselle Zambiazzi</t>
+  </si>
+  <si>
+    <t>978652631647-4</t>
+  </si>
+  <si>
     <t>Terras de Além-Mar - Semeando Livros</t>
   </si>
   <si>
     <t>João Batista da Silva</t>
   </si>
   <si>
     <t>978853626085-3</t>
   </si>
   <si>
     <t>Roberto José Covaia Kosop e Marcelo Bueno Mendes</t>
   </si>
   <si>
     <t>978853626728-9</t>
   </si>
   <si>
     <t>Smith Robert Barreni</t>
   </si>
   <si>
     <t>978853626835-4</t>
   </si>
   <si>
     <t>Tobias Barreto - Uma Biografia Intelectual do Insurreto Sergipano e sua Biblioteca com Livros Alemães no Brasil do Século XIX</t>
   </si>
   <si>
     <t>Arnaldo Sampaio de Moraes Godoy</t>
@@ -7176,50 +7245,68 @@
     <t>853620295-5</t>
   </si>
   <si>
     <t>Veredas Espirituais - Semeando Livros</t>
   </si>
   <si>
     <t>978853623518-9</t>
   </si>
   <si>
     <t>Viagem do Liberdade - Do Brasil aos Estados Unidos em um Barco de Cem Dólares - Coleção Diários de Viagem</t>
   </si>
   <si>
     <t>Joshua Slocum - Tradução e Adaptação: Lia Licodiedoff Terbeck – Revisão: Giselle Zambiazzi</t>
   </si>
   <si>
     <t>978652631244-5</t>
   </si>
   <si>
     <t>Viagem dos Bichos, A - Uma Aventura na Proto-História do Mundo - Semeando Livros</t>
   </si>
   <si>
     <t>Sadi Franzon</t>
   </si>
   <si>
     <t>978853621718-5</t>
+  </si>
+  <si>
+    <t>Viagem pela Palestina e Egito em 1904 - Uma Jornada Memorável de Autodescoberta e Encontros Culturais - Coleção Diários de Viagem</t>
+  </si>
+  <si>
+    <t>Don Carlos Janes - Tradução: Osvaldo Ferreira de Carvalho</t>
+  </si>
+  <si>
+    <t>978652631646-7</t>
+  </si>
+  <si>
+    <t>Viagens de Mary Seacole - Da Jamaica até Constantinopla - De Constantinopla para a Crimeia - Da Crimeia para Londres - Coleção Diários de Viagem</t>
+  </si>
+  <si>
+    <t>Mary Seacole - Tradutor: João Evangelista Fernandes - Adaptação: Saulo Adami</t>
+  </si>
+  <si>
+    <t>978652630461-7</t>
   </si>
   <si>
     <t>Viajando de Motor Home pela Nova Zelândia - Coleção Diários de Viagem</t>
   </si>
   <si>
     <t>José Ernani de Carvalho Pacheco</t>
   </si>
   <si>
     <t>978853626991-7</t>
   </si>
   <si>
     <t>Vida em Verso e Prosa - Contos, Crônicas e Poemas Selecionados - Semeando Livros</t>
   </si>
   <si>
     <t>Jocelino Freitas</t>
   </si>
   <si>
     <t>978853623806-7</t>
   </si>
   <si>
     <t>Vida Espiritual na Era Tecnológica - Técnicas e Práticas para a Expansão da Consciência - Semeando Livros</t>
   </si>
   <si>
     <t>Marcius Porto</t>
   </si>
@@ -7418,51 +7505,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R882"/>
+  <dimension ref="A1:R892"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="16"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -14217,35106 +14304,35578 @@
       </c>
       <c r="K143">
         <v>9</v>
       </c>
       <c r="L143" s="1">
         <v>41949</v>
       </c>
       <c r="M143" s="2">
         <v>9788536248837</v>
       </c>
       <c r="N143" t="s" s="3">
         <v>436</v>
       </c>
       <c r="O143" s="4">
         <v>89.90</v>
       </c>
       <c r="P143" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
-        <v>30801</v>
+        <v>31848</v>
       </c>
       <c r="C144" t="s">
         <v>438</v>
       </c>
       <c r="D144" t="s">
         <v>439</v>
       </c>
       <c r="F144">
-        <v>14</v>
+        <v>176</v>
       </c>
       <c r="G144">
-        <v>18</v>
+        <v>226</v>
       </c>
       <c r="H144" t="s">
         <v>22</v>
       </c>
       <c r="I144">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J144">
         <v>210</v>
       </c>
       <c r="K144">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="L144" s="1">
-        <v>45259</v>
+        <v>45952</v>
       </c>
       <c r="M144" s="2">
-        <v>9786526306413</v>
+        <v>9786526321027</v>
       </c>
       <c r="N144" t="s" s="3">
         <v>440</v>
       </c>
       <c r="O144" s="4">
-        <v>49.90</v>
+        <v>87.90</v>
       </c>
       <c r="P144" t="s">
-        <v>397</v>
+        <v>314</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
-        <v>21394</v>
+        <v>30801</v>
       </c>
       <c r="C145" t="s">
         <v>441</v>
       </c>
       <c r="D145" t="s">
         <v>442</v>
       </c>
-      <c r="E145" t="s">
+      <c r="F145">
+        <v>14</v>
+      </c>
+      <c r="G145">
+        <v>18</v>
+      </c>
+      <c r="H145" t="s">
+        <v>22</v>
+      </c>
+      <c r="I145">
+        <v>300</v>
+      </c>
+      <c r="J145">
+        <v>210</v>
+      </c>
+      <c r="K145">
+        <v>1</v>
+      </c>
+      <c r="L145" s="1">
+        <v>45259</v>
+      </c>
+      <c r="M145" s="2">
+        <v>9786526306413</v>
+      </c>
+      <c r="N145" t="s" s="3">
         <v>443</v>
       </c>
-      <c r="F145">
-[...25 lines deleted...]
-      </c>
       <c r="O145" s="4">
-        <v>109.90</v>
+        <v>49.90</v>
       </c>
       <c r="P145" t="s">
-        <v>36</v>
+        <v>397</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
-        <v>20361</v>
+        <v>21394</v>
       </c>
       <c r="C146" t="s">
+        <v>444</v>
+      </c>
+      <c r="D146" t="s">
         <v>445</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" t="s">
         <v>446</v>
       </c>
       <c r="F146">
-        <v>82</v>
+        <v>230</v>
       </c>
       <c r="G146">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="H146" t="s">
         <v>22</v>
       </c>
       <c r="I146">
         <v>150</v>
       </c>
       <c r="J146">
         <v>210</v>
       </c>
       <c r="K146">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="L146" s="1">
-        <v>37795</v>
+        <v>40126</v>
       </c>
       <c r="M146" s="2">
-        <v>9788573949216</v>
-[...1 lines deleted...]
-      <c r="N146" t="s">
+        <v>9788536224893</v>
+      </c>
+      <c r="N146" t="s" s="3">
         <v>447</v>
       </c>
       <c r="O146" s="4">
-        <v>59.90</v>
+        <v>109.90</v>
       </c>
       <c r="P146" t="s">
-        <v>448</v>
+        <v>36</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
-        <v>21413</v>
+        <v>20361</v>
       </c>
       <c r="C147" t="s">
+        <v>448</v>
+      </c>
+      <c r="D147" t="s">
         <v>449</v>
       </c>
-      <c r="D147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F147">
-        <v>172</v>
+        <v>82</v>
       </c>
       <c r="G147">
-        <v>220</v>
+        <v>120</v>
       </c>
       <c r="H147" t="s">
         <v>22</v>
       </c>
       <c r="I147">
         <v>150</v>
       </c>
       <c r="J147">
         <v>210</v>
       </c>
       <c r="K147">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L147" s="1">
-        <v>40137</v>
+        <v>37795</v>
       </c>
       <c r="M147" s="2">
-        <v>9788536227054</v>
-[...1 lines deleted...]
-      <c r="N147" t="s" s="3">
+        <v>9788573949216</v>
+      </c>
+      <c r="N147" t="s">
         <v>450</v>
       </c>
       <c r="O147" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P147" t="s">
-        <v>36</v>
+        <v>451</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
-        <v>12667</v>
+        <v>21413</v>
       </c>
       <c r="C148" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D148" t="s">
-        <v>452</v>
+        <v>248</v>
       </c>
       <c r="F148">
-        <v>118</v>
+        <v>172</v>
       </c>
       <c r="G148">
-        <v>170</v>
+        <v>220</v>
       </c>
       <c r="H148" t="s">
         <v>22</v>
       </c>
       <c r="I148">
         <v>150</v>
       </c>
       <c r="J148">
         <v>210</v>
       </c>
       <c r="K148">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L148" s="1">
-        <v>37907</v>
+        <v>40137</v>
       </c>
       <c r="M148" s="2">
-        <v>9788503625654</v>
+        <v>9788536227054</v>
       </c>
       <c r="N148" t="s" s="3">
         <v>453</v>
       </c>
       <c r="O148" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P148" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
-        <v>20844</v>
+        <v>12667</v>
       </c>
       <c r="C149" t="s">
         <v>454</v>
       </c>
       <c r="D149" t="s">
         <v>455</v>
       </c>
       <c r="F149">
-        <v>216</v>
+        <v>118</v>
       </c>
       <c r="G149">
-        <v>240</v>
+        <v>170</v>
       </c>
       <c r="H149" t="s">
         <v>22</v>
       </c>
       <c r="I149">
         <v>150</v>
       </c>
       <c r="J149">
         <v>210</v>
       </c>
       <c r="K149">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L149" s="1">
-        <v>39689</v>
+        <v>37907</v>
       </c>
       <c r="M149" s="2">
-        <v>9788536221298</v>
+        <v>9788503625654</v>
       </c>
       <c r="N149" t="s" s="3">
         <v>456</v>
       </c>
       <c r="O149" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P149" t="s">
-        <v>457</v>
+        <v>36</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
-        <v>21559</v>
+        <v>20844</v>
       </c>
       <c r="C150" t="s">
+        <v>457</v>
+      </c>
+      <c r="D150" t="s">
         <v>458</v>
       </c>
-      <c r="D150" t="s">
+      <c r="F150">
+        <v>216</v>
+      </c>
+      <c r="G150">
+        <v>240</v>
+      </c>
+      <c r="H150" t="s">
+        <v>22</v>
+      </c>
+      <c r="I150">
+        <v>150</v>
+      </c>
+      <c r="J150">
+        <v>210</v>
+      </c>
+      <c r="K150">
+        <v>12</v>
+      </c>
+      <c r="L150" s="1">
+        <v>39689</v>
+      </c>
+      <c r="M150" s="2">
+        <v>9788536221298</v>
+      </c>
+      <c r="N150" t="s" s="3">
         <v>459</v>
       </c>
-      <c r="F150">
-[...23 lines deleted...]
-      <c r="N150" t="s" s="3">
+      <c r="O150" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P150" t="s">
         <v>460</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
-        <v>26797</v>
+        <v>21559</v>
       </c>
       <c r="C151" t="s">
         <v>461</v>
       </c>
       <c r="D151" t="s">
         <v>462</v>
       </c>
       <c r="F151">
-        <v>238</v>
+        <v>288</v>
       </c>
       <c r="G151">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="H151" t="s">
         <v>22</v>
       </c>
       <c r="I151">
         <v>150</v>
       </c>
       <c r="J151">
         <v>210</v>
       </c>
       <c r="K151">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="L151" s="1">
-        <v>43223</v>
+        <v>40239</v>
       </c>
       <c r="M151" s="2">
-        <v>9788536278926</v>
+        <v>9788536228624</v>
       </c>
       <c r="N151" t="s" s="3">
         <v>463</v>
       </c>
       <c r="O151" s="4">
         <v>119.90</v>
       </c>
       <c r="P151" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
-        <v>12745</v>
+        <v>26797</v>
       </c>
       <c r="C152" t="s">
         <v>464</v>
       </c>
       <c r="D152" t="s">
         <v>465</v>
       </c>
       <c r="F152">
-        <v>116</v>
+        <v>238</v>
       </c>
       <c r="G152">
-        <v>172</v>
+        <v>295</v>
       </c>
       <c r="H152" t="s">
         <v>22</v>
       </c>
       <c r="I152">
         <v>150</v>
       </c>
       <c r="J152">
         <v>210</v>
       </c>
       <c r="K152">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="L152" s="1">
-        <v>38057</v>
+        <v>43223</v>
       </c>
       <c r="M152" s="2">
-        <v>9788536206226</v>
+        <v>9788536278926</v>
       </c>
       <c r="N152" t="s" s="3">
         <v>466</v>
       </c>
       <c r="O152" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P152" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
-        <v>23573</v>
+        <v>12745</v>
       </c>
       <c r="C153" t="s">
         <v>467</v>
       </c>
       <c r="D153" t="s">
         <v>468</v>
       </c>
       <c r="F153">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="G153">
-        <v>134</v>
+        <v>172</v>
       </c>
       <c r="H153" t="s">
         <v>22</v>
       </c>
       <c r="I153">
         <v>150</v>
       </c>
       <c r="J153">
         <v>210</v>
       </c>
       <c r="K153">
         <v>7</v>
       </c>
       <c r="L153" s="1">
-        <v>41879</v>
+        <v>38057</v>
       </c>
       <c r="M153" s="2">
-        <v>9788536247922</v>
+        <v>9788536206226</v>
       </c>
       <c r="N153" t="s" s="3">
         <v>469</v>
       </c>
       <c r="O153" s="4">
         <v>69.90</v>
       </c>
       <c r="P153" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
-        <v>22051</v>
+        <v>23573</v>
       </c>
       <c r="C154" t="s">
         <v>470</v>
       </c>
       <c r="D154" t="s">
         <v>471</v>
       </c>
       <c r="F154">
-        <v>162</v>
+        <v>108</v>
       </c>
       <c r="G154">
-        <v>220</v>
+        <v>134</v>
       </c>
       <c r="H154" t="s">
         <v>22</v>
       </c>
       <c r="I154">
         <v>150</v>
       </c>
       <c r="J154">
         <v>210</v>
       </c>
       <c r="K154">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L154" s="1">
-        <v>41023</v>
+        <v>41879</v>
       </c>
       <c r="M154" s="2">
-        <v>9788536230665</v>
+        <v>9788536247922</v>
       </c>
       <c r="N154" t="s" s="3">
         <v>472</v>
       </c>
       <c r="O154" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P154" t="s">
-        <v>473</v>
+        <v>36</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
-        <v>22902</v>
+        <v>22051</v>
       </c>
       <c r="C155" t="s">
+        <v>473</v>
+      </c>
+      <c r="D155" t="s">
         <v>474</v>
       </c>
-      <c r="D155" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F155">
-        <v>282</v>
+        <v>162</v>
       </c>
       <c r="G155">
-        <v>360</v>
+        <v>220</v>
       </c>
       <c r="H155" t="s">
         <v>22</v>
       </c>
       <c r="I155">
         <v>150</v>
       </c>
       <c r="J155">
         <v>210</v>
       </c>
       <c r="K155">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L155" s="1">
-        <v>41298</v>
+        <v>41023</v>
       </c>
       <c r="M155" s="2">
-        <v>9788536240862</v>
+        <v>9788536230665</v>
       </c>
       <c r="N155" t="s" s="3">
         <v>475</v>
       </c>
       <c r="O155" s="4">
-        <v>129.90</v>
+        <v>59.90</v>
       </c>
       <c r="P155" t="s">
-        <v>36</v>
+        <v>476</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
-        <v>22382</v>
+        <v>22902</v>
       </c>
       <c r="C156" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D156" t="s">
-        <v>459</v>
+        <v>331</v>
+      </c>
+      <c r="E156" t="s">
+        <v>34</v>
       </c>
       <c r="F156">
-        <v>62</v>
+        <v>282</v>
       </c>
       <c r="G156">
-        <v>104</v>
+        <v>360</v>
       </c>
       <c r="H156" t="s">
         <v>22</v>
       </c>
       <c r="I156">
         <v>150</v>
       </c>
       <c r="J156">
         <v>210</v>
       </c>
       <c r="K156">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="L156" s="1">
-        <v>40823</v>
+        <v>41298</v>
       </c>
       <c r="M156" s="2">
-        <v>9788536235158</v>
+        <v>9788536240862</v>
       </c>
       <c r="N156" t="s" s="3">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="O156" s="4">
-        <v>59.90</v>
+        <v>129.90</v>
       </c>
       <c r="P156" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
-        <v>20461</v>
+        <v>22382</v>
       </c>
       <c r="C157" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D157" t="s">
-        <v>479</v>
+        <v>462</v>
       </c>
       <c r="F157">
-        <v>164</v>
+        <v>62</v>
       </c>
       <c r="G157">
-        <v>225</v>
+        <v>104</v>
       </c>
       <c r="H157" t="s">
         <v>22</v>
       </c>
       <c r="I157">
         <v>150</v>
       </c>
       <c r="J157">
         <v>210</v>
       </c>
       <c r="K157">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="L157" s="1">
-        <v>39381</v>
+        <v>40823</v>
       </c>
       <c r="M157" s="2">
-        <v>9788536217420</v>
+        <v>9788536235158</v>
       </c>
       <c r="N157" t="s" s="3">
         <v>480</v>
       </c>
       <c r="O157" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P157" t="s">
-        <v>314</v>
+        <v>36</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
-        <v>30904</v>
+        <v>20461</v>
       </c>
       <c r="C158" t="s">
         <v>481</v>
       </c>
       <c r="D158" t="s">
         <v>482</v>
       </c>
       <c r="F158">
-        <v>244</v>
+        <v>164</v>
       </c>
       <c r="G158">
-        <v>303</v>
+        <v>225</v>
       </c>
       <c r="H158" t="s">
         <v>22</v>
       </c>
       <c r="I158">
         <v>150</v>
       </c>
       <c r="J158">
         <v>210</v>
       </c>
       <c r="K158">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L158" s="1">
-        <v>45329</v>
+        <v>39381</v>
       </c>
       <c r="M158" s="2">
-        <v>9786526310366</v>
+        <v>9788536217420</v>
       </c>
       <c r="N158" t="s" s="3">
         <v>483</v>
       </c>
       <c r="O158" s="4">
         <v>89.90</v>
       </c>
       <c r="P158" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159">
-        <v>21904</v>
+        <v>30904</v>
       </c>
       <c r="C159" t="s">
         <v>484</v>
       </c>
       <c r="D159" t="s">
-        <v>312</v>
+        <v>485</v>
       </c>
       <c r="F159">
-        <v>174</v>
+        <v>244</v>
       </c>
       <c r="G159">
-        <v>235</v>
+        <v>303</v>
       </c>
       <c r="H159" t="s">
         <v>22</v>
       </c>
       <c r="I159">
         <v>150</v>
       </c>
       <c r="J159">
         <v>210</v>
       </c>
       <c r="K159">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L159" s="1">
-        <v>40417</v>
+        <v>45329</v>
       </c>
       <c r="M159" s="2">
-        <v>9788536230771</v>
+        <v>9786526310366</v>
       </c>
       <c r="N159" t="s" s="3">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="O159" s="4">
-        <v>94.70</v>
+        <v>89.90</v>
       </c>
       <c r="P159" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160">
-        <v>31220</v>
+        <v>21904</v>
       </c>
       <c r="C160" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D160" t="s">
-        <v>487</v>
+        <v>312</v>
       </c>
       <c r="F160">
-        <v>142</v>
+        <v>174</v>
       </c>
       <c r="G160">
-        <v>174</v>
+        <v>235</v>
       </c>
       <c r="H160" t="s">
         <v>22</v>
       </c>
       <c r="I160">
         <v>150</v>
       </c>
       <c r="J160">
         <v>210</v>
       </c>
       <c r="K160">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L160" s="1">
-        <v>45540</v>
+        <v>40417</v>
       </c>
       <c r="M160" s="2">
-        <v>9786526312247</v>
+        <v>9788536230771</v>
       </c>
       <c r="N160" t="s" s="3">
         <v>488</v>
       </c>
       <c r="O160" s="4">
-        <v>79.90</v>
+        <v>94.70</v>
       </c>
       <c r="P160" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161">
-        <v>26207</v>
+        <v>31220</v>
       </c>
       <c r="C161" t="s">
         <v>489</v>
       </c>
       <c r="D161" t="s">
         <v>490</v>
       </c>
       <c r="F161">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="G161">
         <v>174</v>
       </c>
       <c r="H161" t="s">
         <v>22</v>
       </c>
       <c r="I161">
         <v>150</v>
       </c>
       <c r="J161">
         <v>210</v>
       </c>
       <c r="K161">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L161" s="1">
-        <v>43013</v>
+        <v>45540</v>
       </c>
       <c r="M161" s="2">
-        <v>9788536271293</v>
+        <v>9786526312247</v>
       </c>
       <c r="N161" t="s" s="3">
         <v>491</v>
       </c>
       <c r="O161" s="4">
         <v>79.90</v>
       </c>
       <c r="P161" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162">
-        <v>23753</v>
+        <v>26207</v>
       </c>
       <c r="C162" t="s">
         <v>492</v>
       </c>
       <c r="D162" t="s">
         <v>493</v>
       </c>
-      <c r="E162" t="s">
+      <c r="F162">
+        <v>140</v>
+      </c>
+      <c r="G162">
+        <v>174</v>
+      </c>
+      <c r="H162" t="s">
+        <v>22</v>
+      </c>
+      <c r="I162">
+        <v>150</v>
+      </c>
+      <c r="J162">
+        <v>210</v>
+      </c>
+      <c r="K162">
+        <v>8</v>
+      </c>
+      <c r="L162" s="1">
+        <v>43013</v>
+      </c>
+      <c r="M162" s="2">
+        <v>9788536271293</v>
+      </c>
+      <c r="N162" t="s" s="3">
         <v>494</v>
       </c>
-      <c r="F162">
-[...25 lines deleted...]
-      </c>
       <c r="O162" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P162" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163">
-        <v>22060</v>
+        <v>23753</v>
       </c>
       <c r="C163" t="s">
+        <v>495</v>
+      </c>
+      <c r="D163" t="s">
         <v>496</v>
       </c>
-      <c r="D163" t="s">
+      <c r="E163" t="s">
         <v>497</v>
       </c>
       <c r="F163">
-        <v>120</v>
+        <v>210</v>
       </c>
       <c r="G163">
-        <v>135</v>
+        <v>260</v>
       </c>
       <c r="H163" t="s">
         <v>22</v>
       </c>
       <c r="I163">
         <v>150</v>
       </c>
       <c r="J163">
         <v>210</v>
       </c>
       <c r="K163">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L163" s="1">
-        <v>40487</v>
+        <v>42018</v>
       </c>
       <c r="M163" s="2">
-        <v>9788536231792</v>
+        <v>9788536249766</v>
       </c>
       <c r="N163" t="s" s="3">
         <v>498</v>
       </c>
       <c r="O163" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P163" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164">
-        <v>22637</v>
+        <v>22060</v>
       </c>
       <c r="C164" t="s">
         <v>499</v>
       </c>
       <c r="D164" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>500</v>
       </c>
       <c r="F164">
-        <v>189</v>
+        <v>120</v>
       </c>
       <c r="G164">
-        <v>280</v>
+        <v>135</v>
       </c>
       <c r="H164" t="s">
         <v>22</v>
       </c>
       <c r="I164">
         <v>150</v>
       </c>
       <c r="J164">
         <v>210</v>
       </c>
       <c r="K164">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L164" s="1">
-        <v>41058</v>
+        <v>40487</v>
       </c>
       <c r="M164" s="2">
-        <v>9788536238104</v>
+        <v>9788536231792</v>
       </c>
       <c r="N164" t="s" s="3">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="O164" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P164" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165">
-        <v>10958</v>
+        <v>22637</v>
       </c>
       <c r="C165" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D165" t="s">
-        <v>502</v>
+        <v>266</v>
+      </c>
+      <c r="E165" t="s">
+        <v>34</v>
       </c>
       <c r="F165">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="G165">
-        <v>262</v>
+        <v>280</v>
       </c>
       <c r="H165" t="s">
         <v>22</v>
       </c>
       <c r="I165">
         <v>150</v>
       </c>
       <c r="J165">
         <v>210</v>
       </c>
       <c r="K165">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L165" s="1">
-        <v>36871</v>
+        <v>41058</v>
       </c>
       <c r="M165" s="2">
-        <v>9788573947373</v>
+        <v>9788536238104</v>
       </c>
       <c r="N165" t="s" s="3">
         <v>503</v>
       </c>
       <c r="O165" s="4">
         <v>99.90</v>
       </c>
       <c r="P165" t="s">
-        <v>504</v>
+        <v>36</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166">
-        <v>12405</v>
+        <v>10958</v>
       </c>
       <c r="C166" t="s">
+        <v>504</v>
+      </c>
+      <c r="D166" t="s">
         <v>505</v>
       </c>
-      <c r="D166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F166">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G166">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="H166" t="s">
         <v>22</v>
       </c>
       <c r="I166">
         <v>150</v>
       </c>
       <c r="J166">
         <v>210</v>
       </c>
       <c r="K166">
         <v>11</v>
       </c>
       <c r="L166" s="1">
-        <v>37502</v>
+        <v>36871</v>
       </c>
       <c r="M166" s="2">
-        <v>9788536202556</v>
+        <v>9788573947373</v>
       </c>
       <c r="N166" t="s" s="3">
+        <v>506</v>
+      </c>
+      <c r="O166" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P166" t="s">
         <v>507</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167">
-        <v>12406</v>
+        <v>12405</v>
       </c>
       <c r="C167" t="s">
         <v>508</v>
       </c>
       <c r="D167" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F167">
-        <v>132</v>
+        <v>198</v>
       </c>
       <c r="G167">
-        <v>188</v>
+        <v>268</v>
       </c>
       <c r="H167" t="s">
         <v>22</v>
       </c>
       <c r="I167">
         <v>150</v>
       </c>
       <c r="J167">
         <v>210</v>
       </c>
       <c r="K167">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L167" s="1">
         <v>37502</v>
       </c>
       <c r="M167" s="2">
-        <v>9788536201528</v>
+        <v>9788536202556</v>
       </c>
       <c r="N167" t="s" s="3">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="O167" s="4">
-        <v>74.70</v>
+        <v>89.90</v>
       </c>
       <c r="P167" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168">
-        <v>23627</v>
+        <v>12406</v>
       </c>
       <c r="C168" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D168" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="F168">
-        <v>568</v>
+        <v>132</v>
       </c>
       <c r="G168">
-        <v>704</v>
+        <v>188</v>
       </c>
       <c r="H168" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I168">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J168">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K168">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="L168" s="1">
-        <v>41915</v>
+        <v>37502</v>
       </c>
       <c r="M168" s="2">
-        <v>9788536248400</v>
+        <v>9788536201528</v>
       </c>
       <c r="N168" t="s" s="3">
         <v>512</v>
       </c>
       <c r="O168" s="4">
-        <v>219.90</v>
+        <v>74.70</v>
       </c>
       <c r="P168" t="s">
-        <v>47</v>
+        <v>366</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169">
+        <v>23627</v>
+      </c>
+      <c r="C169" t="s">
+        <v>513</v>
+      </c>
+      <c r="D169" t="s">
+        <v>514</v>
+      </c>
+      <c r="F169">
+        <v>568</v>
+      </c>
+      <c r="G169">
+        <v>704</v>
+      </c>
+      <c r="H169" t="s">
+        <v>17</v>
+      </c>
+      <c r="I169">
+        <v>165</v>
+      </c>
+      <c r="J169">
+        <v>215</v>
+      </c>
+      <c r="K169">
+        <v>43</v>
+      </c>
+      <c r="L169" s="1">
+        <v>41915</v>
+      </c>
+      <c r="M169" s="2">
+        <v>9788536248400</v>
+      </c>
+      <c r="N169" t="s" s="3">
+        <v>515</v>
+      </c>
+      <c r="O169" s="4">
+        <v>219.90</v>
+      </c>
+      <c r="P169" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170">
+        <v>169</v>
+      </c>
+      <c r="B170">
         <v>27954</v>
       </c>
-      <c r="C169" t="inlineStr">
+      <c r="C170" t="inlineStr">
         <is>
           <t>Ciências da Saúde - O Trabalho de Equipes Multiprofissionais em Diferentes Contextos - • Humanização e Integralidade em Ambulatórios • Atenção Primária • Atenção Domiciliar • Cuidados Paliativos • Luto • Dor • Sono</t>
         </is>
       </c>
-      <c r="D169" t="s">
-[...2 lines deleted...]
-      <c r="F169">
+      <c r="D170" t="s">
+        <v>516</v>
+      </c>
+      <c r="F170">
         <v>504</v>
       </c>
-      <c r="G169">
+      <c r="G170">
         <v>625</v>
       </c>
-      <c r="H169" t="s">
-[...8 lines deleted...]
-      <c r="K169">
+      <c r="H170" t="s">
+        <v>22</v>
+      </c>
+      <c r="I170">
+        <v>150</v>
+      </c>
+      <c r="J170">
+        <v>210</v>
+      </c>
+      <c r="K170">
         <v>26</v>
       </c>
-      <c r="L169" s="1">
+      <c r="L170" s="1">
         <v>43679</v>
       </c>
-      <c r="M169" s="2">
+      <c r="M170" s="2">
         <v>9788536290256</v>
       </c>
-      <c r="N169" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O169" s="4">
+      <c r="N170" t="s" s="3">
+        <v>517</v>
+      </c>
+      <c r="O170" s="4">
         <v>199.90</v>
       </c>
-      <c r="P169" t="s">
+      <c r="P170" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="170">
-[...3 lines deleted...]
-      <c r="B170">
+    <row r="171">
+      <c r="A171">
+        <v>170</v>
+      </c>
+      <c r="B171">
         <v>26667</v>
       </c>
-      <c r="C170" t="inlineStr">
+      <c r="C171" t="inlineStr">
         <is>
           <t>Clínicas do Transe - Etnopsicologia, Hipnose &amp; Espiritualidade no Brasil - Biblioteca Juruá de Religiosidades e Espiritualidades - Coordenador: Adriano Furtado Holanda</t>
         </is>
       </c>
-      <c r="D170" t="s">
-[...2 lines deleted...]
-      <c r="F170">
+      <c r="D171" t="s">
+        <v>518</v>
+      </c>
+      <c r="F171">
         <v>164</v>
       </c>
-      <c r="G170">
+      <c r="G171">
         <v>203</v>
       </c>
-      <c r="H170" t="s">
-[...8 lines deleted...]
-      <c r="K170">
+      <c r="H171" t="s">
+        <v>22</v>
+      </c>
+      <c r="I171">
+        <v>150</v>
+      </c>
+      <c r="J171">
+        <v>210</v>
+      </c>
+      <c r="K171">
         <v>9</v>
       </c>
-      <c r="L170" s="1">
+      <c r="L171" s="1">
         <v>43178</v>
       </c>
-      <c r="M170" s="2">
+      <c r="M171" s="2">
         <v>9788536277523</v>
       </c>
-      <c r="N170" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O170" s="4">
+      <c r="N171" t="s" s="3">
+        <v>519</v>
+      </c>
+      <c r="O171" s="4">
         <v>77.70</v>
       </c>
-      <c r="P170" t="s">
+      <c r="P171" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="171">
-[...3 lines deleted...]
-      <c r="B171">
+    <row r="172">
+      <c r="A172">
+        <v>171</v>
+      </c>
+      <c r="B172">
         <v>21478</v>
       </c>
-      <c r="C171" t="inlineStr">
+      <c r="C172" t="inlineStr">
         <is>
           <t>Código PENSSAARR, O - Pensamentos, Sabedoria, Sentimentos, Atitudes e Ações para Resultados Recíprocos - Uma Nova Abordagem e Um Novo Processo para a Busca da Excelência Pessoal e Profissional</t>
         </is>
       </c>
-      <c r="D171" t="s">
-[...2 lines deleted...]
-      <c r="F171">
+      <c r="D172" t="s">
+        <v>520</v>
+      </c>
+      <c r="F172">
         <v>106</v>
       </c>
-      <c r="G171">
-[...11 lines deleted...]
-      <c r="K171">
+      <c r="G172">
+        <v>150</v>
+      </c>
+      <c r="H172" t="s">
+        <v>22</v>
+      </c>
+      <c r="I172">
+        <v>150</v>
+      </c>
+      <c r="J172">
+        <v>210</v>
+      </c>
+      <c r="K172">
         <v>6</v>
       </c>
-      <c r="L171" s="1">
+      <c r="L172" s="1">
         <v>40190</v>
       </c>
-      <c r="M171" s="2">
+      <c r="M172" s="2">
         <v>9788536227511</v>
       </c>
-      <c r="N171" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O171" s="4">
+      <c r="N172" t="s" s="3">
+        <v>521</v>
+      </c>
+      <c r="O172" s="4">
         <v>69.90</v>
       </c>
-      <c r="P171" t="s">
-[...16 lines deleted...]
-      <c r="E172" t="s">
+      <c r="P172" t="s">
         <v>522</v>
-      </c>
-[...31 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173">
-        <v>22024</v>
+        <v>22031</v>
       </c>
       <c r="C173" t="s">
+        <v>523</v>
+      </c>
+      <c r="D173" t="s">
         <v>524</v>
       </c>
-      <c r="D173" t="s">
-        <v>490</v>
+      <c r="E173" t="s">
+        <v>525</v>
       </c>
       <c r="F173">
-        <v>136</v>
+        <v>228</v>
       </c>
       <c r="G173">
-        <v>167</v>
+        <v>276</v>
       </c>
       <c r="H173" t="s">
         <v>22</v>
       </c>
       <c r="I173">
         <v>150</v>
       </c>
       <c r="J173">
         <v>210</v>
       </c>
       <c r="K173">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L173" s="1">
-        <v>40492</v>
+        <v>40469</v>
       </c>
       <c r="M173" s="2">
-        <v>9788536231648</v>
+        <v>9788536231518</v>
       </c>
       <c r="N173" t="s" s="3">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="O173" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P173" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174">
-        <v>29328</v>
+        <v>22024</v>
       </c>
       <c r="C174" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D174" t="s">
-        <v>527</v>
+        <v>493</v>
       </c>
       <c r="F174">
-        <v>162</v>
+        <v>136</v>
       </c>
       <c r="G174">
-        <v>201</v>
+        <v>167</v>
       </c>
       <c r="H174" t="s">
         <v>22</v>
       </c>
       <c r="I174">
         <v>150</v>
       </c>
       <c r="J174">
         <v>210</v>
       </c>
       <c r="K174">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L174" s="1">
-        <v>44496</v>
+        <v>40492</v>
       </c>
       <c r="M174" s="2">
-        <v>9786556058825</v>
+        <v>9788536231648</v>
       </c>
       <c r="N174" t="s" s="3">
         <v>528</v>
       </c>
       <c r="O174" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P174" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175">
-        <v>28083</v>
+        <v>29328</v>
       </c>
       <c r="C175" t="s">
         <v>529</v>
       </c>
       <c r="D175" t="s">
         <v>530</v>
       </c>
       <c r="F175">
-        <v>84</v>
+        <v>162</v>
       </c>
       <c r="G175">
-        <v>235</v>
+        <v>201</v>
       </c>
       <c r="H175" t="s">
         <v>22</v>
       </c>
       <c r="I175">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="J175">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="K175">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L175" s="1">
-        <v>43742</v>
+        <v>44496</v>
       </c>
       <c r="M175" s="2">
-        <v>9788536290294</v>
+        <v>9786556058825</v>
       </c>
       <c r="N175" t="s" s="3">
         <v>531</v>
       </c>
       <c r="O175" s="4">
-        <v>39.90</v>
+        <v>89.90</v>
       </c>
       <c r="P175" t="s">
-        <v>532</v>
+        <v>68</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176">
-        <v>27958</v>
+        <v>28083</v>
       </c>
       <c r="C176" t="s">
+        <v>532</v>
+      </c>
+      <c r="D176" t="s">
         <v>533</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176">
+        <v>84</v>
+      </c>
+      <c r="G176">
+        <v>235</v>
+      </c>
+      <c r="H176" t="s">
+        <v>22</v>
+      </c>
+      <c r="I176">
+        <v>200</v>
+      </c>
+      <c r="J176">
+        <v>200</v>
+      </c>
+      <c r="K176">
+        <v>5</v>
+      </c>
+      <c r="L176" s="1">
+        <v>43742</v>
+      </c>
+      <c r="M176" s="2">
+        <v>9788536290294</v>
+      </c>
+      <c r="N176" t="s" s="3">
         <v>534</v>
       </c>
-      <c r="F176">
-[...23 lines deleted...]
-      <c r="N176" t="s" s="3">
+      <c r="O176" s="4">
+        <v>39.90</v>
+      </c>
+      <c r="P176" t="s">
         <v>535</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177">
-        <v>10294</v>
+        <v>27958</v>
       </c>
       <c r="C177" t="s">
         <v>536</v>
       </c>
       <c r="D177" t="s">
         <v>537</v>
       </c>
       <c r="F177">
-        <v>200</v>
+        <v>130</v>
       </c>
       <c r="G177">
-        <v>260</v>
+        <v>161</v>
       </c>
       <c r="H177" t="s">
         <v>22</v>
       </c>
       <c r="I177">
         <v>150</v>
       </c>
       <c r="J177">
         <v>210</v>
       </c>
       <c r="K177">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L177" s="1">
-        <v>36550</v>
+        <v>43686</v>
       </c>
       <c r="M177" s="2">
-        <v>9788573943085</v>
+        <v>9788536290249</v>
       </c>
       <c r="N177" t="s" s="3">
         <v>538</v>
       </c>
       <c r="O177" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P177" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178">
-        <v>21454</v>
+        <v>10294</v>
       </c>
       <c r="C178" t="s">
         <v>539</v>
       </c>
       <c r="D178" t="s">
         <v>540</v>
       </c>
       <c r="F178">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="G178">
-        <v>200</v>
+        <v>260</v>
       </c>
       <c r="H178" t="s">
         <v>22</v>
       </c>
       <c r="I178">
         <v>150</v>
       </c>
       <c r="J178">
         <v>210</v>
       </c>
       <c r="K178">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L178" s="1">
-        <v>40157</v>
+        <v>36550</v>
       </c>
       <c r="M178" s="2">
-        <v>9788536227269</v>
+        <v>9788573943085</v>
       </c>
       <c r="N178" t="s" s="3">
         <v>541</v>
       </c>
       <c r="O178" s="4">
         <v>99.90</v>
       </c>
       <c r="P178" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179">
-        <v>20243</v>
+        <v>21454</v>
       </c>
       <c r="C179" t="s">
         <v>542</v>
       </c>
       <c r="D179" t="s">
         <v>543</v>
       </c>
       <c r="F179">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="G179">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="H179" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I179">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J179">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K179">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L179" s="1">
-        <v>39189</v>
+        <v>40157</v>
       </c>
       <c r="M179" s="2">
-        <v>9788536215204</v>
+        <v>9788536227269</v>
       </c>
       <c r="N179" t="s" s="3">
         <v>544</v>
       </c>
       <c r="O179" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P179" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180">
-        <v>12557</v>
+        <v>20243</v>
       </c>
       <c r="C180" t="s">
         <v>545</v>
       </c>
       <c r="D180" t="s">
         <v>546</v>
       </c>
       <c r="F180">
-        <v>104</v>
+        <v>160</v>
       </c>
       <c r="G180">
-        <v>150</v>
+        <v>220</v>
       </c>
       <c r="H180" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I180">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J180">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K180">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="L180" s="1">
-        <v>37719</v>
+        <v>39189</v>
       </c>
       <c r="M180" s="2">
-        <v>9788536203966</v>
-[...1 lines deleted...]
-      <c r="N180" t="s">
+        <v>9788536215204</v>
+      </c>
+      <c r="N180" t="s" s="3">
         <v>547</v>
       </c>
       <c r="O180" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P180" t="s">
-        <v>504</v>
+        <v>64</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181">
-        <v>10313</v>
+        <v>12557</v>
       </c>
       <c r="C181" t="s">
         <v>548</v>
       </c>
       <c r="D181" t="s">
         <v>549</v>
       </c>
-      <c r="E181" t="s">
+      <c r="F181">
+        <v>104</v>
+      </c>
+      <c r="G181">
+        <v>150</v>
+      </c>
+      <c r="H181" t="s">
+        <v>22</v>
+      </c>
+      <c r="I181">
+        <v>150</v>
+      </c>
+      <c r="J181">
+        <v>210</v>
+      </c>
+      <c r="K181">
+        <v>6</v>
+      </c>
+      <c r="L181" s="1">
+        <v>37719</v>
+      </c>
+      <c r="M181" s="2">
+        <v>9788536203966</v>
+      </c>
+      <c r="N181" t="s">
         <v>550</v>
       </c>
-      <c r="F181">
-[...25 lines deleted...]
-      </c>
       <c r="O181" s="4">
-        <v>129.90</v>
+        <v>69.90</v>
       </c>
       <c r="P181" t="s">
-        <v>36</v>
+        <v>507</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182">
-        <v>30456</v>
+        <v>10313</v>
       </c>
       <c r="C182" t="s">
+        <v>551</v>
+      </c>
+      <c r="D182" t="s">
         <v>552</v>
       </c>
-      <c r="D182" t="s">
-        <v>123</v>
+      <c r="E182" t="s">
+        <v>553</v>
       </c>
       <c r="F182">
-        <v>112</v>
+        <v>272</v>
       </c>
       <c r="G182">
-        <v>139</v>
+        <v>342</v>
       </c>
       <c r="H182" t="s">
         <v>22</v>
       </c>
       <c r="I182">
         <v>150</v>
       </c>
       <c r="J182">
         <v>210</v>
       </c>
       <c r="K182">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="L182" s="1">
-        <v>45056</v>
+        <v>36613</v>
       </c>
       <c r="M182" s="2">
-        <v>9786526304280</v>
+        <v>9788573943252</v>
       </c>
       <c r="N182" t="s" s="3">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="O182" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P182" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183">
-        <v>21330</v>
+        <v>30456</v>
       </c>
       <c r="C183" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D183" t="s">
-        <v>555</v>
+        <v>123</v>
       </c>
       <c r="F183">
-        <v>148</v>
+        <v>112</v>
       </c>
       <c r="G183">
-        <v>154</v>
+        <v>139</v>
       </c>
       <c r="H183" t="s">
         <v>22</v>
       </c>
       <c r="I183">
         <v>150</v>
       </c>
       <c r="J183">
         <v>210</v>
       </c>
       <c r="K183">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L183" s="1">
-        <v>40091</v>
+        <v>45056</v>
       </c>
       <c r="M183" s="2">
-        <v>9788536223568</v>
+        <v>9786526304280</v>
       </c>
       <c r="N183" t="s" s="3">
         <v>556</v>
       </c>
       <c r="O183" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P183" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184">
-        <v>26941</v>
+        <v>21330</v>
       </c>
       <c r="C184" t="s">
         <v>557</v>
       </c>
       <c r="D184" t="s">
         <v>558</v>
       </c>
       <c r="F184">
-        <v>98</v>
+        <v>148</v>
       </c>
       <c r="G184">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="H184" t="s">
         <v>22</v>
       </c>
       <c r="I184">
         <v>150</v>
       </c>
       <c r="J184">
         <v>210</v>
       </c>
       <c r="K184">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L184" s="1">
-        <v>43270</v>
+        <v>40091</v>
       </c>
       <c r="M184" s="2">
-        <v>9788536280097</v>
+        <v>9788536223568</v>
       </c>
       <c r="N184" t="s" s="3">
         <v>559</v>
       </c>
       <c r="O184" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P184" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185">
-        <v>11092</v>
+        <v>26941</v>
       </c>
       <c r="C185" t="s">
         <v>560</v>
       </c>
       <c r="D185" t="s">
         <v>561</v>
       </c>
       <c r="F185">
-        <v>412</v>
+        <v>98</v>
       </c>
       <c r="G185">
-        <v>524</v>
+        <v>122</v>
       </c>
       <c r="H185" t="s">
         <v>22</v>
       </c>
       <c r="I185">
         <v>150</v>
       </c>
       <c r="J185">
         <v>210</v>
       </c>
       <c r="K185">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="L185" s="1">
-        <v>37091</v>
+        <v>43270</v>
       </c>
       <c r="M185" s="2">
-        <v>9788573948073</v>
+        <v>9788536280097</v>
       </c>
       <c r="N185" t="s" s="3">
         <v>562</v>
       </c>
       <c r="O185" s="4">
-        <v>159.90</v>
+        <v>59.90</v>
       </c>
       <c r="P185" t="s">
-        <v>473</v>
+        <v>28</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186">
-        <v>11093</v>
+        <v>11092</v>
       </c>
       <c r="C186" t="s">
         <v>563</v>
       </c>
       <c r="D186" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F186">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="G186">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="H186" t="s">
         <v>22</v>
       </c>
       <c r="I186">
         <v>150</v>
       </c>
       <c r="J186">
         <v>210</v>
       </c>
       <c r="K186">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L186" s="1">
         <v>37091</v>
       </c>
       <c r="M186" s="2">
-        <v>9788573948080</v>
+        <v>9788573948073</v>
       </c>
       <c r="N186" t="s" s="3">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="O186" s="4">
-        <v>149.90</v>
+        <v>159.90</v>
       </c>
       <c r="P186" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187">
-        <v>11094</v>
+        <v>11093</v>
       </c>
       <c r="C187" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D187" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F187">
-        <v>444</v>
+        <v>420</v>
       </c>
       <c r="G187">
-        <v>554</v>
+        <v>520</v>
       </c>
       <c r="H187" t="s">
         <v>22</v>
       </c>
       <c r="I187">
         <v>150</v>
       </c>
       <c r="J187">
         <v>210</v>
       </c>
       <c r="K187">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="L187" s="1">
         <v>37091</v>
       </c>
       <c r="M187" s="2">
-        <v>9788573948097</v>
+        <v>9788573948080</v>
       </c>
       <c r="N187" t="s" s="3">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="O187" s="4">
-        <v>159.90</v>
+        <v>149.90</v>
       </c>
       <c r="P187" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188">
-        <v>20110</v>
+        <v>11094</v>
       </c>
       <c r="C188" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D188" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="F188">
-        <v>168</v>
+        <v>444</v>
       </c>
       <c r="G188">
-        <v>232</v>
+        <v>554</v>
       </c>
       <c r="H188" t="s">
         <v>22</v>
       </c>
       <c r="I188">
         <v>150</v>
       </c>
       <c r="J188">
         <v>210</v>
       </c>
       <c r="K188">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="L188" s="1">
-        <v>39035</v>
+        <v>37091</v>
       </c>
       <c r="M188" s="2">
-        <v>9788536214245</v>
+        <v>9788573948097</v>
       </c>
       <c r="N188" t="s" s="3">
         <v>569</v>
       </c>
       <c r="O188" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P188" t="s">
-        <v>19</v>
+        <v>476</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189">
-        <v>22442</v>
+        <v>20110</v>
       </c>
       <c r="C189" t="s">
         <v>570</v>
       </c>
       <c r="D189" t="s">
         <v>571</v>
       </c>
       <c r="F189">
-        <v>106</v>
+        <v>168</v>
       </c>
       <c r="G189">
-        <v>198</v>
+        <v>232</v>
       </c>
       <c r="H189" t="s">
         <v>22</v>
       </c>
       <c r="I189">
         <v>150</v>
       </c>
       <c r="J189">
         <v>210</v>
       </c>
       <c r="K189">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L189" s="1">
-        <v>40879</v>
+        <v>39035</v>
       </c>
       <c r="M189" s="2">
-        <v>9788536235721</v>
+        <v>9788536214245</v>
       </c>
       <c r="N189" t="s" s="3">
         <v>572</v>
       </c>
       <c r="O189" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P189" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190">
-        <v>12802</v>
+        <v>22442</v>
       </c>
       <c r="C190" t="s">
         <v>573</v>
       </c>
       <c r="D190" t="s">
         <v>574</v>
       </c>
       <c r="F190">
-        <v>174</v>
+        <v>106</v>
       </c>
       <c r="G190">
-        <v>240</v>
+        <v>198</v>
       </c>
       <c r="H190" t="s">
         <v>22</v>
       </c>
       <c r="I190">
         <v>150</v>
       </c>
       <c r="J190">
         <v>210</v>
       </c>
       <c r="K190">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L190" s="1">
-        <v>38133</v>
+        <v>40879</v>
       </c>
       <c r="M190" s="2">
-        <v>9788536206400</v>
+        <v>9788536235721</v>
       </c>
       <c r="N190" t="s" s="3">
         <v>575</v>
       </c>
       <c r="O190" s="4">
-        <v>94.70</v>
+        <v>69.90</v>
       </c>
       <c r="P190" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191">
-        <v>20167</v>
+        <v>12802</v>
       </c>
       <c r="C191" t="s">
         <v>576</v>
       </c>
       <c r="D191" t="s">
         <v>577</v>
       </c>
       <c r="F191">
-        <v>144</v>
+        <v>174</v>
       </c>
       <c r="G191">
-        <v>195</v>
+        <v>240</v>
       </c>
       <c r="H191" t="s">
         <v>22</v>
       </c>
       <c r="I191">
         <v>150</v>
       </c>
       <c r="J191">
         <v>210</v>
       </c>
       <c r="K191">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L191" s="1">
-        <v>39113</v>
+        <v>38133</v>
       </c>
       <c r="M191" s="2">
-        <v>9788536214733</v>
+        <v>9788536206400</v>
       </c>
       <c r="N191" t="s" s="3">
         <v>578</v>
       </c>
       <c r="O191" s="4">
-        <v>79.90</v>
+        <v>94.70</v>
       </c>
       <c r="P191" t="s">
-        <v>579</v>
+        <v>36</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192">
-        <v>12765</v>
+        <v>20167</v>
       </c>
       <c r="C192" t="s">
+        <v>579</v>
+      </c>
+      <c r="D192" t="s">
         <v>580</v>
       </c>
-      <c r="D192" t="s">
+      <c r="F192">
+        <v>144</v>
+      </c>
+      <c r="G192">
+        <v>195</v>
+      </c>
+      <c r="H192" t="s">
+        <v>22</v>
+      </c>
+      <c r="I192">
+        <v>150</v>
+      </c>
+      <c r="J192">
+        <v>210</v>
+      </c>
+      <c r="K192">
+        <v>8</v>
+      </c>
+      <c r="L192" s="1">
+        <v>39113</v>
+      </c>
+      <c r="M192" s="2">
+        <v>9788536214733</v>
+      </c>
+      <c r="N192" t="s" s="3">
         <v>581</v>
       </c>
-      <c r="F192">
-[...23 lines deleted...]
-      <c r="N192" t="s" s="3">
+      <c r="O192" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P192" t="s">
         <v>582</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
-        <v>11039</v>
+        <v>12765</v>
       </c>
       <c r="C193" t="s">
         <v>583</v>
       </c>
       <c r="D193" t="s">
         <v>584</v>
       </c>
       <c r="F193">
-        <v>244</v>
+        <v>166</v>
       </c>
       <c r="G193">
-        <v>324</v>
+        <v>234</v>
       </c>
       <c r="H193" t="s">
         <v>22</v>
       </c>
       <c r="I193">
         <v>150</v>
       </c>
       <c r="J193">
         <v>210</v>
       </c>
       <c r="K193">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L193" s="1">
-        <v>37011</v>
+        <v>38107</v>
       </c>
       <c r="M193" s="2">
-        <v>9788573946079</v>
+        <v>9788536206349</v>
       </c>
       <c r="N193" t="s" s="3">
         <v>585</v>
       </c>
       <c r="O193" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P193" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194">
-        <v>21165</v>
+        <v>11039</v>
       </c>
       <c r="C194" t="s">
         <v>586</v>
       </c>
       <c r="D194" t="s">
         <v>587</v>
       </c>
       <c r="F194">
-        <v>162</v>
+        <v>244</v>
       </c>
       <c r="G194">
-        <v>258</v>
+        <v>324</v>
       </c>
       <c r="H194" t="s">
         <v>22</v>
       </c>
       <c r="I194">
         <v>150</v>
       </c>
       <c r="J194">
         <v>210</v>
       </c>
       <c r="K194">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="L194" s="1">
-        <v>39973</v>
+        <v>37011</v>
       </c>
       <c r="M194" s="2">
-        <v>9788536223322</v>
+        <v>9788573946079</v>
       </c>
       <c r="N194" t="s" s="3">
         <v>588</v>
       </c>
       <c r="O194" s="4">
-        <v>77.90</v>
+        <v>119.90</v>
       </c>
       <c r="P194" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195">
+        <v>21165</v>
+      </c>
+      <c r="C195" t="s">
+        <v>589</v>
+      </c>
+      <c r="D195" t="s">
+        <v>590</v>
+      </c>
+      <c r="F195">
+        <v>162</v>
+      </c>
+      <c r="G195">
+        <v>258</v>
+      </c>
+      <c r="H195" t="s">
+        <v>22</v>
+      </c>
+      <c r="I195">
+        <v>150</v>
+      </c>
+      <c r="J195">
+        <v>210</v>
+      </c>
+      <c r="K195">
+        <v>9</v>
+      </c>
+      <c r="L195" s="1">
+        <v>39973</v>
+      </c>
+      <c r="M195" s="2">
+        <v>9788536223322</v>
+      </c>
+      <c r="N195" t="s" s="3">
+        <v>591</v>
+      </c>
+      <c r="O195" s="4">
+        <v>77.90</v>
+      </c>
+      <c r="P195" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196">
+        <v>195</v>
+      </c>
+      <c r="B196">
         <v>31110</v>
       </c>
-      <c r="C195" t="inlineStr">
+      <c r="C196" t="inlineStr">
         <is>
           <t>Contação de Histórias e o Autoconhecimento na Formação de Professores - Uma Experiência Estética a partir dos Contos Milenares como Enriquecimento na Formação de Educadores</t>
         </is>
       </c>
-      <c r="D195" t="s">
-[...2 lines deleted...]
-      <c r="F195">
+      <c r="D196" t="s">
+        <v>592</v>
+      </c>
+      <c r="F196">
         <v>90</v>
       </c>
-      <c r="G195">
+      <c r="G196">
         <v>107</v>
-      </c>
-[...45 lines deleted...]
-        <v>130</v>
       </c>
       <c r="H196" t="s">
         <v>22</v>
       </c>
       <c r="I196">
         <v>150</v>
       </c>
       <c r="J196">
         <v>210</v>
       </c>
       <c r="K196">
         <v>5</v>
       </c>
       <c r="L196" s="1">
-        <v>41382</v>
+        <v>45469</v>
       </c>
       <c r="M196" s="2">
-        <v>9788536242064</v>
+        <v>9786526309001</v>
       </c>
       <c r="N196" t="s" s="3">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="O196" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P196" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197">
-        <v>30652</v>
+        <v>23008</v>
       </c>
       <c r="C197" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D197" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F197">
-        <v>220</v>
+        <v>84</v>
       </c>
       <c r="G197">
-        <v>273</v>
+        <v>130</v>
       </c>
       <c r="H197" t="s">
         <v>22</v>
       </c>
       <c r="I197">
         <v>150</v>
       </c>
       <c r="J197">
         <v>210</v>
       </c>
       <c r="K197">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="L197" s="1">
-        <v>45163</v>
+        <v>41382</v>
       </c>
       <c r="M197" s="2">
-        <v>9786526308301</v>
+        <v>9788536242064</v>
       </c>
       <c r="N197" t="s" s="3">
         <v>595</v>
       </c>
       <c r="O197" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P197" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198">
-        <v>21490</v>
+        <v>30652</v>
       </c>
       <c r="C198" t="s">
         <v>596</v>
       </c>
       <c r="D198" t="s">
-        <v>198</v>
+        <v>597</v>
+      </c>
+      <c r="E198" t="s">
+        <v>34</v>
       </c>
       <c r="F198">
-        <v>106</v>
+        <v>220</v>
       </c>
       <c r="G198">
-        <v>100</v>
+        <v>273</v>
       </c>
       <c r="H198" t="s">
         <v>22</v>
       </c>
       <c r="I198">
         <v>150</v>
       </c>
       <c r="J198">
         <v>210</v>
       </c>
       <c r="K198">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L198" s="1">
-        <v>40470</v>
+        <v>45163</v>
       </c>
       <c r="M198" s="2">
-        <v>9788536228006</v>
+        <v>9786526308301</v>
       </c>
       <c r="N198" t="s" s="3">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="O198" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P198" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199">
-        <v>26068</v>
+        <v>21490</v>
       </c>
       <c r="C199" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D199" t="s">
-        <v>599</v>
+        <v>198</v>
       </c>
       <c r="F199">
-        <v>214</v>
+        <v>106</v>
       </c>
       <c r="G199">
-        <v>265</v>
+        <v>100</v>
       </c>
       <c r="H199" t="s">
         <v>22</v>
       </c>
       <c r="I199">
         <v>150</v>
       </c>
       <c r="J199">
         <v>210</v>
       </c>
       <c r="K199">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L199" s="1">
-        <v>42964</v>
+        <v>40470</v>
       </c>
       <c r="M199" s="2">
-        <v>9788536271774</v>
+        <v>9788536228006</v>
       </c>
       <c r="N199" t="s" s="3">
         <v>600</v>
       </c>
       <c r="O199" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P199" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200">
-        <v>29159</v>
+        <v>26068</v>
       </c>
       <c r="C200" t="s">
         <v>601</v>
       </c>
       <c r="D200" t="s">
         <v>602</v>
       </c>
       <c r="F200">
-        <v>96</v>
+        <v>214</v>
       </c>
       <c r="G200">
-        <v>119</v>
+        <v>265</v>
       </c>
       <c r="H200" t="s">
         <v>22</v>
       </c>
       <c r="I200">
         <v>150</v>
       </c>
       <c r="J200">
         <v>210</v>
       </c>
       <c r="K200">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="L200" s="1">
-        <v>44391</v>
+        <v>42964</v>
       </c>
       <c r="M200" s="2">
-        <v>9786556056364</v>
+        <v>9788536271774</v>
       </c>
       <c r="N200" t="s" s="3">
         <v>603</v>
       </c>
       <c r="O200" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P200" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201">
-        <v>26793</v>
+        <v>29159</v>
       </c>
       <c r="C201" t="s">
         <v>604</v>
       </c>
       <c r="D201" t="s">
         <v>605</v>
       </c>
       <c r="F201">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="G201">
-        <v>174</v>
+        <v>119</v>
       </c>
       <c r="H201" t="s">
         <v>22</v>
       </c>
       <c r="I201">
         <v>150</v>
       </c>
       <c r="J201">
         <v>210</v>
       </c>
       <c r="K201">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L201" s="1">
-        <v>43224</v>
+        <v>44391</v>
       </c>
       <c r="M201" s="2">
-        <v>9788536278803</v>
+        <v>9786556056364</v>
       </c>
       <c r="N201" t="s" s="3">
         <v>606</v>
       </c>
       <c r="O201" s="4">
-        <v>77.90</v>
+        <v>69.90</v>
       </c>
       <c r="P201" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202">
-        <v>23475</v>
+        <v>26793</v>
       </c>
       <c r="C202" t="s">
         <v>607</v>
       </c>
       <c r="D202" t="s">
         <v>608</v>
       </c>
       <c r="F202">
-        <v>212</v>
+        <v>140</v>
       </c>
       <c r="G202">
-        <v>342</v>
+        <v>174</v>
       </c>
       <c r="H202" t="s">
         <v>22</v>
       </c>
       <c r="I202">
         <v>150</v>
       </c>
       <c r="J202">
         <v>210</v>
       </c>
       <c r="K202">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L202" s="1">
-        <v>41807</v>
+        <v>43224</v>
       </c>
       <c r="M202" s="2">
-        <v>9788536246949</v>
+        <v>9788536278803</v>
       </c>
       <c r="N202" t="s" s="3">
         <v>609</v>
       </c>
       <c r="O202" s="4">
-        <v>97.70</v>
+        <v>77.90</v>
       </c>
       <c r="P202" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203">
-        <v>29175</v>
+        <v>23475</v>
       </c>
       <c r="C203" t="s">
         <v>610</v>
       </c>
       <c r="D203" t="s">
         <v>611</v>
       </c>
       <c r="F203">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="G203">
-        <v>223</v>
+        <v>342</v>
       </c>
       <c r="H203" t="s">
         <v>22</v>
       </c>
       <c r="I203">
         <v>150</v>
       </c>
       <c r="J203">
         <v>210</v>
       </c>
       <c r="K203">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L203" s="1">
-        <v>44399</v>
+        <v>41807</v>
       </c>
       <c r="M203" s="2">
-        <v>9786556057880</v>
+        <v>9788536246949</v>
       </c>
       <c r="N203" t="s" s="3">
         <v>612</v>
       </c>
       <c r="O203" s="4">
-        <v>89.90</v>
+        <v>97.70</v>
       </c>
       <c r="P203" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204">
-        <v>23060</v>
+        <v>29175</v>
       </c>
       <c r="C204" t="s">
         <v>613</v>
       </c>
       <c r="D204" t="s">
         <v>614</v>
       </c>
       <c r="F204">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="G204">
-        <v>255</v>
+        <v>223</v>
       </c>
       <c r="H204" t="s">
         <v>22</v>
       </c>
       <c r="I204">
         <v>150</v>
       </c>
       <c r="J204">
         <v>210</v>
       </c>
       <c r="K204">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L204" s="1">
-        <v>41428</v>
+        <v>44399</v>
       </c>
       <c r="M204" s="2">
-        <v>9788536242699</v>
+        <v>9786556057880</v>
       </c>
       <c r="N204" t="s" s="3">
         <v>615</v>
       </c>
       <c r="O204" s="4">
         <v>89.90</v>
       </c>
       <c r="P204" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205">
-        <v>23794</v>
+        <v>23060</v>
       </c>
       <c r="C205" t="s">
         <v>616</v>
       </c>
       <c r="D205" t="s">
         <v>617</v>
       </c>
       <c r="F205">
-        <v>116</v>
+        <v>202</v>
       </c>
       <c r="G205">
-        <v>144</v>
+        <v>255</v>
       </c>
       <c r="H205" t="s">
         <v>22</v>
       </c>
       <c r="I205">
         <v>150</v>
       </c>
       <c r="J205">
         <v>210</v>
       </c>
       <c r="K205">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L205" s="1">
-        <v>42045</v>
+        <v>41428</v>
       </c>
       <c r="M205" s="2">
-        <v>9788536250151</v>
+        <v>9788536242699</v>
       </c>
       <c r="N205" t="s" s="3">
         <v>618</v>
       </c>
       <c r="O205" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P205" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206">
-        <v>10144</v>
+        <v>23794</v>
       </c>
       <c r="C206" t="s">
         <v>619</v>
       </c>
       <c r="D206" t="s">
         <v>620</v>
       </c>
       <c r="F206">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G206">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="H206" t="s">
         <v>22</v>
       </c>
       <c r="I206">
         <v>150</v>
       </c>
       <c r="J206">
         <v>210</v>
       </c>
       <c r="K206">
         <v>7</v>
       </c>
       <c r="L206" s="1">
-        <v>35916</v>
+        <v>42045</v>
       </c>
       <c r="M206" s="2">
-        <v>9788573940909</v>
+        <v>9788536250151</v>
       </c>
       <c r="N206" t="s" s="3">
         <v>621</v>
       </c>
       <c r="O206" s="4">
         <v>69.90</v>
       </c>
       <c r="P206" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207">
-        <v>20126</v>
+        <v>10144</v>
       </c>
       <c r="C207" t="s">
         <v>622</v>
       </c>
       <c r="D207" t="s">
         <v>623</v>
       </c>
       <c r="F207">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="G207">
-        <v>160</v>
+        <v>150</v>
       </c>
       <c r="H207" t="s">
         <v>22</v>
       </c>
       <c r="I207">
         <v>150</v>
       </c>
       <c r="J207">
         <v>210</v>
       </c>
       <c r="K207">
         <v>7</v>
       </c>
       <c r="L207" s="1">
-        <v>39051</v>
+        <v>35916</v>
       </c>
       <c r="M207" s="2">
-        <v>9788536214429</v>
+        <v>9788573940909</v>
       </c>
       <c r="N207" t="s" s="3">
         <v>624</v>
       </c>
       <c r="O207" s="4">
         <v>69.90</v>
       </c>
       <c r="P207" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208">
-        <v>23496</v>
+        <v>20126</v>
       </c>
       <c r="C208" t="s">
         <v>625</v>
       </c>
       <c r="D208" t="s">
         <v>626</v>
       </c>
       <c r="F208">
-        <v>180</v>
+        <v>118</v>
       </c>
       <c r="G208">
-        <v>223</v>
+        <v>160</v>
       </c>
       <c r="H208" t="s">
         <v>22</v>
       </c>
       <c r="I208">
         <v>150</v>
       </c>
       <c r="J208">
         <v>210</v>
       </c>
       <c r="K208">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L208" s="1">
-        <v>41827</v>
+        <v>39051</v>
       </c>
       <c r="M208" s="2">
-        <v>9788536247229</v>
+        <v>9788536214429</v>
       </c>
       <c r="N208" t="s" s="3">
         <v>627</v>
       </c>
       <c r="O208" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P208" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209">
-        <v>22703</v>
+        <v>23496</v>
       </c>
       <c r="C209" t="s">
         <v>628</v>
       </c>
       <c r="D209" t="s">
         <v>629</v>
       </c>
       <c r="F209">
-        <v>542</v>
+        <v>180</v>
       </c>
       <c r="G209">
-        <v>652</v>
+        <v>223</v>
       </c>
       <c r="H209" t="s">
         <v>22</v>
       </c>
       <c r="I209">
         <v>150</v>
       </c>
       <c r="J209">
         <v>210</v>
       </c>
       <c r="K209">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="L209" s="1">
-        <v>41121</v>
+        <v>41827</v>
       </c>
       <c r="M209" s="2">
-        <v>9788536238876</v>
+        <v>9788536247229</v>
       </c>
       <c r="N209" t="s" s="3">
         <v>630</v>
       </c>
       <c r="O209" s="4">
-        <v>229.90</v>
+        <v>89.90</v>
       </c>
       <c r="P209" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210">
-        <v>22434</v>
+        <v>22703</v>
       </c>
       <c r="C210" t="s">
         <v>631</v>
       </c>
       <c r="D210" t="s">
         <v>632</v>
       </c>
       <c r="F210">
-        <v>192</v>
+        <v>542</v>
       </c>
       <c r="G210">
-        <v>287</v>
+        <v>652</v>
       </c>
       <c r="H210" t="s">
         <v>22</v>
       </c>
       <c r="I210">
         <v>150</v>
       </c>
       <c r="J210">
         <v>210</v>
       </c>
       <c r="K210">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="L210" s="1">
-        <v>40871</v>
+        <v>41121</v>
       </c>
       <c r="M210" s="2">
-        <v>9788536235660</v>
+        <v>9788536238876</v>
       </c>
       <c r="N210" t="s" s="3">
         <v>633</v>
       </c>
       <c r="O210" s="4">
-        <v>89.90</v>
+        <v>229.90</v>
       </c>
       <c r="P210" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211">
-        <v>22818</v>
+        <v>22434</v>
       </c>
       <c r="C211" t="s">
         <v>634</v>
       </c>
       <c r="D211" t="s">
         <v>635</v>
       </c>
       <c r="F211">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="G211">
-        <v>250</v>
+        <v>287</v>
       </c>
       <c r="H211" t="s">
         <v>22</v>
       </c>
       <c r="I211">
         <v>150</v>
       </c>
       <c r="J211">
         <v>210</v>
       </c>
       <c r="K211">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L211" s="1">
-        <v>41213</v>
+        <v>40871</v>
       </c>
       <c r="M211" s="2">
-        <v>9788536239774</v>
+        <v>9788536235660</v>
       </c>
       <c r="N211" t="s" s="3">
         <v>636</v>
       </c>
       <c r="O211" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P211" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212">
-        <v>11055</v>
+        <v>22818</v>
       </c>
       <c r="C212" t="s">
         <v>637</v>
       </c>
       <c r="D212" t="s">
         <v>638</v>
       </c>
       <c r="F212">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="G212">
-        <v>228</v>
+        <v>250</v>
       </c>
       <c r="H212" t="s">
         <v>22</v>
       </c>
       <c r="I212">
         <v>150</v>
       </c>
       <c r="J212">
         <v>210</v>
       </c>
       <c r="K212">
         <v>10</v>
       </c>
       <c r="L212" s="1">
-        <v>37034</v>
+        <v>41213</v>
       </c>
       <c r="M212" s="2">
-        <v>9788573948257</v>
+        <v>9788536239774</v>
       </c>
       <c r="N212" t="s" s="3">
         <v>639</v>
       </c>
       <c r="O212" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P212" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213">
-        <v>12533</v>
+        <v>11055</v>
       </c>
       <c r="C213" t="s">
         <v>640</v>
       </c>
       <c r="D213" t="s">
         <v>641</v>
       </c>
       <c r="F213">
-        <v>146</v>
+        <v>170</v>
       </c>
       <c r="G213">
-        <v>204</v>
+        <v>228</v>
       </c>
       <c r="H213" t="s">
         <v>22</v>
       </c>
       <c r="I213">
         <v>150</v>
       </c>
       <c r="J213">
         <v>210</v>
       </c>
       <c r="K213">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L213" s="1">
-        <v>37697</v>
+        <v>37034</v>
       </c>
       <c r="M213" s="2">
-        <v>9788536200408</v>
+        <v>9788573948257</v>
       </c>
       <c r="N213" t="s" s="3">
         <v>642</v>
       </c>
       <c r="O213" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P213" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214">
-        <v>11080</v>
+        <v>12533</v>
       </c>
       <c r="C214" t="s">
         <v>643</v>
       </c>
       <c r="D214" t="s">
         <v>644</v>
       </c>
       <c r="F214">
-        <v>248</v>
+        <v>146</v>
       </c>
       <c r="G214">
-        <v>316</v>
+        <v>204</v>
       </c>
       <c r="H214" t="s">
         <v>22</v>
       </c>
       <c r="I214">
         <v>150</v>
       </c>
       <c r="J214">
         <v>210</v>
       </c>
       <c r="K214">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L214" s="1">
-        <v>37063</v>
+        <v>37697</v>
       </c>
       <c r="M214" s="2">
-        <v>9788573947687</v>
+        <v>9788536200408</v>
       </c>
       <c r="N214" t="s" s="3">
         <v>645</v>
       </c>
       <c r="O214" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P214" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215">
-        <v>10333</v>
+        <v>11080</v>
       </c>
       <c r="C215" t="s">
         <v>646</v>
       </c>
       <c r="D215" t="s">
-        <v>289</v>
+        <v>647</v>
       </c>
       <c r="F215">
-        <v>154</v>
+        <v>248</v>
       </c>
       <c r="G215">
-        <v>212</v>
+        <v>316</v>
       </c>
       <c r="H215" t="s">
         <v>22</v>
       </c>
       <c r="I215">
         <v>150</v>
       </c>
       <c r="J215">
         <v>210</v>
       </c>
       <c r="K215">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="L215" s="1">
-        <v>36671</v>
+        <v>37063</v>
       </c>
       <c r="M215" s="2">
-        <v>9788573943443</v>
+        <v>9788573947687</v>
       </c>
       <c r="N215" t="s" s="3">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="O215" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P215" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216">
-        <v>12329</v>
+        <v>10333</v>
       </c>
       <c r="C216" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D216" t="s">
-        <v>649</v>
+        <v>289</v>
       </c>
       <c r="F216">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="G216">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="H216" t="s">
         <v>22</v>
       </c>
       <c r="I216">
         <v>150</v>
       </c>
       <c r="J216">
         <v>210</v>
       </c>
       <c r="K216">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L216" s="1">
-        <v>37358</v>
+        <v>36671</v>
       </c>
       <c r="M216" s="2">
-        <v>9788536201719</v>
+        <v>9788573943443</v>
       </c>
       <c r="N216" t="s" s="3">
         <v>650</v>
       </c>
       <c r="O216" s="4">
-        <v>94.70</v>
+        <v>89.90</v>
       </c>
       <c r="P216" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217">
-        <v>24426</v>
+        <v>12329</v>
       </c>
       <c r="C217" t="s">
         <v>651</v>
       </c>
       <c r="D217" t="s">
         <v>652</v>
       </c>
       <c r="F217">
-        <v>146</v>
+        <v>178</v>
       </c>
       <c r="G217">
-        <v>181</v>
+        <v>240</v>
       </c>
       <c r="H217" t="s">
         <v>22</v>
       </c>
       <c r="I217">
         <v>150</v>
       </c>
       <c r="J217">
         <v>210</v>
       </c>
       <c r="K217">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L217" s="1">
-        <v>42423</v>
+        <v>37358</v>
       </c>
       <c r="M217" s="2">
-        <v>9788536255989</v>
+        <v>9788536201719</v>
       </c>
       <c r="N217" t="s" s="3">
         <v>653</v>
       </c>
       <c r="O217" s="4">
-        <v>67.70</v>
+        <v>94.70</v>
       </c>
       <c r="P217" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218">
+        <v>24426</v>
+      </c>
+      <c r="C218" t="s">
+        <v>654</v>
+      </c>
+      <c r="D218" t="s">
+        <v>655</v>
+      </c>
+      <c r="F218">
+        <v>146</v>
+      </c>
+      <c r="G218">
+        <v>181</v>
+      </c>
+      <c r="H218" t="s">
+        <v>22</v>
+      </c>
+      <c r="I218">
+        <v>150</v>
+      </c>
+      <c r="J218">
+        <v>210</v>
+      </c>
+      <c r="K218">
+        <v>8</v>
+      </c>
+      <c r="L218" s="1">
+        <v>42423</v>
+      </c>
+      <c r="M218" s="2">
+        <v>9788536255989</v>
+      </c>
+      <c r="N218" t="s" s="3">
+        <v>656</v>
+      </c>
+      <c r="O218" s="4">
+        <v>67.70</v>
+      </c>
+      <c r="P218" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219">
+        <v>218</v>
+      </c>
+      <c r="B219">
         <v>27872</v>
       </c>
-      <c r="C218" t="inlineStr">
+      <c r="C219" t="inlineStr">
         <is>
           <t>Danton - A Tragédia Revolucionária - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D218" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D219" t="s">
         <v>657</v>
       </c>
       <c r="F219">
-        <v>202</v>
+        <v>152</v>
       </c>
       <c r="G219">
-        <v>251</v>
+        <v>189</v>
       </c>
       <c r="H219" t="s">
         <v>22</v>
       </c>
       <c r="I219">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J219">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K219">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L219" s="1">
-        <v>45275</v>
+        <v>43634</v>
       </c>
       <c r="M219" s="2">
-        <v>9786526306116</v>
+        <v>9788536289243</v>
       </c>
       <c r="N219" t="s" s="3">
         <v>658</v>
       </c>
       <c r="O219" s="4">
-        <v>79.90</v>
+        <v>49.90</v>
       </c>
       <c r="P219" t="s">
-        <v>329</v>
+        <v>297</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220">
-        <v>29812</v>
+        <v>30841</v>
       </c>
       <c r="C220" t="s">
         <v>659</v>
       </c>
       <c r="D220" t="s">
-        <v>299</v>
+        <v>660</v>
       </c>
       <c r="F220">
-        <v>84</v>
+        <v>202</v>
       </c>
       <c r="G220">
-        <v>104</v>
+        <v>251</v>
       </c>
       <c r="H220" t="s">
         <v>22</v>
       </c>
       <c r="I220">
         <v>150</v>
       </c>
       <c r="J220">
         <v>210</v>
       </c>
       <c r="K220">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="L220" s="1">
-        <v>44729</v>
+        <v>45275</v>
       </c>
       <c r="M220" s="2">
-        <v>9788536299068</v>
+        <v>9786526306116</v>
       </c>
       <c r="N220" t="s" s="3">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="O220" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P220" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221">
-        <v>20935</v>
+        <v>29812</v>
       </c>
       <c r="C221" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D221" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>299</v>
       </c>
       <c r="F221">
-        <v>184</v>
+        <v>84</v>
       </c>
       <c r="G221">
-        <v>240</v>
+        <v>104</v>
       </c>
       <c r="H221" t="s">
         <v>22</v>
       </c>
       <c r="I221">
         <v>150</v>
       </c>
       <c r="J221">
         <v>210</v>
       </c>
       <c r="K221">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L221" s="1">
-        <v>39769</v>
+        <v>44729</v>
       </c>
       <c r="M221" s="2">
-        <v>9788536222745</v>
+        <v>9788536299068</v>
       </c>
       <c r="N221" t="s" s="3">
         <v>663</v>
       </c>
       <c r="O221" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P221" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222">
-        <v>20517</v>
+        <v>20935</v>
       </c>
       <c r="C222" t="s">
         <v>664</v>
       </c>
       <c r="D222" t="s">
         <v>665</v>
       </c>
+      <c r="E222" t="s">
+        <v>34</v>
+      </c>
       <c r="F222">
-        <v>406</v>
+        <v>184</v>
       </c>
       <c r="G222">
-        <v>494</v>
+        <v>240</v>
       </c>
       <c r="H222" t="s">
         <v>22</v>
       </c>
       <c r="I222">
         <v>150</v>
       </c>
       <c r="J222">
         <v>210</v>
       </c>
       <c r="K222">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="L222" s="1">
-        <v>39428</v>
+        <v>39769</v>
       </c>
       <c r="M222" s="2">
-        <v>9788536217659</v>
+        <v>9788536222745</v>
       </c>
       <c r="N222" t="s" s="3">
         <v>666</v>
       </c>
       <c r="O222" s="4">
-        <v>159.90</v>
+        <v>89.90</v>
       </c>
       <c r="P222" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223">
+        <v>20517</v>
+      </c>
+      <c r="C223" t="s">
+        <v>667</v>
+      </c>
+      <c r="D223" t="s">
+        <v>668</v>
+      </c>
+      <c r="F223">
+        <v>406</v>
+      </c>
+      <c r="G223">
+        <v>494</v>
+      </c>
+      <c r="H223" t="s">
+        <v>22</v>
+      </c>
+      <c r="I223">
+        <v>150</v>
+      </c>
+      <c r="J223">
+        <v>210</v>
+      </c>
+      <c r="K223">
+        <v>21</v>
+      </c>
+      <c r="L223" s="1">
+        <v>39428</v>
+      </c>
+      <c r="M223" s="2">
+        <v>9788536217659</v>
+      </c>
+      <c r="N223" t="s" s="3">
+        <v>669</v>
+      </c>
+      <c r="O223" s="4">
+        <v>159.90</v>
+      </c>
+      <c r="P223" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224">
+        <v>223</v>
+      </c>
+      <c r="B224">
         <v>23687</v>
       </c>
-      <c r="C223" t="inlineStr">
+      <c r="C224" t="inlineStr">
         <is>
           <t>Décadents, Os - Um Estudo de História da Literatura Universal de Fins do Século XIX e Começos do Século XX e sua Importância para a Teoria Literária - Semeando Livros</t>
         </is>
       </c>
-      <c r="D223" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D224" t="s">
         <v>670</v>
       </c>
       <c r="F224">
-        <v>126</v>
+        <v>302</v>
       </c>
       <c r="G224">
-        <v>156</v>
+        <v>375</v>
       </c>
       <c r="H224" t="s">
         <v>22</v>
       </c>
       <c r="I224">
         <v>150</v>
       </c>
       <c r="J224">
         <v>210</v>
       </c>
       <c r="K224">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="L224" s="1">
-        <v>44480</v>
+        <v>41955</v>
       </c>
       <c r="M224" s="2">
-        <v>9786556057323</v>
+        <v>9788536249049</v>
       </c>
       <c r="N224" t="s" s="3">
         <v>671</v>
       </c>
       <c r="O224" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P224" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225">
-        <v>23590</v>
+        <v>29293</v>
       </c>
       <c r="C225" t="s">
         <v>672</v>
       </c>
       <c r="D225" t="s">
         <v>673</v>
       </c>
       <c r="F225">
-        <v>222</v>
+        <v>126</v>
       </c>
       <c r="G225">
-        <v>275</v>
+        <v>156</v>
       </c>
       <c r="H225" t="s">
         <v>22</v>
       </c>
       <c r="I225">
         <v>150</v>
       </c>
       <c r="J225">
         <v>210</v>
       </c>
       <c r="K225">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L225" s="1">
-        <v>41891</v>
+        <v>44480</v>
       </c>
       <c r="M225" s="2">
-        <v>9788536248103</v>
+        <v>9786556057323</v>
       </c>
       <c r="N225" t="s" s="3">
         <v>674</v>
       </c>
       <c r="O225" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P225" t="s">
-        <v>675</v>
+        <v>36</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226">
+        <v>23590</v>
+      </c>
+      <c r="C226" t="s">
+        <v>675</v>
+      </c>
+      <c r="D226" t="s">
+        <v>676</v>
+      </c>
+      <c r="F226">
+        <v>222</v>
+      </c>
+      <c r="G226">
+        <v>275</v>
+      </c>
+      <c r="H226" t="s">
+        <v>22</v>
+      </c>
+      <c r="I226">
+        <v>150</v>
+      </c>
+      <c r="J226">
+        <v>210</v>
+      </c>
+      <c r="K226">
+        <v>12</v>
+      </c>
+      <c r="L226" s="1">
+        <v>41891</v>
+      </c>
+      <c r="M226" s="2">
+        <v>9788536248103</v>
+      </c>
+      <c r="N226" t="s" s="3">
+        <v>677</v>
+      </c>
+      <c r="O226" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P226" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227">
+        <v>226</v>
+      </c>
+      <c r="B227">
         <v>23166</v>
       </c>
-      <c r="C226" t="inlineStr">
+      <c r="C227" t="inlineStr">
         <is>
           <t>Democracia Deliberativa e Jurisdição - A Legitimidade da Decisão Judicial a Partir e Para Além da Teoria de J. Habermas - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D226" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D227" t="s">
         <v>679</v>
       </c>
       <c r="F227">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="G227">
-        <v>412</v>
+        <v>365</v>
       </c>
       <c r="H227" t="s">
         <v>22</v>
       </c>
       <c r="I227">
         <v>150</v>
       </c>
       <c r="J227">
         <v>210</v>
       </c>
       <c r="K227">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="L227" s="1">
-        <v>37131</v>
+        <v>41506</v>
       </c>
       <c r="M227" s="2">
-        <v>9788573948462</v>
+        <v>9788536243672</v>
       </c>
       <c r="N227" t="s" s="3">
         <v>680</v>
       </c>
       <c r="O227" s="4">
-        <v>129.90</v>
+        <v>149.90</v>
       </c>
       <c r="P227" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228">
-        <v>22864</v>
+        <v>11114</v>
       </c>
       <c r="C228" t="s">
         <v>681</v>
       </c>
       <c r="D228" t="s">
         <v>682</v>
       </c>
       <c r="F228">
-        <v>30</v>
+        <v>322</v>
       </c>
       <c r="G228">
-        <v>175</v>
+        <v>412</v>
       </c>
       <c r="H228" t="s">
         <v>22</v>
       </c>
       <c r="I228">
         <v>150</v>
       </c>
       <c r="J228">
         <v>210</v>
       </c>
       <c r="K228">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="L228" s="1">
-        <v>41248</v>
+        <v>37131</v>
       </c>
       <c r="M228" s="2">
-        <v>9788536240282</v>
+        <v>9788573948462</v>
       </c>
       <c r="N228" t="s" s="3">
         <v>683</v>
       </c>
       <c r="O228" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P228" t="s">
-        <v>532</v>
+        <v>36</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229">
-        <v>10154</v>
+        <v>22864</v>
       </c>
       <c r="C229" t="s">
         <v>684</v>
       </c>
       <c r="D229" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="E229" t="s">
         <v>685</v>
       </c>
       <c r="F229">
-        <v>290</v>
+        <v>30</v>
       </c>
       <c r="G229">
-        <v>362</v>
+        <v>175</v>
       </c>
       <c r="H229" t="s">
         <v>22</v>
       </c>
       <c r="I229">
         <v>150</v>
       </c>
       <c r="J229">
         <v>210</v>
       </c>
       <c r="K229">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="L229" s="1">
-        <v>36069</v>
+        <v>41248</v>
       </c>
       <c r="M229" s="2">
-        <v>9788573941685</v>
+        <v>9788536240282</v>
       </c>
       <c r="N229" t="s" s="3">
         <v>686</v>
       </c>
       <c r="O229" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P229" t="s">
-        <v>36</v>
+        <v>535</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230">
-        <v>22737</v>
+        <v>10154</v>
       </c>
       <c r="C230" t="s">
         <v>687</v>
       </c>
       <c r="D230" t="s">
+        <v>170</v>
+      </c>
+      <c r="E230" t="s">
         <v>688</v>
       </c>
       <c r="F230">
-        <v>148</v>
+        <v>290</v>
       </c>
       <c r="G230">
-        <v>210</v>
+        <v>362</v>
       </c>
       <c r="H230" t="s">
         <v>22</v>
       </c>
       <c r="I230">
         <v>150</v>
       </c>
       <c r="J230">
         <v>210</v>
       </c>
       <c r="K230">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L230" s="1">
-        <v>41157</v>
+        <v>36069</v>
       </c>
       <c r="M230" s="2">
-        <v>9788536238425</v>
+        <v>9788573941685</v>
       </c>
       <c r="N230" t="s" s="3">
         <v>689</v>
       </c>
       <c r="O230" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P230" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231">
-        <v>28346</v>
+        <v>22737</v>
       </c>
       <c r="C231" t="s">
         <v>690</v>
       </c>
       <c r="D231" t="s">
         <v>691</v>
       </c>
       <c r="F231">
-        <v>106</v>
+        <v>148</v>
       </c>
       <c r="G231">
-        <v>131</v>
+        <v>210</v>
       </c>
       <c r="H231" t="s">
         <v>22</v>
       </c>
       <c r="I231">
         <v>150</v>
       </c>
       <c r="J231">
         <v>210</v>
       </c>
       <c r="K231">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L231" s="1">
-        <v>43871</v>
+        <v>41157</v>
       </c>
       <c r="M231" s="2">
-        <v>9788536293684</v>
+        <v>9788536238425</v>
       </c>
       <c r="N231" t="s" s="3">
         <v>692</v>
       </c>
       <c r="O231" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P231" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232">
-        <v>21157</v>
+        <v>28346</v>
       </c>
       <c r="C232" t="s">
         <v>693</v>
       </c>
       <c r="D232" t="s">
         <v>694</v>
       </c>
       <c r="F232">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="G232">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="H232" t="s">
         <v>22</v>
       </c>
       <c r="I232">
         <v>150</v>
       </c>
       <c r="J232">
         <v>210</v>
       </c>
       <c r="K232">
         <v>6</v>
       </c>
       <c r="L232" s="1">
-        <v>39965</v>
+        <v>43871</v>
       </c>
       <c r="M232" s="2">
-        <v>9788536224947</v>
+        <v>9788536293684</v>
       </c>
       <c r="N232" t="s" s="3">
         <v>695</v>
       </c>
       <c r="O232" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P232" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233">
-        <v>20524</v>
+        <v>21157</v>
       </c>
       <c r="C233" t="s">
         <v>696</v>
       </c>
       <c r="D233" t="s">
         <v>697</v>
       </c>
       <c r="F233">
-        <v>198</v>
+        <v>94</v>
       </c>
       <c r="G233">
-        <v>540</v>
+        <v>140</v>
       </c>
       <c r="H233" t="s">
         <v>22</v>
       </c>
       <c r="I233">
-        <v>210</v>
+        <v>150</v>
       </c>
       <c r="J233">
-        <v>300</v>
+        <v>210</v>
       </c>
       <c r="K233">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L233" s="1">
-        <v>39498</v>
+        <v>39965</v>
       </c>
       <c r="M233" s="2">
-        <v>9788536216799</v>
+        <v>9788536224947</v>
       </c>
       <c r="N233" t="s" s="3">
         <v>698</v>
       </c>
       <c r="O233" s="4">
-        <v>129.90</v>
+        <v>69.90</v>
       </c>
       <c r="P233" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234">
-        <v>10914</v>
+        <v>20524</v>
       </c>
       <c r="C234" t="s">
         <v>699</v>
       </c>
       <c r="D234" t="s">
         <v>700</v>
       </c>
       <c r="F234">
-        <v>102</v>
+        <v>198</v>
       </c>
       <c r="G234">
-        <v>146</v>
+        <v>540</v>
       </c>
       <c r="H234" t="s">
         <v>22</v>
       </c>
       <c r="I234">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="J234">
-        <v>210</v>
+        <v>300</v>
       </c>
       <c r="K234">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L234" s="1">
-        <v>36819</v>
+        <v>39498</v>
       </c>
       <c r="M234" s="2">
-        <v>9788573947021</v>
+        <v>9788536216799</v>
       </c>
       <c r="N234" t="s" s="3">
         <v>701</v>
       </c>
       <c r="O234" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P234" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235">
-        <v>29717</v>
+        <v>10914</v>
       </c>
       <c r="C235" t="s">
         <v>702</v>
       </c>
       <c r="D235" t="s">
         <v>703</v>
       </c>
       <c r="F235">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="G235">
-        <v>107</v>
+        <v>146</v>
       </c>
       <c r="H235" t="s">
         <v>22</v>
       </c>
       <c r="I235">
         <v>150</v>
       </c>
       <c r="J235">
         <v>210</v>
       </c>
       <c r="K235">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L235" s="1">
-        <v>44693</v>
+        <v>36819</v>
       </c>
       <c r="M235" s="2">
-        <v>9788536297309</v>
+        <v>9788573947021</v>
       </c>
       <c r="N235" t="s" s="3">
         <v>704</v>
       </c>
       <c r="O235" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P235" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236">
-        <v>10238</v>
+        <v>29717</v>
       </c>
       <c r="C236" t="s">
         <v>705</v>
       </c>
       <c r="D236" t="s">
         <v>706</v>
       </c>
       <c r="F236">
-        <v>240</v>
+        <v>86</v>
       </c>
       <c r="G236">
-        <v>316</v>
+        <v>107</v>
       </c>
       <c r="H236" t="s">
         <v>22</v>
       </c>
       <c r="I236">
         <v>150</v>
       </c>
       <c r="J236">
         <v>210</v>
       </c>
       <c r="K236">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="L236" s="1">
-        <v>36336</v>
+        <v>44693</v>
       </c>
       <c r="M236" s="2">
-        <v>9788573941968</v>
+        <v>9788536297309</v>
       </c>
       <c r="N236" t="s" s="3">
         <v>707</v>
       </c>
       <c r="O236" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P236" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237">
-        <v>23221</v>
+        <v>10238</v>
       </c>
       <c r="C237" t="s">
         <v>708</v>
       </c>
       <c r="D237" t="s">
         <v>709</v>
       </c>
       <c r="F237">
-        <v>154</v>
+        <v>240</v>
       </c>
       <c r="G237">
-        <v>216</v>
+        <v>316</v>
       </c>
       <c r="H237" t="s">
         <v>22</v>
       </c>
       <c r="I237">
         <v>150</v>
       </c>
       <c r="J237">
         <v>210</v>
       </c>
       <c r="K237">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="L237" s="1">
-        <v>41571</v>
+        <v>36336</v>
       </c>
       <c r="M237" s="2">
-        <v>9788536244594</v>
+        <v>9788573941968</v>
       </c>
       <c r="N237" t="s" s="3">
         <v>710</v>
       </c>
       <c r="O237" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P237" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238">
-        <v>26538</v>
+        <v>23221</v>
       </c>
       <c r="C238" t="s">
         <v>711</v>
       </c>
       <c r="D238" t="s">
         <v>712</v>
       </c>
       <c r="F238">
-        <v>108</v>
+        <v>154</v>
       </c>
       <c r="G238">
-        <v>134</v>
+        <v>216</v>
       </c>
       <c r="H238" t="s">
         <v>22</v>
       </c>
       <c r="I238">
         <v>150</v>
       </c>
       <c r="J238">
         <v>210</v>
       </c>
       <c r="K238">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L238" s="1">
-        <v>43136</v>
+        <v>41571</v>
       </c>
       <c r="M238" s="2">
-        <v>9788536276380</v>
+        <v>9788536244594</v>
       </c>
       <c r="N238" t="s" s="3">
         <v>713</v>
       </c>
       <c r="O238" s="4">
-        <v>74.70</v>
+        <v>89.90</v>
       </c>
       <c r="P238" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239">
-        <v>11065</v>
+        <v>26538</v>
       </c>
       <c r="C239" t="s">
         <v>714</v>
       </c>
       <c r="D239" t="s">
         <v>715</v>
       </c>
       <c r="F239">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="G239">
-        <v>205</v>
+        <v>134</v>
       </c>
       <c r="H239" t="s">
         <v>22</v>
       </c>
       <c r="I239">
         <v>150</v>
       </c>
       <c r="J239">
         <v>210</v>
       </c>
       <c r="K239">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L239" s="1">
-        <v>37046</v>
+        <v>43136</v>
       </c>
       <c r="M239" s="2">
-        <v>9788573947380</v>
+        <v>9788536276380</v>
       </c>
       <c r="N239" t="s" s="3">
         <v>716</v>
       </c>
       <c r="O239" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P239" t="s">
-        <v>377</v>
+        <v>68</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240">
-        <v>27570</v>
-[...1 lines deleted...]
-      <c r="C240" t="s">
+        <v>31894</v>
+      </c>
+      <c r="C240" t="inlineStr">
+        <is>
+          <t>Diário da Viagem de Michel de Montaigne - Da França à Itália passando por Suíça e Alemanha, entre hospedarias, águas termais e belas montanhas no coração da Europa - Entre 1580 e 1581 - Coleção Diários de Viagem</t>
+        </is>
+      </c>
+      <c r="D240" t="s">
         <v>717</v>
       </c>
-      <c r="D240" t="s">
+      <c r="F240">
+        <v>156</v>
+      </c>
+      <c r="G240">
+        <v>346</v>
+      </c>
+      <c r="H240" t="s">
+        <v>22</v>
+      </c>
+      <c r="I240">
+        <v>150</v>
+      </c>
+      <c r="J240">
+        <v>210</v>
+      </c>
+      <c r="K240">
+        <v>13</v>
+      </c>
+      <c r="L240" s="1">
+        <v>45975</v>
+      </c>
+      <c r="M240" s="2">
+        <v>9786526321010</v>
+      </c>
+      <c r="N240" t="s" s="3">
         <v>718</v>
       </c>
-      <c r="F240">
-[...25 lines deleted...]
-      </c>
       <c r="O240" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P240" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241">
-        <v>27176</v>
+        <v>11065</v>
       </c>
       <c r="C241" t="s">
+        <v>719</v>
+      </c>
+      <c r="D241" t="s">
         <v>720</v>
       </c>
-      <c r="D241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F241">
-        <v>128</v>
+        <v>144</v>
       </c>
       <c r="G241">
-        <v>80</v>
+        <v>205</v>
       </c>
       <c r="H241" t="s">
         <v>22</v>
       </c>
       <c r="I241">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J241">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K241">
         <v>8</v>
       </c>
       <c r="L241" s="1">
-        <v>43347</v>
+        <v>37046</v>
       </c>
       <c r="M241" s="2">
-        <v>9788536282459</v>
+        <v>9788573947380</v>
       </c>
       <c r="N241" t="s" s="3">
         <v>721</v>
       </c>
       <c r="O241" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P241" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242">
-        <v>12998</v>
+        <v>27570</v>
       </c>
       <c r="C242" t="s">
         <v>722</v>
       </c>
       <c r="D242" t="s">
         <v>723</v>
       </c>
       <c r="F242">
-        <v>410</v>
+        <v>224</v>
       </c>
       <c r="G242">
-        <v>528</v>
+        <v>278</v>
       </c>
       <c r="H242" t="s">
         <v>22</v>
       </c>
       <c r="I242">
         <v>150</v>
       </c>
       <c r="J242">
         <v>210</v>
       </c>
       <c r="K242">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="L242" s="1">
-        <v>38268</v>
+        <v>43510</v>
       </c>
       <c r="M242" s="2">
-        <v>9788536206875</v>
-[...1 lines deleted...]
-      <c r="N242" t="s">
+        <v>9788536286310</v>
+      </c>
+      <c r="N242" t="s" s="3">
         <v>724</v>
       </c>
       <c r="O242" s="4">
-        <v>159.90</v>
+        <v>119.90</v>
       </c>
       <c r="P242" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243">
-        <v>22077</v>
+        <v>27176</v>
       </c>
       <c r="C243" t="s">
         <v>725</v>
       </c>
       <c r="D243" t="s">
+        <v>723</v>
+      </c>
+      <c r="F243">
+        <v>128</v>
+      </c>
+      <c r="G243">
+        <v>80</v>
+      </c>
+      <c r="H243" t="s">
+        <v>22</v>
+      </c>
+      <c r="I243">
+        <v>100</v>
+      </c>
+      <c r="J243">
+        <v>160</v>
+      </c>
+      <c r="K243">
+        <v>8</v>
+      </c>
+      <c r="L243" s="1">
+        <v>43347</v>
+      </c>
+      <c r="M243" s="2">
+        <v>9788536282459</v>
+      </c>
+      <c r="N243" t="s" s="3">
         <v>726</v>
       </c>
-      <c r="F243">
-[...25 lines deleted...]
-      </c>
       <c r="O243" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P243" t="s">
-        <v>728</v>
+        <v>36</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244">
-        <v>20677</v>
+        <v>12998</v>
       </c>
       <c r="C244" t="s">
+        <v>727</v>
+      </c>
+      <c r="D244" t="s">
+        <v>728</v>
+      </c>
+      <c r="F244">
+        <v>410</v>
+      </c>
+      <c r="G244">
+        <v>528</v>
+      </c>
+      <c r="H244" t="s">
+        <v>22</v>
+      </c>
+      <c r="I244">
+        <v>150</v>
+      </c>
+      <c r="J244">
+        <v>210</v>
+      </c>
+      <c r="K244">
+        <v>21</v>
+      </c>
+      <c r="L244" s="1">
+        <v>38268</v>
+      </c>
+      <c r="M244" s="2">
+        <v>9788536206875</v>
+      </c>
+      <c r="N244" t="s">
         <v>729</v>
       </c>
-      <c r="D244" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O244" s="4">
-        <v>77.70</v>
+        <v>159.90</v>
       </c>
       <c r="P244" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245">
-        <v>20323</v>
+        <v>22077</v>
       </c>
       <c r="C245" t="s">
+        <v>730</v>
+      </c>
+      <c r="D245" t="s">
+        <v>731</v>
+      </c>
+      <c r="F245">
+        <v>213</v>
+      </c>
+      <c r="G245">
+        <v>252</v>
+      </c>
+      <c r="H245" t="s">
+        <v>22</v>
+      </c>
+      <c r="I245">
+        <v>150</v>
+      </c>
+      <c r="J245">
+        <v>210</v>
+      </c>
+      <c r="K245">
+        <v>12</v>
+      </c>
+      <c r="L245" s="1">
+        <v>40505</v>
+      </c>
+      <c r="M245" s="2">
+        <v>9788536232034</v>
+      </c>
+      <c r="N245" t="s" s="3">
+        <v>732</v>
+      </c>
+      <c r="O245" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P245" t="s">
         <v>733</v>
-      </c>
-[...37 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246">
-        <v>22333</v>
+        <v>20677</v>
       </c>
       <c r="C246" t="s">
+        <v>734</v>
+      </c>
+      <c r="D246" t="s">
+        <v>735</v>
+      </c>
+      <c r="E246" t="s">
         <v>736</v>
       </c>
-      <c r="D246" t="s">
+      <c r="F246">
+        <v>152</v>
+      </c>
+      <c r="G246">
+        <v>198</v>
+      </c>
+      <c r="H246" t="s">
+        <v>22</v>
+      </c>
+      <c r="I246">
+        <v>150</v>
+      </c>
+      <c r="J246">
+        <v>210</v>
+      </c>
+      <c r="K246">
+        <v>9</v>
+      </c>
+      <c r="L246" s="1">
+        <v>39582</v>
+      </c>
+      <c r="M246" s="2">
+        <v>9788536219325</v>
+      </c>
+      <c r="N246" t="s" s="3">
         <v>737</v>
       </c>
-      <c r="F246">
-[...25 lines deleted...]
-      </c>
       <c r="O246" s="4">
-        <v>39.90</v>
+        <v>77.70</v>
       </c>
       <c r="P246" t="s">
-        <v>739</v>
+        <v>47</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247">
-        <v>28760</v>
+        <v>20323</v>
       </c>
       <c r="C247" t="s">
+        <v>738</v>
+      </c>
+      <c r="D247" t="s">
+        <v>739</v>
+      </c>
+      <c r="E247" t="s">
+        <v>34</v>
+      </c>
+      <c r="F247">
+        <v>72</v>
+      </c>
+      <c r="G247">
+        <v>98</v>
+      </c>
+      <c r="H247" t="s">
+        <v>22</v>
+      </c>
+      <c r="I247">
+        <v>150</v>
+      </c>
+      <c r="J247">
+        <v>210</v>
+      </c>
+      <c r="K247">
+        <v>5</v>
+      </c>
+      <c r="L247" s="1">
+        <v>39272</v>
+      </c>
+      <c r="M247" s="2">
+        <v>9788536216331</v>
+      </c>
+      <c r="N247" t="s" s="3">
         <v>740</v>
       </c>
-      <c r="D247" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O247" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P247" t="s">
-        <v>47</v>
+        <v>314</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248">
-        <v>30271</v>
+        <v>22333</v>
       </c>
       <c r="C248" t="s">
+        <v>741</v>
+      </c>
+      <c r="D248" t="s">
+        <v>742</v>
+      </c>
+      <c r="F248">
+        <v>72</v>
+      </c>
+      <c r="G248">
+        <v>124</v>
+      </c>
+      <c r="H248" t="s">
+        <v>22</v>
+      </c>
+      <c r="I248">
+        <v>150</v>
+      </c>
+      <c r="J248">
+        <v>210</v>
+      </c>
+      <c r="K248">
+        <v>5</v>
+      </c>
+      <c r="L248" s="1">
+        <v>40779</v>
+      </c>
+      <c r="M248" s="2">
+        <v>9788536234632</v>
+      </c>
+      <c r="N248" t="s" s="3">
         <v>743</v>
       </c>
-      <c r="D248" t="s">
+      <c r="O248" s="4">
+        <v>39.90</v>
+      </c>
+      <c r="P248" t="s">
         <v>744</v>
-      </c>
-[...31 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249">
-        <v>13048</v>
+        <v>28760</v>
       </c>
       <c r="C249" t="s">
+        <v>745</v>
+      </c>
+      <c r="D249" t="s">
         <v>746</v>
       </c>
-      <c r="D249" t="s">
+      <c r="F249">
+        <v>242</v>
+      </c>
+      <c r="G249">
+        <v>298</v>
+      </c>
+      <c r="H249" t="s">
+        <v>22</v>
+      </c>
+      <c r="I249">
+        <v>150</v>
+      </c>
+      <c r="J249">
+        <v>210</v>
+      </c>
+      <c r="K249">
+        <v>12</v>
+      </c>
+      <c r="L249" s="1">
+        <v>44134</v>
+      </c>
+      <c r="M249" s="2">
+        <v>9786556053974</v>
+      </c>
+      <c r="N249" t="s" s="3">
         <v>747</v>
       </c>
-      <c r="F249">
-[...25 lines deleted...]
-      </c>
       <c r="O249" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P249" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250">
-        <v>30920</v>
+        <v>30271</v>
       </c>
       <c r="C250" t="s">
+        <v>748</v>
+      </c>
+      <c r="D250" t="s">
         <v>749</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250">
+        <v>182</v>
+      </c>
+      <c r="G250">
+        <v>226</v>
+      </c>
+      <c r="H250" t="s">
+        <v>22</v>
+      </c>
+      <c r="I250">
+        <v>150</v>
+      </c>
+      <c r="J250">
+        <v>210</v>
+      </c>
+      <c r="K250">
+        <v>10</v>
+      </c>
+      <c r="L250" s="1">
+        <v>44944</v>
+      </c>
+      <c r="M250" s="2">
+        <v>9786526302576</v>
+      </c>
+      <c r="N250" t="s" s="3">
         <v>750</v>
       </c>
-      <c r="F250">
-[...25 lines deleted...]
-      </c>
       <c r="O250" s="4">
-        <v>189.90</v>
+        <v>99.90</v>
       </c>
       <c r="P250" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251">
-        <v>20888</v>
+        <v>13048</v>
       </c>
       <c r="C251" t="s">
+        <v>751</v>
+      </c>
+      <c r="D251" t="s">
         <v>752</v>
       </c>
-      <c r="D251" t="s">
+      <c r="F251">
+        <v>186</v>
+      </c>
+      <c r="G251">
+        <v>248</v>
+      </c>
+      <c r="H251" t="s">
+        <v>22</v>
+      </c>
+      <c r="I251">
+        <v>150</v>
+      </c>
+      <c r="J251">
+        <v>210</v>
+      </c>
+      <c r="K251">
+        <v>10</v>
+      </c>
+      <c r="L251" s="1">
+        <v>38323</v>
+      </c>
+      <c r="M251" s="2">
+        <v>9788536208206</v>
+      </c>
+      <c r="N251" t="s" s="3">
         <v>753</v>
       </c>
-      <c r="F251">
-[...25 lines deleted...]
-      </c>
       <c r="O251" s="4">
-        <v>159.90</v>
+        <v>99.90</v>
       </c>
       <c r="P251" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252">
-        <v>22588</v>
+        <v>30920</v>
       </c>
       <c r="C252" t="s">
+        <v>754</v>
+      </c>
+      <c r="D252" t="s">
         <v>755</v>
       </c>
-      <c r="D252" t="s">
+      <c r="F252">
+        <v>356</v>
+      </c>
+      <c r="G252">
+        <v>441</v>
+      </c>
+      <c r="H252" t="s">
+        <v>22</v>
+      </c>
+      <c r="I252">
+        <v>150</v>
+      </c>
+      <c r="J252">
+        <v>210</v>
+      </c>
+      <c r="K252">
+        <v>18</v>
+      </c>
+      <c r="L252" s="1">
+        <v>45343</v>
+      </c>
+      <c r="M252" s="2">
+        <v>9786526310373</v>
+      </c>
+      <c r="N252" t="s" s="3">
         <v>756</v>
       </c>
-      <c r="F252">
-[...25 lines deleted...]
-      </c>
       <c r="O252" s="4">
-        <v>79.90</v>
+        <v>189.90</v>
       </c>
       <c r="P252" t="s">
-        <v>504</v>
+        <v>19</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253">
-        <v>28649</v>
+        <v>20888</v>
       </c>
       <c r="C253" t="s">
+        <v>757</v>
+      </c>
+      <c r="D253" t="s">
         <v>758</v>
       </c>
-      <c r="D253" t="s">
+      <c r="F253">
+        <v>344</v>
+      </c>
+      <c r="G253">
+        <v>402</v>
+      </c>
+      <c r="H253" t="s">
+        <v>22</v>
+      </c>
+      <c r="I253">
+        <v>150</v>
+      </c>
+      <c r="J253">
+        <v>210</v>
+      </c>
+      <c r="K253">
+        <v>18</v>
+      </c>
+      <c r="L253" s="1">
+        <v>39731</v>
+      </c>
+      <c r="M253" s="2">
+        <v>9788536221823</v>
+      </c>
+      <c r="N253" t="s" s="3">
         <v>759</v>
       </c>
-      <c r="E253" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O253" s="4">
-        <v>99.90</v>
+        <v>159.90</v>
       </c>
       <c r="P253" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254">
-        <v>29025</v>
+        <v>22588</v>
       </c>
       <c r="C254" t="s">
+        <v>760</v>
+      </c>
+      <c r="D254" t="s">
         <v>761</v>
       </c>
-      <c r="D254" t="s">
+      <c r="F254">
+        <v>104</v>
+      </c>
+      <c r="G254">
+        <v>192</v>
+      </c>
+      <c r="H254" t="s">
+        <v>22</v>
+      </c>
+      <c r="I254">
+        <v>150</v>
+      </c>
+      <c r="J254">
+        <v>210</v>
+      </c>
+      <c r="K254">
+        <v>6</v>
+      </c>
+      <c r="L254" s="1">
+        <v>41024</v>
+      </c>
+      <c r="M254" s="2">
+        <v>9788536237473</v>
+      </c>
+      <c r="N254" t="s" s="3">
         <v>762</v>
-      </c>
-[...28 lines deleted...]
-        <v>764</v>
       </c>
       <c r="O254" s="4">
         <v>79.90</v>
       </c>
       <c r="P254" t="s">
-        <v>36</v>
+        <v>507</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255">
-        <v>20952</v>
+        <v>28649</v>
       </c>
       <c r="C255" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="D255" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="E255" t="s">
         <v>96</v>
       </c>
       <c r="F255">
-        <v>140</v>
+        <v>182</v>
       </c>
       <c r="G255">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="H255" t="s">
         <v>22</v>
       </c>
       <c r="I255">
         <v>150</v>
       </c>
       <c r="J255">
         <v>210</v>
       </c>
       <c r="K255">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L255" s="1">
-        <v>39780</v>
+        <v>44064</v>
       </c>
       <c r="M255" s="2">
-        <v>9788536222141</v>
+        <v>9786556051529</v>
       </c>
       <c r="N255" t="s" s="3">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="O255" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P255" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256">
-        <v>24974</v>
+        <v>29025</v>
       </c>
       <c r="C256" t="s">
+        <v>766</v>
+      </c>
+      <c r="D256" t="s">
+        <v>767</v>
+      </c>
+      <c r="E256" t="s">
         <v>768</v>
       </c>
-      <c r="D256" t="s">
+      <c r="F256">
+        <v>122</v>
+      </c>
+      <c r="G256">
+        <v>151</v>
+      </c>
+      <c r="H256" t="s">
+        <v>22</v>
+      </c>
+      <c r="I256">
+        <v>150</v>
+      </c>
+      <c r="J256">
+        <v>210</v>
+      </c>
+      <c r="K256">
+        <v>7</v>
+      </c>
+      <c r="L256" s="1">
+        <v>44298</v>
+      </c>
+      <c r="M256" s="2">
+        <v>9786556055565</v>
+      </c>
+      <c r="N256" t="s" s="3">
         <v>769</v>
       </c>
-      <c r="F256">
-[...25 lines deleted...]
-      </c>
       <c r="O256" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P256" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257">
-        <v>21816</v>
+        <v>20952</v>
       </c>
       <c r="C257" t="s">
+        <v>770</v>
+      </c>
+      <c r="D257" t="s">
         <v>771</v>
       </c>
-      <c r="D257" t="s">
-        <v>772</v>
+      <c r="E257" t="s">
+        <v>96</v>
       </c>
       <c r="F257">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="G257">
         <v>235</v>
       </c>
       <c r="H257" t="s">
         <v>22</v>
       </c>
       <c r="I257">
         <v>150</v>
       </c>
       <c r="J257">
         <v>210</v>
       </c>
       <c r="K257">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L257" s="1">
-        <v>40350</v>
+        <v>39780</v>
       </c>
       <c r="M257" s="2">
-        <v>9788536230115</v>
+        <v>9788536222141</v>
       </c>
       <c r="N257" t="s" s="3">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="O257" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P257" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258">
-        <v>31213</v>
+        <v>24974</v>
       </c>
       <c r="C258" t="s">
+        <v>773</v>
+      </c>
+      <c r="D258" t="s">
         <v>774</v>
       </c>
-      <c r="D258" t="s">
+      <c r="F258">
+        <v>162</v>
+      </c>
+      <c r="G258">
+        <v>201</v>
+      </c>
+      <c r="H258" t="s">
+        <v>22</v>
+      </c>
+      <c r="I258">
+        <v>150</v>
+      </c>
+      <c r="J258">
+        <v>210</v>
+      </c>
+      <c r="K258">
+        <v>9</v>
+      </c>
+      <c r="L258" s="1">
+        <v>42612</v>
+      </c>
+      <c r="M258" s="2">
+        <v>9788536261225</v>
+      </c>
+      <c r="N258" t="s" s="3">
         <v>775</v>
       </c>
-      <c r="F258">
-[...25 lines deleted...]
-      </c>
       <c r="O258" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P258" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259">
-        <v>13295</v>
+        <v>21816</v>
       </c>
       <c r="C259" t="s">
+        <v>776</v>
+      </c>
+      <c r="D259" t="s">
         <v>777</v>
       </c>
-      <c r="D259" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F259">
-        <v>142</v>
+        <v>214</v>
       </c>
       <c r="G259">
-        <v>202</v>
+        <v>235</v>
       </c>
       <c r="H259" t="s">
         <v>22</v>
       </c>
       <c r="I259">
         <v>150</v>
       </c>
       <c r="J259">
         <v>210</v>
       </c>
       <c r="K259">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L259" s="1">
-        <v>38651</v>
+        <v>40350</v>
       </c>
       <c r="M259" s="2">
-        <v>9788536201535</v>
+        <v>9788536230115</v>
       </c>
       <c r="N259" t="s" s="3">
         <v>778</v>
       </c>
       <c r="O259" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P259" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260">
-        <v>31330</v>
+        <v>31213</v>
       </c>
       <c r="C260" t="s">
         <v>779</v>
       </c>
       <c r="D260" t="s">
         <v>780</v>
       </c>
       <c r="F260">
-        <v>104</v>
+        <v>210</v>
       </c>
       <c r="G260">
-        <v>129</v>
+        <v>260</v>
       </c>
       <c r="H260" t="s">
         <v>22</v>
       </c>
       <c r="I260">
         <v>150</v>
       </c>
       <c r="J260">
         <v>210</v>
       </c>
       <c r="K260">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="L260" s="1">
-        <v>45610</v>
+        <v>45537</v>
       </c>
       <c r="M260" s="2">
-        <v>9786526311929</v>
+        <v>9786526312520</v>
       </c>
       <c r="N260" t="s" s="3">
         <v>781</v>
       </c>
       <c r="O260" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P260" t="s">
-        <v>314</v>
+        <v>19</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261">
-        <v>23570</v>
+        <v>13295</v>
       </c>
       <c r="C261" t="s">
         <v>782</v>
       </c>
       <c r="D261" t="s">
-        <v>59</v>
+        <v>305</v>
       </c>
       <c r="F261">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="G261">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="H261" t="s">
         <v>22</v>
       </c>
       <c r="I261">
         <v>150</v>
       </c>
       <c r="J261">
         <v>210</v>
       </c>
       <c r="K261">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L261" s="1">
-        <v>41878</v>
+        <v>38651</v>
       </c>
       <c r="M261" s="2">
-        <v>9788536247939</v>
+        <v>9788536201535</v>
       </c>
       <c r="N261" t="s" s="3">
         <v>783</v>
       </c>
       <c r="O261" s="4">
         <v>79.90</v>
       </c>
       <c r="P261" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262">
-        <v>29915</v>
+        <v>31330</v>
       </c>
       <c r="C262" t="s">
         <v>784</v>
       </c>
       <c r="D262" t="s">
         <v>785</v>
       </c>
       <c r="F262">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="G262">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="H262" t="s">
         <v>22</v>
       </c>
       <c r="I262">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J262">
         <v>210</v>
       </c>
       <c r="K262">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L262" s="1">
-        <v>44783</v>
+        <v>45610</v>
       </c>
       <c r="M262" s="2">
-        <v>9786556055619</v>
+        <v>9786526311929</v>
       </c>
       <c r="N262" t="s" s="3">
         <v>786</v>
       </c>
       <c r="O262" s="4">
-        <v>49.90</v>
+        <v>69.90</v>
       </c>
       <c r="P262" t="s">
-        <v>397</v>
+        <v>314</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263">
-        <v>29357</v>
+        <v>23570</v>
       </c>
       <c r="C263" t="s">
         <v>787</v>
       </c>
       <c r="D263" t="s">
+        <v>59</v>
+      </c>
+      <c r="F263">
+        <v>124</v>
+      </c>
+      <c r="G263">
+        <v>154</v>
+      </c>
+      <c r="H263" t="s">
+        <v>22</v>
+      </c>
+      <c r="I263">
+        <v>150</v>
+      </c>
+      <c r="J263">
+        <v>210</v>
+      </c>
+      <c r="K263">
+        <v>7</v>
+      </c>
+      <c r="L263" s="1">
+        <v>41878</v>
+      </c>
+      <c r="M263" s="2">
+        <v>9788536247939</v>
+      </c>
+      <c r="N263" t="s" s="3">
         <v>788</v>
-      </c>
-[...25 lines deleted...]
-        <v>789</v>
       </c>
       <c r="O263" s="4">
         <v>79.90</v>
       </c>
       <c r="P263" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264">
-        <v>22497</v>
+        <v>29915</v>
       </c>
       <c r="C264" t="s">
+        <v>789</v>
+      </c>
+      <c r="D264" t="s">
         <v>790</v>
       </c>
-      <c r="D264" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F264">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G264">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="H264" t="s">
         <v>22</v>
       </c>
       <c r="I264">
         <v>300</v>
       </c>
       <c r="J264">
         <v>210</v>
       </c>
       <c r="K264">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L264" s="1">
-        <v>40946</v>
+        <v>44783</v>
       </c>
       <c r="M264" s="2">
-        <v>9788536235875</v>
+        <v>9786556055619</v>
       </c>
       <c r="N264" t="s" s="3">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="O264" s="4">
-        <v>69.90</v>
+        <v>49.90</v>
       </c>
       <c r="P264" t="s">
-        <v>532</v>
+        <v>397</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265">
-        <v>25765</v>
+        <v>29357</v>
       </c>
       <c r="C265" t="s">
+        <v>792</v>
+      </c>
+      <c r="D265" t="s">
         <v>793</v>
       </c>
-      <c r="D265" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F265">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="G265">
-        <v>99</v>
+        <v>198</v>
       </c>
       <c r="H265" t="s">
         <v>22</v>
       </c>
       <c r="I265">
         <v>150</v>
       </c>
       <c r="J265">
         <v>210</v>
       </c>
       <c r="K265">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L265" s="1">
-        <v>42878</v>
+        <v>44511</v>
       </c>
       <c r="M265" s="2">
-        <v>9788536268491</v>
+        <v>9786556058573</v>
       </c>
       <c r="N265" t="s" s="3">
         <v>794</v>
       </c>
       <c r="O265" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P265" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266">
+        <v>22497</v>
+      </c>
+      <c r="C266" t="s">
+        <v>795</v>
+      </c>
+      <c r="D266" t="s">
+        <v>796</v>
+      </c>
+      <c r="F266">
+        <v>28</v>
+      </c>
+      <c r="G266">
+        <v>176</v>
+      </c>
+      <c r="H266" t="s">
+        <v>22</v>
+      </c>
+      <c r="I266">
+        <v>300</v>
+      </c>
+      <c r="J266">
+        <v>210</v>
+      </c>
+      <c r="K266">
+        <v>3</v>
+      </c>
+      <c r="L266" s="1">
+        <v>40946</v>
+      </c>
+      <c r="M266" s="2">
+        <v>9788536235875</v>
+      </c>
+      <c r="N266" t="s" s="3">
+        <v>797</v>
+      </c>
+      <c r="O266" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P266" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267">
+        <v>266</v>
+      </c>
+      <c r="B267">
+        <v>25765</v>
+      </c>
+      <c r="C267" t="s">
+        <v>798</v>
+      </c>
+      <c r="D267" t="s">
+        <v>283</v>
+      </c>
+      <c r="F267">
+        <v>80</v>
+      </c>
+      <c r="G267">
+        <v>99</v>
+      </c>
+      <c r="H267" t="s">
+        <v>22</v>
+      </c>
+      <c r="I267">
+        <v>150</v>
+      </c>
+      <c r="J267">
+        <v>210</v>
+      </c>
+      <c r="K267">
+        <v>5</v>
+      </c>
+      <c r="L267" s="1">
+        <v>42878</v>
+      </c>
+      <c r="M267" s="2">
+        <v>9788536268491</v>
+      </c>
+      <c r="N267" t="s" s="3">
+        <v>799</v>
+      </c>
+      <c r="O267" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P267" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268">
+        <v>267</v>
+      </c>
+      <c r="B268">
         <v>27076</v>
       </c>
-      <c r="C266" t="inlineStr">
+      <c r="C268" t="inlineStr">
         <is>
           <t>Dostoiévski - Mortificação e Ressurreição em Recordações da Casa dos Mortos - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D266" t="s">
-[...94 lines deleted...]
-      </c>
       <c r="D268" t="s">
         <v>800</v>
       </c>
       <c r="F268">
-        <v>246</v>
+        <v>306</v>
       </c>
       <c r="G268">
-        <v>315</v>
+        <v>196</v>
       </c>
       <c r="H268" t="s">
         <v>22</v>
       </c>
       <c r="I268">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J268">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K268">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="L268" s="1">
-        <v>45931</v>
+        <v>43311</v>
       </c>
       <c r="M268" s="2">
-        <v>9786526308707</v>
+        <v>9788536281070</v>
       </c>
       <c r="N268" t="s" s="3">
         <v>801</v>
       </c>
       <c r="O268" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P268" t="s">
-        <v>329</v>
+        <v>297</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269">
-        <v>28869</v>
+        <v>31431</v>
       </c>
       <c r="C269" t="s">
         <v>802</v>
       </c>
       <c r="D269" t="s">
         <v>803</v>
       </c>
       <c r="F269">
-        <v>172</v>
+        <v>30</v>
       </c>
       <c r="G269">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="H269" t="s">
         <v>22</v>
       </c>
       <c r="I269">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J269">
         <v>210</v>
       </c>
       <c r="K269">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="L269" s="1">
-        <v>44203</v>
+        <v>45698</v>
       </c>
       <c r="M269" s="2">
-        <v>9786556054896</v>
+        <v>9786526315026</v>
       </c>
       <c r="N269" t="s" s="3">
         <v>804</v>
       </c>
       <c r="O269" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P269" t="s">
-        <v>64</v>
+        <v>437</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270">
-        <v>20466</v>
-[...1 lines deleted...]
-      <c r="C270" t="s">
+        <v>31811</v>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Doze Meses em Madagascar - 1873-1874 - A Jornada de um Missionário Inglês na Maior Ilha da África, em Contato com a Realeza e o Povo Através de Lugares Remotos e Exóticos - Coleção Diários de Viagem</t>
+        </is>
+      </c>
+      <c r="D270" t="s">
         <v>805</v>
       </c>
-      <c r="D270" t="s">
+      <c r="F270">
+        <v>246</v>
+      </c>
+      <c r="G270">
+        <v>315</v>
+      </c>
+      <c r="H270" t="s">
+        <v>22</v>
+      </c>
+      <c r="I270">
+        <v>150</v>
+      </c>
+      <c r="J270">
+        <v>210</v>
+      </c>
+      <c r="K270">
+        <v>12</v>
+      </c>
+      <c r="L270" s="1">
+        <v>45931</v>
+      </c>
+      <c r="M270" s="2">
+        <v>9786526308707</v>
+      </c>
+      <c r="N270" t="s" s="3">
         <v>806</v>
-      </c>
-[...25 lines deleted...]
-        <v>807</v>
       </c>
       <c r="O270" s="4">
         <v>89.90</v>
       </c>
       <c r="P270" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271">
-        <v>25141</v>
+        <v>28869</v>
       </c>
       <c r="C271" t="s">
+        <v>807</v>
+      </c>
+      <c r="D271" t="s">
         <v>808</v>
       </c>
-      <c r="D271" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F271">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="G271">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="H271" t="s">
         <v>22</v>
       </c>
       <c r="I271">
         <v>150</v>
       </c>
       <c r="J271">
         <v>210</v>
       </c>
       <c r="K271">
         <v>9</v>
       </c>
       <c r="L271" s="1">
-        <v>42664</v>
+        <v>44203</v>
       </c>
       <c r="M271" s="2">
-        <v>9788536262741</v>
+        <v>9786556054896</v>
       </c>
       <c r="N271" t="s" s="3">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="O271" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P271" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272">
-        <v>21569</v>
+        <v>20466</v>
       </c>
       <c r="C272" t="s">
+        <v>810</v>
+      </c>
+      <c r="D272" t="s">
         <v>811</v>
       </c>
-      <c r="D272" t="s">
+      <c r="F272">
+        <v>200</v>
+      </c>
+      <c r="G272">
+        <v>258</v>
+      </c>
+      <c r="H272" t="s">
+        <v>22</v>
+      </c>
+      <c r="I272">
+        <v>150</v>
+      </c>
+      <c r="J272">
+        <v>210</v>
+      </c>
+      <c r="K272">
+        <v>11</v>
+      </c>
+      <c r="L272" s="1">
+        <v>39381</v>
+      </c>
+      <c r="M272" s="2">
+        <v>9788536217086</v>
+      </c>
+      <c r="N272" t="s" s="3">
         <v>812</v>
       </c>
-      <c r="F272">
-[...25 lines deleted...]
-      </c>
       <c r="O272" s="4">
-        <v>67.90</v>
+        <v>89.90</v>
       </c>
       <c r="P272" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273">
+        <v>25141</v>
+      </c>
+      <c r="C273" t="s">
+        <v>813</v>
+      </c>
+      <c r="D273" t="s">
+        <v>814</v>
+      </c>
+      <c r="F273">
+        <v>164</v>
+      </c>
+      <c r="G273">
+        <v>203</v>
+      </c>
+      <c r="H273" t="s">
+        <v>22</v>
+      </c>
+      <c r="I273">
+        <v>150</v>
+      </c>
+      <c r="J273">
+        <v>210</v>
+      </c>
+      <c r="K273">
+        <v>9</v>
+      </c>
+      <c r="L273" s="1">
+        <v>42664</v>
+      </c>
+      <c r="M273" s="2">
+        <v>9788536262741</v>
+      </c>
+      <c r="N273" t="s" s="3">
+        <v>815</v>
+      </c>
+      <c r="O273" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P273" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274">
+        <v>273</v>
+      </c>
+      <c r="B274">
+        <v>21569</v>
+      </c>
+      <c r="C274" t="s">
+        <v>816</v>
+      </c>
+      <c r="D274" t="s">
+        <v>817</v>
+      </c>
+      <c r="F274">
+        <v>124</v>
+      </c>
+      <c r="G274">
+        <v>132</v>
+      </c>
+      <c r="H274" t="s">
+        <v>22</v>
+      </c>
+      <c r="I274">
+        <v>150</v>
+      </c>
+      <c r="J274">
+        <v>210</v>
+      </c>
+      <c r="K274">
+        <v>7</v>
+      </c>
+      <c r="L274" s="1">
+        <v>40245</v>
+      </c>
+      <c r="M274" s="2">
+        <v>9788536228280</v>
+      </c>
+      <c r="N274" t="s" s="3">
+        <v>818</v>
+      </c>
+      <c r="O274" s="4">
+        <v>67.90</v>
+      </c>
+      <c r="P274" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275">
+        <v>274</v>
+      </c>
+      <c r="B275">
         <v>30308</v>
       </c>
-      <c r="C273" t="inlineStr">
+      <c r="C275" t="inlineStr">
         <is>
           <t>Educação de Gênero e Sexualidade na Educação Básica - Teoria e Prática - Educação, Gênero, Escola, Legislação, Moral, Religião, Sexualidade, LGBTQI+, Tabus e outras Reflexões</t>
         </is>
       </c>
-      <c r="D273" t="s">
-[...2 lines deleted...]
-      <c r="F273">
+      <c r="D275" t="s">
+        <v>819</v>
+      </c>
+      <c r="F275">
         <v>138</v>
       </c>
-      <c r="G273">
+      <c r="G275">
         <v>171</v>
       </c>
-      <c r="H273" t="s">
-[...8 lines deleted...]
-      <c r="K273">
+      <c r="H275" t="s">
+        <v>22</v>
+      </c>
+      <c r="I275">
+        <v>150</v>
+      </c>
+      <c r="J275">
+        <v>210</v>
+      </c>
+      <c r="K275">
         <v>7</v>
       </c>
-      <c r="L273" s="1">
+      <c r="L275" s="1">
         <v>44964</v>
       </c>
-      <c r="M273" s="2">
+      <c r="M275" s="2">
         <v>9786526303894</v>
       </c>
-      <c r="N273" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O273" s="4">
+      <c r="N275" t="s" s="3">
+        <v>820</v>
+      </c>
+      <c r="O275" s="4">
         <v>69.90</v>
       </c>
-      <c r="P273" t="s">
-[...60 lines deleted...]
-      <c r="D275" t="s">
+      <c r="P275" t="s">
         <v>821</v>
-      </c>
-[...31 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276">
-        <v>25495</v>
+        <v>27336</v>
       </c>
       <c r="C276" t="s">
+        <v>822</v>
+      </c>
+      <c r="D276" t="s">
         <v>823</v>
       </c>
-      <c r="D276" t="s">
+      <c r="F276">
+        <v>298</v>
+      </c>
+      <c r="G276">
+        <v>370</v>
+      </c>
+      <c r="H276" t="s">
+        <v>22</v>
+      </c>
+      <c r="I276">
+        <v>150</v>
+      </c>
+      <c r="J276">
+        <v>210</v>
+      </c>
+      <c r="K276">
+        <v>16</v>
+      </c>
+      <c r="L276" s="1">
+        <v>43395</v>
+      </c>
+      <c r="M276" s="2">
+        <v>9788536284095</v>
+      </c>
+      <c r="N276" t="s" s="3">
         <v>824</v>
       </c>
-      <c r="F276">
-[...25 lines deleted...]
-      </c>
       <c r="O276" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P276" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277">
-        <v>21340</v>
+        <v>20790</v>
       </c>
       <c r="C277" t="s">
+        <v>825</v>
+      </c>
+      <c r="D277" t="s">
         <v>826</v>
       </c>
-      <c r="D277" t="s">
+      <c r="F277">
+        <v>192</v>
+      </c>
+      <c r="G277">
+        <v>268</v>
+      </c>
+      <c r="H277" t="s">
+        <v>22</v>
+      </c>
+      <c r="I277">
+        <v>150</v>
+      </c>
+      <c r="J277">
+        <v>210</v>
+      </c>
+      <c r="K277">
+        <v>11</v>
+      </c>
+      <c r="L277" s="1">
+        <v>39668</v>
+      </c>
+      <c r="M277" s="2">
+        <v>9788536220994</v>
+      </c>
+      <c r="N277" t="s" s="3">
         <v>827</v>
       </c>
-      <c r="F277">
-[...25 lines deleted...]
-      </c>
       <c r="O277" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P277" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278">
-        <v>28434</v>
+        <v>25495</v>
       </c>
       <c r="C278" t="s">
+        <v>828</v>
+      </c>
+      <c r="D278" t="s">
         <v>829</v>
       </c>
-      <c r="D278" t="s">
+      <c r="F278">
+        <v>214</v>
+      </c>
+      <c r="G278">
+        <v>265</v>
+      </c>
+      <c r="H278" t="s">
+        <v>22</v>
+      </c>
+      <c r="I278">
+        <v>150</v>
+      </c>
+      <c r="J278">
+        <v>210</v>
+      </c>
+      <c r="K278">
+        <v>12</v>
+      </c>
+      <c r="L278" s="1">
+        <v>42796</v>
+      </c>
+      <c r="M278" s="2">
+        <v>9788536266169</v>
+      </c>
+      <c r="N278" t="s" s="3">
         <v>830</v>
       </c>
-      <c r="F278">
-[...25 lines deleted...]
-      </c>
       <c r="O278" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P278" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279">
-        <v>29173</v>
+        <v>21340</v>
       </c>
       <c r="C279" t="s">
+        <v>831</v>
+      </c>
+      <c r="D279" t="s">
         <v>832</v>
       </c>
-      <c r="D279" t="s">
+      <c r="F279">
+        <v>142</v>
+      </c>
+      <c r="G279">
+        <v>195</v>
+      </c>
+      <c r="H279" t="s">
+        <v>22</v>
+      </c>
+      <c r="I279">
+        <v>150</v>
+      </c>
+      <c r="J279">
+        <v>210</v>
+      </c>
+      <c r="K279">
+        <v>8</v>
+      </c>
+      <c r="L279" s="1">
+        <v>40101</v>
+      </c>
+      <c r="M279" s="2">
+        <v>9788536222981</v>
+      </c>
+      <c r="N279" t="s" s="3">
         <v>833</v>
       </c>
-      <c r="F279">
-[...25 lines deleted...]
-      </c>
       <c r="O279" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P279" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="280">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280">
-        <v>29375</v>
+        <v>28434</v>
       </c>
       <c r="C280" t="s">
+        <v>834</v>
+      </c>
+      <c r="D280" t="s">
         <v>835</v>
       </c>
-      <c r="D280" t="s">
-[...2 lines deleted...]
-      <c r="E280" t="s">
+      <c r="F280">
+        <v>174</v>
+      </c>
+      <c r="G280">
+        <v>216</v>
+      </c>
+      <c r="H280" t="s">
+        <v>22</v>
+      </c>
+      <c r="I280">
+        <v>150</v>
+      </c>
+      <c r="J280">
+        <v>210</v>
+      </c>
+      <c r="K280">
+        <v>9</v>
+      </c>
+      <c r="L280" s="1">
+        <v>43917</v>
+      </c>
+      <c r="M280" s="2">
+        <v>9788536293677</v>
+      </c>
+      <c r="N280" t="s" s="3">
         <v>836</v>
       </c>
-      <c r="F280">
-[...25 lines deleted...]
-      </c>
       <c r="O280" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P280" t="s">
-        <v>437</v>
+        <v>47</v>
       </c>
     </row>
     <row r="281">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281">
-        <v>24219</v>
+        <v>29173</v>
       </c>
       <c r="C281" t="s">
+        <v>837</v>
+      </c>
+      <c r="D281" t="s">
         <v>838</v>
       </c>
-      <c r="D281" t="s">
+      <c r="F281">
+        <v>194</v>
+      </c>
+      <c r="G281">
+        <v>241</v>
+      </c>
+      <c r="H281" t="s">
+        <v>22</v>
+      </c>
+      <c r="I281">
+        <v>150</v>
+      </c>
+      <c r="J281">
+        <v>210</v>
+      </c>
+      <c r="K281">
+        <v>10</v>
+      </c>
+      <c r="L281" s="1">
+        <v>44398</v>
+      </c>
+      <c r="M281" s="2">
+        <v>9786556056265</v>
+      </c>
+      <c r="N281" t="s" s="3">
         <v>839</v>
       </c>
-      <c r="F281">
-[...25 lines deleted...]
-      </c>
       <c r="O281" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P281" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="282">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282">
-        <v>28596</v>
+        <v>29375</v>
       </c>
       <c r="C282" t="s">
+        <v>840</v>
+      </c>
+      <c r="D282" t="s">
+        <v>164</v>
+      </c>
+      <c r="E282" t="s">
         <v>841</v>
       </c>
-      <c r="D282" t="s">
+      <c r="F282">
+        <v>196</v>
+      </c>
+      <c r="G282">
+        <v>455</v>
+      </c>
+      <c r="H282" t="s">
+        <v>22</v>
+      </c>
+      <c r="I282">
+        <v>150</v>
+      </c>
+      <c r="J282">
+        <v>210</v>
+      </c>
+      <c r="K282">
+        <v>10</v>
+      </c>
+      <c r="L282" s="1">
+        <v>44518</v>
+      </c>
+      <c r="M282" s="2">
+        <v>9786556058924</v>
+      </c>
+      <c r="N282" t="s" s="3">
         <v>842</v>
       </c>
-      <c r="F282">
-[...25 lines deleted...]
-      </c>
       <c r="O282" s="4">
-        <v>149.90</v>
+        <v>79.90</v>
       </c>
       <c r="P282" t="s">
-        <v>57</v>
+        <v>437</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283">
-        <v>21327</v>
+        <v>24219</v>
       </c>
       <c r="C283" t="s">
+        <v>843</v>
+      </c>
+      <c r="D283" t="s">
         <v>844</v>
       </c>
-      <c r="D283" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F283">
-        <v>196</v>
+        <v>134</v>
       </c>
       <c r="G283">
-        <v>208</v>
+        <v>166</v>
       </c>
       <c r="H283" t="s">
         <v>22</v>
       </c>
       <c r="I283">
         <v>150</v>
       </c>
       <c r="J283">
         <v>210</v>
       </c>
       <c r="K283">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L283" s="1">
-        <v>40088</v>
+        <v>42268</v>
       </c>
       <c r="M283" s="2">
-        <v>9788536226361</v>
+        <v>9788536254029</v>
       </c>
       <c r="N283" t="s" s="3">
         <v>845</v>
       </c>
       <c r="O283" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P283" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284">
-        <v>20311</v>
+        <v>28596</v>
       </c>
       <c r="C284" t="s">
         <v>846</v>
       </c>
       <c r="D284" t="s">
         <v>847</v>
       </c>
       <c r="F284">
-        <v>118</v>
+        <v>292</v>
       </c>
       <c r="G284">
-        <v>100</v>
+        <v>362</v>
       </c>
       <c r="H284" t="s">
         <v>22</v>
       </c>
       <c r="I284">
         <v>150</v>
       </c>
       <c r="J284">
         <v>210</v>
       </c>
       <c r="K284">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="L284" s="1">
-        <v>39262</v>
+        <v>44022</v>
       </c>
       <c r="M284" s="2">
-        <v>9788536216362</v>
+        <v>9786556051598</v>
       </c>
       <c r="N284" t="s" s="3">
         <v>848</v>
       </c>
       <c r="O284" s="4">
-        <v>69.90</v>
+        <v>149.90</v>
       </c>
       <c r="P284" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285">
-        <v>22632</v>
+        <v>21327</v>
       </c>
       <c r="C285" t="s">
         <v>849</v>
       </c>
       <c r="D285" t="s">
+        <v>170</v>
+      </c>
+      <c r="F285">
+        <v>196</v>
+      </c>
+      <c r="G285">
+        <v>208</v>
+      </c>
+      <c r="H285" t="s">
+        <v>22</v>
+      </c>
+      <c r="I285">
+        <v>150</v>
+      </c>
+      <c r="J285">
+        <v>210</v>
+      </c>
+      <c r="K285">
+        <v>11</v>
+      </c>
+      <c r="L285" s="1">
+        <v>40088</v>
+      </c>
+      <c r="M285" s="2">
+        <v>9788536226361</v>
+      </c>
+      <c r="N285" t="s" s="3">
         <v>850</v>
       </c>
-      <c r="E285" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O285" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P285" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286">
-        <v>30748</v>
+        <v>20311</v>
       </c>
       <c r="C286" t="s">
+        <v>851</v>
+      </c>
+      <c r="D286" t="s">
         <v>852</v>
       </c>
-      <c r="D286" t="s">
+      <c r="F286">
+        <v>118</v>
+      </c>
+      <c r="G286">
+        <v>100</v>
+      </c>
+      <c r="H286" t="s">
+        <v>22</v>
+      </c>
+      <c r="I286">
+        <v>150</v>
+      </c>
+      <c r="J286">
+        <v>210</v>
+      </c>
+      <c r="K286">
+        <v>7</v>
+      </c>
+      <c r="L286" s="1">
+        <v>39262</v>
+      </c>
+      <c r="M286" s="2">
+        <v>9788536216362</v>
+      </c>
+      <c r="N286" t="s" s="3">
         <v>853</v>
       </c>
-      <c r="F286">
-[...25 lines deleted...]
-      </c>
       <c r="O286" s="4">
-        <v>49.90</v>
+        <v>69.90</v>
       </c>
       <c r="P286" t="s">
-        <v>397</v>
+        <v>19</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287">
-        <v>22949</v>
+        <v>22632</v>
       </c>
       <c r="C287" t="s">
+        <v>854</v>
+      </c>
+      <c r="D287" t="s">
         <v>855</v>
       </c>
-      <c r="D287" t="s">
+      <c r="E287" t="s">
+        <v>34</v>
+      </c>
+      <c r="F287">
+        <v>110</v>
+      </c>
+      <c r="G287">
+        <v>150</v>
+      </c>
+      <c r="H287" t="s">
+        <v>22</v>
+      </c>
+      <c r="I287">
+        <v>150</v>
+      </c>
+      <c r="J287">
+        <v>210</v>
+      </c>
+      <c r="K287">
+        <v>7</v>
+      </c>
+      <c r="L287" s="1">
+        <v>41058</v>
+      </c>
+      <c r="M287" s="2">
+        <v>9788536238050</v>
+      </c>
+      <c r="N287" t="s" s="3">
         <v>856</v>
       </c>
-      <c r="F287">
-[...25 lines deleted...]
-      </c>
       <c r="O287" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P287" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="288">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288">
-        <v>12519</v>
+        <v>30748</v>
       </c>
       <c r="C288" t="s">
+        <v>857</v>
+      </c>
+      <c r="D288" t="s">
         <v>858</v>
       </c>
-      <c r="D288" t="s">
+      <c r="F288">
+        <v>36</v>
+      </c>
+      <c r="G288">
+        <v>205</v>
+      </c>
+      <c r="H288" t="s">
+        <v>22</v>
+      </c>
+      <c r="I288">
+        <v>150</v>
+      </c>
+      <c r="J288">
+        <v>210</v>
+      </c>
+      <c r="K288">
+        <v>3</v>
+      </c>
+      <c r="L288" s="1">
+        <v>45229</v>
+      </c>
+      <c r="M288" s="2">
+        <v>9786526307564</v>
+      </c>
+      <c r="N288" t="s" s="3">
         <v>859</v>
       </c>
-      <c r="F288">
-[...25 lines deleted...]
-      </c>
       <c r="O288" s="4">
-        <v>69.90</v>
+        <v>49.90</v>
       </c>
       <c r="P288" t="s">
-        <v>36</v>
+        <v>397</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289">
-        <v>22085</v>
+        <v>22949</v>
       </c>
       <c r="C289" t="s">
+        <v>860</v>
+      </c>
+      <c r="D289" t="s">
         <v>861</v>
       </c>
-      <c r="D289" t="s">
+      <c r="F289">
+        <v>208</v>
+      </c>
+      <c r="G289">
+        <v>275</v>
+      </c>
+      <c r="H289" t="s">
+        <v>22</v>
+      </c>
+      <c r="I289">
+        <v>150</v>
+      </c>
+      <c r="J289">
+        <v>210</v>
+      </c>
+      <c r="K289">
+        <v>11</v>
+      </c>
+      <c r="L289" s="1">
+        <v>41338</v>
+      </c>
+      <c r="M289" s="2">
+        <v>9788536239668</v>
+      </c>
+      <c r="N289" t="s" s="3">
         <v>862</v>
       </c>
-      <c r="F289">
-[...25 lines deleted...]
-      </c>
       <c r="O289" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P289" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290">
-        <v>20557</v>
+        <v>12519</v>
       </c>
       <c r="C290" t="s">
+        <v>863</v>
+      </c>
+      <c r="D290" t="s">
         <v>864</v>
       </c>
-      <c r="D290" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F290">
-        <v>78</v>
+        <v>106</v>
       </c>
       <c r="G290">
-        <v>120</v>
+        <v>154</v>
       </c>
       <c r="H290" t="s">
         <v>22</v>
       </c>
       <c r="I290">
         <v>150</v>
       </c>
       <c r="J290">
         <v>210</v>
       </c>
       <c r="K290">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L290" s="1">
-        <v>39475</v>
+        <v>37678</v>
       </c>
       <c r="M290" s="2">
-        <v>9788536218427</v>
+        <v>9788536200446</v>
       </c>
       <c r="N290" t="s" s="3">
         <v>865</v>
       </c>
       <c r="O290" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P290" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="291">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291">
-        <v>30798</v>
+        <v>22085</v>
       </c>
       <c r="C291" t="s">
         <v>866</v>
       </c>
       <c r="D291" t="s">
         <v>867</v>
       </c>
       <c r="F291">
-        <v>218</v>
+        <v>102</v>
       </c>
       <c r="G291">
-        <v>270</v>
+        <v>114</v>
       </c>
       <c r="H291" t="s">
         <v>22</v>
       </c>
       <c r="I291">
         <v>150</v>
       </c>
       <c r="J291">
         <v>210</v>
       </c>
       <c r="K291">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L291" s="1">
-        <v>45243</v>
+        <v>40511</v>
       </c>
       <c r="M291" s="2">
-        <v>9786526305027</v>
+        <v>9788536232010</v>
       </c>
       <c r="N291" t="s" s="3">
         <v>868</v>
       </c>
       <c r="O291" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P291" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292">
-        <v>25904</v>
+        <v>20557</v>
       </c>
       <c r="C292" t="s">
         <v>869</v>
       </c>
       <c r="D292" t="s">
+        <v>316</v>
+      </c>
+      <c r="F292">
+        <v>78</v>
+      </c>
+      <c r="G292">
+        <v>120</v>
+      </c>
+      <c r="H292" t="s">
+        <v>22</v>
+      </c>
+      <c r="I292">
+        <v>150</v>
+      </c>
+      <c r="J292">
+        <v>210</v>
+      </c>
+      <c r="K292">
+        <v>5</v>
+      </c>
+      <c r="L292" s="1">
+        <v>39475</v>
+      </c>
+      <c r="M292" s="2">
+        <v>9788536218427</v>
+      </c>
+      <c r="N292" t="s" s="3">
         <v>870</v>
       </c>
-      <c r="F292">
-[...25 lines deleted...]
-      </c>
       <c r="O292" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P292" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293">
-        <v>22995</v>
+        <v>30798</v>
       </c>
       <c r="C293" t="s">
+        <v>871</v>
+      </c>
+      <c r="D293" t="s">
         <v>872</v>
       </c>
-      <c r="D293" t="s">
+      <c r="F293">
+        <v>218</v>
+      </c>
+      <c r="G293">
+        <v>270</v>
+      </c>
+      <c r="H293" t="s">
+        <v>22</v>
+      </c>
+      <c r="I293">
+        <v>150</v>
+      </c>
+      <c r="J293">
+        <v>210</v>
+      </c>
+      <c r="K293">
+        <v>11</v>
+      </c>
+      <c r="L293" s="1">
+        <v>45243</v>
+      </c>
+      <c r="M293" s="2">
+        <v>9786526305027</v>
+      </c>
+      <c r="N293" t="s" s="3">
         <v>873</v>
       </c>
-      <c r="F293">
-[...25 lines deleted...]
-      </c>
       <c r="O293" s="4">
-        <v>139.90</v>
+        <v>109.90</v>
       </c>
       <c r="P293" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294">
-        <v>22038</v>
+        <v>25904</v>
       </c>
       <c r="C294" t="s">
+        <v>874</v>
+      </c>
+      <c r="D294" t="s">
         <v>875</v>
       </c>
-      <c r="D294" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F294">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="G294">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H294" t="s">
         <v>22</v>
       </c>
       <c r="I294">
         <v>150</v>
       </c>
       <c r="J294">
         <v>210</v>
       </c>
       <c r="K294">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L294" s="1">
-        <v>40477</v>
+        <v>42914</v>
       </c>
       <c r="M294" s="2">
-        <v>9788536231495</v>
+        <v>9788536269856</v>
       </c>
       <c r="N294" t="s" s="3">
         <v>876</v>
       </c>
       <c r="O294" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P294" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295">
-        <v>31159</v>
+        <v>22995</v>
       </c>
       <c r="C295" t="s">
         <v>877</v>
       </c>
       <c r="D295" t="s">
         <v>878</v>
       </c>
       <c r="F295">
-        <v>142</v>
+        <v>310</v>
       </c>
       <c r="G295">
-        <v>176</v>
+        <v>385</v>
       </c>
       <c r="H295" t="s">
         <v>22</v>
       </c>
       <c r="I295">
         <v>150</v>
       </c>
       <c r="J295">
         <v>210</v>
       </c>
       <c r="K295">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="L295" s="1">
-        <v>45519</v>
+        <v>41374</v>
       </c>
       <c r="M295" s="2">
-        <v>9786526309193</v>
+        <v>9788536241661</v>
       </c>
       <c r="N295" t="s" s="3">
         <v>879</v>
       </c>
       <c r="O295" s="4">
-        <v>59.90</v>
+        <v>139.90</v>
       </c>
       <c r="P295" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296">
-        <v>21919</v>
+        <v>22038</v>
       </c>
       <c r="C296" t="s">
         <v>880</v>
       </c>
       <c r="D296" t="s">
+        <v>167</v>
+      </c>
+      <c r="F296">
+        <v>130</v>
+      </c>
+      <c r="G296">
+        <v>147</v>
+      </c>
+      <c r="H296" t="s">
+        <v>22</v>
+      </c>
+      <c r="I296">
+        <v>150</v>
+      </c>
+      <c r="J296">
+        <v>210</v>
+      </c>
+      <c r="K296">
+        <v>8</v>
+      </c>
+      <c r="L296" s="1">
+        <v>40477</v>
+      </c>
+      <c r="M296" s="2">
+        <v>9788536231495</v>
+      </c>
+      <c r="N296" t="s" s="3">
         <v>881</v>
       </c>
-      <c r="F296">
-[...25 lines deleted...]
-      </c>
       <c r="O296" s="4">
-        <v>159.90</v>
+        <v>69.90</v>
       </c>
       <c r="P296" t="s">
-        <v>579</v>
+        <v>36</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297">
-        <v>24932</v>
+        <v>31159</v>
       </c>
       <c r="C297" t="s">
+        <v>882</v>
+      </c>
+      <c r="D297" t="s">
         <v>883</v>
       </c>
-      <c r="D297" t="s">
+      <c r="F297">
+        <v>142</v>
+      </c>
+      <c r="G297">
+        <v>176</v>
+      </c>
+      <c r="H297" t="s">
+        <v>22</v>
+      </c>
+      <c r="I297">
+        <v>150</v>
+      </c>
+      <c r="J297">
+        <v>210</v>
+      </c>
+      <c r="K297">
+        <v>7</v>
+      </c>
+      <c r="L297" s="1">
+        <v>45519</v>
+      </c>
+      <c r="M297" s="2">
+        <v>9786526309193</v>
+      </c>
+      <c r="N297" t="s" s="3">
         <v>884</v>
       </c>
-      <c r="F297">
-[...25 lines deleted...]
-      </c>
       <c r="O297" s="4">
-        <v>139.90</v>
+        <v>59.90</v>
       </c>
       <c r="P297" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298">
-        <v>21314</v>
+        <v>21919</v>
       </c>
       <c r="C298" t="s">
+        <v>885</v>
+      </c>
+      <c r="D298" t="s">
         <v>886</v>
       </c>
-      <c r="D298" t="s">
+      <c r="F298">
+        <v>353</v>
+      </c>
+      <c r="G298">
+        <v>408</v>
+      </c>
+      <c r="H298" t="s">
+        <v>22</v>
+      </c>
+      <c r="I298">
+        <v>150</v>
+      </c>
+      <c r="J298">
+        <v>210</v>
+      </c>
+      <c r="K298">
+        <v>18</v>
+      </c>
+      <c r="L298" s="1">
+        <v>40434</v>
+      </c>
+      <c r="M298" s="2">
+        <v>9788536231051</v>
+      </c>
+      <c r="N298" t="s" s="3">
         <v>887</v>
       </c>
-      <c r="F298">
-[...25 lines deleted...]
-      </c>
       <c r="O298" s="4">
-        <v>67.90</v>
+        <v>159.90</v>
       </c>
       <c r="P298" t="s">
-        <v>47</v>
+        <v>582</v>
       </c>
     </row>
     <row r="299">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299">
-        <v>23650</v>
+        <v>24932</v>
       </c>
       <c r="C299" t="s">
+        <v>888</v>
+      </c>
+      <c r="D299" t="s">
         <v>889</v>
       </c>
-      <c r="D299" t="s">
+      <c r="F299">
+        <v>336</v>
+      </c>
+      <c r="G299">
+        <v>417</v>
+      </c>
+      <c r="H299" t="s">
+        <v>22</v>
+      </c>
+      <c r="I299">
+        <v>150</v>
+      </c>
+      <c r="J299">
+        <v>210</v>
+      </c>
+      <c r="K299">
+        <v>17</v>
+      </c>
+      <c r="L299" s="1">
+        <v>42594</v>
+      </c>
+      <c r="M299" s="2">
+        <v>9788536260747</v>
+      </c>
+      <c r="N299" t="s" s="3">
         <v>890</v>
       </c>
-      <c r="F299">
-[...25 lines deleted...]
-      </c>
       <c r="O299" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P299" t="s">
-        <v>892</v>
+        <v>47</v>
       </c>
     </row>
     <row r="300">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300">
-        <v>21108</v>
+        <v>21314</v>
       </c>
       <c r="C300" t="s">
+        <v>891</v>
+      </c>
+      <c r="D300" t="s">
+        <v>892</v>
+      </c>
+      <c r="F300">
+        <v>122</v>
+      </c>
+      <c r="G300">
+        <v>142</v>
+      </c>
+      <c r="H300" t="s">
+        <v>22</v>
+      </c>
+      <c r="I300">
+        <v>150</v>
+      </c>
+      <c r="J300">
+        <v>210</v>
+      </c>
+      <c r="K300">
+        <v>7</v>
+      </c>
+      <c r="L300" s="1">
+        <v>40085</v>
+      </c>
+      <c r="M300" s="2">
+        <v>9788536221915</v>
+      </c>
+      <c r="N300" t="s" s="3">
         <v>893</v>
       </c>
-      <c r="D300" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O300" s="4">
-        <v>99.70</v>
+        <v>67.90</v>
       </c>
       <c r="P300" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="301">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301">
-        <v>31027</v>
+        <v>23650</v>
       </c>
       <c r="C301" t="s">
+        <v>894</v>
+      </c>
+      <c r="D301" t="s">
         <v>895</v>
       </c>
-      <c r="D301" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F301">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="G301">
-        <v>116</v>
+        <v>221</v>
       </c>
       <c r="H301" t="s">
         <v>22</v>
       </c>
       <c r="I301">
         <v>150</v>
       </c>
       <c r="J301">
         <v>210</v>
       </c>
       <c r="K301">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="L301" s="1">
-        <v>45414</v>
+        <v>41932</v>
       </c>
       <c r="M301" s="2">
-        <v>9786526309278</v>
+        <v>9788536248745</v>
       </c>
       <c r="N301" t="s" s="3">
         <v>896</v>
       </c>
       <c r="O301" s="4">
         <v>79.90</v>
       </c>
       <c r="P301" t="s">
-        <v>36</v>
+        <v>897</v>
       </c>
     </row>
     <row r="302">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302">
-        <v>30676</v>
+        <v>21108</v>
       </c>
       <c r="C302" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D302" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="F302">
-        <v>498</v>
+        <v>228</v>
       </c>
       <c r="G302">
-        <v>618</v>
+        <v>275</v>
       </c>
       <c r="H302" t="s">
         <v>22</v>
       </c>
       <c r="I302">
         <v>150</v>
       </c>
       <c r="J302">
         <v>210</v>
       </c>
       <c r="K302">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="L302" s="1">
-        <v>45182</v>
+        <v>39931</v>
       </c>
       <c r="M302" s="2">
-        <v>9786526307724</v>
+        <v>9788536224657</v>
       </c>
       <c r="N302" t="s" s="3">
         <v>899</v>
       </c>
       <c r="O302" s="4">
-        <v>239.90</v>
+        <v>99.70</v>
       </c>
       <c r="P302" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="303">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303">
-        <v>23856</v>
+        <v>31027</v>
       </c>
       <c r="C303" t="s">
         <v>900</v>
       </c>
       <c r="D303" t="s">
-        <v>331</v>
+        <v>299</v>
       </c>
       <c r="F303">
-        <v>178</v>
+        <v>94</v>
       </c>
       <c r="G303">
-        <v>221</v>
+        <v>116</v>
       </c>
       <c r="H303" t="s">
         <v>22</v>
       </c>
       <c r="I303">
         <v>150</v>
       </c>
       <c r="J303">
         <v>210</v>
       </c>
       <c r="K303">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L303" s="1">
-        <v>42095</v>
+        <v>45414</v>
       </c>
       <c r="M303" s="2">
-        <v>9788536250724</v>
+        <v>9786526309278</v>
       </c>
       <c r="N303" t="s" s="3">
         <v>901</v>
       </c>
       <c r="O303" s="4">
-        <v>94.70</v>
+        <v>79.90</v>
       </c>
       <c r="P303" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="304">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304">
-        <v>24898</v>
+        <v>30676</v>
       </c>
       <c r="C304" t="s">
         <v>902</v>
       </c>
       <c r="D304" t="s">
         <v>903</v>
       </c>
       <c r="F304">
-        <v>198</v>
+        <v>498</v>
       </c>
       <c r="G304">
-        <v>246</v>
+        <v>618</v>
       </c>
       <c r="H304" t="s">
         <v>22</v>
       </c>
       <c r="I304">
         <v>150</v>
       </c>
       <c r="J304">
         <v>210</v>
       </c>
       <c r="K304">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="L304" s="1">
-        <v>42584</v>
+        <v>45182</v>
       </c>
       <c r="M304" s="2">
-        <v>9788536260198</v>
+        <v>9786526307724</v>
       </c>
       <c r="N304" t="s" s="3">
         <v>904</v>
       </c>
       <c r="O304" s="4">
-        <v>107.70</v>
+        <v>239.90</v>
       </c>
       <c r="P304" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="305">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305">
-        <v>27999</v>
+        <v>23856</v>
       </c>
       <c r="C305" t="s">
         <v>905</v>
       </c>
-      <c r="D305" t="inlineStr">
+      <c r="D305" t="s">
+        <v>331</v>
+      </c>
+      <c r="F305">
+        <v>178</v>
+      </c>
+      <c r="G305">
+        <v>221</v>
+      </c>
+      <c r="H305" t="s">
+        <v>22</v>
+      </c>
+      <c r="I305">
+        <v>150</v>
+      </c>
+      <c r="J305">
+        <v>210</v>
+      </c>
+      <c r="K305">
+        <v>10</v>
+      </c>
+      <c r="L305" s="1">
+        <v>42095</v>
+      </c>
+      <c r="M305" s="2">
+        <v>9788536250724</v>
+      </c>
+      <c r="N305" t="s" s="3">
+        <v>906</v>
+      </c>
+      <c r="O305" s="4">
+        <v>94.70</v>
+      </c>
+      <c r="P305" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306">
+        <v>305</v>
+      </c>
+      <c r="B306">
+        <v>24898</v>
+      </c>
+      <c r="C306" t="s">
+        <v>907</v>
+      </c>
+      <c r="D306" t="s">
+        <v>908</v>
+      </c>
+      <c r="F306">
+        <v>198</v>
+      </c>
+      <c r="G306">
+        <v>246</v>
+      </c>
+      <c r="H306" t="s">
+        <v>22</v>
+      </c>
+      <c r="I306">
+        <v>150</v>
+      </c>
+      <c r="J306">
+        <v>210</v>
+      </c>
+      <c r="K306">
+        <v>11</v>
+      </c>
+      <c r="L306" s="1">
+        <v>42584</v>
+      </c>
+      <c r="M306" s="2">
+        <v>9788536260198</v>
+      </c>
+      <c r="N306" t="s" s="3">
+        <v>909</v>
+      </c>
+      <c r="O306" s="4">
+        <v>107.70</v>
+      </c>
+      <c r="P306" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307">
+        <v>306</v>
+      </c>
+      <c r="B307">
+        <v>27999</v>
+      </c>
+      <c r="C307" t="s">
+        <v>910</v>
+      </c>
+      <c r="D307" t="inlineStr">
         <is>
           <t>André Geraldo Brauer Júnior, Ricardo Martins de Souza, Sérgio Luiz Ferreira Andrade, Stéfane Beloni Correa Dielle Dias, Thiago Farias da Fonseca Pimenta - Revisão Científica: Fabio da Silva Ferreira Vieira e Marco Aurélio Cota Júnior</t>
         </is>
       </c>
-      <c r="F305">
+      <c r="F307">
         <v>174</v>
       </c>
-      <c r="G305">
+      <c r="G307">
         <v>216</v>
       </c>
-      <c r="H305" t="s">
-[...8 lines deleted...]
-      <c r="K305">
+      <c r="H307" t="s">
+        <v>22</v>
+      </c>
+      <c r="I307">
+        <v>150</v>
+      </c>
+      <c r="J307">
+        <v>210</v>
+      </c>
+      <c r="K307">
         <v>10</v>
       </c>
-      <c r="L305" s="1">
+      <c r="L307" s="1">
         <v>43700</v>
       </c>
-      <c r="M305" s="2">
+      <c r="M307" s="2">
         <v>9788536290669</v>
-      </c>
-[...92 lines deleted...]
-        <v>9788536247120</v>
       </c>
       <c r="N307" t="s" s="3">
         <v>911</v>
       </c>
       <c r="O307" s="4">
-        <v>209.90</v>
+        <v>99.90</v>
       </c>
       <c r="P307" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="308">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308">
-        <v>23712</v>
+        <v>29878</v>
       </c>
       <c r="C308" t="s">
         <v>912</v>
       </c>
       <c r="D308" t="s">
+        <v>299</v>
+      </c>
+      <c r="F308">
+        <v>86</v>
+      </c>
+      <c r="G308">
+        <v>107</v>
+      </c>
+      <c r="H308" t="s">
+        <v>22</v>
+      </c>
+      <c r="I308">
+        <v>150</v>
+      </c>
+      <c r="J308">
+        <v>210</v>
+      </c>
+      <c r="K308">
+        <v>5</v>
+      </c>
+      <c r="L308" s="1">
+        <v>44774</v>
+      </c>
+      <c r="M308" s="2">
+        <v>9788536299037</v>
+      </c>
+      <c r="N308" t="s" s="3">
         <v>913</v>
       </c>
-      <c r="F308">
-[...25 lines deleted...]
-      </c>
       <c r="O308" s="4">
-        <v>199.90</v>
+        <v>59.90</v>
       </c>
       <c r="P308" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="309">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309">
-        <v>26714</v>
+        <v>23493</v>
       </c>
       <c r="C309" t="s">
+        <v>914</v>
+      </c>
+      <c r="D309" t="s">
         <v>915</v>
       </c>
-      <c r="D309" t="s">
+      <c r="F309">
+        <v>488</v>
+      </c>
+      <c r="G309">
+        <v>605</v>
+      </c>
+      <c r="H309" t="s">
+        <v>22</v>
+      </c>
+      <c r="I309">
+        <v>150</v>
+      </c>
+      <c r="J309">
+        <v>210</v>
+      </c>
+      <c r="K309">
+        <v>25</v>
+      </c>
+      <c r="L309" s="1">
+        <v>41823</v>
+      </c>
+      <c r="M309" s="2">
+        <v>9788536247120</v>
+      </c>
+      <c r="N309" t="s" s="3">
         <v>916</v>
       </c>
-      <c r="F309">
-[...25 lines deleted...]
-      </c>
       <c r="O309" s="4">
-        <v>69.90</v>
+        <v>209.90</v>
       </c>
       <c r="P309" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
     </row>
     <row r="310">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310">
-        <v>30592</v>
+        <v>23712</v>
       </c>
       <c r="C310" t="s">
+        <v>917</v>
+      </c>
+      <c r="D310" t="s">
         <v>918</v>
       </c>
-      <c r="D310" t="s">
+      <c r="F310">
+        <v>420</v>
+      </c>
+      <c r="G310">
+        <v>521</v>
+      </c>
+      <c r="H310" t="s">
+        <v>22</v>
+      </c>
+      <c r="I310">
+        <v>150</v>
+      </c>
+      <c r="J310">
+        <v>210</v>
+      </c>
+      <c r="K310">
+        <v>22</v>
+      </c>
+      <c r="L310" s="1">
+        <v>41970</v>
+      </c>
+      <c r="M310" s="2">
+        <v>9788536249179</v>
+      </c>
+      <c r="N310" t="s" s="3">
         <v>919</v>
       </c>
-      <c r="E310" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O310" s="4">
-        <v>149.90</v>
+        <v>199.90</v>
       </c>
       <c r="P310" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="311">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311">
-        <v>13043</v>
+        <v>26714</v>
       </c>
       <c r="C311" t="s">
+        <v>920</v>
+      </c>
+      <c r="D311" t="s">
+        <v>921</v>
+      </c>
+      <c r="F311">
+        <v>98</v>
+      </c>
+      <c r="G311">
+        <v>122</v>
+      </c>
+      <c r="H311" t="s">
+        <v>22</v>
+      </c>
+      <c r="I311">
+        <v>150</v>
+      </c>
+      <c r="J311">
+        <v>210</v>
+      </c>
+      <c r="K311">
+        <v>6</v>
+      </c>
+      <c r="L311" s="1">
+        <v>43193</v>
+      </c>
+      <c r="M311" s="2">
+        <v>9788536277974</v>
+      </c>
+      <c r="N311" t="s" s="3">
         <v>922</v>
       </c>
-      <c r="D311" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O311" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P311" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="312">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312">
-        <v>23841</v>
+        <v>30592</v>
       </c>
       <c r="C312" t="s">
+        <v>923</v>
+      </c>
+      <c r="D312" t="s">
+        <v>924</v>
+      </c>
+      <c r="E312" t="s">
         <v>925</v>
       </c>
-      <c r="D312" t="s">
+      <c r="F312">
+        <v>278</v>
+      </c>
+      <c r="G312">
+        <v>345</v>
+      </c>
+      <c r="H312" t="s">
+        <v>22</v>
+      </c>
+      <c r="I312">
+        <v>150</v>
+      </c>
+      <c r="J312">
+        <v>210</v>
+      </c>
+      <c r="K312">
+        <v>14</v>
+      </c>
+      <c r="L312" s="1">
+        <v>45138</v>
+      </c>
+      <c r="M312" s="2">
+        <v>9786526308431</v>
+      </c>
+      <c r="N312" t="s" s="3">
         <v>926</v>
       </c>
-      <c r="F312">
-[...25 lines deleted...]
-      </c>
       <c r="O312" s="4">
-        <v>99.90</v>
+        <v>149.90</v>
       </c>
       <c r="P312" t="s">
-        <v>377</v>
+        <v>28</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313">
-        <v>13042</v>
+        <v>13043</v>
       </c>
       <c r="C313" t="s">
+        <v>927</v>
+      </c>
+      <c r="D313" t="s">
         <v>928</v>
       </c>
-      <c r="D313" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F313">
-        <v>188</v>
+        <v>224</v>
       </c>
       <c r="G313">
-        <v>254</v>
+        <v>306</v>
       </c>
       <c r="H313" t="s">
         <v>22</v>
       </c>
       <c r="I313">
         <v>150</v>
       </c>
       <c r="J313">
         <v>210</v>
       </c>
       <c r="K313">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L313" s="1">
         <v>38321</v>
       </c>
       <c r="M313" s="2">
-        <v>9788536208602</v>
+        <v>9788536208619</v>
       </c>
       <c r="N313" t="s" s="3">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="O313" s="4">
-        <v>99.90</v>
+        <v>109.90</v>
       </c>
       <c r="P313" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="314">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314">
-        <v>22696</v>
+        <v>23841</v>
       </c>
       <c r="C314" t="s">
+        <v>930</v>
+      </c>
+      <c r="D314" t="s">
         <v>931</v>
       </c>
-      <c r="D314" t="s">
+      <c r="F314">
+        <v>184</v>
+      </c>
+      <c r="G314">
+        <v>228</v>
+      </c>
+      <c r="H314" t="s">
+        <v>22</v>
+      </c>
+      <c r="I314">
+        <v>150</v>
+      </c>
+      <c r="J314">
+        <v>210</v>
+      </c>
+      <c r="K314">
+        <v>10</v>
+      </c>
+      <c r="L314" s="1">
+        <v>42082</v>
+      </c>
+      <c r="M314" s="2">
+        <v>9788536250465</v>
+      </c>
+      <c r="N314" t="s" s="3">
         <v>932</v>
       </c>
-      <c r="E314" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O314" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P314" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
     </row>
     <row r="315">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315">
-        <v>12566</v>
+        <v>13042</v>
       </c>
       <c r="C315" t="s">
+        <v>933</v>
+      </c>
+      <c r="D315" t="s">
         <v>934</v>
       </c>
-      <c r="D315" t="s">
+      <c r="F315">
+        <v>188</v>
+      </c>
+      <c r="G315">
+        <v>254</v>
+      </c>
+      <c r="H315" t="s">
+        <v>22</v>
+      </c>
+      <c r="I315">
+        <v>150</v>
+      </c>
+      <c r="J315">
+        <v>210</v>
+      </c>
+      <c r="K315">
+        <v>10</v>
+      </c>
+      <c r="L315" s="1">
+        <v>38321</v>
+      </c>
+      <c r="M315" s="2">
+        <v>9788536208602</v>
+      </c>
+      <c r="N315" t="s" s="3">
         <v>935</v>
       </c>
-      <c r="F315">
-[...25 lines deleted...]
-      </c>
       <c r="O315" s="4">
-        <v>49.90</v>
+        <v>99.90</v>
       </c>
       <c r="P315" t="s">
-        <v>937</v>
+        <v>28</v>
       </c>
     </row>
     <row r="316">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316">
-        <v>20064</v>
+        <v>22696</v>
       </c>
       <c r="C316" t="s">
+        <v>936</v>
+      </c>
+      <c r="D316" t="s">
+        <v>937</v>
+      </c>
+      <c r="E316" t="s">
+        <v>34</v>
+      </c>
+      <c r="F316">
+        <v>28</v>
+      </c>
+      <c r="G316">
+        <v>56</v>
+      </c>
+      <c r="H316" t="s">
+        <v>22</v>
+      </c>
+      <c r="I316">
+        <v>150</v>
+      </c>
+      <c r="J316">
+        <v>210</v>
+      </c>
+      <c r="K316">
+        <v>3</v>
+      </c>
+      <c r="L316" s="1">
+        <v>41115</v>
+      </c>
+      <c r="M316" s="2">
+        <v>9788536238814</v>
+      </c>
+      <c r="N316" t="s" s="3">
         <v>938</v>
       </c>
-      <c r="D316" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O316" s="4">
-        <v>159.90</v>
+        <v>69.90</v>
       </c>
       <c r="P316" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="317">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317">
-        <v>22443</v>
+        <v>12566</v>
       </c>
       <c r="C317" t="s">
+        <v>939</v>
+      </c>
+      <c r="D317" t="s">
+        <v>940</v>
+      </c>
+      <c r="F317">
+        <v>32</v>
+      </c>
+      <c r="G317">
+        <v>60</v>
+      </c>
+      <c r="H317" t="s">
+        <v>22</v>
+      </c>
+      <c r="I317">
+        <v>150</v>
+      </c>
+      <c r="J317">
+        <v>210</v>
+      </c>
+      <c r="K317">
+        <v>3</v>
+      </c>
+      <c r="L317" s="1">
+        <v>37734</v>
+      </c>
+      <c r="M317" s="2">
+        <v>9788536203911</v>
+      </c>
+      <c r="N317" t="s" s="3">
         <v>941</v>
       </c>
-      <c r="D317" t="s">
+      <c r="O317" s="4">
+        <v>49.90</v>
+      </c>
+      <c r="P317" t="s">
         <v>942</v>
-      </c>
-[...31 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="318">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318">
-        <v>26989</v>
+        <v>20064</v>
       </c>
       <c r="C318" t="s">
+        <v>943</v>
+      </c>
+      <c r="D318" t="s">
         <v>944</v>
       </c>
-      <c r="D318" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F318">
-        <v>162</v>
+        <v>384</v>
       </c>
       <c r="G318">
-        <v>201</v>
+        <v>584</v>
       </c>
       <c r="H318" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I318">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J318">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K318">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="L318" s="1">
-        <v>43287</v>
+        <v>38980</v>
       </c>
       <c r="M318" s="2">
-        <v>9788536280677</v>
+        <v>9788536213743</v>
       </c>
       <c r="N318" t="s" s="3">
         <v>945</v>
       </c>
       <c r="O318" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P318" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="319">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319">
-        <v>20690</v>
+        <v>22443</v>
       </c>
       <c r="C319" t="s">
         <v>946</v>
       </c>
       <c r="D319" t="s">
         <v>947</v>
       </c>
       <c r="F319">
-        <v>496</v>
+        <v>162</v>
       </c>
       <c r="G319">
-        <v>640</v>
+        <v>207</v>
       </c>
       <c r="H319" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I319">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J319">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K319">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="L319" s="1">
-        <v>39584</v>
+        <v>40878</v>
       </c>
       <c r="M319" s="2">
-        <v>9788536220031</v>
+        <v>9788536235479</v>
       </c>
       <c r="N319" t="s" s="3">
         <v>948</v>
       </c>
       <c r="O319" s="4">
-        <v>209.90</v>
+        <v>89.90</v>
       </c>
       <c r="P319" t="s">
-        <v>504</v>
+        <v>36</v>
       </c>
     </row>
     <row r="320">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320">
-        <v>29301</v>
+        <v>26989</v>
       </c>
       <c r="C320" t="s">
         <v>949</v>
       </c>
       <c r="D320" t="s">
+        <v>947</v>
+      </c>
+      <c r="F320">
+        <v>162</v>
+      </c>
+      <c r="G320">
+        <v>201</v>
+      </c>
+      <c r="H320" t="s">
+        <v>22</v>
+      </c>
+      <c r="I320">
+        <v>150</v>
+      </c>
+      <c r="J320">
+        <v>210</v>
+      </c>
+      <c r="K320">
+        <v>9</v>
+      </c>
+      <c r="L320" s="1">
+        <v>43287</v>
+      </c>
+      <c r="M320" s="2">
+        <v>9788536280677</v>
+      </c>
+      <c r="N320" t="s" s="3">
         <v>950</v>
       </c>
-      <c r="F320">
-[...25 lines deleted...]
-      </c>
       <c r="O320" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P320" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="321">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321">
-        <v>30158</v>
+        <v>20690</v>
       </c>
       <c r="C321" t="s">
+        <v>951</v>
+      </c>
+      <c r="D321" t="s">
         <v>952</v>
       </c>
-      <c r="D321" t="s">
+      <c r="F321">
+        <v>496</v>
+      </c>
+      <c r="G321">
+        <v>640</v>
+      </c>
+      <c r="H321" t="s">
+        <v>17</v>
+      </c>
+      <c r="I321">
+        <v>165</v>
+      </c>
+      <c r="J321">
+        <v>215</v>
+      </c>
+      <c r="K321">
+        <v>37</v>
+      </c>
+      <c r="L321" s="1">
+        <v>39584</v>
+      </c>
+      <c r="M321" s="2">
+        <v>9788536220031</v>
+      </c>
+      <c r="N321" t="s" s="3">
         <v>953</v>
       </c>
-      <c r="F321">
-[...25 lines deleted...]
-      </c>
       <c r="O321" s="4">
-        <v>49.70</v>
+        <v>209.90</v>
       </c>
       <c r="P321" t="s">
-        <v>397</v>
+        <v>507</v>
       </c>
     </row>
     <row r="322">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322">
-        <v>25101</v>
+        <v>29301</v>
       </c>
       <c r="C322" t="s">
+        <v>954</v>
+      </c>
+      <c r="D322" t="s">
         <v>955</v>
       </c>
-      <c r="D322" t="s">
+      <c r="F322">
+        <v>300</v>
+      </c>
+      <c r="G322">
+        <v>372</v>
+      </c>
+      <c r="H322" t="s">
+        <v>22</v>
+      </c>
+      <c r="I322">
+        <v>150</v>
+      </c>
+      <c r="J322">
+        <v>210</v>
+      </c>
+      <c r="K322">
+        <v>15</v>
+      </c>
+      <c r="L322" s="1">
+        <v>44488</v>
+      </c>
+      <c r="M322" s="2">
+        <v>9786556058511</v>
+      </c>
+      <c r="N322" t="s" s="3">
         <v>956</v>
       </c>
-      <c r="F322">
-[...25 lines deleted...]
-      </c>
       <c r="O322" s="4">
-        <v>97.90</v>
+        <v>129.90</v>
       </c>
       <c r="P322" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="323">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323">
-        <v>21333</v>
+        <v>30158</v>
       </c>
       <c r="C323" t="s">
+        <v>957</v>
+      </c>
+      <c r="D323" t="s">
         <v>958</v>
       </c>
-      <c r="D323" t="s">
+      <c r="F323">
+        <v>20</v>
+      </c>
+      <c r="G323">
+        <v>130</v>
+      </c>
+      <c r="H323" t="s">
+        <v>22</v>
+      </c>
+      <c r="I323">
+        <v>210</v>
+      </c>
+      <c r="J323">
+        <v>300</v>
+      </c>
+      <c r="K323">
+        <v>2</v>
+      </c>
+      <c r="L323" s="1">
+        <v>44869</v>
+      </c>
+      <c r="M323" s="2">
+        <v>9786526301999</v>
+      </c>
+      <c r="N323" t="s" s="3">
         <v>959</v>
       </c>
-      <c r="F323">
-[...25 lines deleted...]
-      </c>
       <c r="O323" s="4">
-        <v>149.90</v>
+        <v>49.70</v>
       </c>
       <c r="P323" t="s">
-        <v>64</v>
+        <v>397</v>
       </c>
     </row>
     <row r="324">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324">
-        <v>21096</v>
+        <v>25101</v>
       </c>
       <c r="C324" t="s">
+        <v>960</v>
+      </c>
+      <c r="D324" t="s">
         <v>961</v>
       </c>
-      <c r="D324" t="s">
+      <c r="F324">
+        <v>218</v>
+      </c>
+      <c r="G324">
+        <v>270</v>
+      </c>
+      <c r="H324" t="s">
+        <v>22</v>
+      </c>
+      <c r="I324">
+        <v>150</v>
+      </c>
+      <c r="J324">
+        <v>210</v>
+      </c>
+      <c r="K324">
+        <v>12</v>
+      </c>
+      <c r="L324" s="1">
+        <v>42640</v>
+      </c>
+      <c r="M324" s="2">
+        <v>9788536262284</v>
+      </c>
+      <c r="N324" t="s" s="3">
         <v>962</v>
       </c>
-      <c r="F324">
-[...25 lines deleted...]
-      </c>
       <c r="O324" s="4">
-        <v>79.90</v>
+        <v>97.90</v>
       </c>
       <c r="P324" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="325">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325">
-        <v>24482</v>
+        <v>21333</v>
       </c>
       <c r="C325" t="s">
+        <v>963</v>
+      </c>
+      <c r="D325" t="s">
         <v>964</v>
       </c>
-      <c r="D325" t="s">
+      <c r="F325">
+        <v>320</v>
+      </c>
+      <c r="G325">
+        <v>400</v>
+      </c>
+      <c r="H325" t="s">
+        <v>22</v>
+      </c>
+      <c r="I325">
+        <v>150</v>
+      </c>
+      <c r="J325">
+        <v>210</v>
+      </c>
+      <c r="K325">
+        <v>17</v>
+      </c>
+      <c r="L325" s="1">
+        <v>40093</v>
+      </c>
+      <c r="M325" s="2">
+        <v>9788536226484</v>
+      </c>
+      <c r="N325" t="s" s="3">
         <v>965</v>
       </c>
-      <c r="F325">
-[...25 lines deleted...]
-      </c>
       <c r="O325" s="4">
-        <v>74.70</v>
+        <v>149.90</v>
       </c>
       <c r="P325" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
     </row>
     <row r="326">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326">
-        <v>22065</v>
+        <v>21096</v>
       </c>
       <c r="C326" t="s">
+        <v>966</v>
+      </c>
+      <c r="D326" t="s">
         <v>967</v>
       </c>
-      <c r="D326" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F326">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="G326">
-        <v>130</v>
+        <v>175</v>
       </c>
       <c r="H326" t="s">
         <v>22</v>
       </c>
       <c r="I326">
         <v>150</v>
       </c>
       <c r="J326">
         <v>210</v>
       </c>
       <c r="K326">
         <v>7</v>
       </c>
       <c r="L326" s="1">
-        <v>40491</v>
+        <v>39918</v>
       </c>
       <c r="M326" s="2">
-        <v>9788536231730</v>
+        <v>9788536224374</v>
       </c>
       <c r="N326" t="s" s="3">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="O326" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P326" t="s">
-        <v>504</v>
+        <v>64</v>
       </c>
     </row>
     <row r="327">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327">
-        <v>10291</v>
+        <v>24482</v>
       </c>
       <c r="C327" t="s">
+        <v>969</v>
+      </c>
+      <c r="D327" t="s">
         <v>970</v>
       </c>
-      <c r="D327" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F327">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="G327">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="H327" t="s">
         <v>22</v>
       </c>
       <c r="I327">
         <v>150</v>
       </c>
       <c r="J327">
         <v>210</v>
       </c>
       <c r="K327">
         <v>8</v>
       </c>
       <c r="L327" s="1">
-        <v>36542</v>
+        <v>42447</v>
       </c>
       <c r="M327" s="2">
-        <v>9788573942828</v>
+        <v>9788536256368</v>
       </c>
       <c r="N327" t="s" s="3">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="O327" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P327" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="328">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328">
-        <v>22514</v>
+        <v>22065</v>
       </c>
       <c r="C328" t="s">
+        <v>972</v>
+      </c>
+      <c r="D328" t="s">
         <v>973</v>
       </c>
-      <c r="D328" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F328">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G328">
-        <v>187</v>
+        <v>130</v>
       </c>
       <c r="H328" t="s">
         <v>22</v>
       </c>
       <c r="I328">
         <v>150</v>
       </c>
       <c r="J328">
         <v>210</v>
       </c>
       <c r="K328">
         <v>7</v>
       </c>
       <c r="L328" s="1">
-        <v>40956</v>
+        <v>40491</v>
       </c>
       <c r="M328" s="2">
-        <v>9788536236520</v>
+        <v>9788536231730</v>
       </c>
       <c r="N328" t="s" s="3">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="O328" s="4">
-        <v>74.70</v>
+        <v>69.90</v>
       </c>
       <c r="P328" t="s">
-        <v>36</v>
+        <v>507</v>
       </c>
     </row>
     <row r="329">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329">
-        <v>30458</v>
+        <v>10291</v>
       </c>
       <c r="C329" t="s">
+        <v>975</v>
+      </c>
+      <c r="D329" t="s">
         <v>976</v>
       </c>
-      <c r="D329" t="s">
+      <c r="F329">
+        <v>134</v>
+      </c>
+      <c r="G329">
+        <v>184</v>
+      </c>
+      <c r="H329" t="s">
+        <v>22</v>
+      </c>
+      <c r="I329">
+        <v>150</v>
+      </c>
+      <c r="J329">
+        <v>210</v>
+      </c>
+      <c r="K329">
+        <v>8</v>
+      </c>
+      <c r="L329" s="1">
+        <v>36542</v>
+      </c>
+      <c r="M329" s="2">
+        <v>9788573942828</v>
+      </c>
+      <c r="N329" t="s" s="3">
         <v>977</v>
-      </c>
-[...25 lines deleted...]
-        <v>978</v>
       </c>
       <c r="O329" s="4">
         <v>79.90</v>
       </c>
       <c r="P329" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="330">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330">
-        <v>24316</v>
+        <v>22514</v>
       </c>
       <c r="C330" t="s">
+        <v>978</v>
+      </c>
+      <c r="D330" t="s">
         <v>979</v>
       </c>
-      <c r="D330" t="s">
-        <v>201</v>
+      <c r="E330" t="s">
+        <v>34</v>
       </c>
       <c r="F330">
-        <v>218</v>
+        <v>116</v>
       </c>
       <c r="G330">
-        <v>270</v>
+        <v>187</v>
       </c>
       <c r="H330" t="s">
         <v>22</v>
       </c>
       <c r="I330">
         <v>150</v>
       </c>
       <c r="J330">
         <v>210</v>
       </c>
       <c r="K330">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L330" s="1">
-        <v>42326</v>
+        <v>40956</v>
       </c>
       <c r="M330" s="2">
-        <v>9788536254968</v>
+        <v>9788536236520</v>
       </c>
       <c r="N330" t="s" s="3">
         <v>980</v>
       </c>
       <c r="O330" s="4">
-        <v>109.90</v>
+        <v>74.70</v>
       </c>
       <c r="P330" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="331">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331">
-        <v>22867</v>
+        <v>30458</v>
       </c>
       <c r="C331" t="s">
         <v>981</v>
       </c>
       <c r="D331" t="s">
-        <v>881</v>
+        <v>982</v>
       </c>
       <c r="F331">
-        <v>284</v>
+        <v>78</v>
       </c>
       <c r="G331">
-        <v>370</v>
+        <v>97</v>
       </c>
       <c r="H331" t="s">
         <v>22</v>
       </c>
       <c r="I331">
         <v>150</v>
       </c>
       <c r="J331">
         <v>210</v>
       </c>
       <c r="K331">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="L331" s="1">
-        <v>41250</v>
+        <v>45057</v>
       </c>
       <c r="M331" s="2">
-        <v>9788536240503</v>
+        <v>9786526304235</v>
       </c>
       <c r="N331" t="s" s="3">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="O331" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P331" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="332">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332">
-        <v>23977</v>
+        <v>24316</v>
       </c>
       <c r="C332" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D332" t="s">
-        <v>984</v>
+        <v>201</v>
       </c>
       <c r="F332">
-        <v>178</v>
+        <v>218</v>
       </c>
       <c r="G332">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="H332" t="s">
         <v>22</v>
       </c>
       <c r="I332">
         <v>150</v>
       </c>
       <c r="J332">
         <v>210</v>
       </c>
       <c r="K332">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L332" s="1">
-        <v>42156</v>
+        <v>42326</v>
       </c>
       <c r="M332" s="2">
-        <v>9788536251745</v>
+        <v>9788536254968</v>
       </c>
       <c r="N332" t="s" s="3">
         <v>985</v>
       </c>
       <c r="O332" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P332" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333">
-        <v>12454</v>
+        <v>22867</v>
       </c>
       <c r="C333" t="s">
         <v>986</v>
       </c>
       <c r="D333" t="s">
-        <v>452</v>
+        <v>886</v>
       </c>
       <c r="F333">
-        <v>120</v>
+        <v>284</v>
       </c>
       <c r="G333">
-        <v>159</v>
+        <v>370</v>
       </c>
       <c r="H333" t="s">
         <v>22</v>
       </c>
       <c r="I333">
         <v>150</v>
       </c>
       <c r="J333">
         <v>210</v>
       </c>
       <c r="K333">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="L333" s="1">
-        <v>37579</v>
+        <v>41250</v>
       </c>
       <c r="M333" s="2">
-        <v>9788536203249</v>
+        <v>9788536240503</v>
       </c>
       <c r="N333" t="s" s="3">
         <v>987</v>
       </c>
       <c r="O333" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P333" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="334">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334">
-        <v>24155</v>
+        <v>23977</v>
       </c>
       <c r="C334" t="s">
         <v>988</v>
       </c>
       <c r="D334" t="s">
         <v>989</v>
       </c>
       <c r="F334">
-        <v>244</v>
+        <v>178</v>
       </c>
       <c r="G334">
-        <v>303</v>
+        <v>221</v>
       </c>
       <c r="H334" t="s">
         <v>22</v>
       </c>
       <c r="I334">
         <v>150</v>
       </c>
       <c r="J334">
         <v>210</v>
       </c>
       <c r="K334">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="L334" s="1">
-        <v>42236</v>
+        <v>42156</v>
       </c>
       <c r="M334" s="2">
-        <v>9788536253169</v>
+        <v>9788536251745</v>
       </c>
       <c r="N334" t="s" s="3">
         <v>990</v>
       </c>
       <c r="O334" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P334" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="335">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335">
-        <v>26356</v>
+        <v>12454</v>
       </c>
       <c r="C335" t="s">
         <v>991</v>
       </c>
       <c r="D335" t="s">
-        <v>989</v>
+        <v>455</v>
       </c>
       <c r="F335">
-        <v>188</v>
+        <v>120</v>
       </c>
       <c r="G335">
-        <v>233</v>
+        <v>159</v>
       </c>
       <c r="H335" t="s">
         <v>22</v>
       </c>
       <c r="I335">
         <v>150</v>
       </c>
       <c r="J335">
         <v>210</v>
       </c>
       <c r="K335">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L335" s="1">
-        <v>43063</v>
+        <v>37579</v>
       </c>
       <c r="M335" s="2">
-        <v>9788536274683</v>
+        <v>9788536203249</v>
       </c>
       <c r="N335" t="s" s="3">
         <v>992</v>
       </c>
       <c r="O335" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P335" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="336">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336">
-        <v>26412</v>
+        <v>24155</v>
       </c>
       <c r="C336" t="s">
         <v>993</v>
       </c>
       <c r="D336" t="s">
         <v>994</v>
       </c>
       <c r="F336">
-        <v>258</v>
+        <v>244</v>
       </c>
       <c r="G336">
-        <v>320</v>
+        <v>303</v>
       </c>
       <c r="H336" t="s">
         <v>22</v>
       </c>
       <c r="I336">
         <v>150</v>
       </c>
       <c r="J336">
         <v>210</v>
       </c>
       <c r="K336">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L336" s="1">
-        <v>43080</v>
+        <v>42236</v>
       </c>
       <c r="M336" s="2">
-        <v>9788536275161</v>
+        <v>9788536253169</v>
       </c>
       <c r="N336" t="s" s="3">
         <v>995</v>
       </c>
       <c r="O336" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P336" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="337">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337">
-        <v>27326</v>
+        <v>26356</v>
       </c>
       <c r="C337" t="s">
         <v>996</v>
       </c>
       <c r="D337" t="s">
         <v>994</v>
       </c>
       <c r="F337">
-        <v>216</v>
+        <v>188</v>
       </c>
       <c r="G337">
-        <v>268</v>
+        <v>233</v>
       </c>
       <c r="H337" t="s">
         <v>22</v>
       </c>
       <c r="I337">
         <v>150</v>
       </c>
       <c r="J337">
         <v>210</v>
       </c>
       <c r="K337">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L337" s="1">
-        <v>43390</v>
+        <v>43063</v>
       </c>
       <c r="M337" s="2">
-        <v>9788536283920</v>
+        <v>9788536274683</v>
       </c>
       <c r="N337" t="s" s="3">
         <v>997</v>
       </c>
       <c r="O337" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P337" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="338">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338">
-        <v>27394</v>
+        <v>26412</v>
       </c>
       <c r="C338" t="s">
         <v>998</v>
       </c>
       <c r="D338" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="F338">
-        <v>140</v>
+        <v>258</v>
       </c>
       <c r="G338">
-        <v>174</v>
+        <v>320</v>
       </c>
       <c r="H338" t="s">
         <v>22</v>
       </c>
       <c r="I338">
         <v>150</v>
       </c>
       <c r="J338">
         <v>210</v>
       </c>
       <c r="K338">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L338" s="1">
-        <v>43430</v>
+        <v>43080</v>
       </c>
       <c r="M338" s="2">
-        <v>9788536284644</v>
+        <v>9788536275161</v>
       </c>
       <c r="N338" t="s" s="3">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="O338" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P338" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="339">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339">
-        <v>28989</v>
+        <v>27326</v>
       </c>
       <c r="C339" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D339" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="F339">
-        <v>170</v>
+        <v>216</v>
       </c>
       <c r="G339">
-        <v>211</v>
+        <v>268</v>
       </c>
       <c r="H339" t="s">
         <v>22</v>
       </c>
       <c r="I339">
         <v>150</v>
       </c>
       <c r="J339">
         <v>210</v>
       </c>
       <c r="K339">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L339" s="1">
-        <v>44277</v>
+        <v>43390</v>
       </c>
       <c r="M339" s="2">
-        <v>9786556055787</v>
+        <v>9788536283920</v>
       </c>
       <c r="N339" t="s" s="3">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="O339" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P339" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="340">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340">
-        <v>28001</v>
+        <v>27394</v>
       </c>
       <c r="C340" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D340" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="F340">
-        <v>242</v>
+        <v>140</v>
       </c>
       <c r="G340">
-        <v>300</v>
+        <v>174</v>
       </c>
       <c r="H340" t="s">
         <v>22</v>
       </c>
       <c r="I340">
         <v>150</v>
       </c>
       <c r="J340">
         <v>210</v>
       </c>
       <c r="K340">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L340" s="1">
-        <v>43700</v>
+        <v>43430</v>
       </c>
       <c r="M340" s="2">
-        <v>9788536290478</v>
+        <v>9788536284644</v>
       </c>
       <c r="N340" t="s" s="3">
         <v>1004</v>
       </c>
       <c r="O340" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P340" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="341">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341">
-        <v>29456</v>
+        <v>28989</v>
       </c>
       <c r="C341" t="s">
         <v>1005</v>
       </c>
       <c r="D341" t="s">
+        <v>994</v>
+      </c>
+      <c r="F341">
+        <v>170</v>
+      </c>
+      <c r="G341">
+        <v>211</v>
+      </c>
+      <c r="H341" t="s">
+        <v>22</v>
+      </c>
+      <c r="I341">
+        <v>150</v>
+      </c>
+      <c r="J341">
+        <v>210</v>
+      </c>
+      <c r="K341">
+        <v>9</v>
+      </c>
+      <c r="L341" s="1">
+        <v>44277</v>
+      </c>
+      <c r="M341" s="2">
+        <v>9786556055787</v>
+      </c>
+      <c r="N341" t="s" s="3">
         <v>1006</v>
       </c>
-      <c r="F341">
-[...25 lines deleted...]
-      </c>
       <c r="O341" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P341" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="342">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342">
-        <v>30678</v>
+        <v>28001</v>
       </c>
       <c r="C342" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D342" t="s">
         <v>1008</v>
       </c>
-      <c r="D342" t="s">
+      <c r="F342">
+        <v>242</v>
+      </c>
+      <c r="G342">
+        <v>300</v>
+      </c>
+      <c r="H342" t="s">
+        <v>22</v>
+      </c>
+      <c r="I342">
+        <v>150</v>
+      </c>
+      <c r="J342">
+        <v>210</v>
+      </c>
+      <c r="K342">
+        <v>13</v>
+      </c>
+      <c r="L342" s="1">
+        <v>43700</v>
+      </c>
+      <c r="M342" s="2">
+        <v>9788536290478</v>
+      </c>
+      <c r="N342" t="s" s="3">
         <v>1009</v>
       </c>
-      <c r="F342">
-[...25 lines deleted...]
-      </c>
       <c r="O342" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P342" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="343">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343">
-        <v>26463</v>
+        <v>29456</v>
       </c>
       <c r="C343" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D343" t="s">
         <v>1011</v>
       </c>
-      <c r="D343" t="s">
+      <c r="F343">
+        <v>140</v>
+      </c>
+      <c r="G343">
+        <v>174</v>
+      </c>
+      <c r="H343" t="s">
+        <v>22</v>
+      </c>
+      <c r="I343">
+        <v>150</v>
+      </c>
+      <c r="J343">
+        <v>210</v>
+      </c>
+      <c r="K343">
+        <v>8</v>
+      </c>
+      <c r="L343" s="1">
+        <v>44581</v>
+      </c>
+      <c r="M343" s="2">
+        <v>9786556059532</v>
+      </c>
+      <c r="N343" t="s" s="3">
         <v>1012</v>
       </c>
-      <c r="F343">
-[...25 lines deleted...]
-      </c>
       <c r="O343" s="4">
-        <v>199.90</v>
+        <v>69.90</v>
       </c>
       <c r="P343" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="344">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344">
-        <v>25849</v>
+        <v>30678</v>
       </c>
       <c r="C344" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D344" t="s">
         <v>1014</v>
       </c>
-      <c r="D344" t="s">
+      <c r="F344">
+        <v>226</v>
+      </c>
+      <c r="G344">
+        <v>280</v>
+      </c>
+      <c r="H344" t="s">
+        <v>22</v>
+      </c>
+      <c r="I344">
+        <v>150</v>
+      </c>
+      <c r="J344">
+        <v>210</v>
+      </c>
+      <c r="K344">
+        <v>11</v>
+      </c>
+      <c r="L344" s="1">
+        <v>45252</v>
+      </c>
+      <c r="M344" s="2">
+        <v>9786526307403</v>
+      </c>
+      <c r="N344" t="s" s="3">
         <v>1015</v>
       </c>
-      <c r="F344">
-[...25 lines deleted...]
-      </c>
       <c r="O344" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P344" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="345">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345">
-        <v>21256</v>
+        <v>26463</v>
       </c>
       <c r="C345" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D345" t="s">
         <v>1017</v>
       </c>
-      <c r="D345" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F345">
-        <v>210</v>
+        <v>456</v>
       </c>
       <c r="G345">
-        <v>278</v>
+        <v>565</v>
       </c>
       <c r="H345" t="s">
         <v>22</v>
       </c>
       <c r="I345">
         <v>150</v>
       </c>
       <c r="J345">
         <v>210</v>
       </c>
       <c r="K345">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="L345" s="1">
-        <v>40043</v>
+        <v>43090</v>
       </c>
       <c r="M345" s="2">
-        <v>9788536225708</v>
+        <v>9788536275529</v>
       </c>
       <c r="N345" t="s" s="3">
         <v>1018</v>
       </c>
       <c r="O345" s="4">
-        <v>99.90</v>
+        <v>199.90</v>
       </c>
       <c r="P345" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="346">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346">
-        <v>22279</v>
+        <v>31866</v>
       </c>
       <c r="C346" t="s">
         <v>1019</v>
       </c>
       <c r="D346" t="s">
-        <v>299</v>
+        <v>1020</v>
       </c>
       <c r="F346">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="G346">
-        <v>194</v>
+        <v>132</v>
       </c>
       <c r="H346" t="s">
         <v>22</v>
       </c>
       <c r="I346">
         <v>150</v>
       </c>
       <c r="J346">
         <v>210</v>
       </c>
       <c r="K346">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L346" s="1">
-        <v>40725</v>
+        <v>45960</v>
       </c>
       <c r="M346" s="2">
-        <v>9788536233734</v>
+        <v>9786526316566</v>
       </c>
       <c r="N346" t="s" s="3">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="O346" s="4">
-        <v>94.70</v>
+        <v>79.90</v>
       </c>
       <c r="P346" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="347">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347">
-        <v>12521</v>
+        <v>25849</v>
       </c>
       <c r="C347" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D347" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="F347">
         <v>100</v>
       </c>
       <c r="G347">
-        <v>150</v>
+        <v>124</v>
       </c>
       <c r="H347" t="s">
         <v>22</v>
       </c>
       <c r="I347">
         <v>150</v>
       </c>
       <c r="J347">
         <v>210</v>
       </c>
       <c r="K347">
         <v>6</v>
       </c>
       <c r="L347" s="1">
-        <v>37690</v>
+        <v>42895</v>
       </c>
       <c r="M347" s="2">
-        <v>9788536203812</v>
+        <v>9788536269375</v>
       </c>
       <c r="N347" t="s" s="3">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="O347" s="4">
         <v>69.90</v>
       </c>
       <c r="P347" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="348">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348">
-        <v>28716</v>
+        <v>21256</v>
       </c>
       <c r="C348" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D348" t="s">
-        <v>1025</v>
+        <v>59</v>
       </c>
       <c r="F348">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="G348">
-        <v>251</v>
+        <v>278</v>
       </c>
       <c r="H348" t="s">
         <v>22</v>
       </c>
       <c r="I348">
         <v>150</v>
       </c>
       <c r="J348">
         <v>210</v>
       </c>
       <c r="K348">
         <v>11</v>
       </c>
       <c r="L348" s="1">
-        <v>44109</v>
+        <v>40043</v>
       </c>
       <c r="M348" s="2">
-        <v>9786556052571</v>
+        <v>9788536225708</v>
       </c>
       <c r="N348" t="s" s="3">
         <v>1026</v>
       </c>
       <c r="O348" s="4">
         <v>99.90</v>
       </c>
       <c r="P348" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="349">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349">
-        <v>25920</v>
+        <v>22279</v>
       </c>
       <c r="C349" t="s">
         <v>1027</v>
       </c>
       <c r="D349" t="s">
+        <v>299</v>
+      </c>
+      <c r="F349">
+        <v>166</v>
+      </c>
+      <c r="G349">
+        <v>194</v>
+      </c>
+      <c r="H349" t="s">
+        <v>22</v>
+      </c>
+      <c r="I349">
+        <v>150</v>
+      </c>
+      <c r="J349">
+        <v>210</v>
+      </c>
+      <c r="K349">
+        <v>9</v>
+      </c>
+      <c r="L349" s="1">
+        <v>40725</v>
+      </c>
+      <c r="M349" s="2">
+        <v>9788536233734</v>
+      </c>
+      <c r="N349" t="s" s="3">
         <v>1028</v>
       </c>
-      <c r="F349">
-[...25 lines deleted...]
-      </c>
       <c r="O349" s="4">
-        <v>107.70</v>
+        <v>94.70</v>
       </c>
       <c r="P349" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="350">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350">
-        <v>27414</v>
+        <v>12521</v>
       </c>
       <c r="C350" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D350" t="s">
         <v>1030</v>
       </c>
-      <c r="D350" t="s">
+      <c r="F350">
+        <v>100</v>
+      </c>
+      <c r="G350">
+        <v>150</v>
+      </c>
+      <c r="H350" t="s">
+        <v>22</v>
+      </c>
+      <c r="I350">
+        <v>150</v>
+      </c>
+      <c r="J350">
+        <v>210</v>
+      </c>
+      <c r="K350">
+        <v>6</v>
+      </c>
+      <c r="L350" s="1">
+        <v>37690</v>
+      </c>
+      <c r="M350" s="2">
+        <v>9788536203812</v>
+      </c>
+      <c r="N350" t="s" s="3">
         <v>1031</v>
       </c>
-      <c r="E350" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O350" s="4">
-        <v>49.90</v>
+        <v>69.90</v>
       </c>
       <c r="P350" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
     </row>
     <row r="351">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351">
-        <v>20961</v>
+        <v>28716</v>
       </c>
       <c r="C351" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D351" t="s">
         <v>1033</v>
       </c>
-      <c r="D351" t="s">
+      <c r="F351">
+        <v>202</v>
+      </c>
+      <c r="G351">
+        <v>251</v>
+      </c>
+      <c r="H351" t="s">
+        <v>22</v>
+      </c>
+      <c r="I351">
+        <v>150</v>
+      </c>
+      <c r="J351">
+        <v>210</v>
+      </c>
+      <c r="K351">
+        <v>11</v>
+      </c>
+      <c r="L351" s="1">
+        <v>44109</v>
+      </c>
+      <c r="M351" s="2">
+        <v>9786556052571</v>
+      </c>
+      <c r="N351" t="s" s="3">
         <v>1034</v>
       </c>
-      <c r="E351" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O351" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P351" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="352">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352">
-        <v>31471</v>
+        <v>25920</v>
       </c>
       <c r="C352" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D352" t="s">
         <v>1036</v>
       </c>
-      <c r="D352" t="s">
+      <c r="F352">
+        <v>246</v>
+      </c>
+      <c r="G352">
+        <v>305</v>
+      </c>
+      <c r="H352" t="s">
+        <v>22</v>
+      </c>
+      <c r="I352">
+        <v>150</v>
+      </c>
+      <c r="J352">
+        <v>210</v>
+      </c>
+      <c r="K352">
+        <v>13</v>
+      </c>
+      <c r="L352" s="1">
+        <v>42921</v>
+      </c>
+      <c r="M352" s="2">
+        <v>9788536270142</v>
+      </c>
+      <c r="N352" t="s" s="3">
         <v>1037</v>
       </c>
-      <c r="F352">
-[...25 lines deleted...]
-      </c>
       <c r="O352" s="4">
-        <v>79.90</v>
+        <v>107.70</v>
       </c>
       <c r="P352" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="353">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353">
+        <v>27414</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E353" t="s">
+        <v>96</v>
+      </c>
+      <c r="F353">
+        <v>28</v>
+      </c>
+      <c r="G353">
+        <v>176</v>
+      </c>
+      <c r="H353" t="s">
+        <v>22</v>
+      </c>
+      <c r="I353">
+        <v>300</v>
+      </c>
+      <c r="J353">
+        <v>210</v>
+      </c>
+      <c r="K353">
+        <v>3</v>
+      </c>
+      <c r="L353" s="1">
+        <v>43416</v>
+      </c>
+      <c r="M353" s="2">
+        <v>9788536264929</v>
+      </c>
+      <c r="N353" t="s" s="3">
+        <v>1040</v>
+      </c>
+      <c r="O353" s="4">
+        <v>49.90</v>
+      </c>
+      <c r="P353" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354">
+        <v>353</v>
+      </c>
+      <c r="B354">
+        <v>20961</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E354" t="s">
+        <v>96</v>
+      </c>
+      <c r="F354">
+        <v>274</v>
+      </c>
+      <c r="G354">
+        <v>350</v>
+      </c>
+      <c r="H354" t="s">
+        <v>22</v>
+      </c>
+      <c r="I354">
+        <v>150</v>
+      </c>
+      <c r="J354">
+        <v>210</v>
+      </c>
+      <c r="K354">
+        <v>15</v>
+      </c>
+      <c r="L354" s="1">
+        <v>39798</v>
+      </c>
+      <c r="M354" s="2">
+        <v>9788536222998</v>
+      </c>
+      <c r="N354" t="s" s="3">
+        <v>1043</v>
+      </c>
+      <c r="O354" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P354" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355">
+        <v>354</v>
+      </c>
+      <c r="B355">
+        <v>31471</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F355">
+        <v>90</v>
+      </c>
+      <c r="G355">
+        <v>112</v>
+      </c>
+      <c r="H355" t="s">
+        <v>22</v>
+      </c>
+      <c r="I355">
+        <v>150</v>
+      </c>
+      <c r="J355">
+        <v>210</v>
+      </c>
+      <c r="K355">
+        <v>5</v>
+      </c>
+      <c r="L355" s="1">
+        <v>45712</v>
+      </c>
+      <c r="M355" s="2">
+        <v>9786526315729</v>
+      </c>
+      <c r="N355" t="s" s="3">
+        <v>1046</v>
+      </c>
+      <c r="O355" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P355" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356">
+        <v>355</v>
+      </c>
+      <c r="B356">
         <v>28170</v>
       </c>
-      <c r="C353" t="inlineStr">
+      <c r="C356" t="inlineStr">
         <is>
           <t>Filiação Biológica, Filiação Socioafetiva e Multiparentalidade - Diretrizes para a Definição dos Direitos Sucessórios nos Casos de Adoção Regular e de “Adoção de Fato” - Efeitos do Julgamento da Repercussão Geral 622 pelo STF</t>
         </is>
       </c>
-      <c r="D353" t="s">
-[...2 lines deleted...]
-      <c r="F353">
+      <c r="D356" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F356">
         <v>330</v>
       </c>
-      <c r="G353">
+      <c r="G356">
         <v>409</v>
       </c>
-      <c r="H353" t="s">
-[...8 lines deleted...]
-      <c r="K353">
+      <c r="H356" t="s">
+        <v>22</v>
+      </c>
+      <c r="I356">
+        <v>150</v>
+      </c>
+      <c r="J356">
+        <v>210</v>
+      </c>
+      <c r="K356">
         <v>17</v>
       </c>
-      <c r="L353" s="1">
+      <c r="L356" s="1">
         <v>43780</v>
       </c>
-      <c r="M353" s="2">
+      <c r="M356" s="2">
         <v>9788536292151</v>
       </c>
-      <c r="N353" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O353" s="4">
+      <c r="N356" t="s" s="3">
+        <v>1048</v>
+      </c>
+      <c r="O356" s="4">
         <v>159.90</v>
       </c>
-      <c r="P353" t="s">
+      <c r="P356" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="354">
-[...3 lines deleted...]
-      <c r="B354">
+    <row r="357">
+      <c r="A357">
+        <v>356</v>
+      </c>
+      <c r="B357">
         <v>20532</v>
       </c>
-      <c r="C354" t="s">
-[...5 lines deleted...]
-      <c r="F354">
+      <c r="C357" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F357">
         <v>166</v>
       </c>
-      <c r="G354">
+      <c r="G357">
         <v>175</v>
       </c>
-      <c r="H354" t="s">
-[...8 lines deleted...]
-      <c r="K354">
+      <c r="H357" t="s">
+        <v>22</v>
+      </c>
+      <c r="I357">
+        <v>150</v>
+      </c>
+      <c r="J357">
+        <v>210</v>
+      </c>
+      <c r="K357">
         <v>9</v>
       </c>
-      <c r="L354" s="1">
+      <c r="L357" s="1">
         <v>39455</v>
       </c>
-      <c r="M354" s="2">
+      <c r="M357" s="2">
         <v>9788536218373</v>
       </c>
-      <c r="N354" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O354" s="4">
+      <c r="N357" t="s" s="3">
+        <v>1051</v>
+      </c>
+      <c r="O357" s="4">
         <v>94.70</v>
       </c>
-      <c r="P354" t="s">
+      <c r="P357" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="355">
-[...3 lines deleted...]
-      <c r="B355">
+    <row r="358">
+      <c r="A358">
+        <v>357</v>
+      </c>
+      <c r="B358">
         <v>20632</v>
       </c>
-      <c r="C355" t="s">
-[...5 lines deleted...]
-      <c r="F355">
+      <c r="C358" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F358">
         <v>170</v>
       </c>
-      <c r="G355">
+      <c r="G358">
         <v>120</v>
       </c>
-      <c r="H355" t="s">
-[...8 lines deleted...]
-      <c r="K355">
+      <c r="H358" t="s">
+        <v>22</v>
+      </c>
+      <c r="I358">
+        <v>150</v>
+      </c>
+      <c r="J358">
+        <v>210</v>
+      </c>
+      <c r="K358">
         <v>10</v>
       </c>
-      <c r="L355" s="1">
+      <c r="L358" s="1">
         <v>39535</v>
       </c>
-      <c r="M355" s="2">
+      <c r="M358" s="2">
         <v>9788536219097</v>
       </c>
-      <c r="N355" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O355" s="4">
+      <c r="N358" t="s" s="3">
+        <v>1054</v>
+      </c>
+      <c r="O358" s="4">
         <v>94.70</v>
       </c>
-      <c r="P355" t="s">
+      <c r="P358" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="356">
-[...3 lines deleted...]
-      <c r="B356">
+    <row r="359">
+      <c r="A359">
+        <v>358</v>
+      </c>
+      <c r="B359">
         <v>24311</v>
       </c>
-      <c r="C356" t="inlineStr">
+      <c r="C359" t="inlineStr">
         <is>
           <t>Finanças Pessoais - O Diferencial da Atitude - Minibook - Uma Abordagem Bem-Humorada sobre Aspectos Financeiros do Dia a Dia e suas Implicações no Futuro e na Vida</t>
         </is>
       </c>
-      <c r="D356" t="s">
-[...139 lines deleted...]
-      </c>
       <c r="D359" t="s">
         <v>1055</v>
       </c>
       <c r="F359">
-        <v>226</v>
+        <v>160</v>
       </c>
       <c r="G359">
-        <v>280</v>
+        <v>198</v>
       </c>
       <c r="H359" t="s">
         <v>22</v>
       </c>
       <c r="I359">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J359">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K359">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L359" s="1">
-        <v>43067</v>
+        <v>42320</v>
       </c>
       <c r="M359" s="2">
-        <v>9788536274447</v>
+        <v>9788536254852</v>
       </c>
       <c r="N359" t="s" s="3">
         <v>1056</v>
       </c>
       <c r="O359" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P359" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
     </row>
     <row r="360">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360">
-        <v>23845</v>
+        <v>23850</v>
       </c>
       <c r="C360" t="s">
         <v>1057</v>
       </c>
       <c r="D360" t="s">
-        <v>1058</v>
+        <v>167</v>
       </c>
       <c r="F360">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G360">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="H360" t="s">
         <v>22</v>
       </c>
       <c r="I360">
         <v>150</v>
       </c>
       <c r="J360">
         <v>210</v>
       </c>
       <c r="K360">
         <v>7</v>
       </c>
       <c r="L360" s="1">
-        <v>42087</v>
+        <v>42090</v>
       </c>
       <c r="M360" s="2">
-        <v>9788536250618</v>
+        <v>9788536250625</v>
       </c>
       <c r="N360" t="s" s="3">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="O360" s="4">
         <v>69.90</v>
       </c>
       <c r="P360" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="361">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361">
-        <v>26088</v>
+        <v>22800</v>
       </c>
       <c r="C361" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D361" t="s">
         <v>1060</v>
       </c>
-      <c r="D361" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F361">
-        <v>162</v>
+        <v>116</v>
       </c>
       <c r="G361">
-        <v>201</v>
+        <v>165</v>
       </c>
       <c r="H361" t="s">
         <v>22</v>
       </c>
       <c r="I361">
         <v>150</v>
       </c>
       <c r="J361">
         <v>210</v>
       </c>
       <c r="K361">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L361" s="1">
-        <v>42970</v>
+        <v>41192</v>
       </c>
       <c r="M361" s="2">
-        <v>9788536271835</v>
+        <v>9788536239187</v>
       </c>
       <c r="N361" t="s" s="3">
         <v>1061</v>
       </c>
       <c r="O361" s="4">
-        <v>89.90</v>
+        <v>74.70</v>
       </c>
       <c r="P361" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="362">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362">
-        <v>29876</v>
+        <v>26368</v>
       </c>
       <c r="C362" t="s">
         <v>1062</v>
       </c>
       <c r="D362" t="s">
-        <v>299</v>
+        <v>1063</v>
       </c>
       <c r="F362">
-        <v>60</v>
+        <v>226</v>
       </c>
       <c r="G362">
-        <v>74</v>
+        <v>280</v>
       </c>
       <c r="H362" t="s">
         <v>22</v>
       </c>
       <c r="I362">
         <v>150</v>
       </c>
       <c r="J362">
         <v>210</v>
       </c>
       <c r="K362">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="L362" s="1">
-        <v>44754</v>
+        <v>43067</v>
       </c>
       <c r="M362" s="2">
-        <v>9788536299013</v>
+        <v>9788536274447</v>
       </c>
       <c r="N362" t="s" s="3">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="O362" s="4">
-        <v>59.90</v>
+        <v>119.90</v>
       </c>
       <c r="P362" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="363">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363">
-        <v>23452</v>
+        <v>23845</v>
       </c>
       <c r="C363" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D363" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F363">
-        <v>372</v>
+        <v>114</v>
       </c>
       <c r="G363">
-        <v>461</v>
+        <v>142</v>
       </c>
       <c r="H363" t="s">
         <v>22</v>
       </c>
       <c r="I363">
         <v>150</v>
       </c>
       <c r="J363">
         <v>210</v>
       </c>
       <c r="K363">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="L363" s="1">
-        <v>41789</v>
+        <v>42087</v>
       </c>
       <c r="M363" s="2">
-        <v>9788536246765</v>
+        <v>9788536250618</v>
       </c>
       <c r="N363" t="s" s="3">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="O363" s="4">
-        <v>149.90</v>
+        <v>69.90</v>
       </c>
       <c r="P363" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="364">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364">
-        <v>31427</v>
+        <v>26088</v>
       </c>
       <c r="C364" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D364" t="s">
-        <v>1068</v>
+        <v>59</v>
       </c>
       <c r="F364">
-        <v>286</v>
+        <v>162</v>
       </c>
       <c r="G364">
-        <v>355</v>
+        <v>201</v>
       </c>
       <c r="H364" t="s">
         <v>22</v>
       </c>
       <c r="I364">
         <v>150</v>
       </c>
       <c r="J364">
         <v>210</v>
       </c>
       <c r="K364">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="L364" s="1">
-        <v>45684</v>
+        <v>42970</v>
       </c>
       <c r="M364" s="2">
-        <v>9786526315330</v>
+        <v>9788536271835</v>
       </c>
       <c r="N364" t="s" s="3">
         <v>1069</v>
       </c>
       <c r="O364" s="4">
-        <v>149.90</v>
+        <v>89.90</v>
       </c>
       <c r="P364" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="365">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365">
-        <v>20692</v>
+        <v>29876</v>
       </c>
       <c r="C365" t="s">
         <v>1070</v>
       </c>
       <c r="D365" t="s">
+        <v>299</v>
+      </c>
+      <c r="F365">
+        <v>60</v>
+      </c>
+      <c r="G365">
+        <v>74</v>
+      </c>
+      <c r="H365" t="s">
+        <v>22</v>
+      </c>
+      <c r="I365">
+        <v>150</v>
+      </c>
+      <c r="J365">
+        <v>210</v>
+      </c>
+      <c r="K365">
+        <v>4</v>
+      </c>
+      <c r="L365" s="1">
+        <v>44754</v>
+      </c>
+      <c r="M365" s="2">
+        <v>9788536299013</v>
+      </c>
+      <c r="N365" t="s" s="3">
         <v>1071</v>
       </c>
-      <c r="F365">
-[...25 lines deleted...]
-      </c>
       <c r="O365" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P365" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="366">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366">
-        <v>23006</v>
+        <v>23452</v>
       </c>
       <c r="C366" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D366" t="s">
         <v>1073</v>
       </c>
-      <c r="D366" t="s">
+      <c r="F366">
+        <v>372</v>
+      </c>
+      <c r="G366">
+        <v>461</v>
+      </c>
+      <c r="H366" t="s">
+        <v>22</v>
+      </c>
+      <c r="I366">
+        <v>150</v>
+      </c>
+      <c r="J366">
+        <v>210</v>
+      </c>
+      <c r="K366">
+        <v>19</v>
+      </c>
+      <c r="L366" s="1">
+        <v>41789</v>
+      </c>
+      <c r="M366" s="2">
+        <v>9788536246765</v>
+      </c>
+      <c r="N366" t="s" s="3">
         <v>1074</v>
       </c>
-      <c r="F366">
-[...25 lines deleted...]
-      </c>
       <c r="O366" s="4">
-        <v>59.90</v>
+        <v>149.90</v>
       </c>
       <c r="P366" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="367">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367">
+        <v>31427</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F367">
+        <v>286</v>
+      </c>
+      <c r="G367">
+        <v>355</v>
+      </c>
+      <c r="H367" t="s">
+        <v>22</v>
+      </c>
+      <c r="I367">
+        <v>150</v>
+      </c>
+      <c r="J367">
+        <v>210</v>
+      </c>
+      <c r="K367">
+        <v>14</v>
+      </c>
+      <c r="L367" s="1">
+        <v>45684</v>
+      </c>
+      <c r="M367" s="2">
+        <v>9786526315330</v>
+      </c>
+      <c r="N367" t="s" s="3">
+        <v>1077</v>
+      </c>
+      <c r="O367" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P367" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368">
+        <v>367</v>
+      </c>
+      <c r="B368">
+        <v>20692</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F368">
+        <v>160</v>
+      </c>
+      <c r="G368">
+        <v>157</v>
+      </c>
+      <c r="H368" t="s">
+        <v>22</v>
+      </c>
+      <c r="I368">
+        <v>150</v>
+      </c>
+      <c r="J368">
+        <v>210</v>
+      </c>
+      <c r="K368">
+        <v>9</v>
+      </c>
+      <c r="L368" s="1">
+        <v>39587</v>
+      </c>
+      <c r="M368" s="2">
+        <v>9788536220017</v>
+      </c>
+      <c r="N368" t="s" s="3">
+        <v>1080</v>
+      </c>
+      <c r="O368" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P368" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369">
+        <v>368</v>
+      </c>
+      <c r="B369">
+        <v>23006</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F369">
+        <v>80</v>
+      </c>
+      <c r="G369">
+        <v>125</v>
+      </c>
+      <c r="H369" t="s">
+        <v>22</v>
+      </c>
+      <c r="I369">
+        <v>150</v>
+      </c>
+      <c r="J369">
+        <v>210</v>
+      </c>
+      <c r="K369">
+        <v>5</v>
+      </c>
+      <c r="L369" s="1">
+        <v>41381</v>
+      </c>
+      <c r="M369" s="2">
+        <v>9788536240718</v>
+      </c>
+      <c r="N369" t="s" s="3">
+        <v>1083</v>
+      </c>
+      <c r="O369" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P369" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370">
+        <v>369</v>
+      </c>
+      <c r="B370">
         <v>23859</v>
       </c>
-      <c r="C367" t="inlineStr">
+      <c r="C370" t="inlineStr">
         <is>
           <t>Francisco Pão e Água - O Papa e as Relações Internacionais - As Relações Internacionais da Igreja - Diplomacia e Tradições Imperfeitas - As Reformas nas Encruzilhadas do Poder - Indigenismo e Pastoral</t>
         </is>
       </c>
-      <c r="D367" t="s">
-[...142 lines deleted...]
-      </c>
       <c r="D370" t="s">
         <v>1084</v>
       </c>
+      <c r="E370" t="s">
+        <v>96</v>
+      </c>
       <c r="F370">
-        <v>228</v>
+        <v>128</v>
       </c>
       <c r="G370">
-        <v>287</v>
+        <v>159</v>
       </c>
       <c r="H370" t="s">
         <v>22</v>
       </c>
       <c r="I370">
         <v>150</v>
       </c>
       <c r="J370">
         <v>210</v>
       </c>
       <c r="K370">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L370" s="1">
-        <v>40448</v>
+        <v>42100</v>
       </c>
       <c r="M370" s="2">
-        <v>9788536231365</v>
+        <v>9788536250748</v>
       </c>
       <c r="N370" t="s" s="3">
         <v>1085</v>
       </c>
       <c r="O370" s="4">
-        <v>99.90</v>
+        <v>74.70</v>
       </c>
       <c r="P370" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="371">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371">
-        <v>24732</v>
+        <v>23146</v>
       </c>
       <c r="C371" t="s">
         <v>1086</v>
       </c>
       <c r="D371" t="s">
         <v>1087</v>
       </c>
       <c r="F371">
-        <v>212</v>
+        <v>91</v>
       </c>
       <c r="G371">
-        <v>263</v>
+        <v>140</v>
       </c>
       <c r="H371" t="s">
         <v>22</v>
       </c>
       <c r="I371">
         <v>150</v>
       </c>
       <c r="J371">
         <v>210</v>
       </c>
       <c r="K371">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L371" s="1">
-        <v>42529</v>
+        <v>41498</v>
       </c>
       <c r="M371" s="2">
-        <v>9788536258768</v>
+        <v>9788536243436</v>
       </c>
       <c r="N371" t="s" s="3">
         <v>1088</v>
       </c>
       <c r="O371" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P371" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="372">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372">
-        <v>13080</v>
+        <v>12343</v>
       </c>
       <c r="C372" t="s">
         <v>1089</v>
       </c>
       <c r="D372" t="s">
+        <v>632</v>
+      </c>
+      <c r="F372">
+        <v>170</v>
+      </c>
+      <c r="G372">
+        <v>258</v>
+      </c>
+      <c r="H372" t="s">
+        <v>22</v>
+      </c>
+      <c r="I372">
+        <v>150</v>
+      </c>
+      <c r="J372">
+        <v>210</v>
+      </c>
+      <c r="K372">
+        <v>10</v>
+      </c>
+      <c r="L372" s="1">
+        <v>37376</v>
+      </c>
+      <c r="M372" s="2">
+        <v>9788536200484</v>
+      </c>
+      <c r="N372" t="s" s="3">
         <v>1090</v>
       </c>
-      <c r="F372">
-[...25 lines deleted...]
-      </c>
       <c r="O372" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P372" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="373">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373">
-        <v>25226</v>
+        <v>22006</v>
       </c>
       <c r="C373" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D373" t="s">
         <v>1092</v>
       </c>
-      <c r="D373" t="s">
+      <c r="F373">
+        <v>228</v>
+      </c>
+      <c r="G373">
+        <v>287</v>
+      </c>
+      <c r="H373" t="s">
+        <v>22</v>
+      </c>
+      <c r="I373">
+        <v>150</v>
+      </c>
+      <c r="J373">
+        <v>210</v>
+      </c>
+      <c r="K373">
+        <v>12</v>
+      </c>
+      <c r="L373" s="1">
+        <v>40448</v>
+      </c>
+      <c r="M373" s="2">
+        <v>9788536231365</v>
+      </c>
+      <c r="N373" t="s" s="3">
         <v>1093</v>
-      </c>
-[...25 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="O373" s="4">
         <v>99.90</v>
       </c>
       <c r="P373" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="374">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374">
-        <v>27935</v>
+        <v>24732</v>
       </c>
       <c r="C374" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D374" t="s">
         <v>1095</v>
       </c>
-      <c r="D374" t="s">
+      <c r="F374">
+        <v>212</v>
+      </c>
+      <c r="G374">
+        <v>263</v>
+      </c>
+      <c r="H374" t="s">
+        <v>22</v>
+      </c>
+      <c r="I374">
+        <v>150</v>
+      </c>
+      <c r="J374">
+        <v>210</v>
+      </c>
+      <c r="K374">
+        <v>12</v>
+      </c>
+      <c r="L374" s="1">
+        <v>42529</v>
+      </c>
+      <c r="M374" s="2">
+        <v>9788536258768</v>
+      </c>
+      <c r="N374" t="s" s="3">
         <v>1096</v>
       </c>
-      <c r="F374">
-[...25 lines deleted...]
-      </c>
       <c r="O374" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P374" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="375">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375">
-        <v>20241</v>
+        <v>13080</v>
       </c>
       <c r="C375" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D375" t="s">
         <v>1098</v>
       </c>
-      <c r="D375" t="s">
+      <c r="F375">
+        <v>200</v>
+      </c>
+      <c r="G375">
+        <v>274</v>
+      </c>
+      <c r="H375" t="s">
+        <v>22</v>
+      </c>
+      <c r="I375">
+        <v>150</v>
+      </c>
+      <c r="J375">
+        <v>210</v>
+      </c>
+      <c r="K375">
+        <v>11</v>
+      </c>
+      <c r="L375" s="1">
+        <v>38370</v>
+      </c>
+      <c r="M375" s="2">
+        <v>9788536208947</v>
+      </c>
+      <c r="N375" t="s" s="3">
         <v>1099</v>
       </c>
-      <c r="F375">
-[...25 lines deleted...]
-      </c>
       <c r="O375" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P375" t="s">
-        <v>892</v>
+        <v>64</v>
       </c>
     </row>
     <row r="376">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376">
-        <v>28559</v>
+        <v>25226</v>
       </c>
       <c r="C376" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D376" t="s">
         <v>1101</v>
       </c>
-      <c r="D376" t="s">
+      <c r="F376">
+        <v>200</v>
+      </c>
+      <c r="G376">
+        <v>248</v>
+      </c>
+      <c r="H376" t="s">
+        <v>22</v>
+      </c>
+      <c r="I376">
+        <v>150</v>
+      </c>
+      <c r="J376">
+        <v>210</v>
+      </c>
+      <c r="K376">
+        <v>11</v>
+      </c>
+      <c r="L376" s="1">
+        <v>42691</v>
+      </c>
+      <c r="M376" s="2">
+        <v>9788536263366</v>
+      </c>
+      <c r="N376" t="s" s="3">
         <v>1102</v>
       </c>
-      <c r="F376">
-[...25 lines deleted...]
-      </c>
       <c r="O376" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P376" t="s">
-        <v>892</v>
+        <v>64</v>
       </c>
     </row>
     <row r="377">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377">
-        <v>12878</v>
+        <v>27935</v>
       </c>
       <c r="C377" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D377" t="s">
         <v>1104</v>
       </c>
-      <c r="D377" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F377">
-        <v>166</v>
+        <v>122</v>
       </c>
       <c r="G377">
-        <v>285</v>
+        <v>151</v>
       </c>
       <c r="H377" t="s">
         <v>22</v>
       </c>
       <c r="I377">
         <v>150</v>
       </c>
       <c r="J377">
         <v>210</v>
       </c>
       <c r="K377">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L377" s="1">
-        <v>38140</v>
+        <v>43669</v>
       </c>
       <c r="M377" s="2">
-        <v>9788536207063</v>
-[...1 lines deleted...]
-      <c r="N377" t="s">
+        <v>9788536289854</v>
+      </c>
+      <c r="N377" t="s" s="3">
         <v>1105</v>
       </c>
       <c r="O377" s="4">
-        <v>94.70</v>
+        <v>69.90</v>
       </c>
       <c r="P377" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="378">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378">
+        <v>20241</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F378">
+        <v>120</v>
+      </c>
+      <c r="G378">
+        <v>160</v>
+      </c>
+      <c r="H378" t="s">
+        <v>22</v>
+      </c>
+      <c r="I378">
+        <v>150</v>
+      </c>
+      <c r="J378">
+        <v>210</v>
+      </c>
+      <c r="K378">
+        <v>7</v>
+      </c>
+      <c r="L378" s="1">
+        <v>39188</v>
+      </c>
+      <c r="M378" s="2">
+        <v>9788536215112</v>
+      </c>
+      <c r="N378" t="s" s="3">
+        <v>1108</v>
+      </c>
+      <c r="O378" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P378" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379">
+        <v>378</v>
+      </c>
+      <c r="B379">
+        <v>28559</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F379">
+        <v>86</v>
+      </c>
+      <c r="G379">
+        <v>116</v>
+      </c>
+      <c r="H379" t="s">
+        <v>22</v>
+      </c>
+      <c r="I379">
+        <v>150</v>
+      </c>
+      <c r="J379">
+        <v>210</v>
+      </c>
+      <c r="K379">
+        <v>5</v>
+      </c>
+      <c r="L379" s="1">
+        <v>44005</v>
+      </c>
+      <c r="M379" s="2">
+        <v>9786556050539</v>
+      </c>
+      <c r="N379" t="s" s="3">
+        <v>1111</v>
+      </c>
+      <c r="O379" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P379" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380">
+        <v>379</v>
+      </c>
+      <c r="B380">
+        <v>12878</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D380" t="s">
+        <v>170</v>
+      </c>
+      <c r="F380">
+        <v>166</v>
+      </c>
+      <c r="G380">
+        <v>285</v>
+      </c>
+      <c r="H380" t="s">
+        <v>22</v>
+      </c>
+      <c r="I380">
+        <v>150</v>
+      </c>
+      <c r="J380">
+        <v>210</v>
+      </c>
+      <c r="K380">
+        <v>9</v>
+      </c>
+      <c r="L380" s="1">
+        <v>38140</v>
+      </c>
+      <c r="M380" s="2">
+        <v>9788536207063</v>
+      </c>
+      <c r="N380" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O380" s="4">
+        <v>94.70</v>
+      </c>
+      <c r="P380" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381">
+        <v>380</v>
+      </c>
+      <c r="B381">
         <v>27041</v>
       </c>
-      <c r="C378" t="inlineStr">
+      <c r="C381" t="inlineStr">
         <is>
           <t>Galileu Galilei - A Ciência no Banco dos Réus - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D378" t="s">
-[...2 lines deleted...]
-      <c r="F378">
+      <c r="D381" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F381">
         <v>190</v>
       </c>
-      <c r="G378">
+      <c r="G381">
         <v>119</v>
       </c>
-      <c r="H378" t="s">
-[...2 lines deleted...]
-      <c r="I378">
+      <c r="H381" t="s">
+        <v>22</v>
+      </c>
+      <c r="I381">
         <v>100</v>
       </c>
-      <c r="J378">
+      <c r="J381">
         <v>160</v>
       </c>
-      <c r="K378">
+      <c r="K381">
         <v>10</v>
       </c>
-      <c r="L378" s="1">
+      <c r="L381" s="1">
         <v>43311</v>
       </c>
-      <c r="M378" s="2">
+      <c r="M381" s="2">
         <v>9788536280912</v>
       </c>
-      <c r="N378" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O378" s="4">
+      <c r="N381" t="s" s="3">
+        <v>1115</v>
+      </c>
+      <c r="O381" s="4">
         <v>49.90</v>
       </c>
-      <c r="P378" t="s">
+      <c r="P381" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="379">
-[...3 lines deleted...]
-      <c r="B379">
+    <row r="382">
+      <c r="A382">
+        <v>381</v>
+      </c>
+      <c r="B382">
         <v>27930</v>
       </c>
-      <c r="C379" t="s">
-[...5 lines deleted...]
-      <c r="F379">
+      <c r="C382" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F382">
         <v>28</v>
       </c>
-      <c r="G379">
+      <c r="G382">
         <v>176</v>
       </c>
-      <c r="H379" t="s">
-[...2 lines deleted...]
-      <c r="I379">
+      <c r="H382" t="s">
+        <v>22</v>
+      </c>
+      <c r="I382">
         <v>300</v>
       </c>
-      <c r="J379">
-[...2 lines deleted...]
-      <c r="K379">
+      <c r="J382">
+        <v>210</v>
+      </c>
+      <c r="K382">
         <v>3</v>
       </c>
-      <c r="L379" s="1">
+      <c r="L382" s="1">
         <v>43672</v>
       </c>
-      <c r="M379" s="2">
+      <c r="M382" s="2">
         <v>9788536289557</v>
       </c>
-      <c r="N379" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O379" s="4">
+      <c r="N382" t="s" s="3">
+        <v>1118</v>
+      </c>
+      <c r="O382" s="4">
         <v>49.70</v>
       </c>
-      <c r="P379" t="s">
+      <c r="P382" t="s">
         <v>437</v>
       </c>
     </row>
-    <row r="380">
-[...3 lines deleted...]
-      <c r="B380">
+    <row r="383">
+      <c r="A383">
+        <v>382</v>
+      </c>
+      <c r="B383">
         <v>31484</v>
       </c>
-      <c r="C380" t="s">
-[...20 lines deleted...]
-      <c r="K380">
+      <c r="C383" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F383">
+        <v>150</v>
+      </c>
+      <c r="G383">
+        <v>210</v>
+      </c>
+      <c r="H383" t="s">
+        <v>22</v>
+      </c>
+      <c r="I383">
+        <v>150</v>
+      </c>
+      <c r="J383">
+        <v>210</v>
+      </c>
+      <c r="K383">
         <v>8</v>
       </c>
-      <c r="L380" s="1">
+      <c r="L383" s="1">
         <v>45721</v>
       </c>
-      <c r="M380" s="2">
+      <c r="M383" s="2">
         <v>9786526314562</v>
       </c>
-      <c r="N380" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O380" s="4">
+      <c r="N383" t="s" s="3">
+        <v>1121</v>
+      </c>
+      <c r="O383" s="4">
         <v>89.90</v>
       </c>
-      <c r="P380" t="s">
+      <c r="P383" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="381">
-[...3 lines deleted...]
-      <c r="B381">
+    <row r="384">
+      <c r="A384">
+        <v>383</v>
+      </c>
+      <c r="B384">
         <v>30015</v>
       </c>
-      <c r="C381" t="inlineStr">
+      <c r="C384" t="inlineStr">
         <is>
           <t>Gerenciamento de Fusões e Aquisições - Aspectos Societários, Tributários, Contábeis, Regulatórios e de Governança - Enfoque Multidisciplinar e Estratégico - Análise de Casos Reais</t>
         </is>
       </c>
-      <c r="D381" t="s">
-[...2 lines deleted...]
-      <c r="F381">
+      <c r="D384" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F384">
         <v>220</v>
       </c>
-      <c r="G381">
+      <c r="G384">
         <v>273</v>
       </c>
-      <c r="H381" t="s">
-[...8 lines deleted...]
-      <c r="K381">
+      <c r="H384" t="s">
+        <v>22</v>
+      </c>
+      <c r="I384">
+        <v>150</v>
+      </c>
+      <c r="J384">
+        <v>210</v>
+      </c>
+      <c r="K384">
         <v>11</v>
       </c>
-      <c r="L381" s="1">
+      <c r="L384" s="1">
         <v>44806</v>
       </c>
-      <c r="M381" s="2">
+      <c r="M384" s="2">
         <v>9786526301104</v>
       </c>
-      <c r="N381" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O381" s="4">
+      <c r="N384" t="s" s="3">
+        <v>1123</v>
+      </c>
+      <c r="O384" s="4">
         <v>99.90</v>
       </c>
-      <c r="P381" t="s">
+      <c r="P384" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="382">
-[...3 lines deleted...]
-      <c r="B382">
+    <row r="385">
+      <c r="A385">
+        <v>384</v>
+      </c>
+      <c r="B385">
         <v>21009</v>
       </c>
-      <c r="C382" t="s">
-[...5 lines deleted...]
-      <c r="F382">
+      <c r="C385" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F385">
         <v>194</v>
       </c>
-      <c r="G382">
+      <c r="G385">
         <v>235</v>
       </c>
-      <c r="H382" t="s">
-[...8 lines deleted...]
-      <c r="K382">
+      <c r="H385" t="s">
+        <v>22</v>
+      </c>
+      <c r="I385">
+        <v>150</v>
+      </c>
+      <c r="J385">
+        <v>210</v>
+      </c>
+      <c r="K385">
         <v>11</v>
       </c>
-      <c r="L382" s="1">
+      <c r="L385" s="1">
         <v>39862</v>
       </c>
-      <c r="M382" s="2">
+      <c r="M385" s="2">
         <v>9788536223520</v>
       </c>
-      <c r="N382" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O382" s="4">
+      <c r="N385" t="s" s="3">
+        <v>1126</v>
+      </c>
+      <c r="O385" s="4">
         <v>84.70</v>
       </c>
-      <c r="P382" t="s">
+      <c r="P385" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="383">
-[...3 lines deleted...]
-      <c r="B383">
+    <row r="386">
+      <c r="A386">
+        <v>385</v>
+      </c>
+      <c r="B386">
         <v>21092</v>
       </c>
-      <c r="C383" t="s">
-[...5 lines deleted...]
-      <c r="E383" t="s">
+      <c r="C386" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E386" t="s">
         <v>34</v>
       </c>
-      <c r="F383">
+      <c r="F386">
         <v>246</v>
       </c>
-      <c r="G383">
+      <c r="G386">
         <v>315</v>
       </c>
-      <c r="H383" t="s">
-[...8 lines deleted...]
-      <c r="K383">
+      <c r="H386" t="s">
+        <v>22</v>
+      </c>
+      <c r="I386">
+        <v>150</v>
+      </c>
+      <c r="J386">
+        <v>210</v>
+      </c>
+      <c r="K386">
         <v>13</v>
       </c>
-      <c r="L383" s="1">
+      <c r="L386" s="1">
         <v>39916</v>
       </c>
-      <c r="M383" s="2">
+      <c r="M386" s="2">
         <v>9788536222615</v>
       </c>
-      <c r="N383" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O383" s="4">
+      <c r="N386" t="s" s="3">
+        <v>1129</v>
+      </c>
+      <c r="O386" s="4">
         <v>99.90</v>
       </c>
-      <c r="P383" t="s">
+      <c r="P386" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="384">
-[...3 lines deleted...]
-      <c r="B384">
+    <row r="387">
+      <c r="A387">
+        <v>386</v>
+      </c>
+      <c r="B387">
         <v>20905</v>
       </c>
-      <c r="C384" t="inlineStr">
+      <c r="C387" t="inlineStr">
         <is>
           <t>Gestão Estratégica da Informação, do Conhecimento e das Competências no Ambiente Educacional - Vencendo Desafios na Busca de Novas Oportunidades de Aprendizado, Inovação e Competitividade</t>
         </is>
       </c>
-      <c r="D384" t="s">
-[...2 lines deleted...]
-      <c r="F384">
+      <c r="D387" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F387">
         <v>152</v>
       </c>
-      <c r="G384">
-[...11 lines deleted...]
-      <c r="K384">
+      <c r="G387">
+        <v>210</v>
+      </c>
+      <c r="H387" t="s">
+        <v>22</v>
+      </c>
+      <c r="I387">
+        <v>150</v>
+      </c>
+      <c r="J387">
+        <v>210</v>
+      </c>
+      <c r="K387">
         <v>9</v>
       </c>
-      <c r="L384" s="1">
+      <c r="L387" s="1">
         <v>39741</v>
       </c>
-      <c r="M384" s="2">
+      <c r="M387" s="2">
         <v>9788536222363</v>
-      </c>
-[...139 lines deleted...]
-        <v>9788536220918</v>
       </c>
       <c r="N387" t="s" s="3">
         <v>1131</v>
       </c>
       <c r="O387" s="4">
-        <v>149.90</v>
+        <v>69.90</v>
       </c>
       <c r="P387" t="s">
-        <v>579</v>
+        <v>47</v>
       </c>
     </row>
     <row r="388">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388">
+        <v>21597</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F388">
+        <v>498</v>
+      </c>
+      <c r="G388">
+        <v>607</v>
+      </c>
+      <c r="H388" t="s">
+        <v>22</v>
+      </c>
+      <c r="I388">
+        <v>150</v>
+      </c>
+      <c r="J388">
+        <v>210</v>
+      </c>
+      <c r="K388">
+        <v>25</v>
+      </c>
+      <c r="L388" s="1">
+        <v>40254</v>
+      </c>
+      <c r="M388" s="2">
+        <v>9788536228785</v>
+      </c>
+      <c r="N388" t="s" s="3">
+        <v>1134</v>
+      </c>
+      <c r="O388" s="4">
+        <v>209.90</v>
+      </c>
+      <c r="P388" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389">
+        <v>388</v>
+      </c>
+      <c r="B389">
+        <v>13381</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F389">
+        <v>112</v>
+      </c>
+      <c r="G389">
+        <v>300</v>
+      </c>
+      <c r="H389" t="s">
+        <v>22</v>
+      </c>
+      <c r="I389">
+        <v>150</v>
+      </c>
+      <c r="J389">
+        <v>210</v>
+      </c>
+      <c r="K389">
+        <v>7</v>
+      </c>
+      <c r="L389" s="1">
+        <v>38786</v>
+      </c>
+      <c r="M389" s="2">
+        <v>9788536212067</v>
+      </c>
+      <c r="N389" t="s" s="3">
+        <v>1137</v>
+      </c>
+      <c r="O389" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P389" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390">
+        <v>389</v>
+      </c>
+      <c r="B390">
+        <v>20843</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D390" t="s">
+        <v>412</v>
+      </c>
+      <c r="F390">
+        <v>340</v>
+      </c>
+      <c r="G390">
+        <v>425</v>
+      </c>
+      <c r="H390" t="s">
+        <v>22</v>
+      </c>
+      <c r="I390">
+        <v>150</v>
+      </c>
+      <c r="J390">
+        <v>210</v>
+      </c>
+      <c r="K390">
+        <v>18</v>
+      </c>
+      <c r="L390" s="1">
+        <v>39688</v>
+      </c>
+      <c r="M390" s="2">
+        <v>9788536220918</v>
+      </c>
+      <c r="N390" t="s" s="3">
+        <v>1139</v>
+      </c>
+      <c r="O390" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P390" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391">
+        <v>390</v>
+      </c>
+      <c r="B391">
         <v>25670</v>
       </c>
-      <c r="C388" t="inlineStr">
+      <c r="C391" t="inlineStr">
         <is>
           <t>Giordano Bruno &amp; Tommaso Campanella - Por uma Análise da Condenação de Visões-de-Mundo - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D388" t="s">
-[...139 lines deleted...]
-      </c>
       <c r="D391" t="s">
         <v>1140</v>
       </c>
       <c r="F391">
-        <v>232</v>
+        <v>196</v>
       </c>
       <c r="G391">
-        <v>288</v>
+        <v>128</v>
       </c>
       <c r="H391" t="s">
         <v>22</v>
       </c>
       <c r="I391">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J391">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K391">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L391" s="1">
-        <v>43291</v>
+        <v>42842</v>
       </c>
       <c r="M391" s="2">
-        <v>9788536280646</v>
+        <v>9788536267371</v>
       </c>
       <c r="N391" t="s" s="3">
         <v>1141</v>
       </c>
       <c r="O391" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P391" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="392">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392">
-        <v>10273</v>
+        <v>11087</v>
       </c>
       <c r="C392" t="s">
         <v>1142</v>
       </c>
       <c r="D392" t="s">
-        <v>540</v>
+        <v>1143</v>
       </c>
       <c r="F392">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="G392">
         <v>220</v>
       </c>
       <c r="H392" t="s">
         <v>22</v>
       </c>
       <c r="I392">
         <v>150</v>
       </c>
       <c r="J392">
         <v>210</v>
       </c>
       <c r="K392">
         <v>9</v>
       </c>
       <c r="L392" s="1">
-        <v>36476</v>
+        <v>37088</v>
       </c>
       <c r="M392" s="2">
-        <v>9788573942972</v>
+        <v>9788573948301</v>
       </c>
       <c r="N392" t="s" s="3">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="O392" s="4">
         <v>89.90</v>
       </c>
       <c r="P392" t="s">
-        <v>504</v>
+        <v>297</v>
       </c>
     </row>
     <row r="393">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393">
-        <v>12286</v>
+        <v>23155</v>
       </c>
       <c r="C393" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D393" t="s">
-        <v>349</v>
+        <v>331</v>
       </c>
       <c r="F393">
-        <v>140</v>
+        <v>276</v>
       </c>
       <c r="G393">
-        <v>196</v>
+        <v>255</v>
       </c>
       <c r="H393" t="s">
         <v>22</v>
       </c>
       <c r="I393">
         <v>150</v>
       </c>
       <c r="J393">
         <v>210</v>
       </c>
       <c r="K393">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L393" s="1">
-        <v>37273</v>
+        <v>41502</v>
       </c>
       <c r="M393" s="2">
-        <v>9788573949780</v>
+        <v>9788536243597</v>
       </c>
       <c r="N393" t="s" s="3">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="O393" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P393" t="s">
-        <v>294</v>
+        <v>36</v>
       </c>
     </row>
     <row r="394">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394">
-        <v>12287</v>
+        <v>26991</v>
       </c>
       <c r="C394" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D394" t="s">
-        <v>349</v>
+        <v>1148</v>
       </c>
       <c r="F394">
-        <v>122</v>
+        <v>232</v>
       </c>
       <c r="G394">
-        <v>174</v>
+        <v>288</v>
       </c>
       <c r="H394" t="s">
         <v>22</v>
       </c>
       <c r="I394">
         <v>150</v>
       </c>
       <c r="J394">
         <v>210</v>
       </c>
       <c r="K394">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="L394" s="1">
-        <v>37273</v>
+        <v>43291</v>
       </c>
       <c r="M394" s="2">
-        <v>9788573949773</v>
+        <v>9788536280646</v>
       </c>
       <c r="N394" t="s" s="3">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="O394" s="4">
-        <v>49.90</v>
+        <v>119.90</v>
       </c>
       <c r="P394" t="s">
-        <v>294</v>
+        <v>36</v>
       </c>
     </row>
     <row r="395">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395">
-        <v>12288</v>
+        <v>10273</v>
       </c>
       <c r="C395" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D395" t="s">
-        <v>349</v>
+        <v>543</v>
       </c>
       <c r="F395">
-        <v>96</v>
+        <v>158</v>
       </c>
       <c r="G395">
-        <v>142</v>
+        <v>220</v>
       </c>
       <c r="H395" t="s">
         <v>22</v>
       </c>
       <c r="I395">
         <v>150</v>
       </c>
       <c r="J395">
         <v>210</v>
       </c>
       <c r="K395">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L395" s="1">
-        <v>37273</v>
+        <v>36476</v>
       </c>
       <c r="M395" s="2">
-        <v>9788573949766</v>
+        <v>9788573942972</v>
       </c>
       <c r="N395" t="s" s="3">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="O395" s="4">
-        <v>47.70</v>
+        <v>89.90</v>
       </c>
       <c r="P395" t="s">
-        <v>294</v>
+        <v>507</v>
       </c>
     </row>
     <row r="396">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396">
-        <v>12295</v>
-[...2 lines deleted...]
-        <v>1150</v>
+        <v>31844</v>
+      </c>
+      <c r="C396" t="inlineStr">
+        <is>
+          <t>Guerra Anglo-Zulu - Colonialismo, Poder e Resistências no Sul da África - Prefácio de Icles Rodrigues - Coleção História FM - Organizador da Coleção: Icles Rodrigues</t>
+        </is>
       </c>
       <c r="D396" t="s">
-        <v>349</v>
+        <v>1152</v>
       </c>
       <c r="F396">
-        <v>114</v>
+        <v>148</v>
       </c>
       <c r="G396">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="H396" t="s">
         <v>22</v>
       </c>
       <c r="I396">
         <v>150</v>
       </c>
       <c r="J396">
         <v>210</v>
       </c>
       <c r="K396">
         <v>7</v>
       </c>
       <c r="L396" s="1">
-        <v>37285</v>
+        <v>45950</v>
       </c>
       <c r="M396" s="2">
-        <v>9788573949759</v>
+        <v>9786526320907</v>
       </c>
       <c r="N396" t="s" s="3">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="O396" s="4">
-        <v>44.70</v>
+        <v>87.90</v>
       </c>
       <c r="P396" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="397">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397">
-        <v>12394</v>
+        <v>12286</v>
       </c>
       <c r="C397" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="D397" t="s">
         <v>349</v>
       </c>
       <c r="F397">
-        <v>106</v>
+        <v>140</v>
       </c>
       <c r="G397">
-        <v>160</v>
+        <v>196</v>
       </c>
       <c r="H397" t="s">
         <v>22</v>
       </c>
       <c r="I397">
         <v>150</v>
       </c>
       <c r="J397">
         <v>210</v>
       </c>
       <c r="K397">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L397" s="1">
-        <v>37467</v>
+        <v>37273</v>
       </c>
       <c r="M397" s="2">
-        <v>9788573949742</v>
+        <v>9788573949780</v>
       </c>
       <c r="N397" t="s" s="3">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="O397" s="4">
-        <v>44.70</v>
+        <v>69.90</v>
       </c>
       <c r="P397" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="398">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398">
-        <v>12513</v>
+        <v>12287</v>
       </c>
       <c r="C398" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="D398" t="s">
         <v>349</v>
       </c>
       <c r="F398">
-        <v>92</v>
+        <v>122</v>
       </c>
       <c r="G398">
-        <v>142</v>
+        <v>174</v>
       </c>
       <c r="H398" t="s">
         <v>22</v>
       </c>
       <c r="I398">
         <v>150</v>
       </c>
       <c r="J398">
         <v>210</v>
       </c>
       <c r="K398">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L398" s="1">
-        <v>37666</v>
+        <v>37273</v>
       </c>
       <c r="M398" s="2">
-        <v>9788573949735</v>
+        <v>9788573949773</v>
       </c>
       <c r="N398" t="s" s="3">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="O398" s="4">
-        <v>44.70</v>
+        <v>49.90</v>
       </c>
       <c r="P398" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="399">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399">
-        <v>12514</v>
+        <v>12288</v>
       </c>
       <c r="C399" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D399" t="s">
         <v>349</v>
       </c>
       <c r="F399">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G399">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="H399" t="s">
         <v>22</v>
       </c>
       <c r="I399">
         <v>150</v>
       </c>
       <c r="J399">
         <v>210</v>
       </c>
       <c r="K399">
         <v>6</v>
       </c>
       <c r="L399" s="1">
-        <v>37666</v>
+        <v>37273</v>
       </c>
       <c r="M399" s="2">
-        <v>9788573949728</v>
+        <v>9788573949766</v>
       </c>
       <c r="N399" t="s" s="3">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="O399" s="4">
-        <v>44.70</v>
+        <v>47.70</v>
       </c>
       <c r="P399" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="400">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400">
-        <v>31784</v>
+        <v>12295</v>
       </c>
       <c r="C400" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="D400" t="s">
-        <v>1159</v>
+        <v>349</v>
       </c>
       <c r="F400">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="G400">
-        <v>143</v>
+        <v>160</v>
       </c>
       <c r="H400" t="s">
         <v>22</v>
       </c>
       <c r="I400">
         <v>150</v>
       </c>
       <c r="J400">
         <v>210</v>
       </c>
       <c r="K400">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L400" s="1">
-        <v>45912</v>
+        <v>37285</v>
       </c>
       <c r="M400" s="2">
-        <v>9786526316894</v>
+        <v>9788573949759</v>
       </c>
       <c r="N400" t="s" s="3">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="O400" s="4">
-        <v>79.90</v>
+        <v>44.70</v>
       </c>
       <c r="P400" t="s">
-        <v>728</v>
+        <v>294</v>
       </c>
     </row>
     <row r="401">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401">
-        <v>31460</v>
+        <v>12394</v>
       </c>
       <c r="C401" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D401" t="s">
-        <v>527</v>
+        <v>349</v>
       </c>
       <c r="F401">
-        <v>176</v>
+        <v>106</v>
       </c>
       <c r="G401">
-        <v>240</v>
+        <v>160</v>
       </c>
       <c r="H401" t="s">
         <v>22</v>
       </c>
       <c r="I401">
         <v>150</v>
       </c>
       <c r="J401">
         <v>210</v>
       </c>
       <c r="K401">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L401" s="1">
-        <v>45705</v>
+        <v>37467</v>
       </c>
       <c r="M401" s="2">
-        <v>9786526315590</v>
+        <v>9788573949742</v>
       </c>
       <c r="N401" t="s" s="3">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="O401" s="4">
-        <v>99.90</v>
+        <v>44.70</v>
       </c>
       <c r="P401" t="s">
-        <v>68</v>
+        <v>294</v>
       </c>
     </row>
     <row r="402">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402">
-        <v>20762</v>
+        <v>12513</v>
       </c>
       <c r="C402" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D402" t="s">
-        <v>1164</v>
+        <v>349</v>
       </c>
       <c r="F402">
-        <v>240</v>
+        <v>92</v>
       </c>
       <c r="G402">
-        <v>310</v>
+        <v>142</v>
       </c>
       <c r="H402" t="s">
         <v>22</v>
       </c>
       <c r="I402">
         <v>150</v>
       </c>
       <c r="J402">
         <v>210</v>
       </c>
       <c r="K402">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="L402" s="1">
-        <v>39644</v>
+        <v>37666</v>
       </c>
       <c r="M402" s="2">
-        <v>9788536220734</v>
+        <v>9788573949735</v>
       </c>
       <c r="N402" t="s" s="3">
         <v>1165</v>
       </c>
       <c r="O402" s="4">
-        <v>119.90</v>
+        <v>44.70</v>
       </c>
       <c r="P402" t="s">
-        <v>64</v>
+        <v>294</v>
       </c>
     </row>
     <row r="403">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403">
-        <v>22646</v>
+        <v>12514</v>
       </c>
       <c r="C403" t="s">
         <v>1166</v>
       </c>
       <c r="D403" t="s">
-        <v>302</v>
+        <v>349</v>
       </c>
       <c r="F403">
-        <v>116</v>
+        <v>88</v>
       </c>
       <c r="G403">
-        <v>230</v>
+        <v>134</v>
       </c>
       <c r="H403" t="s">
         <v>22</v>
       </c>
       <c r="I403">
         <v>150</v>
       </c>
       <c r="J403">
         <v>210</v>
       </c>
       <c r="K403">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L403" s="1">
-        <v>41066</v>
+        <v>37666</v>
       </c>
       <c r="M403" s="2">
-        <v>9788536238241</v>
+        <v>9788573949728</v>
       </c>
       <c r="N403" t="s" s="3">
         <v>1167</v>
       </c>
       <c r="O403" s="4">
-        <v>69.90</v>
+        <v>44.70</v>
       </c>
       <c r="P403" t="s">
-        <v>68</v>
+        <v>294</v>
       </c>
     </row>
     <row r="404">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404">
-        <v>12390</v>
+        <v>31784</v>
       </c>
       <c r="C404" t="s">
         <v>1168</v>
       </c>
       <c r="D404" t="s">
         <v>1169</v>
       </c>
-      <c r="E404" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F404">
-        <v>204</v>
+        <v>110</v>
       </c>
       <c r="G404">
-        <v>266</v>
+        <v>143</v>
       </c>
       <c r="H404" t="s">
         <v>22</v>
       </c>
       <c r="I404">
         <v>150</v>
       </c>
       <c r="J404">
         <v>210</v>
       </c>
       <c r="K404">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L404" s="1">
-        <v>37460</v>
+        <v>45912</v>
       </c>
       <c r="M404" s="2">
-        <v>9788536201245</v>
-[...1 lines deleted...]
-      <c r="N404" t="s">
+        <v>9786526316894</v>
+      </c>
+      <c r="N404" t="s" s="3">
         <v>1170</v>
       </c>
       <c r="O404" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P404" t="s">
-        <v>47</v>
+        <v>733</v>
       </c>
     </row>
     <row r="405">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405">
-        <v>25715</v>
+        <v>31460</v>
       </c>
       <c r="C405" t="s">
         <v>1171</v>
       </c>
       <c r="D405" t="s">
+        <v>530</v>
+      </c>
+      <c r="F405">
+        <v>176</v>
+      </c>
+      <c r="G405">
+        <v>240</v>
+      </c>
+      <c r="H405" t="s">
+        <v>22</v>
+      </c>
+      <c r="I405">
+        <v>150</v>
+      </c>
+      <c r="J405">
+        <v>210</v>
+      </c>
+      <c r="K405">
+        <v>9</v>
+      </c>
+      <c r="L405" s="1">
+        <v>45705</v>
+      </c>
+      <c r="M405" s="2">
+        <v>9786526315590</v>
+      </c>
+      <c r="N405" t="s" s="3">
         <v>1172</v>
       </c>
-      <c r="E405" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O405" s="4">
-        <v>74.70</v>
+        <v>99.90</v>
       </c>
       <c r="P405" t="s">
-        <v>892</v>
+        <v>68</v>
       </c>
     </row>
     <row r="406">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406">
-        <v>25244</v>
+        <v>20762</v>
       </c>
       <c r="C406" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D406" t="s">
         <v>1174</v>
       </c>
-      <c r="D406" t="s">
+      <c r="F406">
+        <v>240</v>
+      </c>
+      <c r="G406">
+        <v>310</v>
+      </c>
+      <c r="H406" t="s">
+        <v>22</v>
+      </c>
+      <c r="I406">
+        <v>150</v>
+      </c>
+      <c r="J406">
+        <v>210</v>
+      </c>
+      <c r="K406">
+        <v>13</v>
+      </c>
+      <c r="L406" s="1">
+        <v>39644</v>
+      </c>
+      <c r="M406" s="2">
+        <v>9788536220734</v>
+      </c>
+      <c r="N406" t="s" s="3">
         <v>1175</v>
       </c>
-      <c r="E406" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O406" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P406" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="407">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407">
-        <v>22924</v>
+        <v>22646</v>
       </c>
       <c r="C407" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D407" t="s">
+        <v>302</v>
+      </c>
+      <c r="F407">
+        <v>116</v>
+      </c>
+      <c r="G407">
+        <v>230</v>
+      </c>
+      <c r="H407" t="s">
+        <v>22</v>
+      </c>
+      <c r="I407">
+        <v>150</v>
+      </c>
+      <c r="J407">
+        <v>210</v>
+      </c>
+      <c r="K407">
+        <v>7</v>
+      </c>
+      <c r="L407" s="1">
+        <v>41066</v>
+      </c>
+      <c r="M407" s="2">
+        <v>9788536238241</v>
+      </c>
+      <c r="N407" t="s" s="3">
         <v>1177</v>
       </c>
-      <c r="D407" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O407" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P407" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="408">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408">
-        <v>27981</v>
+        <v>12390</v>
       </c>
       <c r="C408" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D408" t="s">
         <v>1179</v>
       </c>
-      <c r="D408" t="s">
+      <c r="E408" t="s">
+        <v>34</v>
+      </c>
+      <c r="F408">
+        <v>204</v>
+      </c>
+      <c r="G408">
+        <v>266</v>
+      </c>
+      <c r="H408" t="s">
+        <v>22</v>
+      </c>
+      <c r="I408">
+        <v>150</v>
+      </c>
+      <c r="J408">
+        <v>210</v>
+      </c>
+      <c r="K408">
+        <v>11</v>
+      </c>
+      <c r="L408" s="1">
+        <v>37460</v>
+      </c>
+      <c r="M408" s="2">
+        <v>9788536201245</v>
+      </c>
+      <c r="N408" t="s">
         <v>1180</v>
       </c>
-      <c r="F408">
-[...25 lines deleted...]
-      </c>
       <c r="O408" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P408" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="409">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409">
+        <v>25715</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E409" t="s">
+        <v>96</v>
+      </c>
+      <c r="F409">
+        <v>130</v>
+      </c>
+      <c r="G409">
+        <v>161</v>
+      </c>
+      <c r="H409" t="s">
+        <v>22</v>
+      </c>
+      <c r="I409">
+        <v>150</v>
+      </c>
+      <c r="J409">
+        <v>210</v>
+      </c>
+      <c r="K409">
+        <v>8</v>
+      </c>
+      <c r="L409" s="1">
+        <v>42866</v>
+      </c>
+      <c r="M409" s="2">
+        <v>9788536268026</v>
+      </c>
+      <c r="N409" t="s" s="3">
+        <v>1183</v>
+      </c>
+      <c r="O409" s="4">
+        <v>74.70</v>
+      </c>
+      <c r="P409" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410">
+        <v>409</v>
+      </c>
+      <c r="B410">
+        <v>25244</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E410" t="s">
+        <v>96</v>
+      </c>
+      <c r="F410">
+        <v>132</v>
+      </c>
+      <c r="G410">
+        <v>164</v>
+      </c>
+      <c r="H410" t="s">
+        <v>22</v>
+      </c>
+      <c r="I410">
+        <v>150</v>
+      </c>
+      <c r="J410">
+        <v>210</v>
+      </c>
+      <c r="K410">
+        <v>8</v>
+      </c>
+      <c r="L410" s="1">
+        <v>42696</v>
+      </c>
+      <c r="M410" s="2">
+        <v>9788536263823</v>
+      </c>
+      <c r="N410" t="s" s="3">
+        <v>1186</v>
+      </c>
+      <c r="O410" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P410" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411">
+        <v>410</v>
+      </c>
+      <c r="B411">
+        <v>22924</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D411" t="s">
+        <v>38</v>
+      </c>
+      <c r="F411">
+        <v>58</v>
+      </c>
+      <c r="G411">
+        <v>105</v>
+      </c>
+      <c r="H411" t="s">
+        <v>22</v>
+      </c>
+      <c r="I411">
+        <v>150</v>
+      </c>
+      <c r="J411">
+        <v>210</v>
+      </c>
+      <c r="K411">
+        <v>4</v>
+      </c>
+      <c r="L411" s="1">
+        <v>41316</v>
+      </c>
+      <c r="M411" s="2">
+        <v>9788536241074</v>
+      </c>
+      <c r="N411" t="s" s="3">
+        <v>1188</v>
+      </c>
+      <c r="O411" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P411" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412">
+        <v>411</v>
+      </c>
+      <c r="B412">
+        <v>27981</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F412">
+        <v>92</v>
+      </c>
+      <c r="G412">
+        <v>114</v>
+      </c>
+      <c r="H412" t="s">
+        <v>22</v>
+      </c>
+      <c r="I412">
+        <v>150</v>
+      </c>
+      <c r="J412">
+        <v>210</v>
+      </c>
+      <c r="K412">
+        <v>6</v>
+      </c>
+      <c r="L412" s="1">
+        <v>43696</v>
+      </c>
+      <c r="M412" s="2">
+        <v>9788536290171</v>
+      </c>
+      <c r="N412" t="s" s="3">
+        <v>1191</v>
+      </c>
+      <c r="O412" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P412" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413">
+        <v>412</v>
+      </c>
+      <c r="B413">
         <v>24865</v>
       </c>
-      <c r="C409" t="inlineStr">
+      <c r="C413" t="inlineStr">
         <is>
           <t>Habla Don Quixote de la Mancha - Los Más Famosos Discursos, Consejos y Reflexiones del Ingenioso y Andante Caballero con Algún Razonamiento de Añadidura de Sancho Panza su Escudero - Semeando Livros</t>
         </is>
       </c>
-      <c r="D409" t="s">
-[...186 lines deleted...]
-      </c>
       <c r="D413" t="s">
         <v>1192</v>
       </c>
       <c r="F413">
-        <v>260</v>
+        <v>94</v>
       </c>
       <c r="G413">
-        <v>350</v>
+        <v>116</v>
       </c>
       <c r="H413" t="s">
         <v>22</v>
       </c>
       <c r="I413">
         <v>150</v>
       </c>
       <c r="J413">
         <v>210</v>
       </c>
       <c r="K413">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L413" s="1">
-        <v>39498</v>
+        <v>42576</v>
       </c>
       <c r="M413" s="2">
-        <v>9788536218847</v>
+        <v>9788536260044</v>
       </c>
       <c r="N413" t="s" s="3">
         <v>1193</v>
       </c>
       <c r="O413" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P413" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="414">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414">
-        <v>20344</v>
+        <v>21194</v>
       </c>
       <c r="C414" t="s">
         <v>1194</v>
       </c>
       <c r="D414" t="s">
+        <v>455</v>
+      </c>
+      <c r="F414">
+        <v>192</v>
+      </c>
+      <c r="G414">
+        <v>250</v>
+      </c>
+      <c r="H414" t="s">
+        <v>22</v>
+      </c>
+      <c r="I414">
+        <v>150</v>
+      </c>
+      <c r="J414">
+        <v>210</v>
+      </c>
+      <c r="K414">
+        <v>11</v>
+      </c>
+      <c r="L414" s="1">
+        <v>40000</v>
+      </c>
+      <c r="M414" s="2">
+        <v>9788536225241</v>
+      </c>
+      <c r="N414" t="s" s="3">
         <v>1195</v>
-      </c>
-[...28 lines deleted...]
-        <v>1196</v>
       </c>
       <c r="O414" s="4">
         <v>99.90</v>
       </c>
       <c r="P414" t="s">
-        <v>1197</v>
+        <v>36</v>
       </c>
     </row>
     <row r="415">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415">
-        <v>20484</v>
+        <v>22403</v>
       </c>
       <c r="C415" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F415">
+        <v>82</v>
+      </c>
+      <c r="G415">
+        <v>168</v>
+      </c>
+      <c r="H415" t="s">
+        <v>22</v>
+      </c>
+      <c r="I415">
+        <v>150</v>
+      </c>
+      <c r="J415">
+        <v>210</v>
+      </c>
+      <c r="K415">
+        <v>5</v>
+      </c>
+      <c r="L415" s="1">
+        <v>40842</v>
+      </c>
+      <c r="M415" s="2">
+        <v>9788536234182</v>
+      </c>
+      <c r="N415" t="s" s="3">
         <v>1198</v>
       </c>
-      <c r="D415" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O415" s="4">
-        <v>159.90</v>
+        <v>59.90</v>
       </c>
       <c r="P415" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="416">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416">
-        <v>22349</v>
+        <v>31862</v>
       </c>
       <c r="C416" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F416">
+        <v>292</v>
+      </c>
+      <c r="G416">
+        <v>374</v>
+      </c>
+      <c r="H416" t="s">
+        <v>22</v>
+      </c>
+      <c r="I416">
+        <v>150</v>
+      </c>
+      <c r="J416">
+        <v>210</v>
+      </c>
+      <c r="K416">
+        <v>14</v>
+      </c>
+      <c r="L416" s="1">
+        <v>45960</v>
+      </c>
+      <c r="M416" s="2">
+        <v>9786526316825</v>
+      </c>
+      <c r="N416" t="s" s="3">
         <v>1201</v>
       </c>
-      <c r="D416" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O416" s="4">
-        <v>74.70</v>
+        <v>149.90</v>
       </c>
       <c r="P416" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="417">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417">
-        <v>30768</v>
+        <v>21866</v>
       </c>
       <c r="C417" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="D417" t="s">
-        <v>1205</v>
+        <v>947</v>
       </c>
       <c r="F417">
-        <v>188</v>
+        <v>150</v>
       </c>
       <c r="G417">
-        <v>283</v>
+        <v>200</v>
       </c>
       <c r="H417" t="s">
         <v>22</v>
       </c>
       <c r="I417">
         <v>150</v>
       </c>
       <c r="J417">
         <v>210</v>
       </c>
       <c r="K417">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L417" s="1">
-        <v>45222</v>
+        <v>40389</v>
       </c>
       <c r="M417" s="2">
-        <v>9786526307137</v>
+        <v>9788536230351</v>
       </c>
       <c r="N417" t="s" s="3">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="O417" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P417" t="s">
-        <v>19</v>
+        <v>897</v>
       </c>
     </row>
     <row r="418">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418">
-        <v>10973</v>
+        <v>20588</v>
       </c>
       <c r="C418" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="D418" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="F418">
-        <v>204</v>
+        <v>260</v>
       </c>
       <c r="G418">
-        <v>270</v>
+        <v>350</v>
       </c>
       <c r="H418" t="s">
         <v>22</v>
       </c>
       <c r="I418">
         <v>150</v>
       </c>
       <c r="J418">
         <v>210</v>
       </c>
       <c r="K418">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L418" s="1">
-        <v>36910</v>
+        <v>39498</v>
       </c>
       <c r="M418" s="2">
-        <v>9788573947397</v>
-[...2 lines deleted...]
-        <v>1209</v>
+        <v>9788536218847</v>
+      </c>
+      <c r="N418" t="s" s="3">
+        <v>1206</v>
       </c>
       <c r="O418" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P418" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="419">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419">
-        <v>29830</v>
+        <v>20344</v>
       </c>
       <c r="C419" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="D419" t="s">
-        <v>1192</v>
+        <v>1208</v>
       </c>
       <c r="E419" t="s">
         <v>34</v>
       </c>
       <c r="F419">
-        <v>288</v>
+        <v>184</v>
       </c>
       <c r="G419">
-        <v>357</v>
+        <v>248</v>
       </c>
       <c r="H419" t="s">
         <v>22</v>
       </c>
       <c r="I419">
         <v>150</v>
       </c>
       <c r="J419">
         <v>210</v>
       </c>
       <c r="K419">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="L419" s="1">
-        <v>44733</v>
+        <v>39281</v>
       </c>
       <c r="M419" s="2">
-        <v>9788536297750</v>
+        <v>9788536216454</v>
       </c>
       <c r="N419" t="s" s="3">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="O419" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P419" t="s">
-        <v>294</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="420">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420">
+        <v>20484</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F420">
+        <v>358</v>
+      </c>
+      <c r="G420">
+        <v>526</v>
+      </c>
+      <c r="H420" t="s">
+        <v>22</v>
+      </c>
+      <c r="I420">
+        <v>150</v>
+      </c>
+      <c r="J420">
+        <v>210</v>
+      </c>
+      <c r="K420">
+        <v>19</v>
+      </c>
+      <c r="L420" s="1">
+        <v>39399</v>
+      </c>
+      <c r="M420" s="2">
+        <v>9788536217987</v>
+      </c>
+      <c r="N420" t="s" s="3">
+        <v>1213</v>
+      </c>
+      <c r="O420" s="4">
+        <v>159.90</v>
+      </c>
+      <c r="P420" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421">
+        <v>420</v>
+      </c>
+      <c r="B421">
+        <v>22349</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F421">
+        <v>130</v>
+      </c>
+      <c r="G421">
+        <v>154</v>
+      </c>
+      <c r="H421" t="s">
+        <v>22</v>
+      </c>
+      <c r="I421">
+        <v>150</v>
+      </c>
+      <c r="J421">
+        <v>210</v>
+      </c>
+      <c r="K421">
+        <v>8</v>
+      </c>
+      <c r="L421" s="1">
+        <v>40791</v>
+      </c>
+      <c r="M421" s="2">
+        <v>9788536234700</v>
+      </c>
+      <c r="N421" t="s" s="3">
+        <v>1216</v>
+      </c>
+      <c r="O421" s="4">
+        <v>74.70</v>
+      </c>
+      <c r="P421" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422">
+        <v>421</v>
+      </c>
+      <c r="B422">
+        <v>30768</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F422">
+        <v>188</v>
+      </c>
+      <c r="G422">
+        <v>283</v>
+      </c>
+      <c r="H422" t="s">
+        <v>22</v>
+      </c>
+      <c r="I422">
+        <v>150</v>
+      </c>
+      <c r="J422">
+        <v>210</v>
+      </c>
+      <c r="K422">
+        <v>11</v>
+      </c>
+      <c r="L422" s="1">
+        <v>45222</v>
+      </c>
+      <c r="M422" s="2">
+        <v>9786526307137</v>
+      </c>
+      <c r="N422" t="s" s="3">
+        <v>1219</v>
+      </c>
+      <c r="O422" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P422" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423">
+        <v>422</v>
+      </c>
+      <c r="B423">
+        <v>10973</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F423">
+        <v>204</v>
+      </c>
+      <c r="G423">
+        <v>270</v>
+      </c>
+      <c r="H423" t="s">
+        <v>22</v>
+      </c>
+      <c r="I423">
+        <v>150</v>
+      </c>
+      <c r="J423">
+        <v>210</v>
+      </c>
+      <c r="K423">
+        <v>11</v>
+      </c>
+      <c r="L423" s="1">
+        <v>36910</v>
+      </c>
+      <c r="M423" s="2">
+        <v>9788573947397</v>
+      </c>
+      <c r="N423" t="s">
+        <v>1222</v>
+      </c>
+      <c r="O423" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P423" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424">
+        <v>423</v>
+      </c>
+      <c r="B424">
+        <v>29830</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E424" t="s">
+        <v>34</v>
+      </c>
+      <c r="F424">
+        <v>288</v>
+      </c>
+      <c r="G424">
+        <v>357</v>
+      </c>
+      <c r="H424" t="s">
+        <v>22</v>
+      </c>
+      <c r="I424">
+        <v>150</v>
+      </c>
+      <c r="J424">
+        <v>210</v>
+      </c>
+      <c r="K424">
+        <v>15</v>
+      </c>
+      <c r="L424" s="1">
+        <v>44733</v>
+      </c>
+      <c r="M424" s="2">
+        <v>9788536297750</v>
+      </c>
+      <c r="N424" t="s" s="3">
+        <v>1224</v>
+      </c>
+      <c r="O424" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P424" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425">
+        <v>424</v>
+      </c>
+      <c r="B425">
         <v>30164</v>
       </c>
-      <c r="C420" t="inlineStr">
+      <c r="C425" t="inlineStr">
         <is>
           <t>Hobby Lobby - Liberdade Religiosa e Precedentes Estreitos - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D420" t="s">
-[...2 lines deleted...]
-      <c r="F420">
+      <c r="D425" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F425">
         <v>144</v>
       </c>
-      <c r="G420">
+      <c r="G425">
         <v>90</v>
       </c>
-      <c r="H420" t="s">
-[...2 lines deleted...]
-      <c r="I420">
+      <c r="H425" t="s">
+        <v>22</v>
+      </c>
+      <c r="I425">
         <v>100</v>
       </c>
-      <c r="J420">
-[...242 lines deleted...]
-      </c>
       <c r="J425">
-        <v>210</v>
+        <v>150</v>
       </c>
       <c r="K425">
         <v>8</v>
       </c>
       <c r="L425" s="1">
-        <v>45401</v>
+        <v>44869</v>
       </c>
       <c r="M425" s="2">
-        <v>9786526309469</v>
+        <v>9786526301241</v>
       </c>
       <c r="N425" t="s" s="3">
-        <v>1230</v>
+        <v>1226</v>
       </c>
       <c r="O425" s="4">
-        <v>109.90</v>
+        <v>49.90</v>
       </c>
       <c r="P425" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
     </row>
     <row r="426">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426">
-        <v>30196</v>
+        <v>20646</v>
       </c>
       <c r="C426" t="s">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="D426" t="s">
-        <v>1232</v>
+        <v>1228</v>
       </c>
       <c r="F426">
-        <v>96</v>
+        <v>126</v>
       </c>
       <c r="G426">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="H426" t="s">
         <v>22</v>
       </c>
       <c r="I426">
         <v>150</v>
       </c>
       <c r="J426">
         <v>210</v>
       </c>
       <c r="K426">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L426" s="1">
-        <v>44886</v>
+        <v>39552</v>
       </c>
       <c r="M426" s="2">
-        <v>9786526301142</v>
+        <v>9788536219608</v>
       </c>
       <c r="N426" t="s" s="3">
-        <v>1233</v>
+        <v>1229</v>
       </c>
       <c r="O426" s="4">
-        <v>44.90</v>
+        <v>74.70</v>
       </c>
       <c r="P426" t="s">
-        <v>36</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="427">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427">
-        <v>26661</v>
+        <v>22244</v>
       </c>
       <c r="C427" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="D427" t="s">
-        <v>1235</v>
+        <v>1232</v>
+      </c>
+      <c r="E427" t="s">
+        <v>34</v>
       </c>
       <c r="F427">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="G427">
-        <v>159</v>
+        <v>207</v>
       </c>
       <c r="H427" t="s">
         <v>22</v>
       </c>
       <c r="I427">
         <v>150</v>
       </c>
       <c r="J427">
         <v>210</v>
       </c>
       <c r="K427">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L427" s="1">
-        <v>43178</v>
+        <v>40695</v>
       </c>
       <c r="M427" s="2">
-        <v>9788536277509</v>
+        <v>9788536233567</v>
       </c>
       <c r="N427" t="s" s="3">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="O427" s="4">
         <v>89.90</v>
       </c>
       <c r="P427" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="428">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428">
-        <v>12553</v>
+        <v>12479</v>
       </c>
       <c r="C428" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="D428" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="F428">
-        <v>150</v>
+        <v>164</v>
       </c>
       <c r="G428">
-        <v>210</v>
+        <v>228</v>
       </c>
       <c r="H428" t="s">
         <v>22</v>
       </c>
       <c r="I428">
         <v>150</v>
       </c>
       <c r="J428">
         <v>210</v>
       </c>
       <c r="K428">
         <v>9</v>
       </c>
       <c r="L428" s="1">
-        <v>37714</v>
+        <v>37610</v>
       </c>
       <c r="M428" s="2">
-        <v>9788536202860</v>
-[...2 lines deleted...]
-        <v>1239</v>
+        <v>9788536201726</v>
+      </c>
+      <c r="N428" t="s">
+        <v>1236</v>
       </c>
       <c r="O428" s="4">
         <v>79.90</v>
       </c>
       <c r="P428" t="s">
-        <v>19</v>
+        <v>476</v>
       </c>
     </row>
     <row r="429">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429">
-        <v>20419</v>
+        <v>24289</v>
       </c>
       <c r="C429" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F429">
+        <v>428</v>
+      </c>
+      <c r="G429">
+        <v>531</v>
+      </c>
+      <c r="H429" t="s">
+        <v>22</v>
+      </c>
+      <c r="I429">
+        <v>150</v>
+      </c>
+      <c r="J429">
+        <v>210</v>
+      </c>
+      <c r="K429">
+        <v>22</v>
+      </c>
+      <c r="L429" s="1">
+        <v>42307</v>
+      </c>
+      <c r="M429" s="2">
+        <v>9788536254715</v>
+      </c>
+      <c r="N429" t="s" s="3">
         <v>1240</v>
       </c>
-      <c r="D429" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O429" s="4">
-        <v>139.90</v>
+        <v>199.90</v>
       </c>
       <c r="P429" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="430">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430">
-        <v>12285</v>
+        <v>31013</v>
       </c>
       <c r="C430" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E430" t="s">
+        <v>96</v>
+      </c>
+      <c r="F430">
+        <v>166</v>
+      </c>
+      <c r="G430">
+        <v>206</v>
+      </c>
+      <c r="H430" t="s">
+        <v>22</v>
+      </c>
+      <c r="I430">
+        <v>150</v>
+      </c>
+      <c r="J430">
+        <v>210</v>
+      </c>
+      <c r="K430">
+        <v>8</v>
+      </c>
+      <c r="L430" s="1">
+        <v>45401</v>
+      </c>
+      <c r="M430" s="2">
+        <v>9786526309469</v>
+      </c>
+      <c r="N430" t="s" s="3">
         <v>1243</v>
       </c>
-      <c r="D430" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O430" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P430" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="431">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431">
-        <v>24138</v>
+        <v>30196</v>
       </c>
       <c r="C431" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D431" t="s">
         <v>1245</v>
       </c>
-      <c r="D431" t="s">
+      <c r="F431">
+        <v>96</v>
+      </c>
+      <c r="G431">
+        <v>62</v>
+      </c>
+      <c r="H431" t="s">
+        <v>22</v>
+      </c>
+      <c r="I431">
+        <v>150</v>
+      </c>
+      <c r="J431">
+        <v>210</v>
+      </c>
+      <c r="K431">
+        <v>6</v>
+      </c>
+      <c r="L431" s="1">
+        <v>44886</v>
+      </c>
+      <c r="M431" s="2">
+        <v>9786526301142</v>
+      </c>
+      <c r="N431" t="s" s="3">
         <v>1246</v>
       </c>
-      <c r="F431">
-[...25 lines deleted...]
-      </c>
       <c r="O431" s="4">
-        <v>129.90</v>
+        <v>44.90</v>
       </c>
       <c r="P431" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="432">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432">
-        <v>20737</v>
+        <v>26661</v>
       </c>
       <c r="C432" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D432" t="s">
         <v>1248</v>
       </c>
-      <c r="D432" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F432">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G432">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="H432" t="s">
         <v>22</v>
       </c>
       <c r="I432">
         <v>150</v>
       </c>
       <c r="J432">
         <v>210</v>
       </c>
       <c r="K432">
         <v>8</v>
       </c>
       <c r="L432" s="1">
-        <v>39619</v>
+        <v>43178</v>
       </c>
       <c r="M432" s="2">
-        <v>9788536220406</v>
+        <v>9788536277509</v>
       </c>
       <c r="N432" t="s" s="3">
-        <v>1250</v>
+        <v>1249</v>
       </c>
       <c r="O432" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P432" t="s">
-        <v>1251</v>
+        <v>64</v>
       </c>
     </row>
     <row r="433">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433">
-        <v>25914</v>
+        <v>12553</v>
       </c>
       <c r="C433" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F433">
+        <v>150</v>
+      </c>
+      <c r="G433">
+        <v>210</v>
+      </c>
+      <c r="H433" t="s">
+        <v>22</v>
+      </c>
+      <c r="I433">
+        <v>150</v>
+      </c>
+      <c r="J433">
+        <v>210</v>
+      </c>
+      <c r="K433">
+        <v>9</v>
+      </c>
+      <c r="L433" s="1">
+        <v>37714</v>
+      </c>
+      <c r="M433" s="2">
+        <v>9788536202860</v>
+      </c>
+      <c r="N433" t="s" s="3">
         <v>1252</v>
-      </c>
-[...28 lines deleted...]
-        <v>1254</v>
       </c>
       <c r="O433" s="4">
         <v>79.90</v>
       </c>
       <c r="P433" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="434">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434">
-        <v>22814</v>
+        <v>20419</v>
       </c>
       <c r="C434" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F434">
+        <v>296</v>
+      </c>
+      <c r="G434">
+        <v>480</v>
+      </c>
+      <c r="H434" t="s">
+        <v>22</v>
+      </c>
+      <c r="I434">
+        <v>150</v>
+      </c>
+      <c r="J434">
+        <v>210</v>
+      </c>
+      <c r="K434">
+        <v>16</v>
+      </c>
+      <c r="L434" s="1">
+        <v>39364</v>
+      </c>
+      <c r="M434" s="2">
+        <v>9788536217192</v>
+      </c>
+      <c r="N434" t="s" s="3">
         <v>1255</v>
       </c>
-      <c r="D434" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O434" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P434" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
     </row>
     <row r="435">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435">
-        <v>27789</v>
+        <v>12285</v>
       </c>
       <c r="C435" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="D435" t="s">
-        <v>1256</v>
+        <v>1251</v>
       </c>
       <c r="F435">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="G435">
-        <v>370</v>
+        <v>224</v>
       </c>
       <c r="H435" t="s">
         <v>22</v>
       </c>
       <c r="I435">
         <v>150</v>
       </c>
       <c r="J435">
         <v>210</v>
       </c>
       <c r="K435">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L435" s="1">
-        <v>43593</v>
+        <v>37273</v>
       </c>
       <c r="M435" s="2">
-        <v>9788536287928</v>
+        <v>9788573948707</v>
       </c>
       <c r="N435" t="s" s="3">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="O435" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P435" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="436">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436">
-        <v>31420</v>
+        <v>24138</v>
       </c>
       <c r="C436" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F436">
+        <v>240</v>
+      </c>
+      <c r="G436">
+        <v>298</v>
+      </c>
+      <c r="H436" t="s">
+        <v>22</v>
+      </c>
+      <c r="I436">
+        <v>150</v>
+      </c>
+      <c r="J436">
+        <v>210</v>
+      </c>
+      <c r="K436">
+        <v>13</v>
+      </c>
+      <c r="L436" s="1">
+        <v>42230</v>
+      </c>
+      <c r="M436" s="2">
+        <v>9788536253282</v>
+      </c>
+      <c r="N436" t="s" s="3">
         <v>1260</v>
       </c>
-      <c r="D436" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O436" s="4">
-        <v>99.90</v>
+        <v>129.90</v>
       </c>
       <c r="P436" t="s">
-        <v>892</v>
+        <v>57</v>
       </c>
     </row>
     <row r="437">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437">
-        <v>23129</v>
+        <v>20737</v>
       </c>
       <c r="C437" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F437">
+        <v>132</v>
+      </c>
+      <c r="G437">
+        <v>180</v>
+      </c>
+      <c r="H437" t="s">
+        <v>22</v>
+      </c>
+      <c r="I437">
+        <v>150</v>
+      </c>
+      <c r="J437">
+        <v>210</v>
+      </c>
+      <c r="K437">
+        <v>8</v>
+      </c>
+      <c r="L437" s="1">
+        <v>39619</v>
+      </c>
+      <c r="M437" s="2">
+        <v>9788536220406</v>
+      </c>
+      <c r="N437" t="s" s="3">
         <v>1263</v>
       </c>
-      <c r="D437" t="s">
+      <c r="O437" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P437" t="s">
         <v>1264</v>
-      </c>
-[...31 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="438">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438">
-        <v>31416</v>
+        <v>25914</v>
       </c>
       <c r="C438" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D438" t="s">
         <v>1266</v>
       </c>
-      <c r="D438" t="s">
+      <c r="F438">
+        <v>112</v>
+      </c>
+      <c r="G438">
+        <v>139</v>
+      </c>
+      <c r="H438" t="s">
+        <v>22</v>
+      </c>
+      <c r="I438">
+        <v>150</v>
+      </c>
+      <c r="J438">
+        <v>210</v>
+      </c>
+      <c r="K438">
+        <v>7</v>
+      </c>
+      <c r="L438" s="1">
+        <v>42915</v>
+      </c>
+      <c r="M438" s="2">
+        <v>9788536270081</v>
+      </c>
+      <c r="N438" t="s" s="3">
         <v>1267</v>
       </c>
-      <c r="F438">
-[...25 lines deleted...]
-      </c>
       <c r="O438" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P438" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="439">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439">
-        <v>26246</v>
+        <v>22814</v>
       </c>
       <c r="C439" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D439" t="s">
         <v>1269</v>
       </c>
-      <c r="D439" t="s">
+      <c r="F439">
+        <v>130</v>
+      </c>
+      <c r="G439">
+        <v>185</v>
+      </c>
+      <c r="H439" t="s">
+        <v>22</v>
+      </c>
+      <c r="I439">
+        <v>150</v>
+      </c>
+      <c r="J439">
+        <v>210</v>
+      </c>
+      <c r="K439">
+        <v>8</v>
+      </c>
+      <c r="L439" s="1">
+        <v>41208</v>
+      </c>
+      <c r="M439" s="2">
+        <v>9788536239590</v>
+      </c>
+      <c r="N439" t="s" s="3">
         <v>1270</v>
       </c>
-      <c r="F439">
-[...25 lines deleted...]
-      </c>
       <c r="O439" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P439" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="440">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440">
-        <v>27647</v>
+        <v>27789</v>
       </c>
       <c r="C440" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F440">
+        <v>180</v>
+      </c>
+      <c r="G440">
+        <v>370</v>
+      </c>
+      <c r="H440" t="s">
+        <v>22</v>
+      </c>
+      <c r="I440">
+        <v>150</v>
+      </c>
+      <c r="J440">
+        <v>210</v>
+      </c>
+      <c r="K440">
+        <v>10</v>
+      </c>
+      <c r="L440" s="1">
+        <v>43593</v>
+      </c>
+      <c r="M440" s="2">
+        <v>9788536287928</v>
+      </c>
+      <c r="N440" t="s" s="3">
         <v>1272</v>
       </c>
-      <c r="D440" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O440" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P440" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="441">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441">
-        <v>21221</v>
+        <v>31420</v>
       </c>
       <c r="C441" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F441">
+        <v>198</v>
+      </c>
+      <c r="G441">
+        <v>246</v>
+      </c>
+      <c r="H441" t="s">
+        <v>22</v>
+      </c>
+      <c r="I441">
+        <v>150</v>
+      </c>
+      <c r="J441">
+        <v>210</v>
+      </c>
+      <c r="K441">
+        <v>10</v>
+      </c>
+      <c r="L441" s="1">
+        <v>45679</v>
+      </c>
+      <c r="M441" s="2">
+        <v>9786526315651</v>
+      </c>
+      <c r="N441" t="s" s="3">
         <v>1275</v>
       </c>
-      <c r="D441" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O441" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P441" t="s">
-        <v>47</v>
+        <v>897</v>
       </c>
     </row>
     <row r="442">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442">
-        <v>27091</v>
+        <v>23129</v>
       </c>
       <c r="C442" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F442">
+        <v>182</v>
+      </c>
+      <c r="G442">
+        <v>255</v>
+      </c>
+      <c r="H442" t="s">
+        <v>22</v>
+      </c>
+      <c r="I442">
+        <v>150</v>
+      </c>
+      <c r="J442">
+        <v>210</v>
+      </c>
+      <c r="K442">
+        <v>10</v>
+      </c>
+      <c r="L442" s="1">
+        <v>41486</v>
+      </c>
+      <c r="M442" s="2">
+        <v>9788536242927</v>
+      </c>
+      <c r="N442" t="s" s="3">
         <v>1278</v>
       </c>
-      <c r="D442" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O442" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P442" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443">
-        <v>13423</v>
+        <v>31416</v>
       </c>
       <c r="C443" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D443" t="s">
         <v>1280</v>
       </c>
-      <c r="D443" t="s">
+      <c r="F443">
+        <v>232</v>
+      </c>
+      <c r="G443">
+        <v>288</v>
+      </c>
+      <c r="H443" t="s">
+        <v>22</v>
+      </c>
+      <c r="I443">
+        <v>150</v>
+      </c>
+      <c r="J443">
+        <v>210</v>
+      </c>
+      <c r="K443">
+        <v>11</v>
+      </c>
+      <c r="L443" s="1">
+        <v>45677</v>
+      </c>
+      <c r="M443" s="2">
+        <v>9786526312018</v>
+      </c>
+      <c r="N443" t="s" s="3">
         <v>1281</v>
       </c>
-      <c r="F443">
-[...25 lines deleted...]
-      </c>
       <c r="O443" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P443" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
     </row>
     <row r="444">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444">
-        <v>13280</v>
+        <v>26246</v>
       </c>
       <c r="C444" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D444" t="s">
         <v>1283</v>
       </c>
-      <c r="D444" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F444">
-        <v>130</v>
+        <v>218</v>
       </c>
       <c r="G444">
-        <v>178</v>
+        <v>270</v>
       </c>
       <c r="H444" t="s">
         <v>22</v>
       </c>
       <c r="I444">
         <v>150</v>
       </c>
       <c r="J444">
         <v>210</v>
       </c>
       <c r="K444">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L444" s="1">
-        <v>38625</v>
+        <v>43018</v>
       </c>
       <c r="M444" s="2">
-        <v>9788536210933</v>
+        <v>9788536273303</v>
       </c>
       <c r="N444" t="s" s="3">
         <v>1284</v>
       </c>
       <c r="O444" s="4">
-        <v>74.70</v>
+        <v>119.90</v>
       </c>
       <c r="P444" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="445">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445">
-        <v>23858</v>
+        <v>27647</v>
       </c>
       <c r="C445" t="s">
         <v>1285</v>
       </c>
       <c r="D445" t="s">
         <v>1286</v>
       </c>
       <c r="F445">
-        <v>174</v>
+        <v>92</v>
       </c>
       <c r="G445">
-        <v>216</v>
+        <v>114</v>
       </c>
       <c r="H445" t="s">
         <v>22</v>
       </c>
       <c r="I445">
         <v>150</v>
       </c>
       <c r="J445">
         <v>210</v>
       </c>
       <c r="K445">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L445" s="1">
-        <v>42096</v>
+        <v>43536</v>
       </c>
       <c r="M445" s="2">
-        <v>9788536250670</v>
+        <v>9788536286648</v>
       </c>
       <c r="N445" t="s" s="3">
         <v>1287</v>
       </c>
       <c r="O445" s="4">
-        <v>94.70</v>
+        <v>69.90</v>
       </c>
       <c r="P445" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="446">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446">
-        <v>20553</v>
+        <v>21221</v>
       </c>
       <c r="C446" t="s">
         <v>1288</v>
       </c>
       <c r="D446" t="s">
         <v>1289</v>
       </c>
       <c r="F446">
-        <v>252</v>
+        <v>134</v>
       </c>
       <c r="G446">
-        <v>280</v>
+        <v>185</v>
       </c>
       <c r="H446" t="s">
         <v>22</v>
       </c>
       <c r="I446">
         <v>150</v>
       </c>
       <c r="J446">
         <v>210</v>
       </c>
       <c r="K446">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L446" s="1">
-        <v>39480</v>
+        <v>40017</v>
       </c>
       <c r="M446" s="2">
-        <v>9788536218786</v>
+        <v>9788536223599</v>
       </c>
       <c r="N446" t="s" s="3">
         <v>1290</v>
       </c>
       <c r="O446" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P446" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="447">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447">
-        <v>23391</v>
+        <v>27091</v>
       </c>
       <c r="C447" t="s">
         <v>1291</v>
       </c>
       <c r="D447" t="s">
-        <v>1292</v>
+        <v>1023</v>
       </c>
       <c r="F447">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G447">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H447" t="s">
         <v>22</v>
       </c>
       <c r="I447">
         <v>150</v>
       </c>
       <c r="J447">
         <v>210</v>
       </c>
       <c r="K447">
         <v>6</v>
       </c>
       <c r="L447" s="1">
-        <v>41754</v>
+        <v>43321</v>
       </c>
       <c r="M447" s="2">
-        <v>9788536246284</v>
+        <v>9788536281650</v>
       </c>
       <c r="N447" t="s" s="3">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="O447" s="4">
         <v>69.90</v>
       </c>
       <c r="P447" t="s">
-        <v>297</v>
+        <v>19</v>
       </c>
     </row>
     <row r="448">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448">
-        <v>26339</v>
+        <v>13423</v>
       </c>
       <c r="C448" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D448" t="s">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
       <c r="F448">
         <v>132</v>
       </c>
       <c r="G448">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="H448" t="s">
         <v>22</v>
       </c>
       <c r="I448">
         <v>150</v>
       </c>
       <c r="J448">
         <v>210</v>
       </c>
       <c r="K448">
         <v>8</v>
       </c>
       <c r="L448" s="1">
-        <v>43049</v>
+        <v>38833</v>
       </c>
       <c r="M448" s="2">
-        <v>9788536274416</v>
+        <v>9788536211831</v>
       </c>
       <c r="N448" t="s" s="3">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="O448" s="4">
         <v>79.90</v>
       </c>
       <c r="P448" t="s">
-        <v>377</v>
+        <v>19</v>
       </c>
     </row>
     <row r="449">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449">
-        <v>24926</v>
+        <v>13280</v>
       </c>
       <c r="C449" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D449" t="s">
+        <v>455</v>
+      </c>
+      <c r="F449">
+        <v>130</v>
+      </c>
+      <c r="G449">
+        <v>178</v>
+      </c>
+      <c r="H449" t="s">
+        <v>22</v>
+      </c>
+      <c r="I449">
+        <v>150</v>
+      </c>
+      <c r="J449">
+        <v>210</v>
+      </c>
+      <c r="K449">
+        <v>8</v>
+      </c>
+      <c r="L449" s="1">
+        <v>38625</v>
+      </c>
+      <c r="M449" s="2">
+        <v>9788536210933</v>
+      </c>
+      <c r="N449" t="s" s="3">
         <v>1297</v>
       </c>
-      <c r="D449" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O449" s="4">
-        <v>129.90</v>
+        <v>74.70</v>
       </c>
       <c r="P449" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="450">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450">
-        <v>20367</v>
+        <v>23858</v>
       </c>
       <c r="C450" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F450">
+        <v>174</v>
+      </c>
+      <c r="G450">
+        <v>216</v>
+      </c>
+      <c r="H450" t="s">
+        <v>22</v>
+      </c>
+      <c r="I450">
+        <v>150</v>
+      </c>
+      <c r="J450">
+        <v>210</v>
+      </c>
+      <c r="K450">
+        <v>10</v>
+      </c>
+      <c r="L450" s="1">
+        <v>42096</v>
+      </c>
+      <c r="M450" s="2">
+        <v>9788536250670</v>
+      </c>
+      <c r="N450" t="s" s="3">
         <v>1300</v>
       </c>
-      <c r="D450" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O450" s="4">
-        <v>79.90</v>
+        <v>94.70</v>
       </c>
       <c r="P450" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="451">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451">
-        <v>20830</v>
+        <v>20553</v>
       </c>
       <c r="C451" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F451">
+        <v>252</v>
+      </c>
+      <c r="G451">
+        <v>280</v>
+      </c>
+      <c r="H451" t="s">
+        <v>22</v>
+      </c>
+      <c r="I451">
+        <v>150</v>
+      </c>
+      <c r="J451">
+        <v>210</v>
+      </c>
+      <c r="K451">
+        <v>13</v>
+      </c>
+      <c r="L451" s="1">
+        <v>39480</v>
+      </c>
+      <c r="M451" s="2">
+        <v>9788536218786</v>
+      </c>
+      <c r="N451" t="s" s="3">
         <v>1303</v>
       </c>
-      <c r="D451" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O451" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P451" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="452">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452">
-        <v>21397</v>
+        <v>23391</v>
       </c>
       <c r="C452" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F452">
+        <v>94</v>
+      </c>
+      <c r="G452">
+        <v>119</v>
+      </c>
+      <c r="H452" t="s">
+        <v>22</v>
+      </c>
+      <c r="I452">
+        <v>150</v>
+      </c>
+      <c r="J452">
+        <v>210</v>
+      </c>
+      <c r="K452">
+        <v>6</v>
+      </c>
+      <c r="L452" s="1">
+        <v>41754</v>
+      </c>
+      <c r="M452" s="2">
+        <v>9788536246284</v>
+      </c>
+      <c r="N452" t="s" s="3">
         <v>1306</v>
       </c>
-      <c r="D452" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O452" s="4">
-        <v>94.70</v>
+        <v>69.90</v>
       </c>
       <c r="P452" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="453">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453">
-        <v>22299</v>
+        <v>26339</v>
       </c>
       <c r="C453" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D453" t="s">
         <v>1308</v>
       </c>
-      <c r="D453" t="s">
+      <c r="F453">
+        <v>132</v>
+      </c>
+      <c r="G453">
+        <v>164</v>
+      </c>
+      <c r="H453" t="s">
+        <v>22</v>
+      </c>
+      <c r="I453">
+        <v>150</v>
+      </c>
+      <c r="J453">
+        <v>210</v>
+      </c>
+      <c r="K453">
+        <v>8</v>
+      </c>
+      <c r="L453" s="1">
+        <v>43049</v>
+      </c>
+      <c r="M453" s="2">
+        <v>9788536274416</v>
+      </c>
+      <c r="N453" t="s" s="3">
         <v>1309</v>
       </c>
-      <c r="F453">
-[...25 lines deleted...]
-      </c>
       <c r="O453" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P453" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
     </row>
     <row r="454">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454">
-        <v>31165</v>
-[...4 lines deleted...]
-        </is>
+        <v>24926</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1310</v>
       </c>
       <c r="D454" t="s">
         <v>1311</v>
       </c>
       <c r="F454">
-        <v>106</v>
+        <v>242</v>
       </c>
       <c r="G454">
-        <v>131</v>
+        <v>300</v>
       </c>
       <c r="H454" t="s">
         <v>22</v>
       </c>
       <c r="I454">
         <v>150</v>
       </c>
       <c r="J454">
         <v>210</v>
       </c>
       <c r="K454">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="L454" s="1">
-        <v>45503</v>
+        <v>42592</v>
       </c>
       <c r="M454" s="2">
-        <v>9786526313602</v>
+        <v>9788536260716</v>
       </c>
       <c r="N454" t="s" s="3">
         <v>1312</v>
       </c>
       <c r="O454" s="4">
-        <v>49.90</v>
+        <v>129.90</v>
       </c>
       <c r="P454" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
     </row>
     <row r="455">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455">
-        <v>31823</v>
+        <v>20367</v>
       </c>
       <c r="C455" t="s">
         <v>1313</v>
       </c>
-      <c r="D455" t="inlineStr">
+      <c r="D455" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F455">
+        <v>108</v>
+      </c>
+      <c r="G455">
+        <v>148</v>
+      </c>
+      <c r="H455" t="s">
+        <v>22</v>
+      </c>
+      <c r="I455">
+        <v>150</v>
+      </c>
+      <c r="J455">
+        <v>210</v>
+      </c>
+      <c r="K455">
+        <v>7</v>
+      </c>
+      <c r="L455" s="1">
+        <v>39301</v>
+      </c>
+      <c r="M455" s="2">
+        <v>9788536216737</v>
+      </c>
+      <c r="N455" t="s" s="3">
+        <v>1315</v>
+      </c>
+      <c r="O455" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P455" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456">
+        <v>455</v>
+      </c>
+      <c r="B456">
+        <v>20830</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F456">
+        <v>206</v>
+      </c>
+      <c r="G456">
+        <v>196</v>
+      </c>
+      <c r="H456" t="s">
+        <v>22</v>
+      </c>
+      <c r="I456">
+        <v>150</v>
+      </c>
+      <c r="J456">
+        <v>210</v>
+      </c>
+      <c r="K456">
+        <v>11</v>
+      </c>
+      <c r="L456" s="1">
+        <v>39680</v>
+      </c>
+      <c r="M456" s="2">
+        <v>9788536221458</v>
+      </c>
+      <c r="N456" t="s" s="3">
+        <v>1318</v>
+      </c>
+      <c r="O456" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P456" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457">
+        <v>456</v>
+      </c>
+      <c r="B457">
+        <v>21397</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F457">
+        <v>166</v>
+      </c>
+      <c r="G457">
+        <v>220</v>
+      </c>
+      <c r="H457" t="s">
+        <v>22</v>
+      </c>
+      <c r="I457">
+        <v>150</v>
+      </c>
+      <c r="J457">
+        <v>210</v>
+      </c>
+      <c r="K457">
+        <v>9</v>
+      </c>
+      <c r="L457" s="1">
+        <v>40128</v>
+      </c>
+      <c r="M457" s="2">
+        <v>9788536226446</v>
+      </c>
+      <c r="N457" t="s" s="3">
+        <v>1320</v>
+      </c>
+      <c r="O457" s="4">
+        <v>94.70</v>
+      </c>
+      <c r="P457" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458">
+        <v>457</v>
+      </c>
+      <c r="B458">
+        <v>22299</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F458">
+        <v>262</v>
+      </c>
+      <c r="G458">
+        <v>345</v>
+      </c>
+      <c r="H458" t="s">
+        <v>22</v>
+      </c>
+      <c r="I458">
+        <v>150</v>
+      </c>
+      <c r="J458">
+        <v>210</v>
+      </c>
+      <c r="K458">
+        <v>14</v>
+      </c>
+      <c r="L458" s="1">
+        <v>40753</v>
+      </c>
+      <c r="M458" s="2">
+        <v>9788536234106</v>
+      </c>
+      <c r="N458" t="s" s="3">
+        <v>1323</v>
+      </c>
+      <c r="O458" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P458" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459">
+        <v>458</v>
+      </c>
+      <c r="B459">
+        <v>31165</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1325</v>
+      </c>
+      <c r="F459">
+        <v>106</v>
+      </c>
+      <c r="G459">
+        <v>131</v>
+      </c>
+      <c r="H459" t="s">
+        <v>22</v>
+      </c>
+      <c r="I459">
+        <v>150</v>
+      </c>
+      <c r="J459">
+        <v>210</v>
+      </c>
+      <c r="K459">
+        <v>5</v>
+      </c>
+      <c r="L459" s="1">
+        <v>45503</v>
+      </c>
+      <c r="M459" s="2">
+        <v>9786526313602</v>
+      </c>
+      <c r="N459" t="s" s="3">
+        <v>1326</v>
+      </c>
+      <c r="O459" s="4">
+        <v>49.90</v>
+      </c>
+      <c r="P459" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460">
+        <v>459</v>
+      </c>
+      <c r="B460">
+        <v>31823</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D460" t="inlineStr">
         <is>
           <t>Stéfane Beloni Correa Dielle Dias, Victor Nikolaevich Seluianov, Luís Altino Souza Lopes, Eduardo Lopes, Marco Aurelio Cota Junior - Revisão Científica: Fabio da Silva Ferreira Vieira</t>
         </is>
       </c>
-      <c r="E455" t="s">
+      <c r="E460" t="s">
         <v>34</v>
       </c>
-      <c r="F455">
+      <c r="F460">
         <v>162</v>
       </c>
-      <c r="G455">
+      <c r="G460">
         <v>208</v>
       </c>
-      <c r="H455" t="s">
-[...8 lines deleted...]
-      <c r="K455">
+      <c r="H460" t="s">
+        <v>22</v>
+      </c>
+      <c r="I460">
+        <v>150</v>
+      </c>
+      <c r="J460">
+        <v>210</v>
+      </c>
+      <c r="K460">
         <v>8</v>
       </c>
-      <c r="L455" s="1">
+      <c r="L460" s="1">
         <v>45933</v>
       </c>
-      <c r="M455" s="2">
+      <c r="M460" s="2">
         <v>9786526316764</v>
       </c>
-      <c r="N455" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O455" s="4">
+      <c r="N460" t="s" s="3">
+        <v>1328</v>
+      </c>
+      <c r="O460" s="4">
         <v>99.90</v>
       </c>
-      <c r="P455" t="s">
+      <c r="P460" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="456">
-[...3 lines deleted...]
-      <c r="B456">
+    <row r="461">
+      <c r="A461">
+        <v>460</v>
+      </c>
+      <c r="B461">
         <v>23813</v>
       </c>
-      <c r="C456" t="inlineStr">
+      <c r="C461" t="inlineStr">
         <is>
           <t>Israel e Palestina - O Papel do Poder Político e da Ideologia na Construção da Paz - Biblioteca Juruá Diplomacia e Política Exterior - Coordenador: Argemiro Procópio</t>
         </is>
       </c>
-      <c r="D456" t="s">
-[...2 lines deleted...]
-      <c r="F456">
+      <c r="D461" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F461">
         <v>304</v>
       </c>
-      <c r="G456">
+      <c r="G461">
         <v>377</v>
       </c>
-      <c r="H456" t="s">
-[...8 lines deleted...]
-      <c r="K456">
+      <c r="H461" t="s">
+        <v>22</v>
+      </c>
+      <c r="I461">
+        <v>150</v>
+      </c>
+      <c r="J461">
+        <v>210</v>
+      </c>
+      <c r="K461">
         <v>16</v>
       </c>
-      <c r="L456" s="1">
+      <c r="L461" s="1">
         <v>42058</v>
       </c>
-      <c r="M456" s="2">
+      <c r="M461" s="2">
         <v>9788536250304</v>
       </c>
-      <c r="N456" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O456" s="4">
+      <c r="N461" t="s" s="3">
+        <v>1330</v>
+      </c>
+      <c r="O461" s="4">
         <v>159.90</v>
       </c>
-      <c r="P456" t="s">
+      <c r="P461" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="457">
-[...3 lines deleted...]
-      <c r="B457">
+    <row r="462">
+      <c r="A462">
+        <v>461</v>
+      </c>
+      <c r="B462">
         <v>13475</v>
       </c>
-      <c r="C457" t="s">
-[...5 lines deleted...]
-      <c r="F457">
+      <c r="C462" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F462">
         <v>140</v>
       </c>
-      <c r="G457">
+      <c r="G462">
         <v>186</v>
       </c>
-      <c r="H457" t="s">
-[...8 lines deleted...]
-      <c r="K457">
+      <c r="H462" t="s">
+        <v>22</v>
+      </c>
+      <c r="I462">
+        <v>150</v>
+      </c>
+      <c r="J462">
+        <v>210</v>
+      </c>
+      <c r="K462">
         <v>8</v>
       </c>
-      <c r="L457" s="1">
+      <c r="L462" s="1">
         <v>38891</v>
       </c>
-      <c r="M457" s="2">
+      <c r="M462" s="2">
         <v>9788536212920</v>
       </c>
-      <c r="N457" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O457" s="4">
+      <c r="N462" t="s" s="3">
+        <v>1333</v>
+      </c>
+      <c r="O462" s="4">
         <v>79.90</v>
       </c>
-      <c r="P457" t="s">
-[...7 lines deleted...]
-      <c r="B458">
+      <c r="P462" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463">
+        <v>462</v>
+      </c>
+      <c r="B463">
         <v>12370</v>
       </c>
-      <c r="C458" t="s">
-[...2 lines deleted...]
-      <c r="D458" t="s">
+      <c r="C463" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D463" t="s">
         <v>412</v>
       </c>
-      <c r="F458">
+      <c r="F463">
         <v>158</v>
       </c>
-      <c r="G458">
+      <c r="G463">
         <v>208</v>
       </c>
-      <c r="H458" t="s">
-[...8 lines deleted...]
-      <c r="K458">
+      <c r="H463" t="s">
+        <v>22</v>
+      </c>
+      <c r="I463">
+        <v>150</v>
+      </c>
+      <c r="J463">
+        <v>210</v>
+      </c>
+      <c r="K463">
         <v>9</v>
       </c>
-      <c r="L458" s="1">
+      <c r="L463" s="1">
         <v>37419</v>
       </c>
-      <c r="M458" s="2">
+      <c r="M463" s="2">
         <v>9788573949704</v>
       </c>
-      <c r="N458" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O458" s="4">
+      <c r="N463" t="s" s="3">
+        <v>1336</v>
+      </c>
+      <c r="O463" s="4">
         <v>89.90</v>
       </c>
-      <c r="P458" t="s">
+      <c r="P463" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="459">
-[...3 lines deleted...]
-      <c r="B459">
+    <row r="464">
+      <c r="A464">
+        <v>463</v>
+      </c>
+      <c r="B464">
         <v>23076</v>
       </c>
-      <c r="C459" t="s">
-[...5 lines deleted...]
-      <c r="F459">
+      <c r="C464" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F464">
         <v>92</v>
       </c>
-      <c r="G459">
+      <c r="G464">
         <v>140</v>
       </c>
-      <c r="H459" t="s">
-[...8 lines deleted...]
-      <c r="K459">
+      <c r="H464" t="s">
+        <v>22</v>
+      </c>
+      <c r="I464">
+        <v>150</v>
+      </c>
+      <c r="J464">
+        <v>210</v>
+      </c>
+      <c r="K464">
         <v>6</v>
       </c>
-      <c r="L459" s="1">
+      <c r="L464" s="1">
         <v>41443</v>
       </c>
-      <c r="M459" s="2">
+      <c r="M464" s="2">
         <v>9788536242811</v>
       </c>
-      <c r="N459" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O459" s="4">
+      <c r="N464" t="s" s="3">
+        <v>1339</v>
+      </c>
+      <c r="O464" s="4">
         <v>69.90</v>
       </c>
-      <c r="P459" t="s">
+      <c r="P464" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="460">
-[...3 lines deleted...]
-      <c r="B460">
+    <row r="465">
+      <c r="A465">
+        <v>464</v>
+      </c>
+      <c r="B465">
         <v>27043</v>
       </c>
-      <c r="C460" t="inlineStr">
+      <c r="C465" t="inlineStr">
         <is>
           <t>Jean Calas - No Tribunal da Intolerância - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D460" t="s">
-[...2 lines deleted...]
-      <c r="F460">
+      <c r="D465" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F465">
         <v>216</v>
       </c>
-      <c r="G460">
+      <c r="G465">
         <v>136</v>
       </c>
-      <c r="H460" t="s">
-[...2 lines deleted...]
-      <c r="I460">
+      <c r="H465" t="s">
+        <v>22</v>
+      </c>
+      <c r="I465">
         <v>100</v>
       </c>
-      <c r="J460">
+      <c r="J465">
         <v>160</v>
       </c>
-      <c r="K460">
+      <c r="K465">
         <v>12</v>
       </c>
-      <c r="L460" s="1">
+      <c r="L465" s="1">
         <v>43311</v>
       </c>
-      <c r="M460" s="2">
+      <c r="M465" s="2">
         <v>9788536281063</v>
       </c>
-      <c r="N460" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O460" s="4">
+      <c r="N465" t="s" s="3">
+        <v>1341</v>
+      </c>
+      <c r="O465" s="4">
         <v>59.90</v>
       </c>
-      <c r="P460" t="s">
+      <c r="P465" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="461">
-[...3 lines deleted...]
-      <c r="B461">
+    <row r="466">
+      <c r="A466">
+        <v>465</v>
+      </c>
+      <c r="B466">
         <v>27074</v>
       </c>
-      <c r="C461" t="inlineStr">
+      <c r="C466" t="inlineStr">
         <is>
           <t>Jesus Cristo - Verdade e Pós-Verdade - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D461" t="s">
-[...2 lines deleted...]
-      <c r="F461">
+      <c r="D466" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F466">
         <v>254</v>
       </c>
-      <c r="G461">
+      <c r="G466">
         <v>165</v>
       </c>
-      <c r="H461" t="s">
-[...2 lines deleted...]
-      <c r="I461">
+      <c r="H466" t="s">
+        <v>22</v>
+      </c>
+      <c r="I466">
         <v>100</v>
       </c>
-      <c r="J461">
+      <c r="J466">
         <v>160</v>
       </c>
-      <c r="K461">
+      <c r="K466">
         <v>14</v>
       </c>
-      <c r="L461" s="1">
+      <c r="L466" s="1">
         <v>43311</v>
       </c>
-      <c r="M461" s="2">
+      <c r="M466" s="2">
         <v>9788536281452</v>
       </c>
-      <c r="N461" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O461" s="4">
+      <c r="N466" t="s" s="3">
+        <v>1343</v>
+      </c>
+      <c r="O466" s="4">
         <v>59.90</v>
       </c>
-      <c r="P461" t="s">
-[...7 lines deleted...]
-      <c r="B462">
+      <c r="P466" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467">
+        <v>466</v>
+      </c>
+      <c r="B467">
         <v>25671</v>
       </c>
-      <c r="C462" t="inlineStr">
+      <c r="C467" t="inlineStr">
         <is>
           <t>Joana d’Arc - Julgamentos e a Relação entre Estado e Igreja na Idade Média Tardia - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D462" t="s">
-[...2 lines deleted...]
-      <c r="F462">
+      <c r="D467" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F467">
         <v>204</v>
       </c>
-      <c r="G462">
+      <c r="G467">
         <v>133</v>
       </c>
-      <c r="H462" t="s">
-[...2 lines deleted...]
-      <c r="I462">
+      <c r="H467" t="s">
+        <v>22</v>
+      </c>
+      <c r="I467">
         <v>100</v>
       </c>
-      <c r="J462">
+      <c r="J467">
         <v>160</v>
-      </c>
-[...239 lines deleted...]
-        <v>210</v>
       </c>
       <c r="K467">
         <v>11</v>
       </c>
       <c r="L467" s="1">
-        <v>41464</v>
+        <v>42842</v>
       </c>
       <c r="M467" s="2">
-        <v>9788536243009</v>
+        <v>9788536267555</v>
       </c>
       <c r="N467" t="s" s="3">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="O467" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P467" t="s">
-        <v>36</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="468">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468">
-        <v>22419</v>
+        <v>10111</v>
       </c>
       <c r="C468" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D468" t="s">
         <v>1348</v>
       </c>
-      <c r="D468" t="s">
+      <c r="F468">
+        <v>193</v>
+      </c>
+      <c r="G468">
+        <v>280</v>
+      </c>
+      <c r="H468" t="s">
+        <v>22</v>
+      </c>
+      <c r="I468">
+        <v>150</v>
+      </c>
+      <c r="J468">
+        <v>210</v>
+      </c>
+      <c r="K468">
+        <v>11</v>
+      </c>
+      <c r="L468" s="1">
+        <v>35947</v>
+      </c>
+      <c r="M468" s="2">
+        <v>9788573941357</v>
+      </c>
+      <c r="N468" t="s" s="3">
         <v>1349</v>
       </c>
-      <c r="E468" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O468" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P468" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
     </row>
     <row r="469">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469">
-        <v>23079</v>
+        <v>22856</v>
       </c>
       <c r="C469" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D469" t="s">
         <v>1351</v>
       </c>
-      <c r="D469" t="s">
+      <c r="F469">
+        <v>250</v>
+      </c>
+      <c r="G469">
+        <v>305</v>
+      </c>
+      <c r="H469" t="s">
+        <v>22</v>
+      </c>
+      <c r="I469">
+        <v>150</v>
+      </c>
+      <c r="J469">
+        <v>210</v>
+      </c>
+      <c r="K469">
+        <v>13</v>
+      </c>
+      <c r="L469" s="1">
+        <v>41242</v>
+      </c>
+      <c r="M469" s="2">
+        <v>9788536240299</v>
+      </c>
+      <c r="N469" t="s" s="3">
         <v>1352</v>
       </c>
-      <c r="F469">
-[...25 lines deleted...]
-      </c>
       <c r="O469" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P469" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="470">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470">
-        <v>25149</v>
+        <v>29417</v>
       </c>
       <c r="C470" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D470" t="s">
+        <v>764</v>
+      </c>
+      <c r="E470" t="s">
         <v>1354</v>
       </c>
-      <c r="D470" t="s">
+      <c r="F470">
+        <v>170</v>
+      </c>
+      <c r="G470">
+        <v>211</v>
+      </c>
+      <c r="H470" t="s">
+        <v>22</v>
+      </c>
+      <c r="I470">
+        <v>150</v>
+      </c>
+      <c r="J470">
+        <v>210</v>
+      </c>
+      <c r="K470">
+        <v>9</v>
+      </c>
+      <c r="L470" s="1">
+        <v>44547</v>
+      </c>
+      <c r="M470" s="2">
+        <v>9786556059372</v>
+      </c>
+      <c r="N470" t="s" s="3">
         <v>1355</v>
       </c>
-      <c r="F470">
-[...25 lines deleted...]
-      </c>
       <c r="O470" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P470" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="471">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471">
-        <v>26370</v>
+        <v>23966</v>
       </c>
       <c r="C471" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D471" t="s">
         <v>1357</v>
       </c>
-      <c r="D471" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F471">
-        <v>132</v>
+        <v>204</v>
       </c>
       <c r="G471">
-        <v>108</v>
+        <v>253</v>
       </c>
       <c r="H471" t="s">
         <v>22</v>
       </c>
       <c r="I471">
         <v>150</v>
       </c>
       <c r="J471">
         <v>210</v>
       </c>
       <c r="K471">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L471" s="1">
-        <v>43059</v>
+        <v>42151</v>
       </c>
       <c r="M471" s="2">
-        <v>9788536274812</v>
+        <v>9788536251714</v>
       </c>
       <c r="N471" t="s" s="3">
         <v>1358</v>
       </c>
       <c r="O471" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P471" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="472">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472">
-        <v>27643</v>
+        <v>23096</v>
       </c>
       <c r="C472" t="s">
         <v>1359</v>
       </c>
       <c r="D472" t="s">
-        <v>1355</v>
+        <v>1360</v>
+      </c>
+      <c r="E472" t="s">
+        <v>96</v>
       </c>
       <c r="F472">
-        <v>126</v>
+        <v>199</v>
       </c>
       <c r="G472">
-        <v>156</v>
+        <v>265</v>
       </c>
       <c r="H472" t="s">
         <v>22</v>
       </c>
       <c r="I472">
         <v>150</v>
       </c>
       <c r="J472">
         <v>210</v>
       </c>
       <c r="K472">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L472" s="1">
-        <v>43542</v>
+        <v>41464</v>
       </c>
       <c r="M472" s="2">
-        <v>9788536286846</v>
+        <v>9788536243009</v>
       </c>
       <c r="N472" t="s" s="3">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="O472" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P472" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="473">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473">
-        <v>29419</v>
+        <v>22419</v>
       </c>
       <c r="C473" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D473" t="s">
-        <v>1355</v>
+        <v>1363</v>
+      </c>
+      <c r="E473" t="s">
+        <v>525</v>
       </c>
       <c r="F473">
-        <v>244</v>
+        <v>82</v>
       </c>
       <c r="G473">
-        <v>303</v>
+        <v>138</v>
       </c>
       <c r="H473" t="s">
         <v>22</v>
       </c>
       <c r="I473">
         <v>150</v>
       </c>
       <c r="J473">
         <v>210</v>
       </c>
       <c r="K473">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="L473" s="1">
-        <v>44551</v>
+        <v>40858</v>
       </c>
       <c r="M473" s="2">
-        <v>9786556059938</v>
+        <v>9788536234137</v>
       </c>
       <c r="N473" t="s" s="3">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="O473" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P473" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="474">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474">
-        <v>31344</v>
+        <v>23079</v>
       </c>
       <c r="C474" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="D474" t="s">
-        <v>1355</v>
+        <v>1366</v>
       </c>
       <c r="F474">
-        <v>122</v>
+        <v>100</v>
       </c>
       <c r="G474">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="H474" t="s">
         <v>22</v>
       </c>
       <c r="I474">
         <v>150</v>
       </c>
       <c r="J474">
         <v>210</v>
       </c>
       <c r="K474">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L474" s="1">
-        <v>45621</v>
+        <v>41445</v>
       </c>
       <c r="M474" s="2">
-        <v>9786526316085</v>
+        <v>9788536242682</v>
       </c>
       <c r="N474" t="s" s="3">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="O474" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P474" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="475">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475">
-        <v>23620</v>
+        <v>25149</v>
       </c>
       <c r="C475" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="D475" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="F475">
-        <v>112</v>
+        <v>132</v>
       </c>
       <c r="G475">
-        <v>139</v>
+        <v>164</v>
       </c>
       <c r="H475" t="s">
         <v>22</v>
       </c>
       <c r="I475">
         <v>150</v>
       </c>
       <c r="J475">
         <v>210</v>
       </c>
       <c r="K475">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L475" s="1">
-        <v>41912</v>
+        <v>42661</v>
       </c>
       <c r="M475" s="2">
-        <v>9788536248448</v>
+        <v>9788536262772</v>
       </c>
       <c r="N475" t="s" s="3">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="O475" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P475" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="476">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476">
-        <v>21765</v>
+        <v>26370</v>
       </c>
       <c r="C476" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="D476" t="s">
-        <v>299</v>
+        <v>1369</v>
       </c>
       <c r="F476">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="G476">
-        <v>142</v>
+        <v>108</v>
       </c>
       <c r="H476" t="s">
         <v>22</v>
       </c>
       <c r="I476">
         <v>150</v>
       </c>
       <c r="J476">
         <v>210</v>
       </c>
       <c r="K476">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L476" s="1">
-        <v>40312</v>
+        <v>43059</v>
       </c>
       <c r="M476" s="2">
-        <v>9788536229751</v>
+        <v>9788536274812</v>
       </c>
       <c r="N476" t="s" s="3">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="O476" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P476" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="477">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477">
-        <v>24271</v>
+        <v>27643</v>
       </c>
       <c r="C477" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="D477" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="F477">
-        <v>164</v>
+        <v>126</v>
       </c>
       <c r="G477">
-        <v>203</v>
+        <v>156</v>
       </c>
       <c r="H477" t="s">
         <v>22</v>
       </c>
       <c r="I477">
         <v>150</v>
       </c>
       <c r="J477">
         <v>210</v>
       </c>
       <c r="K477">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L477" s="1">
-        <v>42299</v>
+        <v>43542</v>
       </c>
       <c r="M477" s="2">
-        <v>9788536254609</v>
+        <v>9788536286846</v>
       </c>
       <c r="N477" t="s" s="3">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="O477" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P477" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="478">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478">
-        <v>10288</v>
+        <v>29419</v>
       </c>
       <c r="C478" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D478" t="s">
-        <v>549</v>
+        <v>1369</v>
       </c>
       <c r="F478">
-        <v>580</v>
+        <v>244</v>
       </c>
       <c r="G478">
-        <v>730</v>
+        <v>303</v>
       </c>
       <c r="H478" t="s">
         <v>22</v>
       </c>
       <c r="I478">
         <v>150</v>
       </c>
       <c r="J478">
         <v>210</v>
       </c>
       <c r="K478">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="L478" s="1">
-        <v>36524</v>
+        <v>44551</v>
       </c>
       <c r="M478" s="2">
-        <v>9788573943245</v>
+        <v>9786556059938</v>
       </c>
       <c r="N478" t="s" s="3">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="O478" s="4">
-        <v>249.90</v>
+        <v>119.90</v>
       </c>
       <c r="P478" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="479">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479">
-        <v>10216</v>
+        <v>31344</v>
       </c>
       <c r="C479" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="D479" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>1376</v>
+        <v>1369</v>
       </c>
       <c r="F479">
-        <v>218</v>
+        <v>122</v>
       </c>
       <c r="G479">
-        <v>290</v>
+        <v>151</v>
       </c>
       <c r="H479" t="s">
         <v>22</v>
       </c>
       <c r="I479">
         <v>150</v>
       </c>
       <c r="J479">
         <v>210</v>
       </c>
       <c r="K479">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L479" s="1">
-        <v>38026</v>
+        <v>45621</v>
       </c>
       <c r="M479" s="2">
-        <v>9788536206578</v>
+        <v>9786526316085</v>
       </c>
       <c r="N479" t="s" s="3">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="O479" s="4">
-        <v>99.70</v>
+        <v>89.90</v>
       </c>
       <c r="P479" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="480">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480">
-        <v>20076</v>
+        <v>23620</v>
       </c>
       <c r="C480" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="D480" t="s">
-        <v>577</v>
+        <v>1380</v>
       </c>
       <c r="F480">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="G480">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="H480" t="s">
         <v>22</v>
       </c>
       <c r="I480">
         <v>150</v>
       </c>
       <c r="J480">
         <v>210</v>
       </c>
       <c r="K480">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L480" s="1">
-        <v>38992</v>
+        <v>41912</v>
       </c>
       <c r="M480" s="2">
-        <v>9788536213835</v>
+        <v>9788536248448</v>
       </c>
       <c r="N480" t="s" s="3">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="O480" s="4">
         <v>69.90</v>
       </c>
       <c r="P480" t="s">
-        <v>579</v>
+        <v>47</v>
       </c>
     </row>
     <row r="481">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481">
-        <v>31131</v>
+        <v>21765</v>
       </c>
       <c r="C481" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="D481" t="s">
-        <v>1381</v>
+        <v>299</v>
       </c>
       <c r="F481">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="G481">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="H481" t="s">
         <v>22</v>
       </c>
       <c r="I481">
         <v>150</v>
       </c>
       <c r="J481">
         <v>210</v>
       </c>
       <c r="K481">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L481" s="1">
-        <v>45483</v>
+        <v>40312</v>
       </c>
       <c r="M481" s="2">
-        <v>9786526313268</v>
+        <v>9788536229751</v>
       </c>
       <c r="N481" t="s" s="3">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="O481" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P481" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="482">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482">
-        <v>31308</v>
+        <v>24271</v>
       </c>
       <c r="C482" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D482" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="F482">
-        <v>214</v>
+        <v>164</v>
       </c>
       <c r="G482">
-        <v>265</v>
+        <v>203</v>
       </c>
       <c r="H482" t="s">
         <v>22</v>
       </c>
       <c r="I482">
         <v>150</v>
       </c>
       <c r="J482">
         <v>210</v>
       </c>
       <c r="K482">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L482" s="1">
-        <v>45587</v>
+        <v>42299</v>
       </c>
       <c r="M482" s="2">
-        <v>9786526311332</v>
+        <v>9788536254609</v>
       </c>
       <c r="N482" t="s" s="3">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="O482" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P482" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
     </row>
     <row r="483">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483">
-        <v>12944</v>
+        <v>10288</v>
       </c>
       <c r="C483" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="D483" t="s">
-        <v>1387</v>
+        <v>552</v>
       </c>
       <c r="F483">
-        <v>138</v>
+        <v>580</v>
       </c>
       <c r="G483">
-        <v>192</v>
+        <v>730</v>
       </c>
       <c r="H483" t="s">
         <v>22</v>
       </c>
       <c r="I483">
         <v>150</v>
       </c>
       <c r="J483">
         <v>210</v>
       </c>
       <c r="K483">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="L483" s="1">
-        <v>38217</v>
+        <v>36524</v>
       </c>
       <c r="M483" s="2">
-        <v>9788536207742</v>
+        <v>9788573943245</v>
       </c>
       <c r="N483" t="s" s="3">
         <v>1388</v>
       </c>
       <c r="O483" s="4">
-        <v>79.90</v>
+        <v>249.90</v>
       </c>
       <c r="P483" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="484">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484">
-        <v>22167</v>
+        <v>10216</v>
       </c>
       <c r="C484" t="s">
         <v>1389</v>
       </c>
       <c r="D484" t="s">
-        <v>299</v>
+        <v>164</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1390</v>
       </c>
       <c r="F484">
-        <v>90</v>
+        <v>218</v>
       </c>
       <c r="G484">
-        <v>110</v>
+        <v>290</v>
       </c>
       <c r="H484" t="s">
         <v>22</v>
       </c>
       <c r="I484">
         <v>150</v>
       </c>
       <c r="J484">
         <v>210</v>
       </c>
       <c r="K484">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="L484" s="1">
-        <v>40604</v>
+        <v>38026</v>
       </c>
       <c r="M484" s="2">
-        <v>9788536233017</v>
+        <v>9788536206578</v>
       </c>
       <c r="N484" t="s" s="3">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="O484" s="4">
-        <v>69.90</v>
+        <v>99.70</v>
       </c>
       <c r="P484" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="485">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485">
-        <v>11010</v>
+        <v>20076</v>
       </c>
       <c r="C485" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="D485" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>580</v>
       </c>
       <c r="F485">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="G485">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="H485" t="s">
         <v>22</v>
       </c>
       <c r="I485">
         <v>150</v>
       </c>
       <c r="J485">
         <v>210</v>
       </c>
       <c r="K485">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L485" s="1">
-        <v>36970</v>
+        <v>38992</v>
       </c>
       <c r="M485" s="2">
-        <v>9788573947052</v>
+        <v>9788536213835</v>
       </c>
       <c r="N485" t="s" s="3">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="O485" s="4">
         <v>69.90</v>
       </c>
       <c r="P485" t="s">
-        <v>19</v>
+        <v>582</v>
       </c>
     </row>
     <row r="486">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486">
-        <v>23709</v>
+        <v>31131</v>
       </c>
       <c r="C486" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="D486" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="F486">
-        <v>216</v>
+        <v>124</v>
       </c>
       <c r="G486">
-        <v>268</v>
+        <v>154</v>
       </c>
       <c r="H486" t="s">
         <v>22</v>
       </c>
       <c r="I486">
         <v>150</v>
       </c>
       <c r="J486">
         <v>210</v>
       </c>
       <c r="K486">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L486" s="1">
-        <v>41969</v>
+        <v>45483</v>
       </c>
       <c r="M486" s="2">
-        <v>9788536249186</v>
+        <v>9786526313268</v>
       </c>
       <c r="N486" t="s" s="3">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="O486" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P486" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="487">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487">
-        <v>22809</v>
+        <v>31308</v>
       </c>
       <c r="C487" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="D487" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="F487">
-        <v>146</v>
+        <v>214</v>
       </c>
       <c r="G487">
-        <v>175</v>
+        <v>265</v>
       </c>
       <c r="H487" t="s">
         <v>22</v>
       </c>
       <c r="I487">
         <v>150</v>
       </c>
       <c r="J487">
         <v>210</v>
       </c>
       <c r="K487">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L487" s="1">
-        <v>41204</v>
+        <v>45587</v>
       </c>
       <c r="M487" s="2">
-        <v>9788536239750</v>
+        <v>9786526311332</v>
       </c>
       <c r="N487" t="s" s="3">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="O487" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P487" t="s">
-        <v>314</v>
+        <v>68</v>
       </c>
     </row>
     <row r="488">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488">
-        <v>30330</v>
+        <v>12944</v>
       </c>
       <c r="C488" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D488" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="F488">
-        <v>26</v>
+        <v>138</v>
       </c>
       <c r="G488">
-        <v>164</v>
+        <v>192</v>
       </c>
       <c r="H488" t="s">
         <v>22</v>
       </c>
       <c r="I488">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J488">
         <v>210</v>
       </c>
       <c r="K488">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L488" s="1">
-        <v>44980</v>
+        <v>38217</v>
       </c>
       <c r="M488" s="2">
-        <v>9786526303795</v>
+        <v>9788536207742</v>
       </c>
       <c r="N488" t="s" s="3">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="O488" s="4">
-        <v>47.70</v>
+        <v>79.90</v>
       </c>
       <c r="P488" t="s">
-        <v>1402</v>
+        <v>24</v>
       </c>
     </row>
     <row r="489">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489">
-        <v>23476</v>
+        <v>22167</v>
       </c>
       <c r="C489" t="s">
         <v>1403</v>
       </c>
       <c r="D489" t="s">
+        <v>299</v>
+      </c>
+      <c r="F489">
+        <v>90</v>
+      </c>
+      <c r="G489">
+        <v>110</v>
+      </c>
+      <c r="H489" t="s">
+        <v>22</v>
+      </c>
+      <c r="I489">
+        <v>150</v>
+      </c>
+      <c r="J489">
+        <v>210</v>
+      </c>
+      <c r="K489">
+        <v>6</v>
+      </c>
+      <c r="L489" s="1">
+        <v>40604</v>
+      </c>
+      <c r="M489" s="2">
+        <v>9788536233017</v>
+      </c>
+      <c r="N489" t="s" s="3">
         <v>1404</v>
       </c>
-      <c r="F489">
-[...25 lines deleted...]
-      </c>
       <c r="O489" s="4">
-        <v>139.90</v>
+        <v>69.90</v>
       </c>
       <c r="P489" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="490">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490">
-        <v>22916</v>
+        <v>11010</v>
       </c>
       <c r="C490" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D490" t="s">
+        <v>552</v>
+      </c>
+      <c r="E490" t="s">
+        <v>306</v>
+      </c>
+      <c r="F490">
+        <v>110</v>
+      </c>
+      <c r="G490">
+        <v>152</v>
+      </c>
+      <c r="H490" t="s">
+        <v>22</v>
+      </c>
+      <c r="I490">
+        <v>150</v>
+      </c>
+      <c r="J490">
+        <v>210</v>
+      </c>
+      <c r="K490">
+        <v>7</v>
+      </c>
+      <c r="L490" s="1">
+        <v>36970</v>
+      </c>
+      <c r="M490" s="2">
+        <v>9788573947052</v>
+      </c>
+      <c r="N490" t="s" s="3">
         <v>1406</v>
       </c>
-      <c r="D490" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O490" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P490" t="s">
-        <v>404</v>
+        <v>19</v>
       </c>
     </row>
     <row r="491">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491">
-        <v>12415</v>
+        <v>23709</v>
       </c>
       <c r="C491" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F491">
+        <v>216</v>
+      </c>
+      <c r="G491">
+        <v>268</v>
+      </c>
+      <c r="H491" t="s">
+        <v>22</v>
+      </c>
+      <c r="I491">
+        <v>150</v>
+      </c>
+      <c r="J491">
+        <v>210</v>
+      </c>
+      <c r="K491">
+        <v>12</v>
+      </c>
+      <c r="L491" s="1">
+        <v>41969</v>
+      </c>
+      <c r="M491" s="2">
+        <v>9788536249186</v>
+      </c>
+      <c r="N491" t="s" s="3">
         <v>1409</v>
       </c>
-      <c r="D491" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O491" s="4">
-        <v>59.90</v>
+        <v>109.90</v>
       </c>
       <c r="P491" t="s">
-        <v>437</v>
+        <v>36</v>
       </c>
     </row>
     <row r="492">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492">
-        <v>22271</v>
+        <v>22809</v>
       </c>
       <c r="C492" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D492" t="s">
         <v>1411</v>
       </c>
-      <c r="D492" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F492">
-        <v>42</v>
+        <v>146</v>
       </c>
       <c r="G492">
-        <v>265</v>
+        <v>175</v>
       </c>
       <c r="H492" t="s">
         <v>22</v>
       </c>
       <c r="I492">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J492">
         <v>210</v>
       </c>
       <c r="K492">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="L492" s="1">
-        <v>40721</v>
+        <v>41204</v>
       </c>
       <c r="M492" s="2">
-        <v>9788536234045</v>
+        <v>9788536239750</v>
       </c>
       <c r="N492" t="s" s="3">
         <v>1412</v>
       </c>
       <c r="O492" s="4">
-        <v>49.90</v>
+        <v>79.90</v>
       </c>
       <c r="P492" t="s">
-        <v>437</v>
+        <v>314</v>
       </c>
     </row>
     <row r="493">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493">
-        <v>28256</v>
+        <v>30330</v>
       </c>
       <c r="C493" t="s">
         <v>1413</v>
       </c>
       <c r="D493" t="s">
-        <v>530</v>
+        <v>1414</v>
       </c>
       <c r="F493">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="G493">
-        <v>80</v>
+        <v>164</v>
       </c>
       <c r="H493" t="s">
         <v>22</v>
       </c>
       <c r="I493">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J493">
         <v>210</v>
       </c>
       <c r="K493">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L493" s="1">
-        <v>43810</v>
+        <v>44980</v>
       </c>
       <c r="M493" s="2">
-        <v>9788536292502</v>
+        <v>9786526303795</v>
       </c>
       <c r="N493" t="s" s="3">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="O493" s="4">
-        <v>39.90</v>
+        <v>47.70</v>
       </c>
       <c r="P493" t="s">
-        <v>28</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="494">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494">
-        <v>12580</v>
+        <v>23476</v>
       </c>
       <c r="C494" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="D494" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="F494">
-        <v>148</v>
+        <v>276</v>
       </c>
       <c r="G494">
-        <v>204</v>
+        <v>342</v>
       </c>
       <c r="H494" t="s">
         <v>22</v>
       </c>
       <c r="I494">
         <v>150</v>
       </c>
       <c r="J494">
         <v>210</v>
       </c>
       <c r="K494">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L494" s="1">
-        <v>37763</v>
+        <v>41808</v>
       </c>
       <c r="M494" s="2">
-        <v>9788536204451</v>
+        <v>9788536247076</v>
       </c>
       <c r="N494" t="s" s="3">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="O494" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P494" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="495">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495">
-        <v>28853</v>
+        <v>22916</v>
       </c>
       <c r="C495" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="D495" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="F495">
-        <v>272</v>
+        <v>144</v>
       </c>
       <c r="G495">
-        <v>176</v>
+        <v>205</v>
       </c>
       <c r="H495" t="s">
         <v>22</v>
       </c>
       <c r="I495">
         <v>150</v>
       </c>
       <c r="J495">
         <v>210</v>
       </c>
       <c r="K495">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="L495" s="1">
-        <v>44194</v>
+        <v>41310</v>
       </c>
       <c r="M495" s="2">
-        <v>9786556053233</v>
+        <v>9788536239781</v>
       </c>
       <c r="N495" t="s" s="3">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="O495" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P495" t="s">
-        <v>297</v>
+        <v>404</v>
       </c>
     </row>
     <row r="496">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496">
-        <v>23358</v>
+        <v>12415</v>
       </c>
       <c r="C496" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="D496" t="s">
-        <v>1422</v>
-[...2 lines deleted...]
-        <v>1423</v>
+        <v>49</v>
       </c>
       <c r="F496">
-        <v>250</v>
+        <v>82</v>
       </c>
       <c r="G496">
-        <v>322</v>
+        <v>290</v>
       </c>
       <c r="H496" t="s">
         <v>22</v>
       </c>
       <c r="I496">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J496">
         <v>210</v>
       </c>
       <c r="K496">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="L496" s="1">
-        <v>41724</v>
+        <v>37523</v>
       </c>
       <c r="M496" s="2">
-        <v>9788536245898</v>
+        <v>9788536202341</v>
       </c>
       <c r="N496" t="s" s="3">
         <v>1424</v>
       </c>
       <c r="O496" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P496" t="s">
-        <v>28</v>
+        <v>437</v>
       </c>
     </row>
     <row r="497">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497">
-        <v>22427</v>
+        <v>22271</v>
       </c>
       <c r="C497" t="s">
         <v>1425</v>
       </c>
       <c r="D497" t="s">
+        <v>49</v>
+      </c>
+      <c r="F497">
+        <v>42</v>
+      </c>
+      <c r="G497">
+        <v>265</v>
+      </c>
+      <c r="H497" t="s">
+        <v>22</v>
+      </c>
+      <c r="I497">
+        <v>300</v>
+      </c>
+      <c r="J497">
+        <v>210</v>
+      </c>
+      <c r="K497">
+        <v>3</v>
+      </c>
+      <c r="L497" s="1">
+        <v>40721</v>
+      </c>
+      <c r="M497" s="2">
+        <v>9788536234045</v>
+      </c>
+      <c r="N497" t="s" s="3">
         <v>1426</v>
       </c>
-      <c r="F497">
-[...25 lines deleted...]
-      </c>
       <c r="O497" s="4">
-        <v>119.90</v>
+        <v>49.90</v>
       </c>
       <c r="P497" t="s">
-        <v>64</v>
+        <v>437</v>
       </c>
     </row>
     <row r="498">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498">
-        <v>12316</v>
+        <v>28256</v>
       </c>
       <c r="C498" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D498" t="s">
+        <v>533</v>
+      </c>
+      <c r="F498">
+        <v>64</v>
+      </c>
+      <c r="G498">
+        <v>80</v>
+      </c>
+      <c r="H498" t="s">
+        <v>22</v>
+      </c>
+      <c r="I498">
+        <v>150</v>
+      </c>
+      <c r="J498">
+        <v>210</v>
+      </c>
+      <c r="K498">
+        <v>4</v>
+      </c>
+      <c r="L498" s="1">
+        <v>43810</v>
+      </c>
+      <c r="M498" s="2">
+        <v>9788536292502</v>
+      </c>
+      <c r="N498" t="s" s="3">
         <v>1428</v>
       </c>
-      <c r="D498" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O498" s="4">
-        <v>99.90</v>
+        <v>39.90</v>
       </c>
       <c r="P498" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="499">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499">
-        <v>12621</v>
+        <v>12580</v>
       </c>
       <c r="C499" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F499">
+        <v>148</v>
+      </c>
+      <c r="G499">
+        <v>204</v>
+      </c>
+      <c r="H499" t="s">
+        <v>22</v>
+      </c>
+      <c r="I499">
+        <v>150</v>
+      </c>
+      <c r="J499">
+        <v>210</v>
+      </c>
+      <c r="K499">
+        <v>8</v>
+      </c>
+      <c r="L499" s="1">
+        <v>37763</v>
+      </c>
+      <c r="M499" s="2">
+        <v>9788536204451</v>
+      </c>
+      <c r="N499" t="s" s="3">
         <v>1431</v>
       </c>
-      <c r="D499" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O499" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P499" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="500">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500">
-        <v>25399</v>
+        <v>28853</v>
       </c>
       <c r="C500" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F500">
+        <v>272</v>
+      </c>
+      <c r="G500">
+        <v>176</v>
+      </c>
+      <c r="H500" t="s">
+        <v>22</v>
+      </c>
+      <c r="I500">
+        <v>150</v>
+      </c>
+      <c r="J500">
+        <v>210</v>
+      </c>
+      <c r="K500">
+        <v>14</v>
+      </c>
+      <c r="L500" s="1">
+        <v>44194</v>
+      </c>
+      <c r="M500" s="2">
+        <v>9786556053233</v>
+      </c>
+      <c r="N500" t="s" s="3">
         <v>1434</v>
       </c>
-      <c r="D500" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O500" s="4">
-        <v>74.70</v>
+        <v>59.90</v>
       </c>
       <c r="P500" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="501">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501">
-        <v>22971</v>
+        <v>23358</v>
       </c>
       <c r="C501" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E501" t="s">
         <v>1437</v>
       </c>
-      <c r="D501" t="s">
+      <c r="F501">
+        <v>250</v>
+      </c>
+      <c r="G501">
+        <v>322</v>
+      </c>
+      <c r="H501" t="s">
+        <v>22</v>
+      </c>
+      <c r="I501">
+        <v>150</v>
+      </c>
+      <c r="J501">
+        <v>210</v>
+      </c>
+      <c r="K501">
+        <v>13</v>
+      </c>
+      <c r="L501" s="1">
+        <v>41724</v>
+      </c>
+      <c r="M501" s="2">
+        <v>9788536245898</v>
+      </c>
+      <c r="N501" t="s" s="3">
         <v>1438</v>
       </c>
-      <c r="F501">
-[...25 lines deleted...]
-      </c>
       <c r="O501" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P501" t="s">
-        <v>377</v>
+        <v>28</v>
       </c>
     </row>
     <row r="502">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502">
-        <v>21230</v>
+        <v>22427</v>
       </c>
       <c r="C502" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D502" t="s">
         <v>1440</v>
       </c>
-      <c r="D502" t="s">
+      <c r="F502">
+        <v>272</v>
+      </c>
+      <c r="G502">
+        <v>364</v>
+      </c>
+      <c r="H502" t="s">
+        <v>22</v>
+      </c>
+      <c r="I502">
+        <v>150</v>
+      </c>
+      <c r="J502">
+        <v>210</v>
+      </c>
+      <c r="K502">
+        <v>14</v>
+      </c>
+      <c r="L502" s="1">
+        <v>40865</v>
+      </c>
+      <c r="M502" s="2">
+        <v>9788536235608</v>
+      </c>
+      <c r="N502" t="s" s="3">
         <v>1441</v>
       </c>
-      <c r="F502">
-[...25 lines deleted...]
-      </c>
       <c r="O502" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P502" t="s">
-        <v>377</v>
+        <v>64</v>
       </c>
     </row>
     <row r="503">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503">
-        <v>29266</v>
+        <v>12316</v>
       </c>
       <c r="C503" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D503" t="s">
         <v>1443</v>
       </c>
-      <c r="D503" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F503">
-        <v>192</v>
+        <v>182</v>
       </c>
       <c r="G503">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="H503" t="s">
         <v>22</v>
       </c>
       <c r="I503">
         <v>150</v>
       </c>
       <c r="J503">
         <v>210</v>
       </c>
       <c r="K503">
         <v>10</v>
       </c>
       <c r="L503" s="1">
-        <v>44462</v>
+        <v>37329</v>
       </c>
       <c r="M503" s="2">
-        <v>9786556057729</v>
-[...2 lines deleted...]
-        <v>1445</v>
+        <v>9788536200095</v>
+      </c>
+      <c r="N503" t="s">
+        <v>1444</v>
       </c>
       <c r="O503" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P503" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="504">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504">
-        <v>20710</v>
+        <v>12621</v>
       </c>
       <c r="C504" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D504" t="s">
         <v>1446</v>
       </c>
-      <c r="D504" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F504">
-        <v>216</v>
+        <v>120</v>
       </c>
       <c r="G504">
-        <v>237</v>
+        <v>172</v>
       </c>
       <c r="H504" t="s">
         <v>22</v>
       </c>
       <c r="I504">
         <v>150</v>
       </c>
       <c r="J504">
         <v>210</v>
       </c>
       <c r="K504">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L504" s="1">
-        <v>39601</v>
+        <v>37831</v>
       </c>
       <c r="M504" s="2">
-        <v>9788536220239</v>
+        <v>9788536204376</v>
       </c>
       <c r="N504" t="s" s="3">
         <v>1447</v>
       </c>
       <c r="O504" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P504" t="s">
-        <v>404</v>
+        <v>47</v>
       </c>
     </row>
     <row r="505">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505">
-        <v>31669</v>
+        <v>25399</v>
       </c>
       <c r="C505" t="s">
         <v>1448</v>
       </c>
       <c r="D505" t="s">
-        <v>272</v>
+        <v>1449</v>
       </c>
       <c r="F505">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="G505">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="H505" t="s">
         <v>22</v>
       </c>
       <c r="I505">
         <v>150</v>
       </c>
       <c r="J505">
         <v>210</v>
       </c>
       <c r="K505">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L505" s="1">
-        <v>45846</v>
+        <v>42767</v>
       </c>
       <c r="M505" s="2">
-        <v>9786526317945</v>
+        <v>9788536265056</v>
       </c>
       <c r="N505" t="s" s="3">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="O505" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P505" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="506">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506">
-        <v>26756</v>
+        <v>22971</v>
       </c>
       <c r="C506" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D506" t="s">
-        <v>1309</v>
+        <v>1452</v>
       </c>
       <c r="F506">
-        <v>203</v>
+        <v>116</v>
       </c>
       <c r="G506">
-        <v>248</v>
+        <v>150</v>
       </c>
       <c r="H506" t="s">
         <v>22</v>
       </c>
       <c r="I506">
         <v>150</v>
       </c>
       <c r="J506">
         <v>210</v>
       </c>
       <c r="K506">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L506" s="1">
-        <v>43208</v>
+        <v>41355</v>
       </c>
       <c r="M506" s="2">
-        <v>9788536278247</v>
+        <v>9788536241081</v>
       </c>
       <c r="N506" t="s" s="3">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="O506" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P506" t="s">
-        <v>40</v>
+        <v>377</v>
       </c>
     </row>
     <row r="507">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507">
-        <v>20518</v>
+        <v>21230</v>
       </c>
       <c r="C507" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="D507" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="F507">
-        <v>120</v>
+        <v>162</v>
       </c>
       <c r="G507">
-        <v>147</v>
+        <v>220</v>
       </c>
       <c r="H507" t="s">
         <v>22</v>
       </c>
       <c r="I507">
         <v>150</v>
       </c>
       <c r="J507">
         <v>210</v>
       </c>
       <c r="K507">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L507" s="1">
-        <v>39428</v>
+        <v>40029</v>
       </c>
       <c r="M507" s="2">
-        <v>9788536218113</v>
+        <v>9788536225579</v>
       </c>
       <c r="N507" t="s" s="3">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="O507" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P507" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
     </row>
     <row r="508">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508">
-        <v>12550</v>
+        <v>29266</v>
       </c>
       <c r="C508" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="D508" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="F508">
-        <v>96</v>
+        <v>192</v>
       </c>
       <c r="G508">
-        <v>138</v>
+        <v>238</v>
       </c>
       <c r="H508" t="s">
         <v>22</v>
       </c>
       <c r="I508">
         <v>150</v>
       </c>
       <c r="J508">
         <v>210</v>
       </c>
       <c r="K508">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L508" s="1">
-        <v>37713</v>
+        <v>44462</v>
       </c>
       <c r="M508" s="2">
-        <v>9788536203089</v>
+        <v>9786556057729</v>
       </c>
       <c r="N508" t="s" s="3">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="O508" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P508" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="509">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509">
-        <v>10992</v>
+        <v>20710</v>
       </c>
       <c r="C509" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="D509" t="s">
-        <v>1459</v>
+        <v>305</v>
       </c>
       <c r="F509">
-        <v>504</v>
+        <v>216</v>
       </c>
       <c r="G509">
-        <v>618</v>
+        <v>237</v>
       </c>
       <c r="H509" t="s">
         <v>22</v>
       </c>
       <c r="I509">
         <v>150</v>
       </c>
       <c r="J509">
         <v>210</v>
       </c>
       <c r="K509">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="L509" s="1">
-        <v>36952</v>
+        <v>39601</v>
       </c>
       <c r="M509" s="2">
-        <v>9788573947779</v>
+        <v>9788536220239</v>
       </c>
       <c r="N509" t="s" s="3">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="O509" s="4">
-        <v>169.90</v>
+        <v>109.90</v>
       </c>
       <c r="P509" t="s">
-        <v>473</v>
+        <v>404</v>
       </c>
     </row>
     <row r="510">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510">
-        <v>20915</v>
+        <v>31669</v>
       </c>
       <c r="C510" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="D510" t="s">
-        <v>1462</v>
+        <v>272</v>
       </c>
       <c r="F510">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="G510">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H510" t="s">
         <v>22</v>
       </c>
       <c r="I510">
         <v>150</v>
       </c>
       <c r="J510">
         <v>210</v>
       </c>
       <c r="K510">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L510" s="1">
-        <v>39750</v>
+        <v>45846</v>
       </c>
       <c r="M510" s="2">
-        <v>9788536221922</v>
+        <v>9786526317945</v>
       </c>
       <c r="N510" t="s" s="3">
         <v>1463</v>
       </c>
       <c r="O510" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P510" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="511">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511">
-        <v>12620</v>
+        <v>26756</v>
       </c>
       <c r="C511" t="s">
         <v>1464</v>
       </c>
       <c r="D511" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F511">
+        <v>203</v>
+      </c>
+      <c r="G511">
+        <v>248</v>
+      </c>
+      <c r="H511" t="s">
+        <v>22</v>
+      </c>
+      <c r="I511">
+        <v>150</v>
+      </c>
+      <c r="J511">
+        <v>210</v>
+      </c>
+      <c r="K511">
+        <v>11</v>
+      </c>
+      <c r="L511" s="1">
+        <v>43208</v>
+      </c>
+      <c r="M511" s="2">
+        <v>9788536278247</v>
+      </c>
+      <c r="N511" t="s" s="3">
         <v>1465</v>
       </c>
-      <c r="F511">
-[...25 lines deleted...]
-      </c>
       <c r="O511" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P511" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="512">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512">
+        <v>20518</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F512">
+        <v>120</v>
+      </c>
+      <c r="G512">
+        <v>147</v>
+      </c>
+      <c r="H512" t="s">
+        <v>22</v>
+      </c>
+      <c r="I512">
+        <v>150</v>
+      </c>
+      <c r="J512">
+        <v>210</v>
+      </c>
+      <c r="K512">
+        <v>7</v>
+      </c>
+      <c r="L512" s="1">
+        <v>39428</v>
+      </c>
+      <c r="M512" s="2">
+        <v>9788536218113</v>
+      </c>
+      <c r="N512" t="s" s="3">
+        <v>1468</v>
+      </c>
+      <c r="O512" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P512" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513">
+        <v>512</v>
+      </c>
+      <c r="B513">
+        <v>12550</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F513">
+        <v>96</v>
+      </c>
+      <c r="G513">
+        <v>138</v>
+      </c>
+      <c r="H513" t="s">
+        <v>22</v>
+      </c>
+      <c r="I513">
+        <v>150</v>
+      </c>
+      <c r="J513">
+        <v>210</v>
+      </c>
+      <c r="K513">
+        <v>6</v>
+      </c>
+      <c r="L513" s="1">
+        <v>37713</v>
+      </c>
+      <c r="M513" s="2">
+        <v>9788536203089</v>
+      </c>
+      <c r="N513" t="s" s="3">
+        <v>1471</v>
+      </c>
+      <c r="O513" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P513" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514">
+        <v>513</v>
+      </c>
+      <c r="B514">
+        <v>10992</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F514">
+        <v>504</v>
+      </c>
+      <c r="G514">
+        <v>618</v>
+      </c>
+      <c r="H514" t="s">
+        <v>22</v>
+      </c>
+      <c r="I514">
+        <v>150</v>
+      </c>
+      <c r="J514">
+        <v>210</v>
+      </c>
+      <c r="K514">
+        <v>26</v>
+      </c>
+      <c r="L514" s="1">
+        <v>36952</v>
+      </c>
+      <c r="M514" s="2">
+        <v>9788573947779</v>
+      </c>
+      <c r="N514" t="s" s="3">
+        <v>1474</v>
+      </c>
+      <c r="O514" s="4">
+        <v>169.90</v>
+      </c>
+      <c r="P514" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515">
+        <v>514</v>
+      </c>
+      <c r="B515">
+        <v>20915</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F515">
+        <v>98</v>
+      </c>
+      <c r="G515">
+        <v>140</v>
+      </c>
+      <c r="H515" t="s">
+        <v>22</v>
+      </c>
+      <c r="I515">
+        <v>150</v>
+      </c>
+      <c r="J515">
+        <v>210</v>
+      </c>
+      <c r="K515">
+        <v>6</v>
+      </c>
+      <c r="L515" s="1">
+        <v>39750</v>
+      </c>
+      <c r="M515" s="2">
+        <v>9788536221922</v>
+      </c>
+      <c r="N515" t="s" s="3">
+        <v>1477</v>
+      </c>
+      <c r="O515" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P515" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516">
+        <v>515</v>
+      </c>
+      <c r="B516">
+        <v>12620</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F516">
+        <v>79</v>
+      </c>
+      <c r="G516">
+        <v>126</v>
+      </c>
+      <c r="H516" t="s">
+        <v>22</v>
+      </c>
+      <c r="I516">
+        <v>150</v>
+      </c>
+      <c r="J516">
+        <v>210</v>
+      </c>
+      <c r="K516">
+        <v>5</v>
+      </c>
+      <c r="L516" s="1">
+        <v>37826</v>
+      </c>
+      <c r="M516" s="2">
+        <v>9788536204758</v>
+      </c>
+      <c r="N516" t="s" s="3">
+        <v>1480</v>
+      </c>
+      <c r="O516" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P516" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517">
+        <v>516</v>
+      </c>
+      <c r="B517">
         <v>11003</v>
       </c>
-      <c r="C512" t="inlineStr">
+      <c r="C517" t="inlineStr">
         <is>
           <t>Manual da Inquisição - Para Uso das Inquisições de Espanha e Portugal - Compêndio da Obra Intitulada “Diretório dos Inquisidores” de Nicolau Eymerico, Inquisidor Geral de Aragão - 1525</t>
         </is>
       </c>
-      <c r="D512" t="s">
-[...2 lines deleted...]
-      <c r="F512">
+      <c r="D517" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F517">
         <v>154</v>
       </c>
-      <c r="G512">
+      <c r="G517">
         <v>218</v>
       </c>
-      <c r="H512" t="s">
-[...8 lines deleted...]
-      <c r="K512">
+      <c r="H517" t="s">
+        <v>22</v>
+      </c>
+      <c r="I517">
+        <v>150</v>
+      </c>
+      <c r="J517">
+        <v>210</v>
+      </c>
+      <c r="K517">
         <v>9</v>
       </c>
-      <c r="L512" s="1">
+      <c r="L517" s="1">
         <v>36959</v>
       </c>
-      <c r="M512" s="2">
+      <c r="M517" s="2">
         <v>9788573943429</v>
       </c>
-      <c r="N512" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O512" s="4">
+      <c r="N517" t="s" s="3">
+        <v>1482</v>
+      </c>
+      <c r="O517" s="4">
         <v>89.90</v>
       </c>
-      <c r="P512" t="s">
+      <c r="P517" t="s">
         <v>366</v>
-      </c>
-[...233 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="518">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518">
+        <v>12591</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F518">
+        <v>100</v>
+      </c>
+      <c r="G518">
+        <v>148</v>
+      </c>
+      <c r="H518" t="s">
+        <v>22</v>
+      </c>
+      <c r="I518">
+        <v>150</v>
+      </c>
+      <c r="J518">
+        <v>210</v>
+      </c>
+      <c r="K518">
+        <v>6</v>
+      </c>
+      <c r="L518" s="1">
+        <v>37781</v>
+      </c>
+      <c r="M518" s="2">
+        <v>9788536204987</v>
+      </c>
+      <c r="N518" t="s" s="3">
+        <v>1485</v>
+      </c>
+      <c r="O518" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P518" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519">
+        <v>518</v>
+      </c>
+      <c r="B519">
+        <v>20272</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D519" t="s">
+        <v>45</v>
+      </c>
+      <c r="F519">
+        <v>176</v>
+      </c>
+      <c r="G519">
+        <v>238</v>
+      </c>
+      <c r="H519" t="s">
+        <v>22</v>
+      </c>
+      <c r="I519">
+        <v>150</v>
+      </c>
+      <c r="J519">
+        <v>210</v>
+      </c>
+      <c r="K519">
+        <v>10</v>
+      </c>
+      <c r="L519" s="1">
+        <v>39219</v>
+      </c>
+      <c r="M519" s="2">
+        <v>9788536215815</v>
+      </c>
+      <c r="N519" t="s" s="3">
+        <v>1487</v>
+      </c>
+      <c r="O519" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P519" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520">
+        <v>519</v>
+      </c>
+      <c r="B520">
+        <v>23181</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D520" t="s">
+        <v>533</v>
+      </c>
+      <c r="F520">
+        <v>166</v>
+      </c>
+      <c r="G520">
+        <v>215</v>
+      </c>
+      <c r="H520" t="s">
+        <v>22</v>
+      </c>
+      <c r="I520">
+        <v>150</v>
+      </c>
+      <c r="J520">
+        <v>210</v>
+      </c>
+      <c r="K520">
+        <v>9</v>
+      </c>
+      <c r="L520" s="1">
+        <v>41529</v>
+      </c>
+      <c r="M520" s="2">
+        <v>9788536244143</v>
+      </c>
+      <c r="N520" t="s" s="3">
+        <v>1489</v>
+      </c>
+      <c r="O520" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P520" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521">
+        <v>520</v>
+      </c>
+      <c r="B521">
+        <v>23458</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D521" t="s">
+        <v>533</v>
+      </c>
+      <c r="F521">
+        <v>175</v>
+      </c>
+      <c r="G521">
+        <v>217</v>
+      </c>
+      <c r="H521" t="s">
+        <v>22</v>
+      </c>
+      <c r="I521">
+        <v>150</v>
+      </c>
+      <c r="J521">
+        <v>210</v>
+      </c>
+      <c r="K521">
+        <v>10</v>
+      </c>
+      <c r="L521" s="1">
+        <v>41794</v>
+      </c>
+      <c r="M521" s="2">
+        <v>9788536246727</v>
+      </c>
+      <c r="N521" t="s" s="3">
+        <v>1491</v>
+      </c>
+      <c r="O521" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P521" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522">
+        <v>521</v>
+      </c>
+      <c r="B522">
+        <v>20240</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F522">
+        <v>196</v>
+      </c>
+      <c r="G522">
+        <v>150</v>
+      </c>
+      <c r="H522" t="s">
+        <v>22</v>
+      </c>
+      <c r="I522">
+        <v>150</v>
+      </c>
+      <c r="J522">
+        <v>210</v>
+      </c>
+      <c r="K522">
+        <v>11</v>
+      </c>
+      <c r="L522" s="1">
+        <v>39185</v>
+      </c>
+      <c r="M522" s="2">
+        <v>9788536215228</v>
+      </c>
+      <c r="N522" t="s" s="3">
+        <v>1494</v>
+      </c>
+      <c r="O522" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P522" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523">
+        <v>522</v>
+      </c>
+      <c r="B523">
         <v>29151</v>
       </c>
-      <c r="C518" t="inlineStr">
+      <c r="C523" t="inlineStr">
         <is>
           <t>Manual de Games e Gamificação no Ensino Superior - Teoria e Prática - Novas Metodologias para que os Educadores Possam Tornar suas Aulas Mais Atrativas e Edificantes - Prefácio da Professora Ms. Liliam Ferreira Manocchi</t>
         </is>
       </c>
-      <c r="D518" t="s">
-[...2 lines deleted...]
-      <c r="F518">
+      <c r="D523" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F523">
         <v>94</v>
       </c>
-      <c r="G518">
+      <c r="G523">
         <v>116</v>
       </c>
-      <c r="H518" t="s">
-[...8 lines deleted...]
-      <c r="K518">
+      <c r="H523" t="s">
+        <v>22</v>
+      </c>
+      <c r="I523">
+        <v>150</v>
+      </c>
+      <c r="J523">
+        <v>210</v>
+      </c>
+      <c r="K523">
         <v>5</v>
       </c>
-      <c r="L518" s="1">
+      <c r="L523" s="1">
         <v>44385</v>
       </c>
-      <c r="M518" s="2">
+      <c r="M523" s="2">
         <v>9786556056258</v>
       </c>
-      <c r="N518" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O518" s="4">
+      <c r="N523" t="s" s="3">
+        <v>1496</v>
+      </c>
+      <c r="O523" s="4">
         <v>69.90</v>
       </c>
-      <c r="P518" t="s">
+      <c r="P523" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="519">
-[...3 lines deleted...]
-      <c r="B519">
+    <row r="524">
+      <c r="A524">
+        <v>523</v>
+      </c>
+      <c r="B524">
         <v>21440</v>
       </c>
-      <c r="C519" t="s">
-[...2 lines deleted...]
-      <c r="D519" t="s">
+      <c r="C524" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D524" t="s">
         <v>45</v>
       </c>
-      <c r="F519">
+      <c r="F524">
         <v>192</v>
       </c>
-      <c r="G519">
+      <c r="G524">
         <v>207</v>
       </c>
-      <c r="H519" t="s">
-[...8 lines deleted...]
-      <c r="K519">
+      <c r="H524" t="s">
+        <v>22</v>
+      </c>
+      <c r="I524">
+        <v>150</v>
+      </c>
+      <c r="J524">
+        <v>210</v>
+      </c>
+      <c r="K524">
         <v>11</v>
       </c>
-      <c r="L519" s="1">
+      <c r="L524" s="1">
         <v>40151</v>
       </c>
-      <c r="M519" s="2">
+      <c r="M524" s="2">
         <v>9788536227085</v>
       </c>
-      <c r="N519" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O519" s="4">
+      <c r="N524" t="s" s="3">
+        <v>1498</v>
+      </c>
+      <c r="O524" s="4">
         <v>99.90</v>
       </c>
-      <c r="P519" t="s">
+      <c r="P524" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="520">
-[...3 lines deleted...]
-      <c r="B520">
+    <row r="525">
+      <c r="A525">
+        <v>524</v>
+      </c>
+      <c r="B525">
         <v>27011</v>
       </c>
-      <c r="C520" t="s">
-[...5 lines deleted...]
-      <c r="F520">
+      <c r="C525" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F525">
         <v>360</v>
       </c>
-      <c r="G520">
+      <c r="G525">
         <v>446</v>
       </c>
-      <c r="H520" t="s">
-[...8 lines deleted...]
-      <c r="K520">
+      <c r="H525" t="s">
+        <v>22</v>
+      </c>
+      <c r="I525">
+        <v>150</v>
+      </c>
+      <c r="J525">
+        <v>210</v>
+      </c>
+      <c r="K525">
         <v>17</v>
       </c>
-      <c r="L520" s="1">
+      <c r="L525" s="1">
         <v>43297</v>
       </c>
-      <c r="M520" s="2">
+      <c r="M525" s="2">
         <v>9788536280851</v>
       </c>
-      <c r="N520" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O520" s="4">
+      <c r="N525" t="s" s="3">
+        <v>1501</v>
+      </c>
+      <c r="O525" s="4">
         <v>179.90</v>
       </c>
-      <c r="P520" t="s">
+      <c r="P525" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="521">
-[...3 lines deleted...]
-      <c r="B521">
+    <row r="526">
+      <c r="A526">
+        <v>525</v>
+      </c>
+      <c r="B526">
         <v>31520</v>
       </c>
-      <c r="C521" t="inlineStr">
+      <c r="C526" t="inlineStr">
         <is>
           <t>Manual Prático em Transações de Captação e Investimento - Venda, Diluição e Compra de Participação Acionária Middle Market e Startup - Guia Técnico Consultivo para Executivos</t>
         </is>
       </c>
-      <c r="D521" t="s">
-[...2 lines deleted...]
-      <c r="F521">
+      <c r="D526" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F526">
         <v>672</v>
       </c>
-      <c r="G521">
+      <c r="G526">
         <v>970</v>
       </c>
-      <c r="H521" t="s">
-[...8 lines deleted...]
-      <c r="K521">
+      <c r="H526" t="s">
+        <v>1503</v>
+      </c>
+      <c r="I526">
+        <v>150</v>
+      </c>
+      <c r="J526">
+        <v>210</v>
+      </c>
+      <c r="K526">
         <v>50</v>
       </c>
-      <c r="L521" s="1">
+      <c r="L526" s="1">
         <v>45744</v>
       </c>
-      <c r="M521" s="2">
+      <c r="M526" s="2">
         <v>9786526314708</v>
       </c>
-      <c r="N521" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O521" s="4">
+      <c r="N526" t="s" s="3">
+        <v>1504</v>
+      </c>
+      <c r="O526" s="4">
         <v>329.90</v>
       </c>
-      <c r="P521" t="s">
+      <c r="P526" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="522">
-[...3 lines deleted...]
-      <c r="B522">
+    <row r="527">
+      <c r="A527">
+        <v>526</v>
+      </c>
+      <c r="B527">
         <v>22008</v>
       </c>
-      <c r="C522" t="s">
-[...5 lines deleted...]
-      <c r="F522">
+      <c r="C527" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F527">
         <v>126</v>
       </c>
-      <c r="G522">
+      <c r="G527">
         <v>148</v>
       </c>
-      <c r="H522" t="s">
-[...8 lines deleted...]
-      <c r="K522">
+      <c r="H527" t="s">
+        <v>22</v>
+      </c>
+      <c r="I527">
+        <v>150</v>
+      </c>
+      <c r="J527">
+        <v>210</v>
+      </c>
+      <c r="K527">
         <v>7</v>
       </c>
-      <c r="L522" s="1">
+      <c r="L527" s="1">
         <v>40451</v>
       </c>
-      <c r="M522" s="2">
+      <c r="M527" s="2">
         <v>9788536231266</v>
       </c>
-      <c r="N522" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O522" s="4">
+      <c r="N527" t="s" s="3">
+        <v>1507</v>
+      </c>
+      <c r="O527" s="4">
         <v>74.70</v>
       </c>
-      <c r="P522" t="s">
+      <c r="P527" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="523">
-[...3 lines deleted...]
-      <c r="B523">
+    <row r="528">
+      <c r="A528">
+        <v>527</v>
+      </c>
+      <c r="B528">
         <v>11049</v>
       </c>
-      <c r="C523" t="s">
-[...5 lines deleted...]
-      <c r="E523" t="s">
+      <c r="C528" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D528" t="s">
+        <v>580</v>
+      </c>
+      <c r="E528" t="s">
         <v>34</v>
       </c>
-      <c r="F523">
+      <c r="F528">
         <v>196</v>
       </c>
-      <c r="G523">
+      <c r="G528">
         <v>264</v>
       </c>
-      <c r="H523" t="s">
-[...8 lines deleted...]
-      <c r="K523">
+      <c r="H528" t="s">
+        <v>22</v>
+      </c>
+      <c r="I528">
+        <v>150</v>
+      </c>
+      <c r="J528">
+        <v>210</v>
+      </c>
+      <c r="K528">
         <v>11</v>
       </c>
-      <c r="L523" s="1">
+      <c r="L528" s="1">
         <v>37028</v>
       </c>
-      <c r="M523" s="2">
+      <c r="M528" s="2">
         <v>9788573946086</v>
       </c>
-      <c r="N523" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O523" s="4">
+      <c r="N528" t="s" s="3">
+        <v>1509</v>
+      </c>
+      <c r="O528" s="4">
         <v>99.90</v>
       </c>
-      <c r="P523" t="s">
+      <c r="P528" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="524">
-[...3 lines deleted...]
-      <c r="B524">
+    <row r="529">
+      <c r="A529">
+        <v>528</v>
+      </c>
+      <c r="B529">
         <v>20264</v>
       </c>
-      <c r="C524" t="s">
-[...5 lines deleted...]
-      <c r="F524">
+      <c r="C529" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F529">
         <v>132</v>
       </c>
-      <c r="G524">
+      <c r="G529">
         <v>181</v>
       </c>
-      <c r="H524" t="s">
-[...8 lines deleted...]
-      <c r="K524">
+      <c r="H529" t="s">
+        <v>22</v>
+      </c>
+      <c r="I529">
+        <v>150</v>
+      </c>
+      <c r="J529">
+        <v>210</v>
+      </c>
+      <c r="K529">
         <v>8</v>
       </c>
-      <c r="L524" s="1">
+      <c r="L529" s="1">
         <v>39210</v>
       </c>
-      <c r="M524" s="2">
+      <c r="M529" s="2">
         <v>9788536215761</v>
       </c>
-      <c r="N524" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O524" s="4">
+      <c r="N529" t="s" s="3">
+        <v>1512</v>
+      </c>
+      <c r="O529" s="4">
         <v>79.90</v>
       </c>
-      <c r="P524" t="s">
+      <c r="P529" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="525">
-[...3 lines deleted...]
-      <c r="B525">
+    <row r="530">
+      <c r="A530">
+        <v>529</v>
+      </c>
+      <c r="B530">
         <v>25747</v>
       </c>
-      <c r="C525" t="inlineStr">
+      <c r="C530" t="inlineStr">
         <is>
           <t>Marbury versus Madison - Uma Leitura Crítica - Minibook - Prefácio de René Ariel Dotti - Apresentação de Roberto Gargarella - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D525" t="s">
-[...2 lines deleted...]
-      <c r="F525">
+      <c r="D530" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F530">
         <v>172</v>
       </c>
-      <c r="G525">
+      <c r="G530">
         <v>112</v>
       </c>
-      <c r="H525" t="s">
-[...2 lines deleted...]
-      <c r="I525">
+      <c r="H530" t="s">
+        <v>22</v>
+      </c>
+      <c r="I530">
         <v>100</v>
       </c>
-      <c r="J525">
+      <c r="J530">
         <v>160</v>
       </c>
-      <c r="K525">
+      <c r="K530">
         <v>10</v>
       </c>
-      <c r="L525" s="1">
+      <c r="L530" s="1">
         <v>42871</v>
       </c>
-      <c r="M525" s="2">
+      <c r="M530" s="2">
         <v>9788536268453</v>
       </c>
-      <c r="N525" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O525" s="4">
+      <c r="N530" t="s" s="3">
+        <v>1514</v>
+      </c>
+      <c r="O530" s="4">
         <v>49.90</v>
       </c>
-      <c r="P525" t="s">
+      <c r="P530" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="526">
-[...3 lines deleted...]
-      <c r="B526">
+    <row r="531">
+      <c r="A531">
+        <v>530</v>
+      </c>
+      <c r="B531">
         <v>12551</v>
       </c>
-      <c r="C526" t="s">
-[...8 lines deleted...]
-      <c r="G526">
+      <c r="C531" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F531">
+        <v>150</v>
+      </c>
+      <c r="G531">
         <v>208</v>
       </c>
-      <c r="H526" t="s">
-[...8 lines deleted...]
-      <c r="K526">
+      <c r="H531" t="s">
+        <v>22</v>
+      </c>
+      <c r="I531">
+        <v>150</v>
+      </c>
+      <c r="J531">
+        <v>210</v>
+      </c>
+      <c r="K531">
         <v>9</v>
       </c>
-      <c r="L526" s="1">
+      <c r="L531" s="1">
         <v>37713</v>
       </c>
-      <c r="M526" s="2">
+      <c r="M531" s="2">
         <v>9788536203201</v>
       </c>
-      <c r="N526" t="s">
-[...2 lines deleted...]
-      <c r="O526" s="4">
+      <c r="N531" t="s">
+        <v>1517</v>
+      </c>
+      <c r="O531" s="4">
         <v>79.90</v>
       </c>
-      <c r="P526" t="s">
+      <c r="P531" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="527">
-[...3 lines deleted...]
-      <c r="B527">
+    <row r="532">
+      <c r="A532">
+        <v>531</v>
+      </c>
+      <c r="B532">
         <v>25677</v>
       </c>
-      <c r="C527" t="inlineStr">
+      <c r="C532" t="inlineStr">
         <is>
           <t>Marie Lafarge - O Passado e o Presente da Mulher no Banco dos Réus - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D527" t="s">
-[...2 lines deleted...]
-      <c r="F527">
+      <c r="D532" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F532">
         <v>144</v>
       </c>
-      <c r="G527">
+      <c r="G532">
         <v>94</v>
       </c>
-      <c r="H527" t="s">
-[...2 lines deleted...]
-      <c r="I527">
+      <c r="H532" t="s">
+        <v>22</v>
+      </c>
+      <c r="I532">
         <v>100</v>
       </c>
-      <c r="J527">
+      <c r="J532">
         <v>160</v>
       </c>
-      <c r="K527">
+      <c r="K532">
         <v>8</v>
       </c>
-      <c r="L527" s="1">
+      <c r="L532" s="1">
         <v>42842</v>
       </c>
-      <c r="M527" s="2">
+      <c r="M532" s="2">
         <v>9788536267302</v>
       </c>
-      <c r="N527" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O527" s="4">
+      <c r="N532" t="s" s="3">
+        <v>1519</v>
+      </c>
+      <c r="O532" s="4">
         <v>49.90</v>
       </c>
-      <c r="P527" t="s">
+      <c r="P532" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="528">
-[...3 lines deleted...]
-      <c r="B528">
+    <row r="533">
+      <c r="A533">
+        <v>532</v>
+      </c>
+      <c r="B533">
         <v>24244</v>
       </c>
-      <c r="C528" t="inlineStr">
+      <c r="C533" t="inlineStr">
         <is>
           <t>Mário Meireles - Historiador e Poeta - Homenagem ao Centenário de Nascimento do Patrono da Cadeira Nº 31 da Academia Ludovicense de Letras – Com Textos Inéditos - Semeando Livros</t>
         </is>
       </c>
-      <c r="D528" t="s">
+      <c r="D533" t="s">
         <v>16</v>
       </c>
-      <c r="F528">
+      <c r="F533">
         <v>134</v>
       </c>
-      <c r="G528">
+      <c r="G533">
         <v>166</v>
-      </c>
-[...242 lines deleted...]
-        <v>181</v>
       </c>
       <c r="H533" t="s">
         <v>22</v>
       </c>
       <c r="I533">
         <v>150</v>
       </c>
       <c r="J533">
         <v>210</v>
       </c>
       <c r="K533">
         <v>8</v>
       </c>
       <c r="L533" s="1">
-        <v>42551</v>
+        <v>42278</v>
       </c>
       <c r="M533" s="2">
-        <v>9788536259420</v>
+        <v>9788536254173</v>
       </c>
       <c r="N533" t="s" s="3">
         <v>1520</v>
       </c>
       <c r="O533" s="4">
         <v>79.90</v>
       </c>
       <c r="P533" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
     </row>
     <row r="534">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534">
+        <v>29361</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F534">
+        <v>214</v>
+      </c>
+      <c r="G534">
+        <v>265</v>
+      </c>
+      <c r="H534" t="s">
+        <v>22</v>
+      </c>
+      <c r="I534">
+        <v>150</v>
+      </c>
+      <c r="J534">
+        <v>210</v>
+      </c>
+      <c r="K534">
+        <v>11</v>
+      </c>
+      <c r="L534" s="1">
+        <v>44517</v>
+      </c>
+      <c r="M534" s="2">
+        <v>9786556059914</v>
+      </c>
+      <c r="N534" t="s" s="3">
+        <v>1524</v>
+      </c>
+      <c r="O534" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P534" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535">
+        <v>534</v>
+      </c>
+      <c r="B535">
+        <v>26391</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E535" t="s">
+        <v>96</v>
+      </c>
+      <c r="F535">
+        <v>240</v>
+      </c>
+      <c r="G535">
+        <v>298</v>
+      </c>
+      <c r="H535" t="s">
+        <v>22</v>
+      </c>
+      <c r="I535">
+        <v>150</v>
+      </c>
+      <c r="J535">
+        <v>210</v>
+      </c>
+      <c r="K535">
+        <v>13</v>
+      </c>
+      <c r="L535" s="1">
+        <v>43066</v>
+      </c>
+      <c r="M535" s="2">
+        <v>9788536274829</v>
+      </c>
+      <c r="N535" t="s" s="3">
+        <v>1527</v>
+      </c>
+      <c r="O535" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P535" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536">
+        <v>535</v>
+      </c>
+      <c r="B536">
+        <v>20854</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D536" t="s">
+        <v>170</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F536">
+        <v>242</v>
+      </c>
+      <c r="G536">
+        <v>440</v>
+      </c>
+      <c r="H536" t="s">
+        <v>17</v>
+      </c>
+      <c r="I536">
+        <v>165</v>
+      </c>
+      <c r="J536">
+        <v>215</v>
+      </c>
+      <c r="K536">
+        <v>19</v>
+      </c>
+      <c r="L536" s="1">
+        <v>39703</v>
+      </c>
+      <c r="M536" s="2">
+        <v>9788536221809</v>
+      </c>
+      <c r="N536" t="s" s="3">
+        <v>1530</v>
+      </c>
+      <c r="O536" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P536" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537">
+        <v>536</v>
+      </c>
+      <c r="B537">
+        <v>20098</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D537" t="s">
+        <v>170</v>
+      </c>
+      <c r="F537">
+        <v>256</v>
+      </c>
+      <c r="G537">
+        <v>442</v>
+      </c>
+      <c r="H537" t="s">
+        <v>17</v>
+      </c>
+      <c r="I537">
+        <v>165</v>
+      </c>
+      <c r="J537">
+        <v>215</v>
+      </c>
+      <c r="K537">
+        <v>20</v>
+      </c>
+      <c r="L537" s="1">
+        <v>39017</v>
+      </c>
+      <c r="M537" s="2">
+        <v>9788536214078</v>
+      </c>
+      <c r="N537" t="s" s="3">
+        <v>1532</v>
+      </c>
+      <c r="O537" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P537" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538">
+        <v>537</v>
+      </c>
+      <c r="B538">
+        <v>24790</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D538" t="s">
+        <v>970</v>
+      </c>
+      <c r="F538">
+        <v>146</v>
+      </c>
+      <c r="G538">
+        <v>181</v>
+      </c>
+      <c r="H538" t="s">
+        <v>22</v>
+      </c>
+      <c r="I538">
+        <v>150</v>
+      </c>
+      <c r="J538">
+        <v>210</v>
+      </c>
+      <c r="K538">
+        <v>8</v>
+      </c>
+      <c r="L538" s="1">
+        <v>42551</v>
+      </c>
+      <c r="M538" s="2">
+        <v>9788536259420</v>
+      </c>
+      <c r="N538" t="s" s="3">
+        <v>1534</v>
+      </c>
+      <c r="O538" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P538" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539">
+        <v>538</v>
+      </c>
+      <c r="B539">
         <v>29818</v>
       </c>
-      <c r="C534" t="inlineStr">
+      <c r="C539" t="inlineStr">
         <is>
           <t>Martin Luther - The Protestant Reformation and the Trial at Worms - Minibook - Preface by René Ariel Dotti - Great Trials in History Collection - Coordinators: Luiz Eduardo Gunther, Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D534" t="s">
-[...2 lines deleted...]
-      <c r="F534">
+      <c r="D539" t="s">
+        <v>1535</v>
+      </c>
+      <c r="F539">
         <v>152</v>
       </c>
-      <c r="G534">
+      <c r="G539">
         <v>95</v>
       </c>
-      <c r="H534" t="s">
-[...2 lines deleted...]
-      <c r="I534">
+      <c r="H539" t="s">
+        <v>22</v>
+      </c>
+      <c r="I539">
         <v>100</v>
       </c>
-      <c r="J534">
+      <c r="J539">
         <v>160</v>
       </c>
-      <c r="K534">
+      <c r="K539">
         <v>8</v>
       </c>
-      <c r="L534" s="1">
+      <c r="L539" s="1">
         <v>44732</v>
       </c>
-      <c r="M534" s="2">
+      <c r="M539" s="2">
         <v>9788536296869</v>
       </c>
-      <c r="N534" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O534" s="4">
+      <c r="N539" t="s" s="3">
+        <v>1536</v>
+      </c>
+      <c r="O539" s="4">
         <v>49.90</v>
       </c>
-      <c r="P534" t="s">
+      <c r="P539" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="535">
-[...3 lines deleted...]
-      <c r="B535">
+    <row r="540">
+      <c r="A540">
+        <v>539</v>
+      </c>
+      <c r="B540">
         <v>27039</v>
       </c>
-      <c r="C535" t="inlineStr">
+      <c r="C540" t="inlineStr">
         <is>
           <t>Martinho Lutero - Reforma Protestante e o Julgamento em Worms - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D535" t="s">
-[...2 lines deleted...]
-      <c r="F535">
+      <c r="D540" t="s">
+        <v>1535</v>
+      </c>
+      <c r="F540">
         <v>180</v>
       </c>
-      <c r="G535">
+      <c r="G540">
         <v>114</v>
       </c>
-      <c r="H535" t="s">
-[...2 lines deleted...]
-      <c r="I535">
+      <c r="H540" t="s">
+        <v>22</v>
+      </c>
+      <c r="I540">
         <v>100</v>
       </c>
-      <c r="J535">
+      <c r="J540">
         <v>160</v>
       </c>
-      <c r="K535">
+      <c r="K540">
         <v>10</v>
       </c>
-      <c r="L535" s="1">
+      <c r="L540" s="1">
         <v>43311</v>
       </c>
-      <c r="M535" s="2">
+      <c r="M540" s="2">
         <v>9788536280899</v>
       </c>
-      <c r="N535" t="s" s="3">
-[...207 lines deleted...]
-      <c r="D540" t="s">
+      <c r="N540" t="s" s="3">
         <v>1537</v>
-      </c>
-[...28 lines deleted...]
-        <v>1538</v>
       </c>
       <c r="O540" s="4">
         <v>59.90</v>
       </c>
       <c r="P540" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="541">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541">
-        <v>31608</v>
+        <v>31713</v>
       </c>
       <c r="C541" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D541" t="s">
         <v>1539</v>
       </c>
-      <c r="D541" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F541">
-        <v>148</v>
+        <v>130</v>
       </c>
       <c r="G541">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="H541" t="s">
         <v>22</v>
       </c>
       <c r="I541">
         <v>150</v>
       </c>
       <c r="J541">
         <v>210</v>
       </c>
       <c r="K541">
         <v>7</v>
       </c>
       <c r="L541" s="1">
-        <v>45811</v>
+        <v>45877</v>
       </c>
       <c r="M541" s="2">
-        <v>9786526314302</v>
+        <v>9786526317341</v>
       </c>
       <c r="N541" t="s" s="3">
+        <v>1540</v>
+      </c>
+      <c r="O541" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P541" t="s">
         <v>1541</v>
-      </c>
-[...4 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="542">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542">
-        <v>12471</v>
+        <v>22257</v>
       </c>
       <c r="C542" t="s">
         <v>1542</v>
       </c>
       <c r="D542" t="s">
+        <v>685</v>
+      </c>
+      <c r="F542">
+        <v>198</v>
+      </c>
+      <c r="G542">
+        <v>213</v>
+      </c>
+      <c r="H542" t="s">
+        <v>22</v>
+      </c>
+      <c r="I542">
+        <v>150</v>
+      </c>
+      <c r="J542">
+        <v>210</v>
+      </c>
+      <c r="K542">
+        <v>11</v>
+      </c>
+      <c r="L542" s="1">
+        <v>40704</v>
+      </c>
+      <c r="M542" s="2">
+        <v>9788536233826</v>
+      </c>
+      <c r="N542" t="s" s="3">
         <v>1543</v>
       </c>
-      <c r="F542">
-[...25 lines deleted...]
-      </c>
       <c r="O542" s="4">
-        <v>74.70</v>
+        <v>99.90</v>
       </c>
       <c r="P542" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="543">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543">
-        <v>20509</v>
+        <v>21746</v>
       </c>
       <c r="C543" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D543" t="s">
         <v>1545</v>
       </c>
-      <c r="D543" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F543">
-        <v>158</v>
+        <v>216</v>
       </c>
       <c r="G543">
-        <v>199</v>
+        <v>280</v>
       </c>
       <c r="H543" t="s">
         <v>22</v>
       </c>
       <c r="I543">
         <v>150</v>
       </c>
       <c r="J543">
         <v>210</v>
       </c>
       <c r="K543">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L543" s="1">
-        <v>39427</v>
+        <v>40301</v>
       </c>
       <c r="M543" s="2">
-        <v>9788536218120</v>
+        <v>9788536229584</v>
       </c>
       <c r="N543" t="s" s="3">
         <v>1546</v>
       </c>
       <c r="O543" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P543" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="544">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544">
-        <v>29336</v>
+        <v>20511</v>
       </c>
       <c r="C544" t="s">
         <v>1547</v>
       </c>
       <c r="D544" t="s">
         <v>1548</v>
       </c>
       <c r="F544">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G544">
-        <v>139</v>
+        <v>85</v>
       </c>
       <c r="H544" t="s">
         <v>22</v>
       </c>
       <c r="I544">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J544">
         <v>210</v>
       </c>
       <c r="K544">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L544" s="1">
-        <v>44510</v>
+        <v>39428</v>
       </c>
       <c r="M544" s="2">
-        <v>9786556058320</v>
+        <v>9788536217932</v>
       </c>
       <c r="N544" t="s" s="3">
         <v>1549</v>
       </c>
       <c r="O544" s="4">
-        <v>49.70</v>
+        <v>59.90</v>
       </c>
       <c r="P544" t="s">
-        <v>397</v>
+        <v>507</v>
       </c>
     </row>
     <row r="545">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545">
-        <v>23585</v>
+        <v>22627</v>
       </c>
       <c r="C545" t="s">
         <v>1550</v>
       </c>
       <c r="D545" t="s">
         <v>1551</v>
       </c>
+      <c r="E545" t="s">
+        <v>34</v>
+      </c>
       <c r="F545">
-        <v>138</v>
+        <v>80</v>
       </c>
       <c r="G545">
-        <v>171</v>
+        <v>122</v>
       </c>
       <c r="H545" t="s">
         <v>22</v>
       </c>
       <c r="I545">
         <v>150</v>
       </c>
       <c r="J545">
         <v>210</v>
       </c>
       <c r="K545">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L545" s="1">
-        <v>41886</v>
+        <v>41058</v>
       </c>
       <c r="M545" s="2">
-        <v>9788536248080</v>
+        <v>9788536238036</v>
       </c>
       <c r="N545" t="s" s="3">
         <v>1552</v>
       </c>
       <c r="O545" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P545" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="546">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546">
-        <v>31835</v>
+        <v>31608</v>
       </c>
       <c r="C546" t="s">
         <v>1553</v>
       </c>
       <c r="D546" t="s">
-        <v>762</v>
+        <v>1554</v>
       </c>
       <c r="F546">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="G546">
-        <v>177</v>
+        <v>207</v>
       </c>
       <c r="H546" t="s">
         <v>22</v>
       </c>
       <c r="I546">
         <v>150</v>
       </c>
       <c r="J546">
         <v>210</v>
       </c>
       <c r="K546">
         <v>7</v>
       </c>
       <c r="L546" s="1">
-        <v>45944</v>
+        <v>45811</v>
       </c>
       <c r="M546" s="2">
-        <v>9786526317174</v>
+        <v>9786526314302</v>
       </c>
       <c r="N546" t="s" s="3">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="O546" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P546" t="s">
-        <v>1527</v>
+        <v>329</v>
       </c>
     </row>
     <row r="547">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547">
-        <v>12932</v>
+        <v>12471</v>
       </c>
       <c r="C547" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="D547" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="F547">
-        <v>287</v>
+        <v>128</v>
       </c>
       <c r="G547">
-        <v>384</v>
+        <v>174</v>
       </c>
       <c r="H547" t="s">
         <v>22</v>
       </c>
       <c r="I547">
         <v>150</v>
       </c>
       <c r="J547">
         <v>210</v>
       </c>
       <c r="K547">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="L547" s="1">
-        <v>38201</v>
+        <v>37599</v>
       </c>
       <c r="M547" s="2">
-        <v>9788536207728</v>
+        <v>9788536200897</v>
       </c>
       <c r="N547" t="s" s="3">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="O547" s="4">
-        <v>129.90</v>
+        <v>74.70</v>
       </c>
       <c r="P547" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="548">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548">
-        <v>27671</v>
+        <v>20509</v>
       </c>
       <c r="C548" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="D548" t="s">
-        <v>1559</v>
+        <v>455</v>
       </c>
       <c r="F548">
-        <v>106</v>
+        <v>158</v>
       </c>
       <c r="G548">
-        <v>131</v>
+        <v>199</v>
       </c>
       <c r="H548" t="s">
         <v>22</v>
       </c>
       <c r="I548">
         <v>150</v>
       </c>
       <c r="J548">
         <v>210</v>
       </c>
       <c r="K548">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L548" s="1">
-        <v>43545</v>
+        <v>39427</v>
       </c>
       <c r="M548" s="2">
-        <v>9788536287034</v>
+        <v>9788536218120</v>
       </c>
       <c r="N548" t="s" s="3">
         <v>1560</v>
       </c>
       <c r="O548" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P548" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="549">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549">
-        <v>24319</v>
+        <v>29336</v>
       </c>
       <c r="C549" t="s">
         <v>1561</v>
       </c>
       <c r="D549" t="s">
         <v>1562</v>
       </c>
-      <c r="E549" t="s">
+      <c r="F549">
+        <v>22</v>
+      </c>
+      <c r="G549">
+        <v>139</v>
+      </c>
+      <c r="H549" t="s">
+        <v>22</v>
+      </c>
+      <c r="I549">
+        <v>300</v>
+      </c>
+      <c r="J549">
+        <v>210</v>
+      </c>
+      <c r="K549">
+        <v>2</v>
+      </c>
+      <c r="L549" s="1">
+        <v>44510</v>
+      </c>
+      <c r="M549" s="2">
+        <v>9786556058320</v>
+      </c>
+      <c r="N549" t="s" s="3">
         <v>1563</v>
       </c>
-      <c r="F549">
-[...25 lines deleted...]
-      </c>
       <c r="O549" s="4">
-        <v>79.90</v>
+        <v>49.70</v>
       </c>
       <c r="P549" t="s">
-        <v>47</v>
+        <v>397</v>
       </c>
     </row>
     <row r="550">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550">
-        <v>22150</v>
+        <v>23585</v>
       </c>
       <c r="C550" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D550" t="s">
         <v>1565</v>
       </c>
-      <c r="D550" t="s">
+      <c r="F550">
+        <v>138</v>
+      </c>
+      <c r="G550">
+        <v>171</v>
+      </c>
+      <c r="H550" t="s">
+        <v>22</v>
+      </c>
+      <c r="I550">
+        <v>150</v>
+      </c>
+      <c r="J550">
+        <v>210</v>
+      </c>
+      <c r="K550">
+        <v>8</v>
+      </c>
+      <c r="L550" s="1">
+        <v>41886</v>
+      </c>
+      <c r="M550" s="2">
+        <v>9788536248080</v>
+      </c>
+      <c r="N550" t="s" s="3">
         <v>1566</v>
       </c>
-      <c r="E550" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O550" s="4">
-        <v>169.90</v>
+        <v>69.90</v>
       </c>
       <c r="P550" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="551">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551">
-        <v>28925</v>
+        <v>31835</v>
       </c>
       <c r="C551" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D551" t="s">
+        <v>767</v>
+      </c>
+      <c r="F551">
+        <v>138</v>
+      </c>
+      <c r="G551">
+        <v>177</v>
+      </c>
+      <c r="H551" t="s">
+        <v>22</v>
+      </c>
+      <c r="I551">
+        <v>150</v>
+      </c>
+      <c r="J551">
+        <v>210</v>
+      </c>
+      <c r="K551">
+        <v>7</v>
+      </c>
+      <c r="L551" s="1">
+        <v>45944</v>
+      </c>
+      <c r="M551" s="2">
+        <v>9786526317174</v>
+      </c>
+      <c r="N551" t="s" s="3">
         <v>1568</v>
       </c>
-      <c r="D551" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O551" s="4">
-        <v>49.70</v>
+        <v>79.90</v>
       </c>
       <c r="P551" t="s">
-        <v>397</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="552">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552">
-        <v>28830</v>
+        <v>12932</v>
       </c>
       <c r="C552" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F552">
+        <v>278</v>
+      </c>
+      <c r="G552">
+        <v>384</v>
+      </c>
+      <c r="H552" t="s">
+        <v>22</v>
+      </c>
+      <c r="I552">
+        <v>150</v>
+      </c>
+      <c r="J552">
+        <v>210</v>
+      </c>
+      <c r="K552">
+        <v>15</v>
+      </c>
+      <c r="L552" s="1">
+        <v>38201</v>
+      </c>
+      <c r="M552" s="2">
+        <v>9788536207728</v>
+      </c>
+      <c r="N552" t="s" s="3">
         <v>1571</v>
       </c>
-      <c r="D552" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O552" s="4">
-        <v>44.70</v>
+        <v>129.90</v>
       </c>
       <c r="P552" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
     </row>
     <row r="553">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553">
-        <v>29649</v>
+        <v>27671</v>
       </c>
       <c r="C553" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F553">
+        <v>106</v>
+      </c>
+      <c r="G553">
+        <v>131</v>
+      </c>
+      <c r="H553" t="s">
+        <v>22</v>
+      </c>
+      <c r="I553">
+        <v>150</v>
+      </c>
+      <c r="J553">
+        <v>210</v>
+      </c>
+      <c r="K553">
+        <v>6</v>
+      </c>
+      <c r="L553" s="1">
+        <v>43545</v>
+      </c>
+      <c r="M553" s="2">
+        <v>9788536287034</v>
+      </c>
+      <c r="N553" t="s" s="3">
         <v>1574</v>
       </c>
-      <c r="D553" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O553" s="4">
-        <v>49.70</v>
+        <v>69.90</v>
       </c>
       <c r="P553" t="s">
-        <v>397</v>
+        <v>36</v>
       </c>
     </row>
     <row r="554">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554">
-        <v>26572</v>
+        <v>24319</v>
       </c>
       <c r="C554" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E554" t="s">
         <v>1577</v>
       </c>
-      <c r="D554" t="s">
+      <c r="F554">
+        <v>124</v>
+      </c>
+      <c r="G554">
+        <v>154</v>
+      </c>
+      <c r="H554" t="s">
+        <v>22</v>
+      </c>
+      <c r="I554">
+        <v>150</v>
+      </c>
+      <c r="J554">
+        <v>210</v>
+      </c>
+      <c r="K554">
+        <v>7</v>
+      </c>
+      <c r="L554" s="1">
+        <v>42328</v>
+      </c>
+      <c r="M554" s="2">
+        <v>9788536254906</v>
+      </c>
+      <c r="N554" t="s" s="3">
         <v>1578</v>
       </c>
-      <c r="F554">
-[...25 lines deleted...]
-      </c>
       <c r="O554" s="4">
-        <v>39.90</v>
+        <v>79.90</v>
       </c>
       <c r="P554" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
     </row>
     <row r="555">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555">
-        <v>29123</v>
+        <v>22150</v>
       </c>
       <c r="C555" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D555" t="s">
         <v>1580</v>
       </c>
-      <c r="D555" t="s">
+      <c r="E555" t="s">
+        <v>736</v>
+      </c>
+      <c r="F555">
+        <v>366</v>
+      </c>
+      <c r="G555">
+        <v>407</v>
+      </c>
+      <c r="H555" t="s">
+        <v>22</v>
+      </c>
+      <c r="I555">
+        <v>150</v>
+      </c>
+      <c r="J555">
+        <v>210</v>
+      </c>
+      <c r="K555">
+        <v>19</v>
+      </c>
+      <c r="L555" s="1">
+        <v>40592</v>
+      </c>
+      <c r="M555" s="2">
+        <v>9788536232850</v>
+      </c>
+      <c r="N555" t="s" s="3">
         <v>1581</v>
       </c>
-      <c r="F555">
-[...25 lines deleted...]
-      </c>
       <c r="O555" s="4">
-        <v>49.70</v>
+        <v>169.90</v>
       </c>
       <c r="P555" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
     </row>
     <row r="556">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556">
-        <v>28780</v>
+        <v>28925</v>
       </c>
       <c r="C556" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D556" t="s">
         <v>1583</v>
       </c>
-      <c r="D556" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F556">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="G556">
-        <v>127</v>
+        <v>221</v>
       </c>
       <c r="H556" t="s">
         <v>22</v>
       </c>
       <c r="I556">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="J556">
-        <v>210</v>
+        <v>300</v>
       </c>
       <c r="K556">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L556" s="1">
-        <v>44147</v>
+        <v>44245</v>
       </c>
       <c r="M556" s="2">
-        <v>9786556053875</v>
+        <v>9786556054490</v>
       </c>
       <c r="N556" t="s" s="3">
         <v>1584</v>
       </c>
       <c r="O556" s="4">
-        <v>69.90</v>
+        <v>49.70</v>
       </c>
       <c r="P556" t="s">
-        <v>19</v>
+        <v>397</v>
       </c>
     </row>
     <row r="557">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557">
-        <v>28136</v>
+        <v>28830</v>
       </c>
       <c r="C557" t="s">
         <v>1585</v>
       </c>
       <c r="D557" t="s">
         <v>1586</v>
       </c>
       <c r="F557">
-        <v>136</v>
+        <v>36</v>
       </c>
       <c r="G557">
-        <v>169</v>
+        <v>227</v>
       </c>
       <c r="H557" t="s">
         <v>22</v>
       </c>
       <c r="I557">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J557">
-        <v>210</v>
+        <v>21</v>
       </c>
       <c r="K557">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="L557" s="1">
-        <v>43760</v>
+        <v>44181</v>
       </c>
       <c r="M557" s="2">
-        <v>9788536292038</v>
+        <v>9786556053516</v>
       </c>
       <c r="N557" t="s" s="3">
         <v>1587</v>
       </c>
       <c r="O557" s="4">
-        <v>79.90</v>
+        <v>44.70</v>
       </c>
       <c r="P557" t="s">
-        <v>64</v>
+        <v>397</v>
       </c>
     </row>
     <row r="558">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558">
-        <v>20261</v>
+        <v>29649</v>
       </c>
       <c r="C558" t="s">
         <v>1588</v>
       </c>
       <c r="D558" t="s">
         <v>1589</v>
       </c>
       <c r="F558">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="G558">
-        <v>238</v>
+        <v>150</v>
       </c>
       <c r="H558" t="s">
         <v>22</v>
       </c>
       <c r="I558">
         <v>150</v>
       </c>
       <c r="J558">
         <v>210</v>
       </c>
       <c r="K558">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="L558" s="1">
-        <v>39205</v>
+        <v>44669</v>
       </c>
       <c r="M558" s="2">
-        <v>9788536215716</v>
+        <v>9788536296838</v>
       </c>
       <c r="N558" t="s" s="3">
         <v>1590</v>
       </c>
       <c r="O558" s="4">
-        <v>99.90</v>
+        <v>49.70</v>
       </c>
       <c r="P558" t="s">
-        <v>28</v>
+        <v>397</v>
       </c>
     </row>
     <row r="559">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559">
-        <v>30930</v>
+        <v>26572</v>
       </c>
       <c r="C559" t="s">
         <v>1591</v>
       </c>
       <c r="D559" t="s">
         <v>1592</v>
       </c>
       <c r="F559">
-        <v>134</v>
+        <v>30</v>
       </c>
       <c r="G559">
-        <v>166</v>
+        <v>189</v>
       </c>
       <c r="H559" t="s">
         <v>22</v>
       </c>
       <c r="I559">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J559">
         <v>210</v>
       </c>
       <c r="K559">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="L559" s="1">
-        <v>45348</v>
+        <v>43133</v>
       </c>
       <c r="M559" s="2">
-        <v>9786526311059</v>
+        <v>9788536275772</v>
       </c>
       <c r="N559" t="s" s="3">
         <v>1593</v>
       </c>
       <c r="O559" s="4">
-        <v>59.90</v>
+        <v>39.90</v>
       </c>
       <c r="P559" t="s">
-        <v>329</v>
+        <v>397</v>
       </c>
     </row>
     <row r="560">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560">
-        <v>30932</v>
+        <v>29123</v>
       </c>
       <c r="C560" t="s">
         <v>1594</v>
       </c>
       <c r="D560" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="F560">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="G560">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="H560" t="s">
         <v>22</v>
       </c>
       <c r="I560">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J560">
         <v>210</v>
       </c>
       <c r="K560">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="L560" s="1">
-        <v>45348</v>
+        <v>44370</v>
       </c>
       <c r="M560" s="2">
-        <v>9786526311066</v>
+        <v>9786556056371</v>
       </c>
       <c r="N560" t="s" s="3">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="O560" s="4">
-        <v>59.90</v>
+        <v>49.70</v>
       </c>
       <c r="P560" t="s">
-        <v>329</v>
+        <v>397</v>
       </c>
     </row>
     <row r="561">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561">
-        <v>30934</v>
+        <v>28780</v>
       </c>
       <c r="C561" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D561" t="s">
-        <v>1592</v>
+        <v>299</v>
       </c>
       <c r="F561">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="G561">
-        <v>186</v>
+        <v>127</v>
       </c>
       <c r="H561" t="s">
         <v>22</v>
       </c>
       <c r="I561">
         <v>150</v>
       </c>
       <c r="J561">
         <v>210</v>
       </c>
       <c r="K561">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L561" s="1">
-        <v>45348</v>
+        <v>44147</v>
       </c>
       <c r="M561" s="2">
-        <v>9786526310168</v>
+        <v>9786556053875</v>
       </c>
       <c r="N561" t="s" s="3">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="O561" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P561" t="s">
-        <v>329</v>
+        <v>19</v>
       </c>
     </row>
     <row r="562">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562">
-        <v>12512</v>
+        <v>28136</v>
       </c>
       <c r="C562" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D562" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="F562">
-        <v>98</v>
+        <v>136</v>
       </c>
       <c r="G562">
-        <v>144</v>
+        <v>169</v>
       </c>
       <c r="H562" t="s">
         <v>22</v>
       </c>
       <c r="I562">
         <v>150</v>
       </c>
       <c r="J562">
         <v>210</v>
       </c>
       <c r="K562">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L562" s="1">
-        <v>37666</v>
+        <v>43760</v>
       </c>
       <c r="M562" s="2">
-        <v>9788536203515</v>
-[...2 lines deleted...]
-        <v>1600</v>
+        <v>9788536292038</v>
+      </c>
+      <c r="N562" t="s" s="3">
+        <v>1601</v>
       </c>
       <c r="O562" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P562" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="563">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563">
-        <v>30527</v>
+        <v>20261</v>
       </c>
       <c r="C563" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="D563" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="F563">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="G563">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="H563" t="s">
         <v>22</v>
       </c>
       <c r="I563">
         <v>150</v>
       </c>
       <c r="J563">
         <v>210</v>
       </c>
       <c r="K563">
         <v>10</v>
       </c>
       <c r="L563" s="1">
-        <v>45097</v>
+        <v>39205</v>
       </c>
       <c r="M563" s="2">
-        <v>9786526305744</v>
+        <v>9788536215716</v>
       </c>
       <c r="N563" t="s" s="3">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="O563" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P563" t="s">
-        <v>329</v>
+        <v>28</v>
       </c>
     </row>
     <row r="564">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564">
-        <v>13328</v>
+        <v>30930</v>
       </c>
       <c r="C564" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D564" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="F564">
-        <v>62</v>
+        <v>134</v>
       </c>
       <c r="G564">
-        <v>104</v>
+        <v>166</v>
       </c>
       <c r="H564" t="s">
         <v>22</v>
       </c>
       <c r="I564">
         <v>150</v>
       </c>
       <c r="J564">
         <v>210</v>
       </c>
       <c r="K564">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L564" s="1">
-        <v>38707</v>
+        <v>45348</v>
       </c>
       <c r="M564" s="2">
-        <v>9788536211428</v>
+        <v>9786526311059</v>
       </c>
       <c r="N564" t="s" s="3">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="O564" s="4">
         <v>59.90</v>
       </c>
       <c r="P564" t="s">
-        <v>892</v>
+        <v>329</v>
       </c>
     </row>
     <row r="565">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565">
-        <v>10357</v>
+        <v>30932</v>
       </c>
       <c r="C565" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D565" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="F565">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="G565">
-        <v>162</v>
+        <v>193</v>
       </c>
       <c r="H565" t="s">
         <v>22</v>
       </c>
       <c r="I565">
         <v>150</v>
       </c>
       <c r="J565">
         <v>210</v>
       </c>
       <c r="K565">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L565" s="1">
-        <v>36738</v>
+        <v>45348</v>
       </c>
       <c r="M565" s="2">
-        <v>9788573942927</v>
+        <v>9786526311066</v>
       </c>
       <c r="N565" t="s" s="3">
         <v>1609</v>
       </c>
       <c r="O565" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P565" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
     </row>
     <row r="566">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566">
+        <v>30934</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F566">
+        <v>150</v>
+      </c>
+      <c r="G566">
+        <v>186</v>
+      </c>
+      <c r="H566" t="s">
+        <v>22</v>
+      </c>
+      <c r="I566">
+        <v>150</v>
+      </c>
+      <c r="J566">
+        <v>210</v>
+      </c>
+      <c r="K566">
+        <v>8</v>
+      </c>
+      <c r="L566" s="1">
+        <v>45348</v>
+      </c>
+      <c r="M566" s="2">
+        <v>9786526310168</v>
+      </c>
+      <c r="N566" t="s" s="3">
+        <v>1611</v>
+      </c>
+      <c r="O566" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P566" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567">
+        <v>566</v>
+      </c>
+      <c r="B567">
+        <v>12512</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F567">
+        <v>98</v>
+      </c>
+      <c r="G567">
+        <v>144</v>
+      </c>
+      <c r="H567" t="s">
+        <v>22</v>
+      </c>
+      <c r="I567">
+        <v>150</v>
+      </c>
+      <c r="J567">
+        <v>210</v>
+      </c>
+      <c r="K567">
+        <v>6</v>
+      </c>
+      <c r="L567" s="1">
+        <v>37666</v>
+      </c>
+      <c r="M567" s="2">
+        <v>9788536203515</v>
+      </c>
+      <c r="N567" t="s">
+        <v>1614</v>
+      </c>
+      <c r="O567" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P567" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568">
+        <v>567</v>
+      </c>
+      <c r="B568">
+        <v>30527</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1616</v>
+      </c>
+      <c r="F568">
+        <v>196</v>
+      </c>
+      <c r="G568">
+        <v>243</v>
+      </c>
+      <c r="H568" t="s">
+        <v>22</v>
+      </c>
+      <c r="I568">
+        <v>150</v>
+      </c>
+      <c r="J568">
+        <v>210</v>
+      </c>
+      <c r="K568">
+        <v>10</v>
+      </c>
+      <c r="L568" s="1">
+        <v>45097</v>
+      </c>
+      <c r="M568" s="2">
+        <v>9786526305744</v>
+      </c>
+      <c r="N568" t="s" s="3">
+        <v>1617</v>
+      </c>
+      <c r="O568" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P568" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569">
+        <v>568</v>
+      </c>
+      <c r="B569">
+        <v>13328</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F569">
+        <v>62</v>
+      </c>
+      <c r="G569">
+        <v>104</v>
+      </c>
+      <c r="H569" t="s">
+        <v>22</v>
+      </c>
+      <c r="I569">
+        <v>150</v>
+      </c>
+      <c r="J569">
+        <v>210</v>
+      </c>
+      <c r="K569">
+        <v>4</v>
+      </c>
+      <c r="L569" s="1">
+        <v>38707</v>
+      </c>
+      <c r="M569" s="2">
+        <v>9788536211428</v>
+      </c>
+      <c r="N569" t="s" s="3">
+        <v>1620</v>
+      </c>
+      <c r="O569" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P569" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570">
+        <v>569</v>
+      </c>
+      <c r="B570">
+        <v>10357</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F570">
+        <v>112</v>
+      </c>
+      <c r="G570">
+        <v>162</v>
+      </c>
+      <c r="H570" t="s">
+        <v>22</v>
+      </c>
+      <c r="I570">
+        <v>150</v>
+      </c>
+      <c r="J570">
+        <v>210</v>
+      </c>
+      <c r="K570">
+        <v>7</v>
+      </c>
+      <c r="L570" s="1">
+        <v>36738</v>
+      </c>
+      <c r="M570" s="2">
+        <v>9788573942927</v>
+      </c>
+      <c r="N570" t="s" s="3">
+        <v>1623</v>
+      </c>
+      <c r="O570" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P570" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571">
+        <v>570</v>
+      </c>
+      <c r="B571">
         <v>30950</v>
       </c>
-      <c r="C566" t="inlineStr">
+      <c r="C571" t="inlineStr">
         <is>
           <t>Mistérios em Istambul - Dois Continentes em uma Cidade - Sedução, Encantos e Perigos do Bósforo e da Cidade Velha por Antoine Galland (O Primeiro Tradutor de “As Mil e Uma Noites”) - Coleção Diários de Viagem</t>
         </is>
       </c>
-      <c r="D566" t="s">
-[...2 lines deleted...]
-      <c r="F566">
+      <c r="D571" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F571">
         <v>228</v>
       </c>
-      <c r="G566">
+      <c r="G571">
         <v>283</v>
       </c>
-      <c r="H566" t="s">
-[...8 lines deleted...]
-      <c r="K566">
+      <c r="H571" t="s">
+        <v>22</v>
+      </c>
+      <c r="I571">
+        <v>150</v>
+      </c>
+      <c r="J571">
+        <v>210</v>
+      </c>
+      <c r="K571">
         <v>11</v>
       </c>
-      <c r="L566" s="1">
+      <c r="L571" s="1">
         <v>45357</v>
       </c>
-      <c r="M566" s="2">
+      <c r="M571" s="2">
         <v>9786526309926</v>
       </c>
-      <c r="N566" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O566" s="4">
+      <c r="N571" t="s" s="3">
+        <v>1625</v>
+      </c>
+      <c r="O571" s="4">
         <v>89.90</v>
       </c>
-      <c r="P566" t="s">
+      <c r="P571" t="s">
         <v>329</v>
-      </c>
-[...236 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="572">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572">
-        <v>11155</v>
+        <v>27155</v>
       </c>
       <c r="C572" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F572">
+        <v>264</v>
+      </c>
+      <c r="G572">
+        <v>327</v>
+      </c>
+      <c r="H572" t="s">
+        <v>22</v>
+      </c>
+      <c r="I572">
+        <v>150</v>
+      </c>
+      <c r="J572">
+        <v>210</v>
+      </c>
+      <c r="K572">
+        <v>14</v>
+      </c>
+      <c r="L572" s="1">
+        <v>43346</v>
+      </c>
+      <c r="M572" s="2">
+        <v>9788536282169</v>
+      </c>
+      <c r="N572" t="s" s="3">
         <v>1628</v>
       </c>
-      <c r="D572" t="s">
-[...26 lines deleted...]
-      <c r="N572" t="s" s="3">
+      <c r="O572" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P572" t="s">
         <v>1629</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="573">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573">
-        <v>20759</v>
+        <v>23305</v>
       </c>
       <c r="C573" t="s">
         <v>1630</v>
       </c>
       <c r="D573" t="s">
-        <v>331</v>
+        <v>1631</v>
       </c>
       <c r="F573">
-        <v>382</v>
+        <v>270</v>
       </c>
       <c r="G573">
-        <v>485</v>
+        <v>336</v>
       </c>
       <c r="H573" t="s">
         <v>22</v>
       </c>
       <c r="I573">
         <v>150</v>
       </c>
       <c r="J573">
         <v>210</v>
       </c>
       <c r="K573">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="L573" s="1">
-        <v>39639</v>
+        <v>41675</v>
       </c>
       <c r="M573" s="2">
-        <v>9788536220581</v>
+        <v>9788536245461</v>
       </c>
       <c r="N573" t="s" s="3">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="O573" s="4">
-        <v>159.90</v>
+        <v>129.90</v>
       </c>
       <c r="P573" t="s">
-        <v>314</v>
+        <v>36</v>
       </c>
     </row>
     <row r="574">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574">
-        <v>23974</v>
+        <v>10155</v>
       </c>
       <c r="C574" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="D574" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="F574">
-        <v>188</v>
+        <v>288</v>
       </c>
       <c r="G574">
-        <v>188</v>
+        <v>372</v>
       </c>
       <c r="H574" t="s">
         <v>22</v>
       </c>
       <c r="I574">
         <v>150</v>
       </c>
       <c r="J574">
         <v>210</v>
       </c>
       <c r="K574">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L574" s="1">
-        <v>42152</v>
+        <v>36039</v>
       </c>
       <c r="M574" s="2">
-        <v>9788536251769</v>
+        <v>9788573941562</v>
       </c>
       <c r="N574" t="s" s="3">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="O574" s="4">
-        <v>99.90</v>
+        <v>129.90</v>
       </c>
       <c r="P574" t="s">
-        <v>448</v>
+        <v>57</v>
       </c>
     </row>
     <row r="575">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575">
-        <v>10141</v>
+        <v>20570</v>
       </c>
       <c r="C575" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="D575" t="s">
-        <v>1636</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1637</v>
       </c>
       <c r="F575">
-        <v>144</v>
+        <v>278</v>
       </c>
       <c r="G575">
-        <v>192</v>
+        <v>282</v>
       </c>
       <c r="H575" t="s">
         <v>22</v>
       </c>
       <c r="I575">
         <v>150</v>
       </c>
       <c r="J575">
         <v>210</v>
       </c>
       <c r="K575">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L575" s="1">
-        <v>36039</v>
+        <v>39490</v>
       </c>
       <c r="M575" s="2">
-        <v>9788573940398</v>
+        <v>9788536218670</v>
       </c>
       <c r="N575" t="s" s="3">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="O575" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P575" t="s">
-        <v>24</v>
+        <v>507</v>
       </c>
     </row>
     <row r="576">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576">
-        <v>23445</v>
+        <v>29231</v>
       </c>
       <c r="C576" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="D576" t="s">
-        <v>331</v>
+        <v>1640</v>
+      </c>
+      <c r="E576" t="s">
+        <v>90</v>
       </c>
       <c r="F576">
-        <v>228</v>
+        <v>94</v>
       </c>
       <c r="G576">
-        <v>283</v>
+        <v>116</v>
       </c>
       <c r="H576" t="s">
         <v>22</v>
       </c>
       <c r="I576">
         <v>150</v>
       </c>
       <c r="J576">
         <v>210</v>
       </c>
       <c r="K576">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="L576" s="1">
-        <v>41782</v>
+        <v>44440</v>
       </c>
       <c r="M576" s="2">
-        <v>9788536246673</v>
+        <v>9786556057071</v>
       </c>
       <c r="N576" t="s" s="3">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="O576" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P576" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="577">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577">
-        <v>12992</v>
+        <v>11155</v>
       </c>
       <c r="C577" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="D577" t="s">
-        <v>1641</v>
+        <v>455</v>
       </c>
       <c r="F577">
         <v>202</v>
       </c>
       <c r="G577">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="H577" t="s">
         <v>22</v>
       </c>
       <c r="I577">
         <v>150</v>
       </c>
       <c r="J577">
         <v>210</v>
       </c>
       <c r="K577">
         <v>11</v>
       </c>
       <c r="L577" s="1">
-        <v>38264</v>
+        <v>37200</v>
       </c>
       <c r="M577" s="2">
-        <v>9788536208084</v>
+        <v>9788536200163</v>
       </c>
       <c r="N577" t="s" s="3">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="O577" s="4">
         <v>99.90</v>
       </c>
       <c r="P577" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="578">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578">
-        <v>13084</v>
+        <v>20759</v>
       </c>
       <c r="C578" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="D578" t="s">
-        <v>1644</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>331</v>
       </c>
       <c r="F578">
-        <v>102</v>
+        <v>382</v>
       </c>
       <c r="G578">
-        <v>158</v>
+        <v>485</v>
       </c>
       <c r="H578" t="s">
         <v>22</v>
       </c>
       <c r="I578">
         <v>150</v>
       </c>
       <c r="J578">
         <v>210</v>
       </c>
       <c r="K578">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="L578" s="1">
-        <v>38371</v>
+        <v>39639</v>
       </c>
       <c r="M578" s="2">
-        <v>9788536208954</v>
+        <v>9788536220581</v>
       </c>
       <c r="N578" t="s" s="3">
         <v>1645</v>
       </c>
       <c r="O578" s="4">
-        <v>69.90</v>
+        <v>159.90</v>
       </c>
       <c r="P578" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
     </row>
     <row r="579">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579">
-        <v>20560</v>
+        <v>23974</v>
       </c>
       <c r="C579" t="s">
         <v>1646</v>
       </c>
       <c r="D579" t="s">
         <v>1647</v>
       </c>
       <c r="F579">
-        <v>140</v>
+        <v>188</v>
       </c>
       <c r="G579">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="H579" t="s">
         <v>22</v>
       </c>
       <c r="I579">
         <v>150</v>
       </c>
       <c r="J579">
         <v>210</v>
       </c>
       <c r="K579">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L579" s="1">
-        <v>39482</v>
+        <v>42152</v>
       </c>
       <c r="M579" s="2">
-        <v>9788536218809</v>
+        <v>9788536251769</v>
       </c>
       <c r="N579" t="s" s="3">
         <v>1648</v>
       </c>
       <c r="O579" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P579" t="s">
-        <v>24</v>
+        <v>451</v>
       </c>
     </row>
     <row r="580">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580">
-        <v>23810</v>
+        <v>10141</v>
       </c>
       <c r="C580" t="s">
         <v>1649</v>
       </c>
       <c r="D580" t="s">
         <v>1650</v>
       </c>
+      <c r="E580" t="s">
+        <v>34</v>
+      </c>
       <c r="F580">
-        <v>252</v>
+        <v>144</v>
       </c>
       <c r="G580">
-        <v>313</v>
+        <v>192</v>
       </c>
       <c r="H580" t="s">
         <v>22</v>
       </c>
       <c r="I580">
         <v>150</v>
       </c>
       <c r="J580">
         <v>210</v>
       </c>
       <c r="K580">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L580" s="1">
-        <v>42055</v>
+        <v>36039</v>
       </c>
       <c r="M580" s="2">
-        <v>9788536250229</v>
+        <v>9788573940398</v>
       </c>
       <c r="N580" t="s" s="3">
         <v>1651</v>
       </c>
       <c r="O580" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P580" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="581">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581">
-        <v>31514</v>
+        <v>23445</v>
       </c>
       <c r="C581" t="s">
         <v>1652</v>
       </c>
       <c r="D581" t="s">
+        <v>331</v>
+      </c>
+      <c r="F581">
+        <v>228</v>
+      </c>
+      <c r="G581">
+        <v>283</v>
+      </c>
+      <c r="H581" t="s">
+        <v>22</v>
+      </c>
+      <c r="I581">
+        <v>150</v>
+      </c>
+      <c r="J581">
+        <v>210</v>
+      </c>
+      <c r="K581">
+        <v>12</v>
+      </c>
+      <c r="L581" s="1">
+        <v>41782</v>
+      </c>
+      <c r="M581" s="2">
+        <v>9788536246673</v>
+      </c>
+      <c r="N581" t="s" s="3">
         <v>1653</v>
       </c>
-      <c r="F581">
-[...25 lines deleted...]
-      </c>
       <c r="O581" s="4">
-        <v>99.90</v>
+        <v>109.90</v>
       </c>
       <c r="P581" t="s">
-        <v>579</v>
+        <v>36</v>
       </c>
     </row>
     <row r="582">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582">
-        <v>22451</v>
+        <v>12992</v>
       </c>
       <c r="C582" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D582" t="s">
         <v>1655</v>
       </c>
-      <c r="D582" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F582">
-        <v>156</v>
+        <v>202</v>
       </c>
       <c r="G582">
-        <v>207</v>
+        <v>276</v>
       </c>
       <c r="H582" t="s">
         <v>22</v>
       </c>
       <c r="I582">
         <v>150</v>
       </c>
       <c r="J582">
         <v>210</v>
       </c>
       <c r="K582">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L582" s="1">
-        <v>40892</v>
+        <v>38264</v>
       </c>
       <c r="M582" s="2">
-        <v>9788536235868</v>
+        <v>9788536208084</v>
       </c>
       <c r="N582" t="s" s="3">
         <v>1656</v>
       </c>
       <c r="O582" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P582" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="583">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583">
-        <v>30566</v>
+        <v>13084</v>
       </c>
       <c r="C583" t="s">
         <v>1657</v>
       </c>
       <c r="D583" t="s">
         <v>1658</v>
       </c>
+      <c r="E583" t="s">
+        <v>525</v>
+      </c>
       <c r="F583">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="G583">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="H583" t="s">
         <v>22</v>
       </c>
       <c r="I583">
         <v>150</v>
       </c>
       <c r="J583">
         <v>210</v>
       </c>
       <c r="K583">
         <v>6</v>
       </c>
       <c r="L583" s="1">
-        <v>45119</v>
+        <v>38371</v>
       </c>
       <c r="M583" s="2">
-        <v>9786526305393</v>
+        <v>9788536208954</v>
       </c>
       <c r="N583" t="s" s="3">
         <v>1659</v>
       </c>
       <c r="O583" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P583" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="584">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584">
-        <v>31105</v>
+        <v>20560</v>
       </c>
       <c r="C584" t="s">
         <v>1660</v>
       </c>
       <c r="D584" t="s">
-        <v>1525</v>
+        <v>1661</v>
       </c>
       <c r="F584">
-        <v>106</v>
+        <v>140</v>
       </c>
       <c r="G584">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="H584" t="s">
         <v>22</v>
       </c>
       <c r="I584">
         <v>150</v>
       </c>
       <c r="J584">
         <v>210</v>
       </c>
       <c r="K584">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L584" s="1">
-        <v>45464</v>
+        <v>39482</v>
       </c>
       <c r="M584" s="2">
-        <v>9786526313381</v>
+        <v>9788536218809</v>
       </c>
       <c r="N584" t="s" s="3">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="O584" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P584" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="585">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585">
-        <v>23353</v>
+        <v>23810</v>
       </c>
       <c r="C585" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="D585" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="F585">
-        <v>216</v>
+        <v>252</v>
       </c>
       <c r="G585">
-        <v>269</v>
+        <v>313</v>
       </c>
       <c r="H585" t="s">
         <v>22</v>
       </c>
       <c r="I585">
         <v>150</v>
       </c>
       <c r="J585">
         <v>210</v>
       </c>
       <c r="K585">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L585" s="1">
-        <v>41722</v>
+        <v>42055</v>
       </c>
       <c r="M585" s="2">
-        <v>9788536246017</v>
+        <v>9788536250229</v>
       </c>
       <c r="N585" t="s" s="3">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="O585" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P585" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="586">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586">
-        <v>30802</v>
+        <v>31514</v>
       </c>
       <c r="C586" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D586" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="F586">
-        <v>158</v>
+        <v>184</v>
       </c>
       <c r="G586">
-        <v>196</v>
+        <v>240</v>
       </c>
       <c r="H586" t="s">
         <v>22</v>
       </c>
       <c r="I586">
         <v>150</v>
       </c>
       <c r="J586">
         <v>210</v>
       </c>
       <c r="K586">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L586" s="1">
-        <v>45247</v>
+        <v>45744</v>
       </c>
       <c r="M586" s="2">
-        <v>9786526306505</v>
+        <v>9786526314869</v>
       </c>
       <c r="N586" t="s" s="3">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="O586" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P586" t="s">
-        <v>36</v>
+        <v>582</v>
       </c>
     </row>
     <row r="587">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587">
-        <v>31366</v>
+        <v>22451</v>
       </c>
       <c r="C587" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="D587" t="s">
-        <v>1525</v>
+        <v>1363</v>
+      </c>
+      <c r="E587" t="s">
+        <v>34</v>
       </c>
       <c r="F587">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="G587">
-        <v>129</v>
+        <v>207</v>
       </c>
       <c r="H587" t="s">
         <v>22</v>
       </c>
       <c r="I587">
         <v>150</v>
       </c>
       <c r="J587">
         <v>210</v>
       </c>
       <c r="K587">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L587" s="1">
-        <v>45635</v>
+        <v>40892</v>
       </c>
       <c r="M587" s="2">
-        <v>9786526315637</v>
+        <v>9788536235868</v>
       </c>
       <c r="N587" t="s" s="3">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="O587" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P587" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="588">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588">
-        <v>31360</v>
+        <v>30566</v>
       </c>
       <c r="C588" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="D588" t="s">
-        <v>1525</v>
+        <v>1672</v>
       </c>
       <c r="F588">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="G588">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="H588" t="s">
         <v>22</v>
       </c>
       <c r="I588">
         <v>150</v>
       </c>
       <c r="J588">
         <v>210</v>
       </c>
       <c r="K588">
         <v>6</v>
       </c>
       <c r="L588" s="1">
-        <v>45630</v>
+        <v>45119</v>
       </c>
       <c r="M588" s="2">
-        <v>9786526315699</v>
+        <v>9786526305393</v>
       </c>
       <c r="N588" t="s" s="3">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="O588" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P588" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="589">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589">
-        <v>30321</v>
+        <v>31105</v>
       </c>
       <c r="C589" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="D589" t="s">
-        <v>1673</v>
+        <v>1539</v>
       </c>
       <c r="F589">
-        <v>134</v>
+        <v>106</v>
       </c>
       <c r="G589">
-        <v>166</v>
+        <v>131</v>
       </c>
       <c r="H589" t="s">
         <v>22</v>
       </c>
       <c r="I589">
         <v>150</v>
       </c>
       <c r="J589">
         <v>210</v>
       </c>
       <c r="K589">
         <v>7</v>
       </c>
       <c r="L589" s="1">
-        <v>44972</v>
+        <v>45464</v>
       </c>
       <c r="M589" s="2">
-        <v>9786526302224</v>
+        <v>9786526313381</v>
       </c>
       <c r="N589" t="s" s="3">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="O589" s="4">
         <v>69.90</v>
       </c>
       <c r="P589" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="590">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590">
-        <v>20604</v>
+        <v>23353</v>
       </c>
       <c r="C590" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="D590" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="F590">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="G590">
-        <v>204</v>
+        <v>269</v>
       </c>
       <c r="H590" t="s">
         <v>22</v>
       </c>
       <c r="I590">
         <v>150</v>
       </c>
       <c r="J590">
         <v>210</v>
       </c>
       <c r="K590">
         <v>12</v>
       </c>
       <c r="L590" s="1">
-        <v>39511</v>
+        <v>41722</v>
       </c>
       <c r="M590" s="2">
-        <v>9788536219189</v>
+        <v>9788536246017</v>
       </c>
       <c r="N590" t="s" s="3">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="O590" s="4">
         <v>109.90</v>
       </c>
       <c r="P590" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
     </row>
     <row r="591">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591">
-        <v>20722</v>
+        <v>30802</v>
       </c>
       <c r="C591" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="D591" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="F591">
-        <v>608</v>
+        <v>158</v>
       </c>
       <c r="G591">
-        <v>765</v>
+        <v>196</v>
       </c>
       <c r="H591" t="s">
         <v>22</v>
       </c>
       <c r="I591">
         <v>150</v>
       </c>
       <c r="J591">
         <v>210</v>
       </c>
       <c r="K591">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="L591" s="1">
-        <v>39769</v>
+        <v>45247</v>
       </c>
       <c r="M591" s="2">
-        <v>9788536220482</v>
+        <v>9786526306505</v>
       </c>
       <c r="N591" t="s" s="3">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="O591" s="4">
-        <v>239.90</v>
+        <v>89.90</v>
       </c>
       <c r="P591" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="592">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592">
-        <v>10326</v>
+        <v>31366</v>
       </c>
       <c r="C592" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="D592" t="s">
-        <v>379</v>
+        <v>1539</v>
       </c>
       <c r="F592">
-        <v>330</v>
+        <v>104</v>
       </c>
       <c r="G592">
-        <v>410</v>
+        <v>129</v>
       </c>
       <c r="H592" t="s">
         <v>22</v>
       </c>
       <c r="I592">
         <v>150</v>
       </c>
       <c r="J592">
         <v>210</v>
       </c>
       <c r="K592">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="L592" s="1">
-        <v>36655</v>
+        <v>45635</v>
       </c>
       <c r="M592" s="2">
-        <v>9788573943146</v>
+        <v>9786526315637</v>
       </c>
       <c r="N592" t="s" s="3">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="O592" s="4">
-        <v>149.90</v>
+        <v>79.90</v>
       </c>
       <c r="P592" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="593">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593">
-        <v>31541</v>
+        <v>31360</v>
       </c>
       <c r="C593" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="D593" t="s">
-        <v>1684</v>
+        <v>1539</v>
       </c>
       <c r="F593">
-        <v>206</v>
+        <v>126</v>
       </c>
       <c r="G593">
-        <v>272</v>
+        <v>156</v>
       </c>
       <c r="H593" t="s">
         <v>22</v>
       </c>
       <c r="I593">
         <v>150</v>
       </c>
       <c r="J593">
         <v>210</v>
       </c>
       <c r="K593">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L593" s="1">
-        <v>45757</v>
+        <v>45630</v>
       </c>
       <c r="M593" s="2">
-        <v>9786526312582</v>
+        <v>9786526315699</v>
       </c>
       <c r="N593" t="s" s="3">
         <v>1685</v>
       </c>
       <c r="O593" s="4">
         <v>79.90</v>
       </c>
       <c r="P593" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="594">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594">
-        <v>31538</v>
+        <v>30321</v>
       </c>
       <c r="C594" t="s">
         <v>1686</v>
       </c>
       <c r="D594" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="F594">
-        <v>206</v>
+        <v>134</v>
       </c>
       <c r="G594">
-        <v>272</v>
+        <v>166</v>
       </c>
       <c r="H594" t="s">
         <v>22</v>
       </c>
       <c r="I594">
         <v>150</v>
       </c>
       <c r="J594">
         <v>210</v>
       </c>
       <c r="K594">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L594" s="1">
-        <v>45761</v>
+        <v>44972</v>
       </c>
       <c r="M594" s="2">
-        <v>9786526312285</v>
+        <v>9786526302224</v>
       </c>
       <c r="N594" t="s" s="3">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="O594" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P594" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="595">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595">
-        <v>22441</v>
+        <v>20604</v>
       </c>
       <c r="C595" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="D595" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="F595">
-        <v>174</v>
+        <v>212</v>
       </c>
       <c r="G595">
-        <v>297</v>
+        <v>204</v>
       </c>
       <c r="H595" t="s">
         <v>22</v>
       </c>
       <c r="I595">
         <v>150</v>
       </c>
       <c r="J595">
         <v>210</v>
       </c>
       <c r="K595">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L595" s="1">
-        <v>40878</v>
+        <v>39511</v>
       </c>
       <c r="M595" s="2">
-        <v>9788536234861</v>
+        <v>9788536219189</v>
       </c>
       <c r="N595" t="s" s="3">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="O595" s="4">
-        <v>94.70</v>
+        <v>109.90</v>
       </c>
       <c r="P595" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="596">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596">
-        <v>11142</v>
+        <v>20722</v>
       </c>
       <c r="C596" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="D596" t="s">
-        <v>1644</v>
+        <v>1693</v>
       </c>
       <c r="F596">
-        <v>138</v>
+        <v>608</v>
       </c>
       <c r="G596">
-        <v>190</v>
+        <v>765</v>
       </c>
       <c r="H596" t="s">
         <v>22</v>
       </c>
       <c r="I596">
         <v>150</v>
       </c>
       <c r="J596">
         <v>210</v>
       </c>
       <c r="K596">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="L596" s="1">
-        <v>37173</v>
+        <v>39769</v>
       </c>
       <c r="M596" s="2">
-        <v>9788573949179</v>
+        <v>9788536220482</v>
       </c>
       <c r="N596" t="s" s="3">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="O596" s="4">
-        <v>79.90</v>
+        <v>239.90</v>
       </c>
       <c r="P596" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
     </row>
     <row r="597">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597">
-        <v>31620</v>
+        <v>10326</v>
       </c>
       <c r="C597" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="D597" t="s">
-        <v>1694</v>
+        <v>379</v>
       </c>
       <c r="F597">
-        <v>116</v>
+        <v>330</v>
       </c>
       <c r="G597">
-        <v>170</v>
+        <v>410</v>
       </c>
       <c r="H597" t="s">
         <v>22</v>
       </c>
       <c r="I597">
         <v>150</v>
       </c>
       <c r="J597">
         <v>210</v>
       </c>
       <c r="K597">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="L597" s="1">
-        <v>45825</v>
+        <v>36655</v>
       </c>
       <c r="M597" s="2">
-        <v>9786526312186</v>
+        <v>9788573943146</v>
       </c>
       <c r="N597" t="s" s="3">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="O597" s="4">
-        <v>69.90</v>
+        <v>149.90</v>
       </c>
       <c r="P597" t="s">
-        <v>329</v>
+        <v>47</v>
       </c>
     </row>
     <row r="598">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598">
-        <v>23310</v>
+        <v>31541</v>
       </c>
       <c r="C598" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="D598" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="F598">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="G598">
-        <v>244</v>
+        <v>272</v>
       </c>
       <c r="H598" t="s">
         <v>22</v>
       </c>
       <c r="I598">
         <v>150</v>
       </c>
       <c r="J598">
         <v>210</v>
       </c>
       <c r="K598">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L598" s="1">
-        <v>41680</v>
+        <v>45757</v>
       </c>
       <c r="M598" s="2">
-        <v>9788536245485</v>
+        <v>9786526312582</v>
       </c>
       <c r="N598" t="s" s="3">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="O598" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P598" t="s">
-        <v>19</v>
+        <v>329</v>
       </c>
     </row>
     <row r="599">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599">
-        <v>25358</v>
+        <v>31538</v>
       </c>
       <c r="C599" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="D599" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="F599">
-        <v>138</v>
+        <v>206</v>
       </c>
       <c r="G599">
-        <v>171</v>
+        <v>272</v>
       </c>
       <c r="H599" t="s">
         <v>22</v>
       </c>
       <c r="I599">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J599">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K599">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L599" s="1">
-        <v>42747</v>
+        <v>45761</v>
       </c>
       <c r="M599" s="2">
-        <v>9788536264882</v>
+        <v>9786526312285</v>
       </c>
       <c r="N599" t="s" s="3">
         <v>1701</v>
       </c>
       <c r="O599" s="4">
-        <v>39.90</v>
+        <v>79.90</v>
       </c>
       <c r="P599" t="s">
-        <v>28</v>
+        <v>329</v>
       </c>
     </row>
     <row r="600">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600">
-        <v>22307</v>
+        <v>22441</v>
       </c>
       <c r="C600" t="s">
         <v>1702</v>
       </c>
       <c r="D600" t="s">
-        <v>530</v>
+        <v>1703</v>
       </c>
       <c r="F600">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="G600">
-        <v>197</v>
+        <v>297</v>
       </c>
       <c r="H600" t="s">
         <v>22</v>
       </c>
       <c r="I600">
         <v>150</v>
       </c>
       <c r="J600">
         <v>210</v>
       </c>
       <c r="K600">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L600" s="1">
-        <v>40779</v>
+        <v>40878</v>
       </c>
       <c r="M600" s="2">
-        <v>9788536234113</v>
+        <v>9788536234861</v>
       </c>
       <c r="N600" t="s" s="3">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="O600" s="4">
-        <v>79.90</v>
+        <v>94.70</v>
       </c>
       <c r="P600" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="601">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601">
-        <v>21128</v>
+        <v>11142</v>
       </c>
       <c r="C601" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="D601" t="s">
-        <v>1705</v>
+        <v>1658</v>
       </c>
       <c r="F601">
-        <v>84</v>
+        <v>138</v>
       </c>
       <c r="G601">
-        <v>102</v>
+        <v>190</v>
       </c>
       <c r="H601" t="s">
         <v>22</v>
       </c>
       <c r="I601">
         <v>150</v>
       </c>
       <c r="J601">
         <v>210</v>
       </c>
       <c r="K601">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L601" s="1">
-        <v>39945</v>
+        <v>37173</v>
       </c>
       <c r="M601" s="2">
-        <v>9788536224886</v>
+        <v>9788573949179</v>
       </c>
       <c r="N601" t="s" s="3">
         <v>1706</v>
       </c>
       <c r="O601" s="4">
         <v>79.90</v>
       </c>
       <c r="P601" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="602">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602">
-        <v>24668</v>
+        <v>31620</v>
       </c>
       <c r="C602" t="s">
         <v>1707</v>
       </c>
       <c r="D602" t="s">
         <v>1708</v>
       </c>
       <c r="F602">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="G602">
-        <v>129</v>
+        <v>170</v>
       </c>
       <c r="H602" t="s">
         <v>22</v>
       </c>
       <c r="I602">
         <v>150</v>
       </c>
       <c r="J602">
         <v>210</v>
       </c>
       <c r="K602">
         <v>6</v>
       </c>
       <c r="L602" s="1">
-        <v>42509</v>
+        <v>45825</v>
       </c>
       <c r="M602" s="2">
-        <v>9788536258232</v>
+        <v>9786526312186</v>
       </c>
       <c r="N602" t="s" s="3">
         <v>1709</v>
       </c>
       <c r="O602" s="4">
         <v>69.90</v>
       </c>
       <c r="P602" t="s">
-        <v>1710</v>
+        <v>329</v>
       </c>
     </row>
     <row r="603">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603">
-        <v>24083</v>
+        <v>23310</v>
       </c>
       <c r="C603" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D603" t="s">
         <v>1711</v>
       </c>
-      <c r="D603" t="s">
+      <c r="F603">
+        <v>196</v>
+      </c>
+      <c r="G603">
+        <v>244</v>
+      </c>
+      <c r="H603" t="s">
+        <v>22</v>
+      </c>
+      <c r="I603">
+        <v>150</v>
+      </c>
+      <c r="J603">
+        <v>210</v>
+      </c>
+      <c r="K603">
+        <v>11</v>
+      </c>
+      <c r="L603" s="1">
+        <v>41680</v>
+      </c>
+      <c r="M603" s="2">
+        <v>9788536245485</v>
+      </c>
+      <c r="N603" t="s" s="3">
         <v>1712</v>
       </c>
-      <c r="F603">
-[...25 lines deleted...]
-      </c>
       <c r="O603" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P603" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="604">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604">
-        <v>27106</v>
+        <v>25358</v>
       </c>
       <c r="C604" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D604" t="s">
         <v>1714</v>
       </c>
-      <c r="D604" t="s">
+      <c r="F604">
+        <v>138</v>
+      </c>
+      <c r="G604">
+        <v>171</v>
+      </c>
+      <c r="H604" t="s">
+        <v>22</v>
+      </c>
+      <c r="I604">
+        <v>100</v>
+      </c>
+      <c r="J604">
+        <v>160</v>
+      </c>
+      <c r="K604">
+        <v>8</v>
+      </c>
+      <c r="L604" s="1">
+        <v>42747</v>
+      </c>
+      <c r="M604" s="2">
+        <v>9788536264882</v>
+      </c>
+      <c r="N604" t="s" s="3">
         <v>1715</v>
       </c>
-      <c r="F604">
-[...25 lines deleted...]
-      </c>
       <c r="O604" s="4">
-        <v>149.90</v>
+        <v>39.90</v>
       </c>
       <c r="P604" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="605">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605">
-        <v>23448</v>
+        <v>22307</v>
       </c>
       <c r="C605" t="s">
-        <v>1717</v>
+        <v>1716</v>
       </c>
       <c r="D605" t="s">
-        <v>1718</v>
+        <v>533</v>
       </c>
       <c r="F605">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="G605">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H605" t="s">
         <v>22</v>
       </c>
       <c r="I605">
         <v>150</v>
       </c>
       <c r="J605">
         <v>210</v>
       </c>
       <c r="K605">
         <v>9</v>
       </c>
       <c r="L605" s="1">
-        <v>41786</v>
+        <v>40779</v>
       </c>
       <c r="M605" s="2">
-        <v>9788536246109</v>
+        <v>9788536234113</v>
       </c>
       <c r="N605" t="s" s="3">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="O605" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P605" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="606">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606">
-        <v>13329</v>
+        <v>21128</v>
       </c>
       <c r="C606" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F606">
+        <v>84</v>
+      </c>
+      <c r="G606">
+        <v>102</v>
+      </c>
+      <c r="H606" t="s">
+        <v>22</v>
+      </c>
+      <c r="I606">
+        <v>150</v>
+      </c>
+      <c r="J606">
+        <v>210</v>
+      </c>
+      <c r="K606">
+        <v>5</v>
+      </c>
+      <c r="L606" s="1">
+        <v>39945</v>
+      </c>
+      <c r="M606" s="2">
+        <v>9788536224886</v>
+      </c>
+      <c r="N606" t="s" s="3">
         <v>1720</v>
       </c>
-      <c r="D606" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O606" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P606" t="s">
-        <v>892</v>
+        <v>19</v>
       </c>
     </row>
     <row r="607">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607">
-        <v>28066</v>
+        <v>24668</v>
       </c>
       <c r="C607" t="s">
-        <v>1723</v>
+        <v>1721</v>
       </c>
       <c r="D607" t="s">
-        <v>1724</v>
-[...2 lines deleted...]
-        <v>836</v>
+        <v>1722</v>
       </c>
       <c r="F607">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G607">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="H607" t="s">
         <v>22</v>
       </c>
       <c r="I607">
         <v>150</v>
       </c>
       <c r="J607">
         <v>210</v>
       </c>
       <c r="K607">
         <v>6</v>
       </c>
       <c r="L607" s="1">
-        <v>43733</v>
+        <v>42509</v>
       </c>
       <c r="M607" s="2">
-        <v>9788536291208</v>
+        <v>9788536258232</v>
       </c>
       <c r="N607" t="s" s="3">
-        <v>1725</v>
+        <v>1723</v>
       </c>
       <c r="O607" s="4">
         <v>69.90</v>
       </c>
       <c r="P607" t="s">
-        <v>47</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="608">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608">
-        <v>20296</v>
+        <v>24083</v>
       </c>
       <c r="C608" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D608" t="s">
         <v>1726</v>
       </c>
-      <c r="D608" t="s">
+      <c r="F608">
+        <v>146</v>
+      </c>
+      <c r="G608">
+        <v>181</v>
+      </c>
+      <c r="H608" t="s">
+        <v>22</v>
+      </c>
+      <c r="I608">
+        <v>150</v>
+      </c>
+      <c r="J608">
+        <v>210</v>
+      </c>
+      <c r="K608">
+        <v>8</v>
+      </c>
+      <c r="L608" s="1">
+        <v>42202</v>
+      </c>
+      <c r="M608" s="2">
+        <v>9788536252636</v>
+      </c>
+      <c r="N608" t="s" s="3">
         <v>1727</v>
       </c>
-      <c r="F608">
-[...25 lines deleted...]
-      </c>
       <c r="O608" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P608" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="609">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609">
-        <v>10227</v>
+        <v>27106</v>
       </c>
       <c r="C609" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D609" t="s">
         <v>1729</v>
       </c>
-      <c r="D609" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F609">
-        <v>144</v>
+        <v>338</v>
       </c>
       <c r="G609">
-        <v>190</v>
+        <v>419</v>
       </c>
       <c r="H609" t="s">
         <v>22</v>
       </c>
       <c r="I609">
         <v>150</v>
       </c>
       <c r="J609">
         <v>210</v>
       </c>
       <c r="K609">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="L609" s="1">
-        <v>36220</v>
+        <v>43327</v>
       </c>
       <c r="M609" s="2">
-        <v>9788573941876</v>
+        <v>9788536281674</v>
       </c>
       <c r="N609" t="s" s="3">
         <v>1730</v>
       </c>
       <c r="O609" s="4">
-        <v>79.90</v>
+        <v>149.90</v>
       </c>
       <c r="P609" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
     </row>
     <row r="610">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610">
-        <v>23014</v>
+        <v>23448</v>
       </c>
       <c r="C610" t="s">
         <v>1731</v>
       </c>
       <c r="D610" t="s">
         <v>1732</v>
       </c>
       <c r="F610">
-        <v>122</v>
+        <v>158</v>
       </c>
       <c r="G610">
-        <v>175</v>
+        <v>196</v>
       </c>
       <c r="H610" t="s">
         <v>22</v>
       </c>
       <c r="I610">
         <v>150</v>
       </c>
       <c r="J610">
         <v>210</v>
       </c>
       <c r="K610">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L610" s="1">
-        <v>41387</v>
+        <v>41786</v>
       </c>
       <c r="M610" s="2">
-        <v>9788536241616</v>
+        <v>9788536246109</v>
       </c>
       <c r="N610" t="s" s="3">
         <v>1733</v>
       </c>
       <c r="O610" s="4">
-        <v>74.70</v>
+        <v>89.90</v>
       </c>
       <c r="P610" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="611">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611">
-        <v>21410</v>
+        <v>13329</v>
       </c>
       <c r="C611" t="s">
         <v>1734</v>
       </c>
       <c r="D611" t="s">
-        <v>170</v>
+        <v>1735</v>
       </c>
       <c r="F611">
-        <v>204</v>
+        <v>64</v>
       </c>
       <c r="G611">
-        <v>287</v>
+        <v>105</v>
       </c>
       <c r="H611" t="s">
         <v>22</v>
       </c>
       <c r="I611">
         <v>150</v>
       </c>
       <c r="J611">
         <v>210</v>
       </c>
       <c r="K611">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="L611" s="1">
-        <v>40137</v>
+        <v>38712</v>
       </c>
       <c r="M611" s="2">
-        <v>9788536227092</v>
-[...2 lines deleted...]
-        <v>1735</v>
+        <v>9788536211442</v>
+      </c>
+      <c r="N611" t="s">
+        <v>1736</v>
       </c>
       <c r="O611" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P611" t="s">
-        <v>28</v>
+        <v>897</v>
       </c>
     </row>
     <row r="612">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612">
-        <v>26935</v>
+        <v>28066</v>
       </c>
       <c r="C612" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="D612" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="E612" t="s">
-        <v>96</v>
+        <v>841</v>
       </c>
       <c r="F612">
-        <v>144</v>
+        <v>106</v>
       </c>
       <c r="G612">
-        <v>178</v>
+        <v>131</v>
       </c>
       <c r="H612" t="s">
         <v>22</v>
       </c>
       <c r="I612">
         <v>150</v>
       </c>
       <c r="J612">
         <v>210</v>
       </c>
       <c r="K612">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L612" s="1">
-        <v>43272</v>
+        <v>43733</v>
       </c>
       <c r="M612" s="2">
-        <v>9788536280134</v>
+        <v>9788536291208</v>
       </c>
       <c r="N612" t="s" s="3">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="O612" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P612" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="613">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613">
-        <v>24248</v>
+        <v>20296</v>
       </c>
       <c r="C613" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="D613" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="F613">
-        <v>190</v>
+        <v>68</v>
       </c>
       <c r="G613">
-        <v>236</v>
+        <v>90</v>
       </c>
       <c r="H613" t="s">
         <v>22</v>
       </c>
       <c r="I613">
         <v>150</v>
       </c>
       <c r="J613">
         <v>210</v>
       </c>
       <c r="K613">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L613" s="1">
-        <v>42282</v>
+        <v>39252</v>
       </c>
       <c r="M613" s="2">
-        <v>9788536254197</v>
+        <v>9788536216102</v>
       </c>
       <c r="N613" t="s" s="3">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="O613" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P613" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="614">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614">
-        <v>31263</v>
+        <v>10227</v>
       </c>
       <c r="C614" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="D614" t="s">
-        <v>1743</v>
+        <v>1650</v>
+      </c>
+      <c r="E614" t="s">
+        <v>34</v>
       </c>
       <c r="F614">
-        <v>84</v>
+        <v>144</v>
       </c>
       <c r="G614">
-        <v>104</v>
+        <v>190</v>
       </c>
       <c r="H614" t="s">
         <v>22</v>
       </c>
       <c r="I614">
         <v>150</v>
       </c>
       <c r="J614">
         <v>210</v>
       </c>
       <c r="K614">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L614" s="1">
-        <v>45573</v>
+        <v>36220</v>
       </c>
       <c r="M614" s="2">
-        <v>9786526312834</v>
+        <v>9788573941876</v>
       </c>
       <c r="N614" t="s" s="3">
         <v>1744</v>
       </c>
       <c r="O614" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P614" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="615">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615">
+        <v>23014</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F615">
+        <v>122</v>
+      </c>
+      <c r="G615">
+        <v>175</v>
+      </c>
+      <c r="H615" t="s">
+        <v>22</v>
+      </c>
+      <c r="I615">
+        <v>150</v>
+      </c>
+      <c r="J615">
+        <v>210</v>
+      </c>
+      <c r="K615">
+        <v>7</v>
+      </c>
+      <c r="L615" s="1">
+        <v>41387</v>
+      </c>
+      <c r="M615" s="2">
+        <v>9788536241616</v>
+      </c>
+      <c r="N615" t="s" s="3">
+        <v>1747</v>
+      </c>
+      <c r="O615" s="4">
+        <v>74.70</v>
+      </c>
+      <c r="P615" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="616">
+      <c r="A616">
+        <v>615</v>
+      </c>
+      <c r="B616">
+        <v>21410</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D616" t="s">
+        <v>170</v>
+      </c>
+      <c r="F616">
+        <v>204</v>
+      </c>
+      <c r="G616">
+        <v>287</v>
+      </c>
+      <c r="H616" t="s">
+        <v>22</v>
+      </c>
+      <c r="I616">
+        <v>150</v>
+      </c>
+      <c r="J616">
+        <v>210</v>
+      </c>
+      <c r="K616">
+        <v>11</v>
+      </c>
+      <c r="L616" s="1">
+        <v>40137</v>
+      </c>
+      <c r="M616" s="2">
+        <v>9788536227092</v>
+      </c>
+      <c r="N616" t="s" s="3">
+        <v>1749</v>
+      </c>
+      <c r="O616" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P616" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="617">
+      <c r="A617">
+        <v>616</v>
+      </c>
+      <c r="B617">
+        <v>26935</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1751</v>
+      </c>
+      <c r="E617" t="s">
+        <v>96</v>
+      </c>
+      <c r="F617">
+        <v>144</v>
+      </c>
+      <c r="G617">
+        <v>178</v>
+      </c>
+      <c r="H617" t="s">
+        <v>22</v>
+      </c>
+      <c r="I617">
+        <v>150</v>
+      </c>
+      <c r="J617">
+        <v>210</v>
+      </c>
+      <c r="K617">
+        <v>8</v>
+      </c>
+      <c r="L617" s="1">
+        <v>43272</v>
+      </c>
+      <c r="M617" s="2">
+        <v>9788536280134</v>
+      </c>
+      <c r="N617" t="s" s="3">
+        <v>1752</v>
+      </c>
+      <c r="O617" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P617" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="618">
+      <c r="A618">
+        <v>617</v>
+      </c>
+      <c r="B618">
+        <v>24248</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1754</v>
+      </c>
+      <c r="F618">
+        <v>190</v>
+      </c>
+      <c r="G618">
+        <v>236</v>
+      </c>
+      <c r="H618" t="s">
+        <v>22</v>
+      </c>
+      <c r="I618">
+        <v>150</v>
+      </c>
+      <c r="J618">
+        <v>210</v>
+      </c>
+      <c r="K618">
+        <v>10</v>
+      </c>
+      <c r="L618" s="1">
+        <v>42282</v>
+      </c>
+      <c r="M618" s="2">
+        <v>9788536254197</v>
+      </c>
+      <c r="N618" t="s" s="3">
+        <v>1755</v>
+      </c>
+      <c r="O618" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P618" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="619">
+      <c r="A619">
+        <v>618</v>
+      </c>
+      <c r="B619">
+        <v>31263</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F619">
+        <v>84</v>
+      </c>
+      <c r="G619">
+        <v>104</v>
+      </c>
+      <c r="H619" t="s">
+        <v>22</v>
+      </c>
+      <c r="I619">
+        <v>150</v>
+      </c>
+      <c r="J619">
+        <v>210</v>
+      </c>
+      <c r="K619">
+        <v>4</v>
+      </c>
+      <c r="L619" s="1">
+        <v>45573</v>
+      </c>
+      <c r="M619" s="2">
+        <v>9786526312834</v>
+      </c>
+      <c r="N619" t="s" s="3">
+        <v>1758</v>
+      </c>
+      <c r="O619" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P619" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="620">
+      <c r="A620">
+        <v>619</v>
+      </c>
+      <c r="B620">
         <v>24374</v>
       </c>
-      <c r="C615" t="inlineStr">
+      <c r="C620" t="inlineStr">
         <is>
           <t>O Que era Doce Virou Amargo!!! Volume 3 - Nem Mesmo a Morte Consegue Destruir uma Relação de Amor! Prefácio de Cristina Bertaco e Paulo Henrique Camargo de Souza - Semeando Livros</t>
         </is>
       </c>
-      <c r="D615" t="s">
-[...2 lines deleted...]
-      <c r="F615">
+      <c r="D620" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F620">
         <v>292</v>
       </c>
-      <c r="G615">
+      <c r="G620">
         <v>362</v>
       </c>
-      <c r="H615" t="s">
-[...8 lines deleted...]
-      <c r="K615">
+      <c r="H620" t="s">
+        <v>22</v>
+      </c>
+      <c r="I620">
+        <v>150</v>
+      </c>
+      <c r="J620">
+        <v>210</v>
+      </c>
+      <c r="K620">
         <v>15</v>
       </c>
-      <c r="L615" s="1">
+      <c r="L620" s="1">
         <v>42390</v>
       </c>
-      <c r="M615" s="2">
+      <c r="M620" s="2">
         <v>9788536255477</v>
       </c>
-      <c r="N615" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O615" s="4">
+      <c r="N620" t="s" s="3">
+        <v>1759</v>
+      </c>
+      <c r="O620" s="4">
         <v>129.90</v>
       </c>
-      <c r="P615" t="s">
+      <c r="P620" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="616">
-[...3 lines deleted...]
-      <c r="B616">
+    <row r="621">
+      <c r="A621">
+        <v>620</v>
+      </c>
+      <c r="B621">
         <v>22998</v>
       </c>
-      <c r="C616" t="s">
-[...5 lines deleted...]
-      <c r="F616">
+      <c r="C621" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F621">
         <v>290</v>
       </c>
-      <c r="G616">
+      <c r="G621">
         <v>365</v>
       </c>
-      <c r="H616" t="s">
-[...8 lines deleted...]
-      <c r="K616">
+      <c r="H621" t="s">
+        <v>22</v>
+      </c>
+      <c r="I621">
+        <v>150</v>
+      </c>
+      <c r="J621">
+        <v>210</v>
+      </c>
+      <c r="K621">
         <v>15</v>
       </c>
-      <c r="L616" s="1">
+      <c r="L621" s="1">
         <v>41375</v>
       </c>
-      <c r="M616" s="2">
+      <c r="M621" s="2">
         <v>9788536239842</v>
       </c>
-      <c r="N616" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O616" s="4">
+      <c r="N621" t="s" s="3">
+        <v>1761</v>
+      </c>
+      <c r="O621" s="4">
         <v>129.90</v>
       </c>
-      <c r="P616" t="s">
+      <c r="P621" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="617">
-[...3 lines deleted...]
-      <c r="B617">
+    <row r="622">
+      <c r="A622">
+        <v>621</v>
+      </c>
+      <c r="B622">
         <v>23769</v>
       </c>
-      <c r="C617" t="inlineStr">
+      <c r="C622" t="inlineStr">
         <is>
           <t>O que Era Doce, Virou Amargo!!! Volume 2 - Uma História de Amor... Um Estudo sobre Relacionamentos - Prefácio da Jornalista e Escritora Ellen Dastry - Semeando Livros</t>
         </is>
       </c>
-      <c r="D617" t="s">
-[...2 lines deleted...]
-      <c r="F617">
+      <c r="D622" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F622">
         <v>216</v>
       </c>
-      <c r="G617">
+      <c r="G622">
         <v>268</v>
       </c>
-      <c r="H617" t="s">
-[...8 lines deleted...]
-      <c r="K617">
+      <c r="H622" t="s">
+        <v>22</v>
+      </c>
+      <c r="I622">
+        <v>150</v>
+      </c>
+      <c r="J622">
+        <v>210</v>
+      </c>
+      <c r="K622">
         <v>12</v>
       </c>
-      <c r="L617" s="1">
+      <c r="L622" s="1">
         <v>42031</v>
       </c>
-      <c r="M617" s="2">
+      <c r="M622" s="2">
         <v>9788536249889</v>
       </c>
-      <c r="N617" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O617" s="4">
+      <c r="N622" t="s" s="3">
+        <v>1762</v>
+      </c>
+      <c r="O622" s="4">
         <v>109.90</v>
-      </c>
-[...236 lines deleted...]
-        <v>49.90</v>
       </c>
       <c r="P622" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="623">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623">
-        <v>20512</v>
+        <v>25401</v>
       </c>
       <c r="C623" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D623" t="s">
-        <v>1763</v>
+        <v>38</v>
+      </c>
+      <c r="E623" t="s">
+        <v>34</v>
       </c>
       <c r="F623">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="G623">
-        <v>152</v>
+        <v>87</v>
       </c>
       <c r="H623" t="s">
         <v>22</v>
       </c>
       <c r="I623">
         <v>150</v>
       </c>
       <c r="J623">
         <v>210</v>
       </c>
       <c r="K623">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L623" s="1">
-        <v>39430</v>
+        <v>42762</v>
       </c>
       <c r="M623" s="2">
-        <v>9788536218083</v>
+        <v>9788536265049</v>
       </c>
       <c r="N623" t="s" s="3">
         <v>1764</v>
       </c>
       <c r="O623" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P623" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="624">
       <c r="A624">
         <v>623</v>
       </c>
       <c r="B624">
-        <v>27583</v>
+        <v>26005</v>
       </c>
       <c r="C624" t="s">
         <v>1765</v>
       </c>
       <c r="D624" t="s">
         <v>1766</v>
       </c>
       <c r="F624">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G624">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="H624" t="s">
         <v>22</v>
       </c>
       <c r="I624">
         <v>300</v>
       </c>
       <c r="J624">
         <v>210</v>
       </c>
       <c r="K624">
         <v>2</v>
       </c>
       <c r="L624" s="1">
-        <v>43535</v>
+        <v>42948</v>
       </c>
       <c r="M624" s="2">
-        <v>9788536286419</v>
+        <v>9788536270364</v>
       </c>
       <c r="N624" t="s" s="3">
         <v>1767</v>
       </c>
       <c r="O624" s="4">
         <v>44.70</v>
       </c>
       <c r="P624" t="s">
-        <v>397</v>
+        <v>437</v>
       </c>
     </row>
     <row r="625">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625">
-        <v>20412</v>
+        <v>25482</v>
       </c>
       <c r="C625" t="s">
         <v>1768</v>
       </c>
       <c r="D625" t="s">
         <v>1769</v>
       </c>
       <c r="F625">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="G625">
-        <v>210</v>
+        <v>99</v>
       </c>
       <c r="H625" t="s">
         <v>22</v>
       </c>
       <c r="I625">
         <v>150</v>
       </c>
       <c r="J625">
         <v>210</v>
       </c>
       <c r="K625">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="L625" s="1">
-        <v>39371</v>
+        <v>42807</v>
       </c>
       <c r="M625" s="2">
-        <v>9788536217161</v>
+        <v>9788536265872</v>
       </c>
       <c r="N625" t="s" s="3">
         <v>1770</v>
       </c>
       <c r="O625" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P625" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="626">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626">
-        <v>22774</v>
+        <v>22087</v>
       </c>
       <c r="C626" t="s">
         <v>1771</v>
       </c>
       <c r="D626" t="s">
         <v>1772</v>
       </c>
       <c r="F626">
-        <v>496</v>
+        <v>116</v>
       </c>
       <c r="G626">
-        <v>540</v>
+        <v>127</v>
       </c>
       <c r="H626" t="s">
         <v>22</v>
       </c>
       <c r="I626">
         <v>150</v>
       </c>
       <c r="J626">
         <v>210</v>
       </c>
       <c r="K626">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="L626" s="1">
-        <v>41173</v>
+        <v>40512</v>
       </c>
       <c r="M626" s="2">
-        <v>9788536239323</v>
+        <v>9788536231990</v>
       </c>
       <c r="N626" t="s" s="3">
         <v>1773</v>
       </c>
       <c r="O626" s="4">
-        <v>209.90</v>
+        <v>69.90</v>
       </c>
       <c r="P626" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="627">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627">
-        <v>10359</v>
+        <v>29941</v>
       </c>
       <c r="C627" t="s">
         <v>1774</v>
       </c>
       <c r="D627" t="s">
+        <v>767</v>
+      </c>
+      <c r="F627">
+        <v>84</v>
+      </c>
+      <c r="G627">
+        <v>104</v>
+      </c>
+      <c r="H627" t="s">
+        <v>22</v>
+      </c>
+      <c r="I627">
+        <v>150</v>
+      </c>
+      <c r="J627">
+        <v>210</v>
+      </c>
+      <c r="K627">
+        <v>5</v>
+      </c>
+      <c r="L627" s="1">
+        <v>44788</v>
+      </c>
+      <c r="M627" s="2">
+        <v>9788536299754</v>
+      </c>
+      <c r="N627" t="s" s="3">
         <v>1775</v>
       </c>
-      <c r="F627">
-[...25 lines deleted...]
-      </c>
       <c r="O627" s="4">
-        <v>119.90</v>
+        <v>49.90</v>
       </c>
       <c r="P627" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="628">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628">
-        <v>21908</v>
+        <v>20512</v>
       </c>
       <c r="C628" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D628" t="s">
         <v>1777</v>
       </c>
-      <c r="D628" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F628">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="G628">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="H628" t="s">
         <v>22</v>
       </c>
       <c r="I628">
         <v>150</v>
       </c>
       <c r="J628">
         <v>210</v>
       </c>
       <c r="K628">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L628" s="1">
-        <v>40420</v>
+        <v>39430</v>
       </c>
       <c r="M628" s="2">
-        <v>9788536231068</v>
+        <v>9788536218083</v>
       </c>
       <c r="N628" t="s" s="3">
         <v>1778</v>
       </c>
       <c r="O628" s="4">
-        <v>67.90</v>
+        <v>69.90</v>
       </c>
       <c r="P628" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="629">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629">
-        <v>31486</v>
+        <v>27583</v>
       </c>
       <c r="C629" t="s">
         <v>1779</v>
       </c>
       <c r="D629" t="s">
         <v>1780</v>
       </c>
-      <c r="E629" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F629">
-        <v>198</v>
+        <v>21</v>
       </c>
       <c r="G629">
-        <v>265</v>
+        <v>132</v>
       </c>
       <c r="H629" t="s">
         <v>22</v>
       </c>
       <c r="I629">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J629">
         <v>210</v>
       </c>
       <c r="K629">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="L629" s="1">
-        <v>45723</v>
+        <v>43535</v>
       </c>
       <c r="M629" s="2">
-        <v>9786526315071</v>
+        <v>9788536286419</v>
       </c>
       <c r="N629" t="s" s="3">
         <v>1781</v>
       </c>
       <c r="O629" s="4">
-        <v>99.90</v>
+        <v>44.70</v>
       </c>
       <c r="P629" t="s">
-        <v>36</v>
+        <v>397</v>
       </c>
     </row>
     <row r="630">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630">
-        <v>23759</v>
+        <v>20412</v>
       </c>
       <c r="C630" t="s">
         <v>1782</v>
       </c>
       <c r="D630" t="s">
-        <v>1324</v>
+        <v>1783</v>
       </c>
       <c r="F630">
-        <v>234</v>
+        <v>160</v>
       </c>
       <c r="G630">
-        <v>290</v>
+        <v>210</v>
       </c>
       <c r="H630" t="s">
         <v>22</v>
       </c>
       <c r="I630">
         <v>150</v>
       </c>
       <c r="J630">
         <v>210</v>
       </c>
       <c r="K630">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L630" s="1">
-        <v>42024</v>
+        <v>39371</v>
       </c>
       <c r="M630" s="2">
-        <v>9788536249681</v>
+        <v>9788536217161</v>
       </c>
       <c r="N630" t="s" s="3">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="O630" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P630" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
     </row>
     <row r="631">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631">
-        <v>20845</v>
+        <v>22774</v>
       </c>
       <c r="C631" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="D631" t="s">
-        <v>201</v>
+        <v>1786</v>
       </c>
       <c r="F631">
-        <v>158</v>
+        <v>496</v>
       </c>
       <c r="G631">
-        <v>198</v>
+        <v>540</v>
       </c>
       <c r="H631" t="s">
         <v>22</v>
       </c>
       <c r="I631">
         <v>150</v>
       </c>
       <c r="J631">
         <v>210</v>
       </c>
       <c r="K631">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="L631" s="1">
-        <v>39689</v>
+        <v>41173</v>
       </c>
       <c r="M631" s="2">
-        <v>9788536220765</v>
+        <v>9788536239323</v>
       </c>
       <c r="N631" t="s" s="3">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="O631" s="4">
-        <v>77.70</v>
+        <v>209.90</v>
       </c>
       <c r="P631" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="632">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632">
-        <v>20566</v>
+        <v>10359</v>
       </c>
       <c r="C632" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="D632" t="s">
-        <v>201</v>
+        <v>1789</v>
       </c>
       <c r="F632">
-        <v>124</v>
+        <v>260</v>
       </c>
       <c r="G632">
-        <v>170</v>
+        <v>320</v>
       </c>
       <c r="H632" t="s">
         <v>22</v>
       </c>
       <c r="I632">
         <v>150</v>
       </c>
       <c r="J632">
         <v>210</v>
       </c>
       <c r="K632">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="L632" s="1">
-        <v>39486</v>
+        <v>36741</v>
       </c>
       <c r="M632" s="2">
-        <v>9788536218724</v>
+        <v>9788573945171</v>
       </c>
       <c r="N632" t="s" s="3">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="O632" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P632" t="s">
-        <v>314</v>
+        <v>47</v>
       </c>
     </row>
     <row r="633">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633">
+        <v>21908</v>
+      </c>
+      <c r="C633" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D633" t="s">
+        <v>82</v>
+      </c>
+      <c r="F633">
+        <v>124</v>
+      </c>
+      <c r="G633">
+        <v>148</v>
+      </c>
+      <c r="H633" t="s">
+        <v>22</v>
+      </c>
+      <c r="I633">
+        <v>150</v>
+      </c>
+      <c r="J633">
+        <v>210</v>
+      </c>
+      <c r="K633">
+        <v>7</v>
+      </c>
+      <c r="L633" s="1">
+        <v>40420</v>
+      </c>
+      <c r="M633" s="2">
+        <v>9788536231068</v>
+      </c>
+      <c r="N633" t="s" s="3">
+        <v>1792</v>
+      </c>
+      <c r="O633" s="4">
+        <v>67.90</v>
+      </c>
+      <c r="P633" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="634">
+      <c r="A634">
+        <v>633</v>
+      </c>
+      <c r="B634">
+        <v>31486</v>
+      </c>
+      <c r="C634" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D634" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E634" t="s">
+        <v>96</v>
+      </c>
+      <c r="F634">
+        <v>198</v>
+      </c>
+      <c r="G634">
+        <v>265</v>
+      </c>
+      <c r="H634" t="s">
+        <v>22</v>
+      </c>
+      <c r="I634">
+        <v>150</v>
+      </c>
+      <c r="J634">
+        <v>210</v>
+      </c>
+      <c r="K634">
+        <v>10</v>
+      </c>
+      <c r="L634" s="1">
+        <v>45723</v>
+      </c>
+      <c r="M634" s="2">
+        <v>9786526315071</v>
+      </c>
+      <c r="N634" t="s" s="3">
+        <v>1795</v>
+      </c>
+      <c r="O634" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P634" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="635">
+      <c r="A635">
+        <v>634</v>
+      </c>
+      <c r="B635">
+        <v>23759</v>
+      </c>
+      <c r="C635" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F635">
+        <v>234</v>
+      </c>
+      <c r="G635">
+        <v>290</v>
+      </c>
+      <c r="H635" t="s">
+        <v>22</v>
+      </c>
+      <c r="I635">
+        <v>150</v>
+      </c>
+      <c r="J635">
+        <v>210</v>
+      </c>
+      <c r="K635">
+        <v>13</v>
+      </c>
+      <c r="L635" s="1">
+        <v>42024</v>
+      </c>
+      <c r="M635" s="2">
+        <v>9788536249681</v>
+      </c>
+      <c r="N635" t="s" s="3">
+        <v>1797</v>
+      </c>
+      <c r="O635" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P635" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="636">
+      <c r="A636">
+        <v>635</v>
+      </c>
+      <c r="B636">
+        <v>20845</v>
+      </c>
+      <c r="C636" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D636" t="s">
+        <v>201</v>
+      </c>
+      <c r="F636">
+        <v>158</v>
+      </c>
+      <c r="G636">
+        <v>198</v>
+      </c>
+      <c r="H636" t="s">
+        <v>22</v>
+      </c>
+      <c r="I636">
+        <v>150</v>
+      </c>
+      <c r="J636">
+        <v>210</v>
+      </c>
+      <c r="K636">
+        <v>9</v>
+      </c>
+      <c r="L636" s="1">
+        <v>39689</v>
+      </c>
+      <c r="M636" s="2">
+        <v>9788536220765</v>
+      </c>
+      <c r="N636" t="s" s="3">
+        <v>1799</v>
+      </c>
+      <c r="O636" s="4">
+        <v>77.70</v>
+      </c>
+      <c r="P636" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="637">
+      <c r="A637">
+        <v>636</v>
+      </c>
+      <c r="B637">
+        <v>20566</v>
+      </c>
+      <c r="C637" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D637" t="s">
+        <v>201</v>
+      </c>
+      <c r="F637">
+        <v>124</v>
+      </c>
+      <c r="G637">
+        <v>170</v>
+      </c>
+      <c r="H637" t="s">
+        <v>22</v>
+      </c>
+      <c r="I637">
+        <v>150</v>
+      </c>
+      <c r="J637">
+        <v>210</v>
+      </c>
+      <c r="K637">
+        <v>7</v>
+      </c>
+      <c r="L637" s="1">
+        <v>39486</v>
+      </c>
+      <c r="M637" s="2">
+        <v>9788536218724</v>
+      </c>
+      <c r="N637" t="s" s="3">
+        <v>1801</v>
+      </c>
+      <c r="O637" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P637" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="638">
+      <c r="A638">
+        <v>637</v>
+      </c>
+      <c r="B638">
         <v>28999</v>
       </c>
-      <c r="C633" t="inlineStr">
+      <c r="C638" t="inlineStr">
         <is>
           <t>Oscar Wilde - A Moralidade Sexual Dentro dos Tribunais - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D633" t="s">
-[...2 lines deleted...]
-      <c r="F633">
+      <c r="D638" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F638">
         <v>130</v>
       </c>
-      <c r="G633">
+      <c r="G638">
         <v>161</v>
       </c>
-      <c r="H633" t="s">
-[...2 lines deleted...]
-      <c r="I633">
+      <c r="H638" t="s">
+        <v>22</v>
+      </c>
+      <c r="I638">
         <v>100</v>
       </c>
-      <c r="J633">
+      <c r="J638">
         <v>160</v>
       </c>
-      <c r="K633">
+      <c r="K638">
         <v>7</v>
       </c>
-      <c r="L633" s="1">
+      <c r="L638" s="1">
         <v>44279</v>
       </c>
-      <c r="M633" s="2">
+      <c r="M638" s="2">
         <v>9786556054124</v>
       </c>
-      <c r="N633" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O633" s="4">
+      <c r="N638" t="s" s="3">
+        <v>1803</v>
+      </c>
+      <c r="O638" s="4">
         <v>49.90</v>
       </c>
-      <c r="P633" t="s">
+      <c r="P638" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="634">
-[...3 lines deleted...]
-      <c r="B634">
+    <row r="639">
+      <c r="A639">
+        <v>638</v>
+      </c>
+      <c r="B639">
         <v>23422</v>
       </c>
-      <c r="C634" t="s">
-[...5 lines deleted...]
-      <c r="F634">
+      <c r="C639" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1805</v>
+      </c>
+      <c r="F639">
         <v>170</v>
       </c>
-      <c r="G634">
+      <c r="G639">
         <v>212</v>
       </c>
-      <c r="H634" t="s">
-[...8 lines deleted...]
-      <c r="K634">
+      <c r="H639" t="s">
+        <v>22</v>
+      </c>
+      <c r="I639">
+        <v>150</v>
+      </c>
+      <c r="J639">
+        <v>210</v>
+      </c>
+      <c r="K639">
         <v>10</v>
       </c>
-      <c r="L634" s="1">
+      <c r="L639" s="1">
         <v>41766</v>
       </c>
-      <c r="M634" s="2">
+      <c r="M639" s="2">
         <v>9788536246437</v>
       </c>
-      <c r="N634" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O634" s="4">
+      <c r="N639" t="s" s="3">
+        <v>1806</v>
+      </c>
+      <c r="O639" s="4">
         <v>89.90</v>
       </c>
-      <c r="P634" t="s">
+      <c r="P639" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="635">
-[...3 lines deleted...]
-      <c r="B635">
+    <row r="640">
+      <c r="A640">
+        <v>639</v>
+      </c>
+      <c r="B640">
         <v>10325</v>
       </c>
-      <c r="C635" t="s">
-[...5 lines deleted...]
-      <c r="F635">
+      <c r="C640" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D640" t="s">
+        <v>739</v>
+      </c>
+      <c r="F640">
         <v>196</v>
       </c>
-      <c r="G635">
+      <c r="G640">
         <v>258</v>
       </c>
-      <c r="H635" t="s">
-[...8 lines deleted...]
-      <c r="K635">
+      <c r="H640" t="s">
+        <v>22</v>
+      </c>
+      <c r="I640">
+        <v>150</v>
+      </c>
+      <c r="J640">
+        <v>210</v>
+      </c>
+      <c r="K640">
         <v>11</v>
       </c>
-      <c r="L635" s="1">
+      <c r="L640" s="1">
         <v>36651</v>
       </c>
-      <c r="M635" s="2">
+      <c r="M640" s="2">
         <v>9788573943436</v>
       </c>
-      <c r="N635" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O635" s="4">
+      <c r="N640" t="s" s="3">
+        <v>1808</v>
+      </c>
+      <c r="O640" s="4">
         <v>99.90</v>
       </c>
-      <c r="P635" t="s">
+      <c r="P640" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="636">
-[...3 lines deleted...]
-      <c r="B636">
+    <row r="641">
+      <c r="A641">
+        <v>640</v>
+      </c>
+      <c r="B641">
         <v>27874</v>
       </c>
-      <c r="C636" t="inlineStr">
+      <c r="C641" t="inlineStr">
         <is>
           <t>Padre Cícero - Para Fazer Valer a Justiça e a Verdade - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D636" t="s">
-[...2 lines deleted...]
-      <c r="F636">
+      <c r="D641" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F641">
         <v>236</v>
       </c>
-      <c r="G636">
+      <c r="G641">
         <v>293</v>
       </c>
-      <c r="H636" t="s">
-[...2 lines deleted...]
-      <c r="I636">
+      <c r="H641" t="s">
+        <v>22</v>
+      </c>
+      <c r="I641">
         <v>100</v>
       </c>
-      <c r="J636">
+      <c r="J641">
         <v>160</v>
       </c>
-      <c r="K636">
+      <c r="K641">
         <v>13</v>
       </c>
-      <c r="L636" s="1">
+      <c r="L641" s="1">
         <v>43634</v>
       </c>
-      <c r="M636" s="2">
+      <c r="M641" s="2">
         <v>9788536289151</v>
       </c>
-      <c r="N636" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O636" s="4">
+      <c r="N641" t="s" s="3">
+        <v>1809</v>
+      </c>
+      <c r="O641" s="4">
         <v>59.90</v>
       </c>
-      <c r="P636" t="s">
+      <c r="P641" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="637">
-[...3 lines deleted...]
-      <c r="B637">
+    <row r="642">
+      <c r="A642">
+        <v>641</v>
+      </c>
+      <c r="B642">
         <v>25673</v>
       </c>
-      <c r="C637" t="inlineStr">
+      <c r="C642" t="inlineStr">
         <is>
           <t>Padre Vieira - A Inquisição Contra a Ciência do Futuro - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D637" t="s">
-[...2 lines deleted...]
-      <c r="F637">
+      <c r="D642" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F642">
         <v>160</v>
       </c>
-      <c r="G637">
+      <c r="G642">
         <v>105</v>
       </c>
-      <c r="H637" t="s">
-[...2 lines deleted...]
-      <c r="I637">
+      <c r="H642" t="s">
+        <v>22</v>
+      </c>
+      <c r="I642">
         <v>100</v>
       </c>
-      <c r="J637">
+      <c r="J642">
         <v>160</v>
-      </c>
-[...233 lines deleted...]
-        <v>210</v>
       </c>
       <c r="K642">
         <v>9</v>
       </c>
       <c r="L642" s="1">
-        <v>43816</v>
+        <v>42842</v>
       </c>
       <c r="M642" s="2">
-        <v>9788536291987</v>
+        <v>9788536267272</v>
       </c>
       <c r="N642" t="s" s="3">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="O642" s="4">
-        <v>99.90</v>
+        <v>49.90</v>
       </c>
       <c r="P642" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="643">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643">
-        <v>12931</v>
+        <v>23634</v>
       </c>
       <c r="C643" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="D643" t="s">
-        <v>452</v>
+        <v>1813</v>
       </c>
       <c r="F643">
-        <v>126</v>
+        <v>102</v>
       </c>
       <c r="G643">
-        <v>180</v>
+        <v>127</v>
       </c>
       <c r="H643" t="s">
         <v>22</v>
       </c>
       <c r="I643">
         <v>150</v>
       </c>
       <c r="J643">
         <v>210</v>
       </c>
       <c r="K643">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L643" s="1">
-        <v>38201</v>
+        <v>41920</v>
       </c>
       <c r="M643" s="2">
-        <v>9788536207674</v>
+        <v>9788536248493</v>
       </c>
       <c r="N643" t="s" s="3">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="O643" s="4">
-        <v>74.70</v>
+        <v>69.90</v>
       </c>
       <c r="P643" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="644">
       <c r="A644">
         <v>643</v>
       </c>
       <c r="B644">
-        <v>28164</v>
+        <v>21417</v>
       </c>
       <c r="C644" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="D644" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="F644">
-        <v>58</v>
+        <v>104</v>
       </c>
       <c r="G644">
-        <v>83</v>
+        <v>134</v>
       </c>
       <c r="H644" t="s">
         <v>22</v>
       </c>
       <c r="I644">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J644">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K644">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L644" s="1">
-        <v>43774</v>
+        <v>40140</v>
       </c>
       <c r="M644" s="2">
-        <v>9788536291833</v>
+        <v>9788536227313</v>
       </c>
       <c r="N644" t="s" s="3">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="O644" s="4">
-        <v>44.90</v>
+        <v>69.90</v>
       </c>
       <c r="P644" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="645">
       <c r="A645">
         <v>644</v>
       </c>
       <c r="B645">
-        <v>28341</v>
+        <v>10372</v>
       </c>
       <c r="C645" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="D645" t="s">
-        <v>201</v>
+        <v>449</v>
       </c>
       <c r="F645">
-        <v>122</v>
+        <v>144</v>
       </c>
       <c r="G645">
-        <v>151</v>
+        <v>200</v>
       </c>
       <c r="H645" t="s">
         <v>22</v>
       </c>
       <c r="I645">
         <v>150</v>
       </c>
       <c r="J645">
         <v>210</v>
       </c>
       <c r="K645">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L645" s="1">
-        <v>43873</v>
+        <v>36781</v>
       </c>
       <c r="M645" s="2">
-        <v>9788536293202</v>
+        <v>9788573945720</v>
       </c>
       <c r="N645" t="s" s="3">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="O645" s="4">
         <v>79.90</v>
       </c>
       <c r="P645" t="s">
-        <v>19</v>
+        <v>377</v>
       </c>
     </row>
     <row r="646">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646">
-        <v>12599</v>
+        <v>11042</v>
       </c>
       <c r="C646" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="D646" t="s">
-        <v>1819</v>
+        <v>164</v>
       </c>
       <c r="F646">
-        <v>190</v>
+        <v>274</v>
       </c>
       <c r="G646">
-        <v>262</v>
+        <v>362</v>
       </c>
       <c r="H646" t="s">
         <v>22</v>
       </c>
       <c r="I646">
         <v>150</v>
       </c>
       <c r="J646">
         <v>210</v>
       </c>
       <c r="K646">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="L646" s="1">
-        <v>37798</v>
+        <v>37015</v>
       </c>
       <c r="M646" s="2">
-        <v>9788536202174</v>
+        <v>9788573948127</v>
       </c>
       <c r="N646" t="s" s="3">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="O646" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P646" t="s">
-        <v>504</v>
+        <v>68</v>
       </c>
     </row>
     <row r="647">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647">
-        <v>22631</v>
+        <v>28242</v>
       </c>
       <c r="C647" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="D647" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1823</v>
       </c>
       <c r="F647">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="G647">
-        <v>280</v>
+        <v>211</v>
       </c>
       <c r="H647" t="s">
         <v>22</v>
       </c>
       <c r="I647">
         <v>150</v>
       </c>
       <c r="J647">
         <v>210</v>
       </c>
       <c r="K647">
         <v>9</v>
       </c>
       <c r="L647" s="1">
-        <v>41058</v>
+        <v>43816</v>
       </c>
       <c r="M647" s="2">
-        <v>9788536238043</v>
+        <v>9788536291987</v>
       </c>
       <c r="N647" t="s" s="3">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="O647" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P647" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="648">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648">
-        <v>25767</v>
+        <v>12931</v>
       </c>
       <c r="C648" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="D648" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>455</v>
       </c>
       <c r="F648">
-        <v>94</v>
+        <v>126</v>
       </c>
       <c r="G648">
-        <v>116</v>
+        <v>180</v>
       </c>
       <c r="H648" t="s">
         <v>22</v>
       </c>
       <c r="I648">
         <v>150</v>
       </c>
       <c r="J648">
         <v>210</v>
       </c>
       <c r="K648">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L648" s="1">
-        <v>42878</v>
+        <v>38201</v>
       </c>
       <c r="M648" s="2">
-        <v>9788536268743</v>
+        <v>9788536207674</v>
       </c>
       <c r="N648" t="s" s="3">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="O648" s="4">
-        <v>67.90</v>
+        <v>74.70</v>
       </c>
       <c r="P648" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="649">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649">
-        <v>24177</v>
+        <v>28164</v>
       </c>
       <c r="C649" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="D649" t="s">
-        <v>283</v>
+        <v>1828</v>
       </c>
       <c r="F649">
-        <v>110</v>
+        <v>58</v>
       </c>
       <c r="G649">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="H649" t="s">
         <v>22</v>
       </c>
       <c r="I649">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J649">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K649">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L649" s="1">
-        <v>42243</v>
+        <v>43774</v>
       </c>
       <c r="M649" s="2">
-        <v>9788536253503</v>
+        <v>9788536291833</v>
       </c>
       <c r="N649" t="s" s="3">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="O649" s="4">
-        <v>69.90</v>
+        <v>44.90</v>
       </c>
       <c r="P649" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="650">
       <c r="A650">
         <v>649</v>
       </c>
       <c r="B650">
-        <v>12596</v>
+        <v>28341</v>
       </c>
       <c r="C650" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="D650" t="s">
-        <v>1828</v>
+        <v>201</v>
       </c>
       <c r="F650">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="G650">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="H650" t="s">
         <v>22</v>
       </c>
       <c r="I650">
         <v>150</v>
       </c>
       <c r="J650">
         <v>210</v>
       </c>
       <c r="K650">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L650" s="1">
-        <v>37788</v>
+        <v>43873</v>
       </c>
       <c r="M650" s="2">
-        <v>9788536204185</v>
+        <v>9788536293202</v>
       </c>
       <c r="N650" t="s" s="3">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="O650" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P650" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="651">
       <c r="A651">
         <v>650</v>
       </c>
       <c r="B651">
-        <v>30962</v>
+        <v>12599</v>
       </c>
       <c r="C651" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="D651" t="s">
-        <v>1566</v>
+        <v>1833</v>
       </c>
       <c r="F651">
-        <v>258</v>
+        <v>190</v>
       </c>
       <c r="G651">
-        <v>320</v>
+        <v>262</v>
       </c>
       <c r="H651" t="s">
         <v>22</v>
       </c>
       <c r="I651">
         <v>150</v>
       </c>
       <c r="J651">
         <v>210</v>
       </c>
       <c r="K651">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L651" s="1">
-        <v>45365</v>
+        <v>37798</v>
       </c>
       <c r="M651" s="2">
-        <v>9786526310076</v>
+        <v>9788536202174</v>
       </c>
       <c r="N651" t="s" s="3">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="O651" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P651" t="s">
-        <v>675</v>
+        <v>507</v>
       </c>
     </row>
     <row r="652">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652">
-        <v>23547</v>
+        <v>22631</v>
       </c>
       <c r="C652" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="D652" t="s">
-        <v>1833</v>
+        <v>855</v>
+      </c>
+      <c r="E652" t="s">
+        <v>34</v>
       </c>
       <c r="F652">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="G652">
-        <v>208</v>
+        <v>280</v>
       </c>
       <c r="H652" t="s">
         <v>22</v>
       </c>
       <c r="I652">
         <v>150</v>
       </c>
       <c r="J652">
         <v>210</v>
       </c>
       <c r="K652">
         <v>9</v>
       </c>
       <c r="L652" s="1">
-        <v>41864</v>
+        <v>41058</v>
       </c>
       <c r="M652" s="2">
-        <v>9788536245690</v>
+        <v>9788536238043</v>
       </c>
       <c r="N652" t="s" s="3">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="O652" s="4">
-        <v>84.70</v>
+        <v>89.90</v>
       </c>
       <c r="P652" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="653">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653">
-        <v>20603</v>
+        <v>25767</v>
       </c>
       <c r="C653" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="D653" t="s">
-        <v>266</v>
+        <v>283</v>
+      </c>
+      <c r="E653" t="s">
+        <v>525</v>
       </c>
       <c r="F653">
-        <v>208</v>
+        <v>94</v>
       </c>
       <c r="G653">
-        <v>220</v>
+        <v>116</v>
       </c>
       <c r="H653" t="s">
         <v>22</v>
       </c>
       <c r="I653">
         <v>150</v>
       </c>
       <c r="J653">
         <v>210</v>
       </c>
       <c r="K653">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L653" s="1">
-        <v>39512</v>
+        <v>42878</v>
       </c>
       <c r="M653" s="2">
-        <v>9788536219219</v>
+        <v>9788536268743</v>
       </c>
       <c r="N653" t="s" s="3">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="O653" s="4">
-        <v>109.90</v>
+        <v>67.90</v>
       </c>
       <c r="P653" t="s">
-        <v>314</v>
+        <v>68</v>
       </c>
     </row>
     <row r="654">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654">
-        <v>21135</v>
+        <v>24177</v>
       </c>
       <c r="C654" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D654" t="s">
-        <v>1838</v>
+        <v>283</v>
       </c>
       <c r="F654">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="G654">
-        <v>180</v>
+        <v>136</v>
       </c>
       <c r="H654" t="s">
         <v>22</v>
       </c>
       <c r="I654">
         <v>150</v>
       </c>
       <c r="J654">
         <v>210</v>
       </c>
       <c r="K654">
         <v>7</v>
       </c>
       <c r="L654" s="1">
-        <v>39946</v>
+        <v>42243</v>
       </c>
       <c r="M654" s="2">
-        <v>9788536224411</v>
+        <v>9788536253503</v>
       </c>
       <c r="N654" t="s" s="3">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="O654" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P654" t="s">
-        <v>1840</v>
+        <v>47</v>
       </c>
     </row>
     <row r="655">
       <c r="A655">
         <v>654</v>
       </c>
       <c r="B655">
-        <v>12947</v>
+        <v>12596</v>
       </c>
       <c r="C655" t="s">
         <v>1841</v>
       </c>
       <c r="D655" t="s">
         <v>1842</v>
       </c>
       <c r="F655">
-        <v>250</v>
+        <v>106</v>
       </c>
       <c r="G655">
-        <v>336</v>
+        <v>158</v>
       </c>
       <c r="H655" t="s">
         <v>22</v>
       </c>
       <c r="I655">
         <v>150</v>
       </c>
       <c r="J655">
         <v>210</v>
       </c>
       <c r="K655">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="L655" s="1">
-        <v>38222</v>
+        <v>37788</v>
       </c>
       <c r="M655" s="2">
-        <v>9788536207551</v>
+        <v>9788536204185</v>
       </c>
       <c r="N655" t="s" s="3">
         <v>1843</v>
       </c>
       <c r="O655" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P655" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="656">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656">
-        <v>22670</v>
+        <v>30962</v>
       </c>
       <c r="C656" t="s">
         <v>1844</v>
       </c>
       <c r="D656" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F656">
+        <v>258</v>
+      </c>
+      <c r="G656">
+        <v>320</v>
+      </c>
+      <c r="H656" t="s">
+        <v>22</v>
+      </c>
+      <c r="I656">
+        <v>150</v>
+      </c>
+      <c r="J656">
+        <v>210</v>
+      </c>
+      <c r="K656">
+        <v>14</v>
+      </c>
+      <c r="L656" s="1">
+        <v>45365</v>
+      </c>
+      <c r="M656" s="2">
+        <v>9786526310076</v>
+      </c>
+      <c r="N656" t="s" s="3">
         <v>1845</v>
       </c>
-      <c r="F656">
-[...25 lines deleted...]
-      </c>
       <c r="O656" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P656" t="s">
-        <v>36</v>
+        <v>678</v>
       </c>
     </row>
     <row r="657">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657">
-        <v>21553</v>
+        <v>23547</v>
       </c>
       <c r="C657" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D657" t="s">
         <v>1847</v>
       </c>
-      <c r="D657" t="s">
+      <c r="F657">
+        <v>168</v>
+      </c>
+      <c r="G657">
+        <v>208</v>
+      </c>
+      <c r="H657" t="s">
+        <v>22</v>
+      </c>
+      <c r="I657">
+        <v>150</v>
+      </c>
+      <c r="J657">
+        <v>210</v>
+      </c>
+      <c r="K657">
+        <v>9</v>
+      </c>
+      <c r="L657" s="1">
+        <v>41864</v>
+      </c>
+      <c r="M657" s="2">
+        <v>9788536245690</v>
+      </c>
+      <c r="N657" t="s" s="3">
         <v>1848</v>
       </c>
-      <c r="F657">
-[...25 lines deleted...]
-      </c>
       <c r="O657" s="4">
-        <v>99.90</v>
+        <v>84.70</v>
       </c>
       <c r="P657" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="658">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658">
-        <v>21368</v>
+        <v>20603</v>
       </c>
       <c r="C658" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D658" t="s">
+        <v>266</v>
+      </c>
+      <c r="F658">
+        <v>208</v>
+      </c>
+      <c r="G658">
+        <v>220</v>
+      </c>
+      <c r="H658" t="s">
+        <v>22</v>
+      </c>
+      <c r="I658">
+        <v>150</v>
+      </c>
+      <c r="J658">
+        <v>210</v>
+      </c>
+      <c r="K658">
+        <v>11</v>
+      </c>
+      <c r="L658" s="1">
+        <v>39512</v>
+      </c>
+      <c r="M658" s="2">
+        <v>9788536219219</v>
+      </c>
+      <c r="N658" t="s" s="3">
         <v>1850</v>
       </c>
-      <c r="D658" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O658" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P658" t="s">
-        <v>47</v>
+        <v>314</v>
       </c>
     </row>
     <row r="659">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659">
-        <v>21056</v>
+        <v>21135</v>
       </c>
       <c r="C659" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F659">
+        <v>118</v>
+      </c>
+      <c r="G659">
+        <v>180</v>
+      </c>
+      <c r="H659" t="s">
+        <v>22</v>
+      </c>
+      <c r="I659">
+        <v>150</v>
+      </c>
+      <c r="J659">
+        <v>210</v>
+      </c>
+      <c r="K659">
+        <v>7</v>
+      </c>
+      <c r="L659" s="1">
+        <v>39946</v>
+      </c>
+      <c r="M659" s="2">
+        <v>9788536224411</v>
+      </c>
+      <c r="N659" t="s" s="3">
         <v>1853</v>
       </c>
-      <c r="D659" t="s">
+      <c r="O659" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P659" t="s">
         <v>1854</v>
-      </c>
-[...31 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="660">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660">
-        <v>21136</v>
+        <v>12947</v>
       </c>
       <c r="C660" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D660" t="s">
         <v>1856</v>
       </c>
-      <c r="D660" t="s">
+      <c r="F660">
+        <v>250</v>
+      </c>
+      <c r="G660">
+        <v>336</v>
+      </c>
+      <c r="H660" t="s">
+        <v>22</v>
+      </c>
+      <c r="I660">
+        <v>150</v>
+      </c>
+      <c r="J660">
+        <v>210</v>
+      </c>
+      <c r="K660">
+        <v>13</v>
+      </c>
+      <c r="L660" s="1">
+        <v>38222</v>
+      </c>
+      <c r="M660" s="2">
+        <v>9788536207551</v>
+      </c>
+      <c r="N660" t="s" s="3">
         <v>1857</v>
       </c>
-      <c r="F660">
-[...25 lines deleted...]
-      </c>
       <c r="O660" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P660" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="661">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661">
-        <v>23145</v>
+        <v>22670</v>
       </c>
       <c r="C661" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D661" t="s">
         <v>1859</v>
       </c>
-      <c r="D661" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F661">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="G661">
-        <v>180</v>
+        <v>155</v>
       </c>
       <c r="H661" t="s">
         <v>22</v>
       </c>
       <c r="I661">
         <v>150</v>
       </c>
       <c r="J661">
         <v>210</v>
       </c>
       <c r="K661">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L661" s="1">
-        <v>41498</v>
+        <v>41092</v>
       </c>
       <c r="M661" s="2">
-        <v>9788536243542</v>
+        <v>9788536238227</v>
       </c>
       <c r="N661" t="s" s="3">
         <v>1860</v>
       </c>
       <c r="O661" s="4">
         <v>69.90</v>
       </c>
       <c r="P661" t="s">
-        <v>377</v>
+        <v>36</v>
       </c>
     </row>
     <row r="662">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662">
-        <v>10961</v>
+        <v>21553</v>
       </c>
       <c r="C662" t="s">
         <v>1861</v>
       </c>
       <c r="D662" t="s">
-        <v>623</v>
+        <v>1862</v>
       </c>
       <c r="F662">
-        <v>132</v>
+        <v>202</v>
       </c>
       <c r="G662">
-        <v>190</v>
+        <v>224</v>
       </c>
       <c r="H662" t="s">
         <v>22</v>
       </c>
       <c r="I662">
         <v>150</v>
       </c>
       <c r="J662">
         <v>210</v>
       </c>
       <c r="K662">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L662" s="1">
-        <v>36872</v>
+        <v>40220</v>
       </c>
       <c r="M662" s="2">
-        <v>9788573947298</v>
+        <v>9788536227900</v>
       </c>
       <c r="N662" t="s" s="3">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="O662" s="4">
-        <v>74.70</v>
+        <v>99.90</v>
       </c>
       <c r="P662" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="663">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663">
-        <v>12669</v>
+        <v>21368</v>
       </c>
       <c r="C663" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="D663" t="s">
-        <v>1864</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1865</v>
       </c>
       <c r="F663">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="G663">
-        <v>194</v>
+        <v>215</v>
       </c>
       <c r="H663" t="s">
         <v>22</v>
       </c>
       <c r="I663">
         <v>150</v>
       </c>
       <c r="J663">
         <v>210</v>
       </c>
       <c r="K663">
         <v>8</v>
       </c>
       <c r="L663" s="1">
-        <v>37909</v>
+        <v>40108</v>
       </c>
       <c r="M663" s="2">
-        <v>9788503625593</v>
+        <v>9788536226613</v>
       </c>
       <c r="N663" t="s" s="3">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="O663" s="4">
         <v>79.90</v>
       </c>
       <c r="P663" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="664">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664">
-        <v>13453</v>
+        <v>21056</v>
       </c>
       <c r="C664" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="D664" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="F664">
-        <v>320</v>
+        <v>274</v>
       </c>
       <c r="G664">
-        <v>516</v>
+        <v>390</v>
       </c>
       <c r="H664" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I664">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J664">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K664">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="L664" s="1">
-        <v>38868</v>
+        <v>39890</v>
       </c>
       <c r="M664" s="2">
-        <v>9788536212739</v>
-[...2 lines deleted...]
-        <v>1868</v>
+        <v>9788536224305</v>
+      </c>
+      <c r="N664" t="s" s="3">
+        <v>1869</v>
       </c>
       <c r="O664" s="4">
-        <v>149.90</v>
+        <v>109.70</v>
       </c>
       <c r="P664" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="665">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665">
-        <v>21428</v>
+        <v>21136</v>
       </c>
       <c r="C665" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="D665" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="F665">
-        <v>110</v>
+        <v>206</v>
       </c>
       <c r="G665">
-        <v>134</v>
+        <v>260</v>
       </c>
       <c r="H665" t="s">
         <v>22</v>
       </c>
       <c r="I665">
         <v>150</v>
       </c>
       <c r="J665">
         <v>210</v>
       </c>
       <c r="K665">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L665" s="1">
-        <v>40147</v>
+        <v>39947</v>
       </c>
       <c r="M665" s="2">
-        <v>9788536227375</v>
+        <v>9788536221212</v>
       </c>
       <c r="N665" t="s" s="3">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="O665" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P665" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="666">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666">
-        <v>28893</v>
+        <v>23145</v>
       </c>
       <c r="C666" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="D666" t="s">
-        <v>1873</v>
+        <v>655</v>
       </c>
       <c r="F666">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="G666">
-        <v>87</v>
+        <v>180</v>
       </c>
       <c r="H666" t="s">
         <v>22</v>
       </c>
       <c r="I666">
         <v>150</v>
       </c>
       <c r="J666">
         <v>210</v>
       </c>
       <c r="K666">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L666" s="1">
-        <v>44218</v>
+        <v>41498</v>
       </c>
       <c r="M666" s="2">
-        <v>9786556054889</v>
+        <v>9788536243542</v>
       </c>
       <c r="N666" t="s" s="3">
         <v>1874</v>
       </c>
       <c r="O666" s="4">
         <v>69.90</v>
       </c>
       <c r="P666" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
     </row>
     <row r="667">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667">
-        <v>10323</v>
+        <v>10961</v>
       </c>
       <c r="C667" t="s">
         <v>1875</v>
       </c>
       <c r="D667" t="s">
+        <v>626</v>
+      </c>
+      <c r="F667">
+        <v>132</v>
+      </c>
+      <c r="G667">
+        <v>190</v>
+      </c>
+      <c r="H667" t="s">
+        <v>22</v>
+      </c>
+      <c r="I667">
+        <v>150</v>
+      </c>
+      <c r="J667">
+        <v>210</v>
+      </c>
+      <c r="K667">
+        <v>8</v>
+      </c>
+      <c r="L667" s="1">
+        <v>36872</v>
+      </c>
+      <c r="M667" s="2">
+        <v>9788573947298</v>
+      </c>
+      <c r="N667" t="s" s="3">
         <v>1876</v>
       </c>
-      <c r="F667">
-[...25 lines deleted...]
-      </c>
       <c r="O667" s="4">
-        <v>99.90</v>
+        <v>74.70</v>
       </c>
       <c r="P667" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="668">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668">
-        <v>30853</v>
+        <v>12669</v>
       </c>
       <c r="C668" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D668" t="s">
         <v>1878</v>
-      </c>
-[...1 lines deleted...]
-        <v>1879</v>
       </c>
       <c r="E668" t="s">
         <v>34</v>
       </c>
       <c r="F668">
-        <v>244</v>
+        <v>138</v>
       </c>
       <c r="G668">
-        <v>303</v>
+        <v>194</v>
       </c>
       <c r="H668" t="s">
         <v>22</v>
       </c>
       <c r="I668">
         <v>150</v>
       </c>
       <c r="J668">
         <v>210</v>
       </c>
       <c r="K668">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L668" s="1">
-        <v>45280</v>
+        <v>37909</v>
       </c>
       <c r="M668" s="2">
-        <v>9786526306260</v>
+        <v>9788503625593</v>
       </c>
       <c r="N668" t="s" s="3">
-        <v>1880</v>
+        <v>1879</v>
       </c>
       <c r="O668" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P668" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="669">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669">
-        <v>10967</v>
+        <v>13453</v>
       </c>
       <c r="C669" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D669" t="s">
         <v>1881</v>
       </c>
-      <c r="D669" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F669">
-        <v>68</v>
+        <v>320</v>
       </c>
       <c r="G669">
-        <v>106</v>
+        <v>516</v>
       </c>
       <c r="H669" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I669">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J669">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K669">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="L669" s="1">
-        <v>36894</v>
+        <v>38868</v>
       </c>
       <c r="M669" s="2">
-        <v>9788573946765</v>
-[...1 lines deleted...]
-      <c r="N669" t="s" s="3">
+        <v>9788536212739</v>
+      </c>
+      <c r="N669" t="s">
         <v>1882</v>
       </c>
       <c r="O669" s="4">
-        <v>59.90</v>
+        <v>149.90</v>
       </c>
       <c r="P669" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="670">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670">
-        <v>23791</v>
+        <v>21428</v>
       </c>
       <c r="C670" t="s">
         <v>1883</v>
       </c>
       <c r="D670" t="s">
-        <v>1636</v>
+        <v>1884</v>
       </c>
       <c r="F670">
-        <v>406</v>
+        <v>110</v>
       </c>
       <c r="G670">
-        <v>503</v>
+        <v>134</v>
       </c>
       <c r="H670" t="s">
         <v>22</v>
       </c>
       <c r="I670">
         <v>150</v>
       </c>
       <c r="J670">
         <v>210</v>
       </c>
       <c r="K670">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="L670" s="1">
-        <v>42044</v>
+        <v>40147</v>
       </c>
       <c r="M670" s="2">
-        <v>9788536249377</v>
+        <v>9788536227375</v>
       </c>
       <c r="N670" t="s" s="3">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="O670" s="4">
-        <v>169.90</v>
+        <v>69.90</v>
       </c>
       <c r="P670" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="671">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671">
-        <v>24373</v>
+        <v>28893</v>
       </c>
       <c r="C671" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="D671" t="s">
-        <v>1559</v>
+        <v>1887</v>
       </c>
       <c r="F671">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="G671">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="H671" t="s">
         <v>22</v>
       </c>
       <c r="I671">
         <v>150</v>
       </c>
       <c r="J671">
         <v>210</v>
       </c>
       <c r="K671">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L671" s="1">
-        <v>42389</v>
+        <v>44218</v>
       </c>
       <c r="M671" s="2">
-        <v>9788536255453</v>
+        <v>9786556054889</v>
       </c>
       <c r="N671" t="s" s="3">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="O671" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P671" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="672">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672">
-        <v>23725</v>
+        <v>10323</v>
       </c>
       <c r="C672" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="D672" t="s">
-        <v>1079</v>
+        <v>1890</v>
       </c>
       <c r="F672">
-        <v>94</v>
+        <v>180</v>
       </c>
       <c r="G672">
-        <v>116</v>
+        <v>244</v>
       </c>
       <c r="H672" t="s">
         <v>22</v>
       </c>
       <c r="I672">
         <v>150</v>
       </c>
       <c r="J672">
         <v>210</v>
       </c>
       <c r="K672">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L672" s="1">
-        <v>41982</v>
+        <v>36651</v>
       </c>
       <c r="M672" s="2">
-        <v>9788536249469</v>
-[...2 lines deleted...]
-        <v>1888</v>
+        <v>9788573943054</v>
+      </c>
+      <c r="N672" t="s">
+        <v>1891</v>
       </c>
       <c r="O672" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P672" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="673">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673">
-        <v>22639</v>
+        <v>30853</v>
       </c>
       <c r="C673" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="D673" t="s">
-        <v>1890</v>
+        <v>1893</v>
+      </c>
+      <c r="E673" t="s">
+        <v>34</v>
       </c>
       <c r="F673">
-        <v>138</v>
+        <v>244</v>
       </c>
       <c r="G673">
-        <v>198</v>
+        <v>303</v>
       </c>
       <c r="H673" t="s">
         <v>22</v>
       </c>
       <c r="I673">
         <v>150</v>
       </c>
       <c r="J673">
         <v>210</v>
       </c>
       <c r="K673">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L673" s="1">
-        <v>41060</v>
+        <v>45280</v>
       </c>
       <c r="M673" s="2">
-        <v>9788536238012</v>
+        <v>9786526306260</v>
       </c>
       <c r="N673" t="s" s="3">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="O673" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P673" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="674">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674">
-        <v>10239</v>
+        <v>10967</v>
       </c>
       <c r="C674" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="D674" t="s">
-        <v>1893</v>
+        <v>1573</v>
       </c>
       <c r="F674">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="G674">
-        <v>240</v>
+        <v>106</v>
       </c>
       <c r="H674" t="s">
         <v>22</v>
       </c>
       <c r="I674">
         <v>150</v>
       </c>
       <c r="J674">
         <v>210</v>
       </c>
       <c r="K674">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L674" s="1">
-        <v>36299</v>
+        <v>36894</v>
       </c>
       <c r="M674" s="2">
-        <v>9788573942286</v>
+        <v>9788573946765</v>
       </c>
       <c r="N674" t="s" s="3">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="O674" s="4">
-        <v>99.90</v>
+        <v>59.90</v>
       </c>
       <c r="P674" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="675">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675">
-        <v>30449</v>
+        <v>23791</v>
       </c>
       <c r="C675" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="D675" t="s">
-        <v>1896</v>
+        <v>1650</v>
       </c>
       <c r="F675">
-        <v>32</v>
+        <v>406</v>
       </c>
       <c r="G675">
-        <v>202</v>
+        <v>503</v>
       </c>
       <c r="H675" t="s">
         <v>22</v>
       </c>
       <c r="I675">
-        <v>210</v>
+        <v>150</v>
       </c>
       <c r="J675">
-        <v>300</v>
+        <v>210</v>
       </c>
       <c r="K675">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="L675" s="1">
-        <v>45048</v>
+        <v>42044</v>
       </c>
       <c r="M675" s="2">
-        <v>9786526304488</v>
+        <v>9788536249377</v>
       </c>
       <c r="N675" t="s" s="3">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="O675" s="4">
-        <v>59.90</v>
+        <v>169.90</v>
       </c>
       <c r="P675" t="s">
-        <v>397</v>
+        <v>36</v>
       </c>
     </row>
     <row r="676">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676">
-        <v>27908</v>
+        <v>24373</v>
       </c>
       <c r="C676" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="D676" t="s">
-        <v>38</v>
+        <v>1573</v>
       </c>
       <c r="F676">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="G676">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="H676" t="s">
         <v>22</v>
       </c>
       <c r="I676">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J676">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K676">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L676" s="1">
-        <v>43654</v>
+        <v>42389</v>
       </c>
       <c r="M676" s="2">
-        <v>9788536289571</v>
+        <v>9788536255453</v>
       </c>
       <c r="N676" t="s" s="3">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="O676" s="4">
         <v>59.90</v>
       </c>
       <c r="P676" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="677">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677">
-        <v>23748</v>
+        <v>23725</v>
       </c>
       <c r="C677" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="D677" t="s">
-        <v>82</v>
+        <v>1087</v>
       </c>
       <c r="F677">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="G677">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="H677" t="s">
         <v>22</v>
       </c>
       <c r="I677">
         <v>150</v>
       </c>
       <c r="J677">
         <v>210</v>
       </c>
       <c r="K677">
         <v>6</v>
       </c>
       <c r="L677" s="1">
-        <v>42011</v>
+        <v>41982</v>
       </c>
       <c r="M677" s="2">
-        <v>9788536249711</v>
+        <v>9788536249469</v>
       </c>
       <c r="N677" t="s" s="3">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="O677" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P677" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="678">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678">
-        <v>22094</v>
+        <v>22639</v>
       </c>
       <c r="C678" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="D678" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="F678">
-        <v>264</v>
+        <v>138</v>
       </c>
       <c r="G678">
-        <v>335</v>
+        <v>198</v>
       </c>
       <c r="H678" t="s">
         <v>22</v>
       </c>
       <c r="I678">
         <v>150</v>
       </c>
       <c r="J678">
         <v>210</v>
       </c>
       <c r="K678">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="L678" s="1">
-        <v>40527</v>
+        <v>41060</v>
       </c>
       <c r="M678" s="2">
-        <v>9788536232362</v>
+        <v>9788536238012</v>
       </c>
       <c r="N678" t="s" s="3">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="O678" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P678" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="679">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679">
-        <v>22388</v>
+        <v>10239</v>
       </c>
       <c r="C679" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="D679" t="s">
-        <v>1906</v>
-[...1 lines deleted...]
-      <c r="E679" t="s">
         <v>1907</v>
       </c>
       <c r="F679">
-        <v>256</v>
+        <v>180</v>
       </c>
       <c r="G679">
-        <v>339</v>
+        <v>240</v>
       </c>
       <c r="H679" t="s">
         <v>22</v>
       </c>
       <c r="I679">
         <v>150</v>
       </c>
       <c r="J679">
         <v>210</v>
       </c>
       <c r="K679">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L679" s="1">
-        <v>40829</v>
+        <v>36299</v>
       </c>
       <c r="M679" s="2">
-        <v>9788536234564</v>
+        <v>9788573942286</v>
       </c>
       <c r="N679" t="s" s="3">
         <v>1908</v>
       </c>
       <c r="O679" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P679" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="680">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680">
-        <v>12435</v>
+        <v>30449</v>
       </c>
       <c r="C680" t="s">
         <v>1909</v>
       </c>
       <c r="D680" t="s">
-        <v>1219</v>
+        <v>1910</v>
       </c>
       <c r="F680">
-        <v>126</v>
+        <v>32</v>
       </c>
       <c r="G680">
-        <v>176</v>
+        <v>202</v>
       </c>
       <c r="H680" t="s">
         <v>22</v>
       </c>
       <c r="I680">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="J680">
-        <v>210</v>
+        <v>300</v>
       </c>
       <c r="K680">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="L680" s="1">
-        <v>37558</v>
+        <v>45048</v>
       </c>
       <c r="M680" s="2">
-        <v>9788536201597</v>
+        <v>9786526304488</v>
       </c>
       <c r="N680" t="s" s="3">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="O680" s="4">
-        <v>74.70</v>
+        <v>59.90</v>
       </c>
       <c r="P680" t="s">
-        <v>36</v>
+        <v>397</v>
       </c>
     </row>
     <row r="681">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681">
-        <v>24361</v>
+        <v>27908</v>
       </c>
       <c r="C681" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="D681" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>38</v>
       </c>
       <c r="F681">
-        <v>254</v>
+        <v>94</v>
       </c>
       <c r="G681">
-        <v>315</v>
+        <v>62</v>
       </c>
       <c r="H681" t="s">
         <v>22</v>
       </c>
       <c r="I681">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J681">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K681">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L681" s="1">
-        <v>42355</v>
+        <v>43654</v>
       </c>
       <c r="M681" s="2">
-        <v>9788536255026</v>
+        <v>9788536289571</v>
       </c>
       <c r="N681" t="s" s="3">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="O681" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P681" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="682">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682">
-        <v>30977</v>
+        <v>23748</v>
       </c>
       <c r="C682" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="D682" t="s">
-        <v>1914</v>
+        <v>82</v>
       </c>
       <c r="F682">
-        <v>162</v>
+        <v>104</v>
       </c>
       <c r="G682">
-        <v>201</v>
+        <v>129</v>
       </c>
       <c r="H682" t="s">
         <v>22</v>
       </c>
       <c r="I682">
         <v>150</v>
       </c>
       <c r="J682">
         <v>210</v>
       </c>
       <c r="K682">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L682" s="1">
-        <v>45376</v>
+        <v>42011</v>
       </c>
       <c r="M682" s="2">
-        <v>9786526309681</v>
+        <v>9788536249711</v>
       </c>
       <c r="N682" t="s" s="3">
         <v>1915</v>
       </c>
       <c r="O682" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P682" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
     </row>
     <row r="683">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683">
-        <v>22614</v>
+        <v>22094</v>
       </c>
       <c r="C683" t="s">
         <v>1916</v>
       </c>
       <c r="D683" t="s">
         <v>1917</v>
       </c>
       <c r="F683">
-        <v>144</v>
+        <v>264</v>
       </c>
       <c r="G683">
-        <v>207</v>
+        <v>335</v>
       </c>
       <c r="H683" t="s">
         <v>22</v>
       </c>
       <c r="I683">
         <v>150</v>
       </c>
       <c r="J683">
         <v>210</v>
       </c>
       <c r="K683">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L683" s="1">
-        <v>41061</v>
+        <v>40527</v>
       </c>
       <c r="M683" s="2">
-        <v>9788536237978</v>
+        <v>9788536232362</v>
       </c>
       <c r="N683" t="s" s="3">
         <v>1918</v>
       </c>
       <c r="O683" s="4">
-        <v>77.90</v>
+        <v>129.90</v>
       </c>
       <c r="P683" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="684">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684">
-        <v>23054</v>
+        <v>22388</v>
       </c>
       <c r="C684" t="s">
         <v>1919</v>
       </c>
       <c r="D684" t="s">
         <v>1920</v>
       </c>
+      <c r="E684" t="s">
+        <v>1921</v>
+      </c>
       <c r="F684">
-        <v>176</v>
+        <v>256</v>
       </c>
       <c r="G684">
-        <v>235</v>
+        <v>339</v>
       </c>
       <c r="H684" t="s">
         <v>22</v>
       </c>
       <c r="I684">
         <v>150</v>
       </c>
       <c r="J684">
         <v>210</v>
       </c>
       <c r="K684">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L684" s="1">
-        <v>41421</v>
+        <v>40829</v>
       </c>
       <c r="M684" s="2">
-        <v>9788536242514</v>
+        <v>9788536234564</v>
       </c>
       <c r="N684" t="s" s="3">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="O684" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P684" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="685">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685">
+        <v>12435</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D685" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F685">
+        <v>126</v>
+      </c>
+      <c r="G685">
+        <v>176</v>
+      </c>
+      <c r="H685" t="s">
+        <v>22</v>
+      </c>
+      <c r="I685">
+        <v>150</v>
+      </c>
+      <c r="J685">
+        <v>210</v>
+      </c>
+      <c r="K685">
+        <v>7</v>
+      </c>
+      <c r="L685" s="1">
+        <v>37558</v>
+      </c>
+      <c r="M685" s="2">
+        <v>9788536201597</v>
+      </c>
+      <c r="N685" t="s" s="3">
+        <v>1924</v>
+      </c>
+      <c r="O685" s="4">
+        <v>74.70</v>
+      </c>
+      <c r="P685" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="686">
+      <c r="A686">
+        <v>685</v>
+      </c>
+      <c r="B686">
+        <v>24361</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D686" t="s">
+        <v>496</v>
+      </c>
+      <c r="E686" t="s">
+        <v>306</v>
+      </c>
+      <c r="F686">
+        <v>254</v>
+      </c>
+      <c r="G686">
+        <v>315</v>
+      </c>
+      <c r="H686" t="s">
+        <v>22</v>
+      </c>
+      <c r="I686">
+        <v>150</v>
+      </c>
+      <c r="J686">
+        <v>210</v>
+      </c>
+      <c r="K686">
+        <v>14</v>
+      </c>
+      <c r="L686" s="1">
+        <v>42355</v>
+      </c>
+      <c r="M686" s="2">
+        <v>9788536255026</v>
+      </c>
+      <c r="N686" t="s" s="3">
+        <v>1926</v>
+      </c>
+      <c r="O686" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P686" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="687">
+      <c r="A687">
+        <v>686</v>
+      </c>
+      <c r="B687">
+        <v>30977</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D687" t="s">
+        <v>1928</v>
+      </c>
+      <c r="F687">
+        <v>162</v>
+      </c>
+      <c r="G687">
+        <v>201</v>
+      </c>
+      <c r="H687" t="s">
+        <v>22</v>
+      </c>
+      <c r="I687">
+        <v>150</v>
+      </c>
+      <c r="J687">
+        <v>210</v>
+      </c>
+      <c r="K687">
+        <v>8</v>
+      </c>
+      <c r="L687" s="1">
+        <v>45376</v>
+      </c>
+      <c r="M687" s="2">
+        <v>9786526309681</v>
+      </c>
+      <c r="N687" t="s" s="3">
+        <v>1929</v>
+      </c>
+      <c r="O687" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P687" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="688">
+      <c r="A688">
+        <v>687</v>
+      </c>
+      <c r="B688">
+        <v>22614</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D688" t="s">
+        <v>1931</v>
+      </c>
+      <c r="F688">
+        <v>144</v>
+      </c>
+      <c r="G688">
+        <v>207</v>
+      </c>
+      <c r="H688" t="s">
+        <v>22</v>
+      </c>
+      <c r="I688">
+        <v>150</v>
+      </c>
+      <c r="J688">
+        <v>210</v>
+      </c>
+      <c r="K688">
+        <v>8</v>
+      </c>
+      <c r="L688" s="1">
+        <v>41061</v>
+      </c>
+      <c r="M688" s="2">
+        <v>9788536237978</v>
+      </c>
+      <c r="N688" t="s" s="3">
+        <v>1932</v>
+      </c>
+      <c r="O688" s="4">
+        <v>77.90</v>
+      </c>
+      <c r="P688" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="689">
+      <c r="A689">
+        <v>688</v>
+      </c>
+      <c r="B689">
+        <v>23054</v>
+      </c>
+      <c r="C689" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D689" t="s">
+        <v>1934</v>
+      </c>
+      <c r="F689">
+        <v>176</v>
+      </c>
+      <c r="G689">
+        <v>235</v>
+      </c>
+      <c r="H689" t="s">
+        <v>22</v>
+      </c>
+      <c r="I689">
+        <v>150</v>
+      </c>
+      <c r="J689">
+        <v>210</v>
+      </c>
+      <c r="K689">
+        <v>10</v>
+      </c>
+      <c r="L689" s="1">
+        <v>41421</v>
+      </c>
+      <c r="M689" s="2">
+        <v>9788536242514</v>
+      </c>
+      <c r="N689" t="s" s="3">
+        <v>1935</v>
+      </c>
+      <c r="O689" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P689" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="690">
+      <c r="A690">
+        <v>689</v>
+      </c>
+      <c r="B690">
         <v>26062</v>
       </c>
-      <c r="C685" t="inlineStr">
+      <c r="C690" t="inlineStr">
         <is>
           <t>Precocidade e Superdotação Musical - Avaliação Comparativa em Educação e Música entre Crianças Precoces com Comportamento de Superdotação e Crianças com Desenvolvimento Típico</t>
         </is>
       </c>
-      <c r="D685" t="s">
-[...2 lines deleted...]
-      <c r="F685">
+      <c r="D690" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F690">
         <v>188</v>
       </c>
-      <c r="G685">
+      <c r="G690">
         <v>233</v>
       </c>
-      <c r="H685" t="s">
-[...8 lines deleted...]
-      <c r="K685">
+      <c r="H690" t="s">
+        <v>22</v>
+      </c>
+      <c r="I690">
+        <v>150</v>
+      </c>
+      <c r="J690">
+        <v>210</v>
+      </c>
+      <c r="K690">
         <v>10</v>
       </c>
-      <c r="L685" s="1">
+      <c r="L690" s="1">
         <v>42964</v>
       </c>
-      <c r="M685" s="2">
+      <c r="M690" s="2">
         <v>9788536271583</v>
       </c>
-      <c r="N685" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O685" s="4">
+      <c r="N690" t="s" s="3">
+        <v>1937</v>
+      </c>
+      <c r="O690" s="4">
         <v>89.90</v>
       </c>
-      <c r="P685" t="s">
+      <c r="P690" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="686">
-[...3 lines deleted...]
-      <c r="B686">
+    <row r="691">
+      <c r="A691">
+        <v>690</v>
+      </c>
+      <c r="B691">
         <v>30806</v>
       </c>
-      <c r="C686" t="s">
-[...2 lines deleted...]
-      <c r="D686" t="inlineStr">
+      <c r="C691" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D691" t="inlineStr">
         <is>
           <t>Dmitriy Maksimov, Sergey Tabakov, Vitaliy Rybakov, Cleyton Teixeira de Brito, Marco Aurélio Cota Júnior, Fábio da Silva Ferreira Vieira, Vagner Guimarães Pinheiro</t>
         </is>
       </c>
-      <c r="F686">
+      <c r="F691">
         <v>132</v>
       </c>
-      <c r="G686">
+      <c r="G691">
         <v>164</v>
       </c>
-      <c r="H686" t="s">
-[...8 lines deleted...]
-      <c r="K686">
+      <c r="H691" t="s">
+        <v>22</v>
+      </c>
+      <c r="I691">
+        <v>150</v>
+      </c>
+      <c r="J691">
+        <v>210</v>
+      </c>
+      <c r="K691">
         <v>7</v>
       </c>
-      <c r="L686" s="1">
+      <c r="L691" s="1">
         <v>45251</v>
       </c>
-      <c r="M686" s="2">
+      <c r="M691" s="2">
         <v>9786526307311</v>
-      </c>
-[...236 lines deleted...]
-        <v>9788536229829</v>
       </c>
       <c r="N691" t="s" s="3">
         <v>1939</v>
       </c>
       <c r="O691" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P691" t="s">
-        <v>36</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="692">
       <c r="A692">
         <v>691</v>
       </c>
       <c r="B692">
-        <v>21819</v>
+        <v>29070</v>
       </c>
       <c r="C692" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="D692" t="s">
-        <v>1941</v>
+        <v>530</v>
+      </c>
+      <c r="E692" t="s">
+        <v>525</v>
       </c>
       <c r="F692">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="G692">
-        <v>107</v>
+        <v>144</v>
       </c>
       <c r="H692" t="s">
         <v>22</v>
       </c>
       <c r="I692">
         <v>150</v>
       </c>
       <c r="J692">
         <v>210</v>
       </c>
       <c r="K692">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L692" s="1">
-        <v>40351</v>
+        <v>44327</v>
       </c>
       <c r="M692" s="2">
-        <v>9788536229935</v>
+        <v>9786556055251</v>
       </c>
       <c r="N692" t="s" s="3">
         <v>1942</v>
       </c>
       <c r="O692" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P692" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="693">
       <c r="A693">
         <v>692</v>
       </c>
       <c r="B693">
-        <v>24696</v>
+        <v>21071</v>
       </c>
       <c r="C693" t="s">
         <v>1943</v>
       </c>
       <c r="D693" t="s">
         <v>1944</v>
       </c>
       <c r="F693">
-        <v>382</v>
+        <v>234</v>
       </c>
       <c r="G693">
-        <v>471</v>
+        <v>209</v>
       </c>
       <c r="H693" t="s">
         <v>22</v>
       </c>
       <c r="I693">
         <v>150</v>
       </c>
       <c r="J693">
         <v>210</v>
       </c>
       <c r="K693">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="L693" s="1">
-        <v>42514</v>
+        <v>39902</v>
       </c>
       <c r="M693" s="2">
-        <v>9788536255903</v>
+        <v>9788536222493</v>
       </c>
       <c r="N693" t="s" s="3">
         <v>1945</v>
       </c>
       <c r="O693" s="4">
-        <v>169.90</v>
+        <v>119.70</v>
       </c>
       <c r="P693" t="s">
-        <v>1946</v>
+        <v>47</v>
       </c>
     </row>
     <row r="694">
       <c r="A694">
         <v>693</v>
       </c>
       <c r="B694">
-        <v>24698</v>
+        <v>10985</v>
       </c>
       <c r="C694" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D694" t="s">
         <v>1947</v>
       </c>
-      <c r="D694" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F694">
-        <v>420</v>
+        <v>174</v>
       </c>
       <c r="G694">
-        <v>513</v>
+        <v>240</v>
       </c>
       <c r="H694" t="s">
         <v>22</v>
       </c>
       <c r="I694">
         <v>150</v>
       </c>
       <c r="J694">
         <v>210</v>
       </c>
       <c r="K694">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="L694" s="1">
-        <v>42514</v>
+        <v>36938</v>
       </c>
       <c r="M694" s="2">
-        <v>9788536255965</v>
+        <v>9788573944686</v>
       </c>
       <c r="N694" t="s" s="3">
         <v>1948</v>
       </c>
       <c r="O694" s="4">
-        <v>179.90</v>
+        <v>69.90</v>
       </c>
       <c r="P694" t="s">
-        <v>1946</v>
+        <v>366</v>
       </c>
     </row>
     <row r="695">
       <c r="A695">
         <v>694</v>
       </c>
       <c r="B695">
-        <v>24700</v>
+        <v>29184</v>
       </c>
       <c r="C695" t="s">
         <v>1949</v>
       </c>
       <c r="D695" t="s">
-        <v>1944</v>
+        <v>1950</v>
       </c>
       <c r="F695">
-        <v>508</v>
+        <v>100</v>
       </c>
       <c r="G695">
-        <v>620</v>
+        <v>124</v>
       </c>
       <c r="H695" t="s">
         <v>22</v>
       </c>
       <c r="I695">
         <v>150</v>
       </c>
       <c r="J695">
         <v>210</v>
       </c>
       <c r="K695">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="L695" s="1">
-        <v>42514</v>
+        <v>44406</v>
       </c>
       <c r="M695" s="2">
-        <v>9788536256023</v>
+        <v>9786556056111</v>
       </c>
       <c r="N695" t="s" s="3">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="O695" s="4">
-        <v>209.90</v>
+        <v>79.90</v>
       </c>
       <c r="P695" t="s">
-        <v>1946</v>
+        <v>64</v>
       </c>
     </row>
     <row r="696">
       <c r="A696">
         <v>695</v>
       </c>
       <c r="B696">
-        <v>31689</v>
+        <v>21804</v>
       </c>
       <c r="C696" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="D696" t="s">
-        <v>1952</v>
+        <v>299</v>
       </c>
       <c r="F696">
-        <v>190</v>
+        <v>100</v>
       </c>
       <c r="G696">
-        <v>258</v>
+        <v>108</v>
       </c>
       <c r="H696" t="s">
         <v>22</v>
       </c>
       <c r="I696">
         <v>150</v>
       </c>
       <c r="J696">
         <v>210</v>
       </c>
       <c r="K696">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L696" s="1">
-        <v>45860</v>
+        <v>40345</v>
       </c>
       <c r="M696" s="2">
-        <v>9786526318461</v>
+        <v>9788536229829</v>
       </c>
       <c r="N696" t="s" s="3">
         <v>1953</v>
       </c>
       <c r="O696" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P696" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="697">
       <c r="A697">
         <v>696</v>
       </c>
       <c r="B697">
-        <v>21016</v>
+        <v>21819</v>
       </c>
       <c r="C697" t="s">
         <v>1954</v>
       </c>
       <c r="D697" t="s">
         <v>1955</v>
       </c>
       <c r="F697">
-        <v>128</v>
+        <v>96</v>
       </c>
       <c r="G697">
-        <v>185</v>
+        <v>107</v>
       </c>
       <c r="H697" t="s">
         <v>22</v>
       </c>
       <c r="I697">
         <v>150</v>
       </c>
       <c r="J697">
         <v>210</v>
       </c>
       <c r="K697">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L697" s="1">
-        <v>39861</v>
+        <v>40351</v>
       </c>
       <c r="M697" s="2">
-        <v>9788536223117</v>
+        <v>9788536229935</v>
       </c>
       <c r="N697" t="s" s="3">
         <v>1956</v>
       </c>
       <c r="O697" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P697" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="698">
       <c r="A698">
         <v>697</v>
       </c>
       <c r="B698">
-        <v>20443</v>
+        <v>24696</v>
       </c>
       <c r="C698" t="s">
         <v>1957</v>
       </c>
       <c r="D698" t="s">
         <v>1958</v>
       </c>
       <c r="F698">
-        <v>104</v>
+        <v>382</v>
       </c>
       <c r="G698">
-        <v>145</v>
+        <v>471</v>
       </c>
       <c r="H698" t="s">
         <v>22</v>
       </c>
       <c r="I698">
         <v>150</v>
       </c>
       <c r="J698">
         <v>210</v>
       </c>
       <c r="K698">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="L698" s="1">
-        <v>39371</v>
+        <v>42514</v>
       </c>
       <c r="M698" s="2">
-        <v>9788536217352</v>
+        <v>9788536255903</v>
       </c>
       <c r="N698" t="s" s="3">
         <v>1959</v>
       </c>
       <c r="O698" s="4">
-        <v>69.90</v>
+        <v>169.90</v>
       </c>
       <c r="P698" t="s">
-        <v>892</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="699">
       <c r="A699">
         <v>698</v>
       </c>
       <c r="B699">
-        <v>23822</v>
+        <v>24698</v>
       </c>
       <c r="C699" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="D699" t="s">
-        <v>1961</v>
+        <v>1958</v>
       </c>
       <c r="F699">
-        <v>86</v>
+        <v>420</v>
       </c>
       <c r="G699">
-        <v>107</v>
+        <v>513</v>
       </c>
       <c r="H699" t="s">
         <v>22</v>
       </c>
       <c r="I699">
         <v>150</v>
       </c>
       <c r="J699">
         <v>210</v>
       </c>
       <c r="K699">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="L699" s="1">
-        <v>42067</v>
+        <v>42514</v>
       </c>
       <c r="M699" s="2">
-        <v>9788536250380</v>
+        <v>9788536255965</v>
       </c>
       <c r="N699" t="s" s="3">
         <v>1962</v>
       </c>
       <c r="O699" s="4">
-        <v>69.90</v>
+        <v>179.90</v>
       </c>
       <c r="P699" t="s">
-        <v>47</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="700">
       <c r="A700">
         <v>699</v>
       </c>
       <c r="B700">
-        <v>27020</v>
+        <v>24700</v>
       </c>
       <c r="C700" t="s">
         <v>1963</v>
       </c>
       <c r="D700" t="s">
+        <v>1958</v>
+      </c>
+      <c r="F700">
+        <v>508</v>
+      </c>
+      <c r="G700">
+        <v>620</v>
+      </c>
+      <c r="H700" t="s">
+        <v>22</v>
+      </c>
+      <c r="I700">
+        <v>150</v>
+      </c>
+      <c r="J700">
+        <v>210</v>
+      </c>
+      <c r="K700">
+        <v>26</v>
+      </c>
+      <c r="L700" s="1">
+        <v>42514</v>
+      </c>
+      <c r="M700" s="2">
+        <v>9788536256023</v>
+      </c>
+      <c r="N700" t="s" s="3">
         <v>1964</v>
       </c>
-      <c r="F700">
-[...25 lines deleted...]
-      </c>
       <c r="O700" s="4">
-        <v>69.90</v>
+        <v>209.90</v>
       </c>
       <c r="P700" t="s">
-        <v>1946</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="701">
       <c r="A701">
         <v>700</v>
       </c>
       <c r="B701">
-        <v>10971</v>
+        <v>31689</v>
       </c>
       <c r="C701" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D701" t="s">
         <v>1966</v>
       </c>
-      <c r="D701" t="s">
+      <c r="F701">
+        <v>190</v>
+      </c>
+      <c r="G701">
+        <v>258</v>
+      </c>
+      <c r="H701" t="s">
+        <v>22</v>
+      </c>
+      <c r="I701">
+        <v>150</v>
+      </c>
+      <c r="J701">
+        <v>210</v>
+      </c>
+      <c r="K701">
+        <v>9</v>
+      </c>
+      <c r="L701" s="1">
+        <v>45860</v>
+      </c>
+      <c r="M701" s="2">
+        <v>9786526318461</v>
+      </c>
+      <c r="N701" t="s" s="3">
         <v>1967</v>
       </c>
-      <c r="E701" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O701" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P701" t="s">
-        <v>28</v>
+        <v>329</v>
       </c>
     </row>
     <row r="702">
       <c r="A702">
         <v>701</v>
       </c>
       <c r="B702">
-        <v>27904</v>
+        <v>21016</v>
       </c>
       <c r="C702" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D702" t="s">
         <v>1969</v>
       </c>
-      <c r="D702" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F702">
-        <v>146</v>
+        <v>128</v>
       </c>
       <c r="G702">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="H702" t="s">
         <v>22</v>
       </c>
       <c r="I702">
         <v>150</v>
       </c>
       <c r="J702">
         <v>210</v>
       </c>
       <c r="K702">
         <v>8</v>
       </c>
       <c r="L702" s="1">
-        <v>43657</v>
+        <v>39861</v>
       </c>
       <c r="M702" s="2">
-        <v>9788536289465</v>
+        <v>9788536223117</v>
       </c>
       <c r="N702" t="s" s="3">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="O702" s="4">
-        <v>77.70</v>
+        <v>79.90</v>
       </c>
       <c r="P702" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="703">
       <c r="A703">
         <v>702</v>
       </c>
       <c r="B703">
-        <v>28215</v>
+        <v>20443</v>
       </c>
       <c r="C703" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D703" t="s">
         <v>1972</v>
       </c>
-      <c r="D703" t="s">
+      <c r="F703">
+        <v>104</v>
+      </c>
+      <c r="G703">
+        <v>145</v>
+      </c>
+      <c r="H703" t="s">
+        <v>22</v>
+      </c>
+      <c r="I703">
+        <v>150</v>
+      </c>
+      <c r="J703">
+        <v>210</v>
+      </c>
+      <c r="K703">
+        <v>6</v>
+      </c>
+      <c r="L703" s="1">
+        <v>39371</v>
+      </c>
+      <c r="M703" s="2">
+        <v>9788536217352</v>
+      </c>
+      <c r="N703" t="s" s="3">
         <v>1973</v>
       </c>
-      <c r="F703">
-[...25 lines deleted...]
-      </c>
       <c r="O703" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P703" t="s">
-        <v>47</v>
+        <v>897</v>
       </c>
     </row>
     <row r="704">
       <c r="A704">
         <v>703</v>
       </c>
       <c r="B704">
-        <v>28213</v>
+        <v>23822</v>
       </c>
       <c r="C704" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D704" t="s">
         <v>1975</v>
       </c>
-      <c r="D704" t="s">
+      <c r="F704">
+        <v>86</v>
+      </c>
+      <c r="G704">
+        <v>107</v>
+      </c>
+      <c r="H704" t="s">
+        <v>22</v>
+      </c>
+      <c r="I704">
+        <v>150</v>
+      </c>
+      <c r="J704">
+        <v>210</v>
+      </c>
+      <c r="K704">
+        <v>6</v>
+      </c>
+      <c r="L704" s="1">
+        <v>42067</v>
+      </c>
+      <c r="M704" s="2">
+        <v>9788536250380</v>
+      </c>
+      <c r="N704" t="s" s="3">
         <v>1976</v>
       </c>
-      <c r="F704">
-[...25 lines deleted...]
-      </c>
       <c r="O704" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P704" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="705">
       <c r="A705">
         <v>704</v>
       </c>
       <c r="B705">
-        <v>31681</v>
+        <v>27020</v>
       </c>
       <c r="C705" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D705" t="s">
         <v>1978</v>
       </c>
-      <c r="D705" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F705">
-        <v>180</v>
+        <v>106</v>
       </c>
       <c r="G705">
-        <v>238</v>
+        <v>131</v>
       </c>
       <c r="H705" t="s">
         <v>22</v>
       </c>
       <c r="I705">
         <v>150</v>
       </c>
       <c r="J705">
         <v>210</v>
       </c>
       <c r="K705">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L705" s="1">
-        <v>45854</v>
+        <v>43301</v>
       </c>
       <c r="M705" s="2">
-        <v>9786526317839</v>
+        <v>9788536280936</v>
       </c>
       <c r="N705" t="s" s="3">
         <v>1979</v>
       </c>
       <c r="O705" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P705" t="s">
-        <v>1980</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="706">
       <c r="A706">
         <v>705</v>
       </c>
       <c r="B706">
-        <v>22700</v>
+        <v>10971</v>
       </c>
       <c r="C706" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D706" t="s">
         <v>1981</v>
       </c>
-      <c r="D706" t="s">
+      <c r="E706" t="s">
+        <v>34</v>
+      </c>
+      <c r="F706">
+        <v>94</v>
+      </c>
+      <c r="G706">
+        <v>148</v>
+      </c>
+      <c r="H706" t="s">
+        <v>22</v>
+      </c>
+      <c r="I706">
+        <v>150</v>
+      </c>
+      <c r="J706">
+        <v>210</v>
+      </c>
+      <c r="K706">
+        <v>6</v>
+      </c>
+      <c r="L706" s="1">
+        <v>36906</v>
+      </c>
+      <c r="M706" s="2">
+        <v>9788573943481</v>
+      </c>
+      <c r="N706" t="s" s="3">
         <v>1982</v>
       </c>
-      <c r="F706">
-[...25 lines deleted...]
-      </c>
       <c r="O706" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P706" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="707">
       <c r="A707">
         <v>706</v>
       </c>
       <c r="B707">
-        <v>27916</v>
+        <v>27904</v>
       </c>
       <c r="C707" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D707" t="s">
         <v>1984</v>
       </c>
-      <c r="D707" t="s">
+      <c r="F707">
+        <v>146</v>
+      </c>
+      <c r="G707">
+        <v>181</v>
+      </c>
+      <c r="H707" t="s">
+        <v>22</v>
+      </c>
+      <c r="I707">
+        <v>150</v>
+      </c>
+      <c r="J707">
+        <v>210</v>
+      </c>
+      <c r="K707">
+        <v>8</v>
+      </c>
+      <c r="L707" s="1">
+        <v>43657</v>
+      </c>
+      <c r="M707" s="2">
+        <v>9788536289465</v>
+      </c>
+      <c r="N707" t="s" s="3">
         <v>1985</v>
       </c>
-      <c r="F707">
-[...25 lines deleted...]
-      </c>
       <c r="O707" s="4">
-        <v>169.90</v>
+        <v>77.70</v>
       </c>
       <c r="P707" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="708">
       <c r="A708">
         <v>707</v>
       </c>
       <c r="B708">
-        <v>26184</v>
+        <v>28215</v>
       </c>
       <c r="C708" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D708" t="s">
         <v>1987</v>
       </c>
-      <c r="D708" t="s">
+      <c r="F708">
+        <v>116</v>
+      </c>
+      <c r="G708">
+        <v>144</v>
+      </c>
+      <c r="H708" t="s">
+        <v>22</v>
+      </c>
+      <c r="I708">
+        <v>150</v>
+      </c>
+      <c r="J708">
+        <v>210</v>
+      </c>
+      <c r="K708">
+        <v>7</v>
+      </c>
+      <c r="L708" s="1">
+        <v>43802</v>
+      </c>
+      <c r="M708" s="2">
+        <v>9788536292519</v>
+      </c>
+      <c r="N708" t="s" s="3">
         <v>1988</v>
       </c>
-      <c r="F708">
-[...25 lines deleted...]
-      </c>
       <c r="O708" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P708" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="709">
       <c r="A709">
         <v>708</v>
       </c>
       <c r="B709">
-        <v>26163</v>
+        <v>28213</v>
       </c>
       <c r="C709" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D709" t="s">
         <v>1990</v>
       </c>
-      <c r="D709" t="s">
+      <c r="F709">
+        <v>182</v>
+      </c>
+      <c r="G709">
+        <v>226</v>
+      </c>
+      <c r="H709" t="s">
+        <v>22</v>
+      </c>
+      <c r="I709">
+        <v>150</v>
+      </c>
+      <c r="J709">
+        <v>210</v>
+      </c>
+      <c r="K709">
+        <v>10</v>
+      </c>
+      <c r="L709" s="1">
+        <v>43803</v>
+      </c>
+      <c r="M709" s="2">
+        <v>9788536292618</v>
+      </c>
+      <c r="N709" t="s" s="3">
         <v>1991</v>
       </c>
-      <c r="F709">
-[...25 lines deleted...]
-      </c>
       <c r="O709" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P709" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
     </row>
     <row r="710">
       <c r="A710">
         <v>709</v>
       </c>
       <c r="B710">
-        <v>20257</v>
+        <v>31681</v>
       </c>
       <c r="C710" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D710" t="s">
+        <v>251</v>
+      </c>
+      <c r="F710">
+        <v>180</v>
+      </c>
+      <c r="G710">
+        <v>238</v>
+      </c>
+      <c r="H710" t="s">
+        <v>22</v>
+      </c>
+      <c r="I710">
+        <v>150</v>
+      </c>
+      <c r="J710">
+        <v>210</v>
+      </c>
+      <c r="K710">
+        <v>9</v>
+      </c>
+      <c r="L710" s="1">
+        <v>45854</v>
+      </c>
+      <c r="M710" s="2">
+        <v>9786526317839</v>
+      </c>
+      <c r="N710" t="s" s="3">
         <v>1993</v>
       </c>
-      <c r="D710" t="s">
+      <c r="O710" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P710" t="s">
         <v>1994</v>
-      </c>
-[...31 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="711">
       <c r="A711">
         <v>710</v>
       </c>
       <c r="B711">
-        <v>28268</v>
+        <v>22700</v>
       </c>
       <c r="C711" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D711" t="s">
         <v>1996</v>
       </c>
-      <c r="D711" t="s">
+      <c r="F711">
+        <v>258</v>
+      </c>
+      <c r="G711">
+        <v>309</v>
+      </c>
+      <c r="H711" t="s">
+        <v>22</v>
+      </c>
+      <c r="I711">
+        <v>150</v>
+      </c>
+      <c r="J711">
+        <v>210</v>
+      </c>
+      <c r="K711">
+        <v>14</v>
+      </c>
+      <c r="L711" s="1">
+        <v>41117</v>
+      </c>
+      <c r="M711" s="2">
+        <v>9788536238906</v>
+      </c>
+      <c r="N711" t="s" s="3">
         <v>1997</v>
       </c>
-      <c r="F711">
-[...25 lines deleted...]
-      </c>
       <c r="O711" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P711" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="712">
       <c r="A712">
         <v>711</v>
       </c>
       <c r="B712">
-        <v>26679</v>
+        <v>27916</v>
       </c>
       <c r="C712" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D712" t="s">
         <v>1999</v>
       </c>
-      <c r="D712" t="s">
+      <c r="F712">
+        <v>406</v>
+      </c>
+      <c r="G712">
+        <v>503</v>
+      </c>
+      <c r="H712" t="s">
+        <v>22</v>
+      </c>
+      <c r="I712">
+        <v>150</v>
+      </c>
+      <c r="J712">
+        <v>210</v>
+      </c>
+      <c r="K712">
+        <v>21</v>
+      </c>
+      <c r="L712" s="1">
+        <v>43663</v>
+      </c>
+      <c r="M712" s="2">
+        <v>9788536289748</v>
+      </c>
+      <c r="N712" t="s" s="3">
         <v>2000</v>
       </c>
-      <c r="F712">
-[...25 lines deleted...]
-      </c>
       <c r="O712" s="4">
-        <v>89.90</v>
+        <v>169.90</v>
       </c>
       <c r="P712" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="713">
       <c r="A713">
         <v>712</v>
       </c>
       <c r="B713">
-        <v>28026</v>
+        <v>26184</v>
       </c>
       <c r="C713" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D713" t="s">
         <v>2002</v>
       </c>
-      <c r="D713" t="s">
+      <c r="F713">
+        <v>284</v>
+      </c>
+      <c r="G713">
+        <v>352</v>
+      </c>
+      <c r="H713" t="s">
+        <v>22</v>
+      </c>
+      <c r="I713">
+        <v>150</v>
+      </c>
+      <c r="J713">
+        <v>210</v>
+      </c>
+      <c r="K713">
+        <v>15</v>
+      </c>
+      <c r="L713" s="1">
+        <v>43003</v>
+      </c>
+      <c r="M713" s="2">
+        <v>9788536272801</v>
+      </c>
+      <c r="N713" t="s" s="3">
         <v>2003</v>
       </c>
-      <c r="F713">
-[...25 lines deleted...]
-      </c>
       <c r="O713" s="4">
-        <v>77.40</v>
+        <v>119.90</v>
       </c>
       <c r="P713" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="714">
       <c r="A714">
         <v>713</v>
       </c>
       <c r="B714">
-        <v>28028</v>
+        <v>26163</v>
       </c>
       <c r="C714" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D714" t="s">
         <v>2005</v>
       </c>
-      <c r="D714" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F714">
-        <v>144</v>
+        <v>268</v>
       </c>
       <c r="G714">
-        <v>178</v>
+        <v>322</v>
       </c>
       <c r="H714" t="s">
         <v>22</v>
       </c>
       <c r="I714">
         <v>150</v>
       </c>
       <c r="J714">
         <v>210</v>
       </c>
       <c r="K714">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L714" s="1">
-        <v>43712</v>
+        <v>42999</v>
       </c>
       <c r="M714" s="2">
-        <v>9788536290775</v>
+        <v>9788536272764</v>
       </c>
       <c r="N714" t="s" s="3">
         <v>2006</v>
       </c>
       <c r="O714" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P714" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="715">
       <c r="A715">
         <v>714</v>
       </c>
       <c r="B715">
-        <v>30686</v>
+        <v>20257</v>
       </c>
       <c r="C715" t="s">
         <v>2007</v>
       </c>
       <c r="D715" t="s">
         <v>2008</v>
       </c>
       <c r="F715">
-        <v>170</v>
+        <v>288</v>
       </c>
       <c r="G715">
-        <v>211</v>
+        <v>370</v>
       </c>
       <c r="H715" t="s">
         <v>22</v>
       </c>
       <c r="I715">
         <v>150</v>
       </c>
       <c r="J715">
         <v>210</v>
       </c>
       <c r="K715">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L715" s="1">
-        <v>45187</v>
+        <v>39198</v>
       </c>
       <c r="M715" s="2">
-        <v>9786526304198</v>
+        <v>9788536215617</v>
       </c>
       <c r="N715" t="s" s="3">
         <v>2009</v>
       </c>
       <c r="O715" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P715" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
     </row>
     <row r="716">
       <c r="A716">
         <v>715</v>
       </c>
       <c r="B716">
-        <v>25916</v>
+        <v>28268</v>
       </c>
       <c r="C716" t="s">
         <v>2010</v>
       </c>
       <c r="D716" t="s">
         <v>2011</v>
       </c>
       <c r="F716">
-        <v>228</v>
+        <v>190</v>
       </c>
       <c r="G716">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="H716" t="s">
         <v>22</v>
       </c>
       <c r="I716">
         <v>150</v>
       </c>
       <c r="J716">
         <v>210</v>
       </c>
       <c r="K716">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L716" s="1">
-        <v>42916</v>
+        <v>43845</v>
       </c>
       <c r="M716" s="2">
-        <v>9788536270050</v>
+        <v>9788536293301</v>
       </c>
       <c r="N716" t="s" s="3">
         <v>2012</v>
       </c>
       <c r="O716" s="4">
-        <v>97.70</v>
+        <v>99.90</v>
       </c>
       <c r="P716" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="717">
       <c r="A717">
         <v>716</v>
       </c>
       <c r="B717">
-        <v>25664</v>
+        <v>26679</v>
       </c>
       <c r="C717" t="s">
         <v>2013</v>
       </c>
       <c r="D717" t="s">
         <v>2014</v>
       </c>
       <c r="F717">
-        <v>246</v>
+        <v>204</v>
       </c>
       <c r="G717">
-        <v>305</v>
+        <v>253</v>
       </c>
       <c r="H717" t="s">
         <v>22</v>
       </c>
       <c r="I717">
         <v>150</v>
       </c>
       <c r="J717">
         <v>210</v>
       </c>
       <c r="K717">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="L717" s="1">
-        <v>42852</v>
+        <v>43188</v>
       </c>
       <c r="M717" s="2">
-        <v>9788536264967</v>
+        <v>9788536277714</v>
       </c>
       <c r="N717" t="s" s="3">
         <v>2015</v>
       </c>
       <c r="O717" s="4">
-        <v>99.70</v>
+        <v>89.90</v>
       </c>
       <c r="P717" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
     </row>
     <row r="718">
       <c r="A718">
         <v>717</v>
       </c>
       <c r="B718">
-        <v>26274</v>
+        <v>28026</v>
       </c>
       <c r="C718" t="s">
         <v>2016</v>
       </c>
       <c r="D718" t="s">
-        <v>1276</v>
+        <v>2017</v>
       </c>
       <c r="F718">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="G718">
-        <v>196</v>
+        <v>171</v>
       </c>
       <c r="H718" t="s">
         <v>22</v>
       </c>
       <c r="I718">
         <v>150</v>
       </c>
       <c r="J718">
         <v>210</v>
       </c>
       <c r="K718">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L718" s="1">
-        <v>43028</v>
+        <v>43712</v>
       </c>
       <c r="M718" s="2">
-        <v>9788536273679</v>
+        <v>9788536290768</v>
       </c>
       <c r="N718" t="s" s="3">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="O718" s="4">
-        <v>74.70</v>
+        <v>77.40</v>
       </c>
       <c r="P718" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="719">
       <c r="A719">
         <v>718</v>
       </c>
       <c r="B719">
-        <v>20009</v>
+        <v>28028</v>
       </c>
       <c r="C719" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="D719" t="s">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F719">
-        <v>238</v>
+        <v>144</v>
       </c>
       <c r="G719">
-        <v>301</v>
+        <v>178</v>
       </c>
       <c r="H719" t="s">
         <v>22</v>
       </c>
       <c r="I719">
         <v>150</v>
       </c>
       <c r="J719">
         <v>210</v>
       </c>
       <c r="K719">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L719" s="1">
-        <v>38922</v>
+        <v>43712</v>
       </c>
       <c r="M719" s="2">
-        <v>9788536213248</v>
+        <v>9788536290775</v>
       </c>
       <c r="N719" t="s" s="3">
         <v>2020</v>
       </c>
       <c r="O719" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P719" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="720">
       <c r="A720">
         <v>719</v>
       </c>
       <c r="B720">
-        <v>10361</v>
+        <v>30686</v>
       </c>
       <c r="C720" t="s">
         <v>2021</v>
       </c>
       <c r="D720" t="s">
         <v>2022</v>
       </c>
       <c r="F720">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="G720">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="H720" t="s">
         <v>22</v>
       </c>
       <c r="I720">
         <v>150</v>
       </c>
       <c r="J720">
         <v>210</v>
       </c>
       <c r="K720">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L720" s="1">
-        <v>36742</v>
+        <v>45187</v>
       </c>
       <c r="M720" s="2">
-        <v>9788573943467</v>
+        <v>9786526304198</v>
       </c>
       <c r="N720" t="s" s="3">
         <v>2023</v>
       </c>
       <c r="O720" s="4">
         <v>89.90</v>
       </c>
       <c r="P720" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="721">
       <c r="A721">
         <v>720</v>
       </c>
       <c r="B721">
-        <v>29653</v>
+        <v>25916</v>
       </c>
       <c r="C721" t="s">
         <v>2024</v>
       </c>
       <c r="D721" t="s">
-        <v>299</v>
+        <v>2025</v>
       </c>
       <c r="F721">
-        <v>62</v>
+        <v>228</v>
       </c>
       <c r="G721">
-        <v>77</v>
+        <v>283</v>
       </c>
       <c r="H721" t="s">
         <v>22</v>
       </c>
       <c r="I721">
         <v>150</v>
       </c>
       <c r="J721">
         <v>210</v>
       </c>
       <c r="K721">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="L721" s="1">
-        <v>44670</v>
+        <v>42916</v>
       </c>
       <c r="M721" s="2">
-        <v>9788536296708</v>
+        <v>9788536270050</v>
       </c>
       <c r="N721" t="s" s="3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="O721" s="4">
-        <v>59.90</v>
+        <v>97.70</v>
       </c>
       <c r="P721" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="722">
       <c r="A722">
         <v>721</v>
       </c>
       <c r="B722">
-        <v>11053</v>
+        <v>25664</v>
       </c>
       <c r="C722" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="D722" t="s">
-        <v>638</v>
+        <v>2028</v>
       </c>
       <c r="F722">
-        <v>146</v>
+        <v>246</v>
       </c>
       <c r="G722">
-        <v>206</v>
+        <v>305</v>
       </c>
       <c r="H722" t="s">
         <v>22</v>
       </c>
       <c r="I722">
         <v>150</v>
       </c>
       <c r="J722">
         <v>210</v>
       </c>
       <c r="K722">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="L722" s="1">
-        <v>37033</v>
+        <v>42852</v>
       </c>
       <c r="M722" s="2">
-        <v>9788573947038</v>
+        <v>9788536264967</v>
       </c>
       <c r="N722" t="s" s="3">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="O722" s="4">
-        <v>79.90</v>
+        <v>99.70</v>
       </c>
       <c r="P722" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="723">
       <c r="A723">
         <v>722</v>
       </c>
       <c r="B723">
-        <v>31434</v>
+        <v>26274</v>
       </c>
       <c r="C723" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="D723" t="s">
-        <v>2029</v>
+        <v>1289</v>
       </c>
       <c r="F723">
-        <v>130</v>
+        <v>158</v>
       </c>
       <c r="G723">
-        <v>161</v>
+        <v>196</v>
       </c>
       <c r="H723" t="s">
         <v>22</v>
       </c>
       <c r="I723">
         <v>150</v>
       </c>
       <c r="J723">
         <v>210</v>
       </c>
       <c r="K723">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L723" s="1">
-        <v>45687</v>
+        <v>43028</v>
       </c>
       <c r="M723" s="2">
-        <v>9786526315248</v>
+        <v>9788536273679</v>
       </c>
       <c r="N723" t="s" s="3">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="O723" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P723" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="724">
       <c r="A724">
         <v>723</v>
       </c>
       <c r="B724">
-        <v>25234</v>
+        <v>20009</v>
       </c>
       <c r="C724" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="D724" t="s">
-        <v>1879</v>
+        <v>2033</v>
       </c>
       <c r="F724">
-        <v>136</v>
+        <v>238</v>
       </c>
       <c r="G724">
-        <v>169</v>
+        <v>301</v>
       </c>
       <c r="H724" t="s">
         <v>22</v>
       </c>
       <c r="I724">
         <v>150</v>
       </c>
       <c r="J724">
         <v>210</v>
       </c>
       <c r="K724">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="L724" s="1">
-        <v>42692</v>
+        <v>38922</v>
       </c>
       <c r="M724" s="2">
-        <v>9788536263618</v>
+        <v>9788536213248</v>
       </c>
       <c r="N724" t="s" s="3">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="O724" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P724" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="725">
       <c r="A725">
         <v>724</v>
       </c>
       <c r="B725">
-        <v>10253</v>
+        <v>10361</v>
       </c>
       <c r="C725" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="D725" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="F725">
-        <v>178</v>
+        <v>159</v>
       </c>
       <c r="G725">
-        <v>244</v>
+        <v>212</v>
       </c>
       <c r="H725" t="s">
         <v>22</v>
       </c>
       <c r="I725">
         <v>150</v>
       </c>
       <c r="J725">
         <v>210</v>
       </c>
       <c r="K725">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L725" s="1">
-        <v>36418</v>
+        <v>36742</v>
       </c>
       <c r="M725" s="2">
-        <v>9788573942880</v>
+        <v>9788573943467</v>
       </c>
       <c r="N725" t="s" s="3">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="O725" s="4">
-        <v>94.70</v>
+        <v>89.90</v>
       </c>
       <c r="P725" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="726">
       <c r="A726">
         <v>725</v>
       </c>
       <c r="B726">
-        <v>26549</v>
+        <v>29653</v>
       </c>
       <c r="C726" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="D726" t="s">
-        <v>2037</v>
+        <v>299</v>
       </c>
       <c r="F726">
-        <v>120</v>
+        <v>62</v>
       </c>
       <c r="G726">
-        <v>149</v>
+        <v>77</v>
       </c>
       <c r="H726" t="s">
         <v>22</v>
       </c>
       <c r="I726">
         <v>150</v>
       </c>
       <c r="J726">
         <v>210</v>
       </c>
       <c r="K726">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L726" s="1">
-        <v>43139</v>
+        <v>44670</v>
       </c>
       <c r="M726" s="2">
-        <v>9788536276397</v>
+        <v>9788536296708</v>
       </c>
       <c r="N726" t="s" s="3">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="O726" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P726" t="s">
-        <v>2039</v>
+        <v>36</v>
       </c>
     </row>
     <row r="727">
       <c r="A727">
         <v>726</v>
       </c>
       <c r="B727">
-        <v>22091</v>
+        <v>11053</v>
       </c>
       <c r="C727" t="s">
         <v>2040</v>
       </c>
       <c r="D727" t="s">
+        <v>641</v>
+      </c>
+      <c r="F727">
+        <v>146</v>
+      </c>
+      <c r="G727">
+        <v>206</v>
+      </c>
+      <c r="H727" t="s">
+        <v>22</v>
+      </c>
+      <c r="I727">
+        <v>150</v>
+      </c>
+      <c r="J727">
+        <v>210</v>
+      </c>
+      <c r="K727">
+        <v>8</v>
+      </c>
+      <c r="L727" s="1">
+        <v>37033</v>
+      </c>
+      <c r="M727" s="2">
+        <v>9788573947038</v>
+      </c>
+      <c r="N727" t="s" s="3">
         <v>2041</v>
       </c>
-      <c r="F727">
-[...25 lines deleted...]
-      </c>
       <c r="O727" s="4">
-        <v>84.70</v>
+        <v>79.90</v>
       </c>
       <c r="P727" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="728">
       <c r="A728">
         <v>727</v>
       </c>
       <c r="B728">
-        <v>20691</v>
+        <v>31434</v>
       </c>
       <c r="C728" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D728" t="s">
         <v>2043</v>
       </c>
-      <c r="D728" t="s">
+      <c r="F728">
+        <v>130</v>
+      </c>
+      <c r="G728">
+        <v>161</v>
+      </c>
+      <c r="H728" t="s">
+        <v>22</v>
+      </c>
+      <c r="I728">
+        <v>150</v>
+      </c>
+      <c r="J728">
+        <v>210</v>
+      </c>
+      <c r="K728">
+        <v>7</v>
+      </c>
+      <c r="L728" s="1">
+        <v>45687</v>
+      </c>
+      <c r="M728" s="2">
+        <v>9786526315248</v>
+      </c>
+      <c r="N728" t="s" s="3">
         <v>2044</v>
       </c>
-      <c r="F728">
-[...25 lines deleted...]
-      </c>
       <c r="O728" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P728" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="729">
       <c r="A729">
         <v>728</v>
       </c>
       <c r="B729">
-        <v>21167</v>
+        <v>25234</v>
       </c>
       <c r="C729" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D729" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F729">
+        <v>136</v>
+      </c>
+      <c r="G729">
+        <v>169</v>
+      </c>
+      <c r="H729" t="s">
+        <v>22</v>
+      </c>
+      <c r="I729">
+        <v>150</v>
+      </c>
+      <c r="J729">
+        <v>210</v>
+      </c>
+      <c r="K729">
+        <v>8</v>
+      </c>
+      <c r="L729" s="1">
+        <v>42692</v>
+      </c>
+      <c r="M729" s="2">
+        <v>9788536263618</v>
+      </c>
+      <c r="N729" t="s" s="3">
         <v>2046</v>
       </c>
-      <c r="D729" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O729" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P729" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="730">
       <c r="A730">
         <v>729</v>
       </c>
       <c r="B730">
-        <v>12376</v>
+        <v>10253</v>
       </c>
       <c r="C730" t="s">
-        <v>2049</v>
+        <v>2047</v>
       </c>
       <c r="D730" t="s">
-        <v>2050</v>
+        <v>2048</v>
       </c>
       <c r="F730">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="G730">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="H730" t="s">
         <v>22</v>
       </c>
       <c r="I730">
         <v>150</v>
       </c>
       <c r="J730">
         <v>210</v>
       </c>
       <c r="K730">
         <v>10</v>
       </c>
       <c r="L730" s="1">
-        <v>37434</v>
+        <v>36418</v>
       </c>
       <c r="M730" s="2">
-        <v>9788536202020</v>
+        <v>9788573942880</v>
       </c>
       <c r="N730" t="s" s="3">
-        <v>2051</v>
+        <v>2049</v>
       </c>
       <c r="O730" s="4">
-        <v>89.90</v>
+        <v>94.70</v>
       </c>
       <c r="P730" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="731">
       <c r="A731">
         <v>730</v>
       </c>
       <c r="B731">
-        <v>20413</v>
+        <v>31852</v>
       </c>
       <c r="C731" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2051</v>
+      </c>
+      <c r="F731">
+        <v>116</v>
+      </c>
+      <c r="G731">
+        <v>149</v>
+      </c>
+      <c r="H731" t="s">
+        <v>22</v>
+      </c>
+      <c r="I731">
+        <v>150</v>
+      </c>
+      <c r="J731">
+        <v>210</v>
+      </c>
+      <c r="K731">
+        <v>6</v>
+      </c>
+      <c r="L731" s="1">
+        <v>45954</v>
+      </c>
+      <c r="M731" s="2">
+        <v>9786526316832</v>
+      </c>
+      <c r="N731" t="s" s="3">
         <v>2052</v>
       </c>
-      <c r="D731" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O731" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P731" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="732">
       <c r="A732">
         <v>731</v>
       </c>
       <c r="B732">
-        <v>22355</v>
+        <v>26549</v>
       </c>
       <c r="C732" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F732">
+        <v>120</v>
+      </c>
+      <c r="G732">
+        <v>149</v>
+      </c>
+      <c r="H732" t="s">
+        <v>22</v>
+      </c>
+      <c r="I732">
+        <v>150</v>
+      </c>
+      <c r="J732">
+        <v>210</v>
+      </c>
+      <c r="K732">
+        <v>7</v>
+      </c>
+      <c r="L732" s="1">
+        <v>43139</v>
+      </c>
+      <c r="M732" s="2">
+        <v>9788536276397</v>
+      </c>
+      <c r="N732" t="s" s="3">
         <v>2055</v>
       </c>
-      <c r="D732" t="s">
+      <c r="O732" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P732" t="s">
         <v>2056</v>
-      </c>
-[...31 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="733">
       <c r="A733">
         <v>732</v>
       </c>
       <c r="B733">
-        <v>21657</v>
+        <v>22091</v>
       </c>
       <c r="C733" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D733" t="s">
         <v>2058</v>
       </c>
-      <c r="D733" t="s">
+      <c r="F733">
+        <v>192</v>
+      </c>
+      <c r="G733">
+        <v>245</v>
+      </c>
+      <c r="H733" t="s">
+        <v>22</v>
+      </c>
+      <c r="I733">
+        <v>150</v>
+      </c>
+      <c r="J733">
+        <v>210</v>
+      </c>
+      <c r="K733">
+        <v>11</v>
+      </c>
+      <c r="L733" s="1">
+        <v>40525</v>
+      </c>
+      <c r="M733" s="2">
+        <v>9788536232256</v>
+      </c>
+      <c r="N733" t="s" s="3">
         <v>2059</v>
       </c>
-      <c r="F733">
-[...25 lines deleted...]
-      </c>
       <c r="O733" s="4">
-        <v>119.90</v>
+        <v>84.70</v>
       </c>
       <c r="P733" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="734">
       <c r="A734">
         <v>733</v>
       </c>
       <c r="B734">
-        <v>12256</v>
+        <v>20691</v>
       </c>
       <c r="C734" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D734" t="s">
         <v>2061</v>
       </c>
-      <c r="D734" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F734">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="G734">
-        <v>226</v>
+        <v>157</v>
       </c>
       <c r="H734" t="s">
         <v>22</v>
       </c>
       <c r="I734">
         <v>150</v>
       </c>
       <c r="J734">
         <v>210</v>
       </c>
       <c r="K734">
         <v>9</v>
       </c>
       <c r="L734" s="1">
-        <v>37218</v>
+        <v>39587</v>
       </c>
       <c r="M734" s="2">
-        <v>9788573947663</v>
+        <v>9788536220024</v>
       </c>
       <c r="N734" t="s" s="3">
-        <v>2063</v>
+        <v>2062</v>
       </c>
       <c r="O734" s="4">
         <v>89.90</v>
       </c>
       <c r="P734" t="s">
-        <v>1615</v>
+        <v>47</v>
       </c>
     </row>
     <row r="735">
       <c r="A735">
         <v>734</v>
       </c>
       <c r="B735">
-        <v>28766</v>
+        <v>21167</v>
       </c>
       <c r="C735" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D735" t="s">
+        <v>947</v>
+      </c>
+      <c r="E735" t="s">
         <v>2064</v>
       </c>
-      <c r="D735" t="s">
+      <c r="F735">
+        <v>116</v>
+      </c>
+      <c r="G735">
+        <v>165</v>
+      </c>
+      <c r="H735" t="s">
+        <v>22</v>
+      </c>
+      <c r="I735">
+        <v>150</v>
+      </c>
+      <c r="J735">
+        <v>210</v>
+      </c>
+      <c r="K735">
+        <v>7</v>
+      </c>
+      <c r="L735" s="1">
+        <v>39976</v>
+      </c>
+      <c r="M735" s="2">
+        <v>9788536224213</v>
+      </c>
+      <c r="N735" t="s" s="3">
         <v>2065</v>
       </c>
-      <c r="F735">
-[...25 lines deleted...]
-      </c>
       <c r="O735" s="4">
-        <v>97.70</v>
+        <v>69.90</v>
       </c>
       <c r="P735" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="736">
       <c r="A736">
         <v>735</v>
       </c>
       <c r="B736">
-        <v>12382</v>
+        <v>12376</v>
       </c>
       <c r="C736" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D736" t="s">
         <v>2067</v>
       </c>
-      <c r="D736" t="s">
+      <c r="F736">
+        <v>172</v>
+      </c>
+      <c r="G736">
+        <v>228</v>
+      </c>
+      <c r="H736" t="s">
+        <v>22</v>
+      </c>
+      <c r="I736">
+        <v>150</v>
+      </c>
+      <c r="J736">
+        <v>210</v>
+      </c>
+      <c r="K736">
+        <v>10</v>
+      </c>
+      <c r="L736" s="1">
+        <v>37434</v>
+      </c>
+      <c r="M736" s="2">
+        <v>9788536202020</v>
+      </c>
+      <c r="N736" t="s" s="3">
         <v>2068</v>
       </c>
-      <c r="F736">
-[...25 lines deleted...]
-      </c>
       <c r="O736" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P736" t="s">
-        <v>366</v>
+        <v>24</v>
       </c>
     </row>
     <row r="737">
       <c r="A737">
         <v>736</v>
       </c>
       <c r="B737">
-        <v>20500</v>
+        <v>20413</v>
       </c>
       <c r="C737" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D737" t="s">
         <v>2070</v>
       </c>
-      <c r="D737" t="s">
+      <c r="F737">
+        <v>198</v>
+      </c>
+      <c r="G737">
+        <v>260</v>
+      </c>
+      <c r="H737" t="s">
+        <v>22</v>
+      </c>
+      <c r="I737">
+        <v>150</v>
+      </c>
+      <c r="J737">
+        <v>210</v>
+      </c>
+      <c r="K737">
+        <v>11</v>
+      </c>
+      <c r="L737" s="1">
+        <v>39364</v>
+      </c>
+      <c r="M737" s="2">
+        <v>9788536217178</v>
+      </c>
+      <c r="N737" t="s" s="3">
         <v>2071</v>
       </c>
-      <c r="F737">
-[...25 lines deleted...]
-      </c>
       <c r="O737" s="4">
-        <v>239.90</v>
+        <v>99.90</v>
       </c>
       <c r="P737" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="738">
       <c r="A738">
         <v>737</v>
       </c>
       <c r="B738">
+        <v>22355</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2073</v>
+      </c>
+      <c r="F738">
+        <v>256</v>
+      </c>
+      <c r="G738">
+        <v>278</v>
+      </c>
+      <c r="H738" t="s">
+        <v>22</v>
+      </c>
+      <c r="I738">
+        <v>150</v>
+      </c>
+      <c r="J738">
+        <v>210</v>
+      </c>
+      <c r="K738">
+        <v>14</v>
+      </c>
+      <c r="L738" s="1">
+        <v>40800</v>
+      </c>
+      <c r="M738" s="2">
+        <v>9788536234625</v>
+      </c>
+      <c r="N738" t="s" s="3">
+        <v>2074</v>
+      </c>
+      <c r="O738" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P738" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="739">
+      <c r="A739">
+        <v>738</v>
+      </c>
+      <c r="B739">
+        <v>21657</v>
+      </c>
+      <c r="C739" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F739">
+        <v>248</v>
+      </c>
+      <c r="G739">
+        <v>350</v>
+      </c>
+      <c r="H739" t="s">
+        <v>22</v>
+      </c>
+      <c r="I739">
+        <v>150</v>
+      </c>
+      <c r="J739">
+        <v>210</v>
+      </c>
+      <c r="K739">
+        <v>13</v>
+      </c>
+      <c r="L739" s="1">
+        <v>40263</v>
+      </c>
+      <c r="M739" s="2">
+        <v>9788536227566</v>
+      </c>
+      <c r="N739" t="s" s="3">
+        <v>2077</v>
+      </c>
+      <c r="O739" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P739" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="740">
+      <c r="A740">
+        <v>739</v>
+      </c>
+      <c r="B740">
+        <v>12256</v>
+      </c>
+      <c r="C740" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F740">
+        <v>164</v>
+      </c>
+      <c r="G740">
+        <v>226</v>
+      </c>
+      <c r="H740" t="s">
+        <v>22</v>
+      </c>
+      <c r="I740">
+        <v>150</v>
+      </c>
+      <c r="J740">
+        <v>210</v>
+      </c>
+      <c r="K740">
+        <v>9</v>
+      </c>
+      <c r="L740" s="1">
+        <v>37218</v>
+      </c>
+      <c r="M740" s="2">
+        <v>9788573947663</v>
+      </c>
+      <c r="N740" t="s" s="3">
+        <v>2080</v>
+      </c>
+      <c r="O740" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P740" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="741">
+      <c r="A741">
+        <v>740</v>
+      </c>
+      <c r="B741">
+        <v>28766</v>
+      </c>
+      <c r="C741" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2082</v>
+      </c>
+      <c r="F741">
+        <v>230</v>
+      </c>
+      <c r="G741">
+        <v>285</v>
+      </c>
+      <c r="H741" t="s">
+        <v>22</v>
+      </c>
+      <c r="I741">
+        <v>150</v>
+      </c>
+      <c r="J741">
+        <v>210</v>
+      </c>
+      <c r="K741">
+        <v>12</v>
+      </c>
+      <c r="L741" s="1">
+        <v>44141</v>
+      </c>
+      <c r="M741" s="2">
+        <v>9786556053851</v>
+      </c>
+      <c r="N741" t="s" s="3">
+        <v>2083</v>
+      </c>
+      <c r="O741" s="4">
+        <v>97.70</v>
+      </c>
+      <c r="P741" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="742">
+      <c r="A742">
+        <v>741</v>
+      </c>
+      <c r="B742">
+        <v>12382</v>
+      </c>
+      <c r="C742" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F742">
+        <v>202</v>
+      </c>
+      <c r="G742">
+        <v>258</v>
+      </c>
+      <c r="H742" t="s">
+        <v>22</v>
+      </c>
+      <c r="I742">
+        <v>150</v>
+      </c>
+      <c r="J742">
+        <v>210</v>
+      </c>
+      <c r="K742">
+        <v>11</v>
+      </c>
+      <c r="L742" s="1">
+        <v>37442</v>
+      </c>
+      <c r="M742" s="2">
+        <v>9788536202334</v>
+      </c>
+      <c r="N742" t="s" s="3">
+        <v>2086</v>
+      </c>
+      <c r="O742" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P742" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="743">
+      <c r="A743">
+        <v>742</v>
+      </c>
+      <c r="B743">
+        <v>20500</v>
+      </c>
+      <c r="C743" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2088</v>
+      </c>
+      <c r="F743">
+        <v>544</v>
+      </c>
+      <c r="G743">
+        <v>1250</v>
+      </c>
+      <c r="H743" t="s">
+        <v>17</v>
+      </c>
+      <c r="I743">
+        <v>165</v>
+      </c>
+      <c r="J743">
+        <v>215</v>
+      </c>
+      <c r="K743">
+        <v>41</v>
+      </c>
+      <c r="L743" s="1">
+        <v>39414</v>
+      </c>
+      <c r="M743" s="2">
+        <v>9788536217901</v>
+      </c>
+      <c r="N743" t="s" s="3">
+        <v>2089</v>
+      </c>
+      <c r="O743" s="4">
+        <v>239.90</v>
+      </c>
+      <c r="P743" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="744">
+      <c r="A744">
+        <v>743</v>
+      </c>
+      <c r="B744">
         <v>20262</v>
       </c>
-      <c r="C738" t="inlineStr">
+      <c r="C744" t="inlineStr">
         <is>
           <t>Responsabilidade Civil dos Médicos - Repensando a Natureza Jurídica da Relação Médico-Paciente - Cirurgia Plástica Estética e seus Reflexos em Relação ao Ônus da Prova</t>
         </is>
       </c>
-      <c r="D738" t="s">
-[...2 lines deleted...]
-      <c r="F738">
+      <c r="D744" t="s">
+        <v>2090</v>
+      </c>
+      <c r="F744">
         <v>222</v>
       </c>
-      <c r="G738">
+      <c r="G744">
         <v>300</v>
       </c>
-      <c r="H738" t="s">
-[...8 lines deleted...]
-      <c r="K738">
+      <c r="H744" t="s">
+        <v>22</v>
+      </c>
+      <c r="I744">
+        <v>150</v>
+      </c>
+      <c r="J744">
+        <v>210</v>
+      </c>
+      <c r="K744">
         <v>12</v>
       </c>
-      <c r="L738" s="1">
+      <c r="L744" s="1">
         <v>39206</v>
       </c>
-      <c r="M738" s="2">
+      <c r="M744" s="2">
         <v>9788536215662</v>
       </c>
-      <c r="N738" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O738" s="4">
+      <c r="N744" t="s" s="3">
+        <v>2091</v>
+      </c>
+      <c r="O744" s="4">
         <v>109.90</v>
       </c>
-      <c r="P738" t="s">
+      <c r="P744" t="s">
         <v>64</v>
-      </c>
-[...280 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="745">
       <c r="A745">
         <v>744</v>
       </c>
       <c r="B745">
-        <v>22202</v>
+        <v>21325</v>
       </c>
       <c r="C745" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="D745" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="F745">
-        <v>258</v>
+        <v>416</v>
       </c>
       <c r="G745">
-        <v>302</v>
+        <v>714</v>
       </c>
       <c r="H745" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I745">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J745">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K745">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="L745" s="1">
-        <v>37704</v>
+        <v>40088</v>
       </c>
       <c r="M745" s="2">
-        <v>9788536203478</v>
+        <v>9788536225890</v>
       </c>
       <c r="N745" t="s" s="3">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="O745" s="4">
-        <v>119.90</v>
+        <v>199.90</v>
       </c>
       <c r="P745" t="s">
-        <v>329</v>
+        <v>64</v>
       </c>
     </row>
     <row r="746">
       <c r="A746">
         <v>745</v>
       </c>
       <c r="B746">
-        <v>12463</v>
+        <v>23394</v>
       </c>
       <c r="C746" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="D746" t="s">
-        <v>2094</v>
+        <v>947</v>
       </c>
       <c r="F746">
-        <v>122</v>
+        <v>4</v>
       </c>
       <c r="G746">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="H746" t="s">
-        <v>22</v>
+        <v>2096</v>
       </c>
       <c r="I746">
         <v>150</v>
       </c>
       <c r="J746">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="K746">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L746" s="1">
-        <v>37587</v>
+        <v>41744</v>
       </c>
       <c r="M746" s="2">
-        <v>9771677976202</v>
+        <v>9788536245065</v>
       </c>
       <c r="N746" t="s" s="3">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="O746" s="4">
-        <v>74.70</v>
+        <v>24.90</v>
       </c>
       <c r="P746" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="747">
       <c r="A747">
         <v>746</v>
       </c>
       <c r="B747">
-        <v>12736</v>
+        <v>23408</v>
       </c>
       <c r="C747" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D747" t="s">
+        <v>947</v>
+      </c>
+      <c r="F747">
+        <v>6</v>
+      </c>
+      <c r="G747">
+        <v>35</v>
+      </c>
+      <c r="H747" t="s">
         <v>2096</v>
       </c>
-      <c r="D747" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I747">
         <v>150</v>
       </c>
       <c r="J747">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="K747">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L747" s="1">
-        <v>38042</v>
+        <v>41753</v>
       </c>
       <c r="M747" s="2">
-        <v>9771677976202</v>
+        <v>9788536245072</v>
       </c>
       <c r="N747" t="s" s="3">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="O747" s="4">
-        <v>74.70</v>
+        <v>24.90</v>
       </c>
       <c r="P747" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="748">
       <c r="A748">
         <v>747</v>
       </c>
       <c r="B748">
-        <v>27877</v>
+        <v>23407</v>
       </c>
       <c r="C748" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="D748" t="s">
-        <v>2099</v>
+        <v>947</v>
       </c>
       <c r="F748">
-        <v>204</v>
+        <v>6</v>
       </c>
       <c r="G748">
-        <v>253</v>
+        <v>35</v>
       </c>
       <c r="H748" t="s">
-        <v>22</v>
+        <v>2096</v>
       </c>
       <c r="I748">
         <v>150</v>
       </c>
       <c r="J748">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="K748">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="L748" s="1">
-        <v>43635</v>
+        <v>41744</v>
       </c>
       <c r="M748" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2100</v>
+        <v>9788536245089</v>
+      </c>
+      <c r="N748" t="s" s="3">
+        <v>2101</v>
       </c>
       <c r="O748" s="4">
-        <v>89.90</v>
+        <v>24.90</v>
       </c>
       <c r="P748" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="749">
       <c r="A749">
         <v>748</v>
       </c>
       <c r="B749">
-        <v>28578</v>
+        <v>12497</v>
       </c>
       <c r="C749" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="D749" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="F749">
-        <v>188</v>
+        <v>120</v>
       </c>
       <c r="G749">
-        <v>233</v>
+        <v>170</v>
       </c>
       <c r="H749" t="s">
         <v>22</v>
       </c>
       <c r="I749">
         <v>150</v>
       </c>
       <c r="J749">
         <v>210</v>
       </c>
       <c r="K749">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L749" s="1">
-        <v>44018</v>
+        <v>37649</v>
       </c>
       <c r="M749" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2103</v>
+        <v>9788536201689</v>
+      </c>
+      <c r="N749" t="s" s="3">
+        <v>2104</v>
       </c>
       <c r="O749" s="4">
-        <v>89.90</v>
+        <v>49.90</v>
       </c>
       <c r="P749" t="s">
-        <v>68</v>
+        <v>366</v>
       </c>
     </row>
     <row r="750">
       <c r="A750">
         <v>749</v>
       </c>
       <c r="B750">
-        <v>29022</v>
+        <v>12496</v>
       </c>
       <c r="C750" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="D750" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="F750">
-        <v>200</v>
+        <v>122</v>
       </c>
       <c r="G750">
-        <v>248</v>
+        <v>168</v>
       </c>
       <c r="H750" t="s">
         <v>22</v>
       </c>
       <c r="I750">
         <v>150</v>
       </c>
       <c r="J750">
         <v>210</v>
       </c>
       <c r="K750">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L750" s="1">
-        <v>44294</v>
+        <v>37649</v>
       </c>
       <c r="M750" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2105</v>
+        <v>9788536203720</v>
+      </c>
+      <c r="N750" t="s" s="3">
+        <v>2106</v>
       </c>
       <c r="O750" s="4">
-        <v>89.90</v>
+        <v>49.90</v>
       </c>
       <c r="P750" t="s">
-        <v>68</v>
+        <v>366</v>
       </c>
     </row>
     <row r="751">
       <c r="A751">
         <v>750</v>
       </c>
       <c r="B751">
-        <v>30073</v>
+        <v>22202</v>
       </c>
       <c r="C751" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="D751" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="F751">
-        <v>142</v>
+        <v>258</v>
       </c>
       <c r="G751">
-        <v>176</v>
+        <v>302</v>
       </c>
       <c r="H751" t="s">
         <v>22</v>
       </c>
       <c r="I751">
         <v>150</v>
       </c>
       <c r="J751">
         <v>210</v>
       </c>
       <c r="K751">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L751" s="1">
-        <v>44831</v>
+        <v>37704</v>
       </c>
       <c r="M751" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2108</v>
+        <v>9788536203478</v>
+      </c>
+      <c r="N751" t="s" s="3">
+        <v>2109</v>
       </c>
       <c r="O751" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P751" t="s">
-        <v>68</v>
+        <v>329</v>
       </c>
     </row>
     <row r="752">
       <c r="A752">
         <v>751</v>
       </c>
       <c r="B752">
-        <v>30355</v>
+        <v>12463</v>
       </c>
       <c r="C752" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="D752" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="F752">
-        <v>150</v>
+        <v>122</v>
       </c>
       <c r="G752">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="H752" t="s">
         <v>22</v>
       </c>
       <c r="I752">
         <v>150</v>
       </c>
       <c r="J752">
         <v>210</v>
       </c>
       <c r="K752">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L752" s="1">
-        <v>44999</v>
+        <v>37587</v>
       </c>
       <c r="M752" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2111</v>
+        <v>9771677976202</v>
+      </c>
+      <c r="N752" t="s" s="3">
+        <v>2112</v>
       </c>
       <c r="O752" s="4">
-        <v>89.90</v>
+        <v>74.70</v>
       </c>
       <c r="P752" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
     </row>
     <row r="753">
       <c r="A753">
         <v>752</v>
       </c>
       <c r="B753">
-        <v>31340</v>
+        <v>12736</v>
       </c>
       <c r="C753" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="D753" t="s">
-        <v>2113</v>
+        <v>2111</v>
       </c>
       <c r="F753">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="G753">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="H753" t="s">
         <v>22</v>
       </c>
       <c r="I753">
         <v>150</v>
       </c>
       <c r="J753">
         <v>210</v>
       </c>
       <c r="K753">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L753" s="1">
-        <v>45618</v>
+        <v>38042</v>
       </c>
       <c r="M753" s="2">
-        <v>9786526315996</v>
+        <v>9771677976202</v>
       </c>
       <c r="N753" t="s" s="3">
         <v>2114</v>
       </c>
       <c r="O753" s="4">
-        <v>69.90</v>
+        <v>74.70</v>
       </c>
       <c r="P753" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="754">
       <c r="A754">
         <v>753</v>
       </c>
       <c r="B754">
-        <v>12300</v>
+        <v>27877</v>
       </c>
       <c r="C754" t="s">
         <v>2115</v>
       </c>
       <c r="D754" t="s">
-        <v>170</v>
+        <v>2116</v>
       </c>
       <c r="F754">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="G754">
-        <v>292</v>
+        <v>253</v>
       </c>
       <c r="H754" t="s">
         <v>22</v>
       </c>
       <c r="I754">
         <v>150</v>
       </c>
       <c r="J754">
         <v>210</v>
       </c>
       <c r="K754">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L754" s="1">
-        <v>37288</v>
+        <v>43635</v>
       </c>
       <c r="M754" s="2">
-        <v>9788536200477</v>
-[...2 lines deleted...]
-        <v>2116</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N754" t="s">
+        <v>2117</v>
       </c>
       <c r="O754" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P754" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
     </row>
     <row r="755">
       <c r="A755">
         <v>754</v>
       </c>
       <c r="B755">
-        <v>10924</v>
+        <v>28578</v>
       </c>
       <c r="C755" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="D755" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="F755">
-        <v>228</v>
+        <v>188</v>
       </c>
       <c r="G755">
-        <v>300</v>
+        <v>233</v>
       </c>
       <c r="H755" t="s">
         <v>22</v>
       </c>
       <c r="I755">
         <v>150</v>
       </c>
       <c r="J755">
         <v>210</v>
       </c>
       <c r="K755">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L755" s="1">
-        <v>36805</v>
+        <v>44018</v>
       </c>
       <c r="M755" s="2">
-        <v>9788573946826</v>
-[...2 lines deleted...]
-        <v>2119</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N755" t="s">
+        <v>2120</v>
       </c>
       <c r="O755" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P755" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="756">
       <c r="A756">
         <v>755</v>
       </c>
       <c r="B756">
-        <v>20150</v>
+        <v>29022</v>
       </c>
       <c r="C756" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="D756" t="s">
-        <v>2121</v>
+        <v>2119</v>
       </c>
       <c r="F756">
-        <v>124</v>
+        <v>200</v>
       </c>
       <c r="G756">
-        <v>165</v>
+        <v>248</v>
       </c>
       <c r="H756" t="s">
         <v>22</v>
       </c>
       <c r="I756">
         <v>150</v>
       </c>
       <c r="J756">
         <v>210</v>
       </c>
       <c r="K756">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L756" s="1">
-        <v>39085</v>
+        <v>44294</v>
       </c>
       <c r="M756" s="2">
-        <v>9788536214603</v>
-[...1 lines deleted...]
-      <c r="N756" t="s" s="3">
+        <v>9772226745607</v>
+      </c>
+      <c r="N756" t="s">
         <v>2122</v>
       </c>
       <c r="O756" s="4">
-        <v>59.90</v>
+        <v>89.90</v>
       </c>
       <c r="P756" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="757">
       <c r="A757">
         <v>756</v>
       </c>
       <c r="B757">
-        <v>20104</v>
+        <v>30073</v>
       </c>
       <c r="C757" t="s">
         <v>2123</v>
       </c>
       <c r="D757" t="s">
-        <v>2121</v>
+        <v>2124</v>
       </c>
       <c r="F757">
         <v>142</v>
       </c>
       <c r="G757">
-        <v>194</v>
+        <v>176</v>
       </c>
       <c r="H757" t="s">
         <v>22</v>
       </c>
       <c r="I757">
         <v>150</v>
       </c>
       <c r="J757">
         <v>210</v>
       </c>
       <c r="K757">
         <v>8</v>
       </c>
       <c r="L757" s="1">
-        <v>39022</v>
+        <v>44831</v>
       </c>
       <c r="M757" s="2">
-        <v>9788536214092</v>
-[...2 lines deleted...]
-        <v>2124</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N757" t="s">
+        <v>2125</v>
       </c>
       <c r="O757" s="4">
         <v>69.90</v>
       </c>
       <c r="P757" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="758">
       <c r="A758">
         <v>757</v>
       </c>
       <c r="B758">
-        <v>20515</v>
+        <v>30355</v>
       </c>
       <c r="C758" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="D758" t="s">
-        <v>1497</v>
+        <v>2127</v>
       </c>
       <c r="F758">
-        <v>190</v>
+        <v>150</v>
       </c>
       <c r="G758">
-        <v>242</v>
+        <v>186</v>
       </c>
       <c r="H758" t="s">
         <v>22</v>
       </c>
       <c r="I758">
         <v>150</v>
       </c>
       <c r="J758">
         <v>210</v>
       </c>
       <c r="K758">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L758" s="1">
-        <v>39430</v>
+        <v>44999</v>
       </c>
       <c r="M758" s="2">
-        <v>9788536218274</v>
-[...2 lines deleted...]
-        <v>2126</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N758" t="s">
+        <v>2128</v>
       </c>
       <c r="O758" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P758" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="759">
       <c r="A759">
         <v>758</v>
       </c>
       <c r="B759">
-        <v>13333</v>
+        <v>31340</v>
       </c>
       <c r="C759" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="D759" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="F759">
-        <v>172</v>
+        <v>126</v>
       </c>
       <c r="G759">
-        <v>228</v>
+        <v>156</v>
       </c>
       <c r="H759" t="s">
         <v>22</v>
       </c>
       <c r="I759">
         <v>150</v>
       </c>
       <c r="J759">
         <v>210</v>
       </c>
       <c r="K759">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L759" s="1">
-        <v>38720</v>
+        <v>45618</v>
       </c>
       <c r="M759" s="2">
-        <v>9788536211459</v>
+        <v>9786526315996</v>
       </c>
       <c r="N759" t="s" s="3">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="O759" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P759" t="s">
-        <v>519</v>
+        <v>19</v>
       </c>
     </row>
     <row r="760">
       <c r="A760">
         <v>759</v>
       </c>
       <c r="B760">
-        <v>31536</v>
+        <v>12300</v>
       </c>
       <c r="C760" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="D760" t="s">
-        <v>2131</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="F760">
-        <v>92</v>
+        <v>214</v>
       </c>
       <c r="G760">
-        <v>140</v>
+        <v>292</v>
       </c>
       <c r="H760" t="s">
         <v>22</v>
       </c>
       <c r="I760">
         <v>150</v>
       </c>
       <c r="J760">
         <v>210</v>
       </c>
       <c r="K760">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="L760" s="1">
-        <v>45756</v>
+        <v>37288</v>
       </c>
       <c r="M760" s="2">
-        <v>9786526314814</v>
+        <v>9788536200477</v>
       </c>
       <c r="N760" t="s" s="3">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="O760" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P760" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="761">
       <c r="A761">
         <v>760</v>
       </c>
       <c r="B761">
+        <v>10924</v>
+      </c>
+      <c r="C761" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F761">
+        <v>228</v>
+      </c>
+      <c r="G761">
+        <v>300</v>
+      </c>
+      <c r="H761" t="s">
+        <v>22</v>
+      </c>
+      <c r="I761">
+        <v>150</v>
+      </c>
+      <c r="J761">
+        <v>210</v>
+      </c>
+      <c r="K761">
+        <v>12</v>
+      </c>
+      <c r="L761" s="1">
+        <v>36805</v>
+      </c>
+      <c r="M761" s="2">
+        <v>9788573946826</v>
+      </c>
+      <c r="N761" t="s" s="3">
+        <v>2136</v>
+      </c>
+      <c r="O761" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P761" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762">
+        <v>761</v>
+      </c>
+      <c r="B762">
+        <v>20150</v>
+      </c>
+      <c r="C762" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2138</v>
+      </c>
+      <c r="F762">
+        <v>124</v>
+      </c>
+      <c r="G762">
+        <v>165</v>
+      </c>
+      <c r="H762" t="s">
+        <v>22</v>
+      </c>
+      <c r="I762">
+        <v>150</v>
+      </c>
+      <c r="J762">
+        <v>210</v>
+      </c>
+      <c r="K762">
+        <v>7</v>
+      </c>
+      <c r="L762" s="1">
+        <v>39085</v>
+      </c>
+      <c r="M762" s="2">
+        <v>9788536214603</v>
+      </c>
+      <c r="N762" t="s" s="3">
+        <v>2139</v>
+      </c>
+      <c r="O762" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P762" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763">
+        <v>762</v>
+      </c>
+      <c r="B763">
+        <v>20104</v>
+      </c>
+      <c r="C763" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2138</v>
+      </c>
+      <c r="F763">
+        <v>142</v>
+      </c>
+      <c r="G763">
+        <v>194</v>
+      </c>
+      <c r="H763" t="s">
+        <v>22</v>
+      </c>
+      <c r="I763">
+        <v>150</v>
+      </c>
+      <c r="J763">
+        <v>210</v>
+      </c>
+      <c r="K763">
+        <v>8</v>
+      </c>
+      <c r="L763" s="1">
+        <v>39022</v>
+      </c>
+      <c r="M763" s="2">
+        <v>9788536214092</v>
+      </c>
+      <c r="N763" t="s" s="3">
+        <v>2141</v>
+      </c>
+      <c r="O763" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P763" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764">
+        <v>763</v>
+      </c>
+      <c r="B764">
+        <v>20515</v>
+      </c>
+      <c r="C764" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D764" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F764">
+        <v>190</v>
+      </c>
+      <c r="G764">
+        <v>242</v>
+      </c>
+      <c r="H764" t="s">
+        <v>22</v>
+      </c>
+      <c r="I764">
+        <v>150</v>
+      </c>
+      <c r="J764">
+        <v>210</v>
+      </c>
+      <c r="K764">
+        <v>10</v>
+      </c>
+      <c r="L764" s="1">
+        <v>39430</v>
+      </c>
+      <c r="M764" s="2">
+        <v>9788536218274</v>
+      </c>
+      <c r="N764" t="s" s="3">
+        <v>2143</v>
+      </c>
+      <c r="O764" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P764" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765">
+        <v>764</v>
+      </c>
+      <c r="B765">
+        <v>13333</v>
+      </c>
+      <c r="C765" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2145</v>
+      </c>
+      <c r="F765">
+        <v>172</v>
+      </c>
+      <c r="G765">
+        <v>228</v>
+      </c>
+      <c r="H765" t="s">
+        <v>22</v>
+      </c>
+      <c r="I765">
+        <v>150</v>
+      </c>
+      <c r="J765">
+        <v>210</v>
+      </c>
+      <c r="K765">
+        <v>10</v>
+      </c>
+      <c r="L765" s="1">
+        <v>38720</v>
+      </c>
+      <c r="M765" s="2">
+        <v>9788536211459</v>
+      </c>
+      <c r="N765" t="s" s="3">
+        <v>2146</v>
+      </c>
+      <c r="O765" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P765" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766">
+        <v>765</v>
+      </c>
+      <c r="B766">
+        <v>31536</v>
+      </c>
+      <c r="C766" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E766" t="s">
+        <v>34</v>
+      </c>
+      <c r="F766">
+        <v>92</v>
+      </c>
+      <c r="G766">
+        <v>140</v>
+      </c>
+      <c r="H766" t="s">
+        <v>22</v>
+      </c>
+      <c r="I766">
+        <v>150</v>
+      </c>
+      <c r="J766">
+        <v>210</v>
+      </c>
+      <c r="K766">
+        <v>5</v>
+      </c>
+      <c r="L766" s="1">
+        <v>45756</v>
+      </c>
+      <c r="M766" s="2">
+        <v>9786526314814</v>
+      </c>
+      <c r="N766" t="s" s="3">
+        <v>2149</v>
+      </c>
+      <c r="O766" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P766" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767">
+        <v>766</v>
+      </c>
+      <c r="B767">
         <v>27805</v>
       </c>
-      <c r="C761" t="inlineStr">
+      <c r="C767" t="inlineStr">
         <is>
           <t>Ruanda - O Julgamento de Pauline Nyiramasuhuko - A Primeira Mulher Condenada por um Tribunal Penal Internacional por Crime de Genocídio - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D761" t="s">
-[...2 lines deleted...]
-      <c r="F761">
+      <c r="D767" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F767">
         <v>152</v>
       </c>
-      <c r="G761">
+      <c r="G767">
         <v>94</v>
       </c>
-      <c r="H761" t="s">
-[...2 lines deleted...]
-      <c r="I761">
+      <c r="H767" t="s">
+        <v>22</v>
+      </c>
+      <c r="I767">
         <v>100</v>
       </c>
-      <c r="J761">
+      <c r="J767">
         <v>160</v>
       </c>
-      <c r="K761">
+      <c r="K767">
         <v>9</v>
       </c>
-      <c r="L761" s="1">
+      <c r="L767" s="1">
         <v>43612</v>
       </c>
-      <c r="M761" s="2">
+      <c r="M767" s="2">
         <v>9788536288673</v>
       </c>
-      <c r="N761" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O761" s="4">
+      <c r="N767" t="s" s="3">
+        <v>2151</v>
+      </c>
+      <c r="O767" s="4">
         <v>59.90</v>
       </c>
-      <c r="P761" t="s">
+      <c r="P767" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="762">
-[...3 lines deleted...]
-      <c r="B762">
+    <row r="768">
+      <c r="A768">
+        <v>767</v>
+      </c>
+      <c r="B768">
         <v>31019</v>
       </c>
-      <c r="C762" t="s">
-[...5 lines deleted...]
-      <c r="F762">
+      <c r="C768" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F768">
         <v>64</v>
       </c>
-      <c r="G762">
+      <c r="G768">
         <v>79</v>
       </c>
-      <c r="H762" t="s">
-[...8 lines deleted...]
-      <c r="K762">
+      <c r="H768" t="s">
+        <v>22</v>
+      </c>
+      <c r="I768">
+        <v>150</v>
+      </c>
+      <c r="J768">
+        <v>210</v>
+      </c>
+      <c r="K768">
         <v>4</v>
       </c>
-      <c r="L762" s="1">
+      <c r="L768" s="1">
         <v>45406</v>
       </c>
-      <c r="M762" s="2">
+      <c r="M768" s="2">
         <v>9786526309605</v>
       </c>
-      <c r="N762" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O762" s="4">
+      <c r="N768" t="s" s="3">
+        <v>2154</v>
+      </c>
+      <c r="O768" s="4">
         <v>69.90</v>
       </c>
-      <c r="P762" t="s">
+      <c r="P768" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="763">
-[...3 lines deleted...]
-      <c r="B763">
+    <row r="769">
+      <c r="A769">
+        <v>768</v>
+      </c>
+      <c r="B769">
         <v>21323</v>
       </c>
-      <c r="C763" t="s">
-[...5 lines deleted...]
-      <c r="F763">
+      <c r="C769" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2156</v>
+      </c>
+      <c r="F769">
         <v>180</v>
       </c>
-      <c r="G763">
+      <c r="G769">
         <v>245</v>
       </c>
-      <c r="H763" t="s">
-[...8 lines deleted...]
-      <c r="K763">
+      <c r="H769" t="s">
+        <v>22</v>
+      </c>
+      <c r="I769">
+        <v>150</v>
+      </c>
+      <c r="J769">
+        <v>210</v>
+      </c>
+      <c r="K769">
         <v>10</v>
       </c>
-      <c r="L763" s="1">
+      <c r="L769" s="1">
         <v>40087</v>
       </c>
-      <c r="M763" s="2">
+      <c r="M769" s="2">
         <v>9788536226316</v>
       </c>
-      <c r="N763" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O763" s="4">
+      <c r="N769" t="s" s="3">
+        <v>2157</v>
+      </c>
+      <c r="O769" s="4">
         <v>99.90</v>
       </c>
-      <c r="P763" t="s">
+      <c r="P769" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="764">
-[...3 lines deleted...]
-      <c r="B764">
+    <row r="770">
+      <c r="A770">
+        <v>769</v>
+      </c>
+      <c r="B770">
         <v>27045</v>
       </c>
-      <c r="C764" t="inlineStr">
+      <c r="C770" t="inlineStr">
         <is>
           <t>Sacco e Vanzetti - Os Espelhos da Ideologia - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D764" t="s">
-[...2 lines deleted...]
-      <c r="F764">
+      <c r="D770" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F770">
         <v>266</v>
       </c>
-      <c r="G764">
+      <c r="G770">
         <v>170</v>
       </c>
-      <c r="H764" t="s">
-[...2 lines deleted...]
-      <c r="I764">
+      <c r="H770" t="s">
+        <v>22</v>
+      </c>
+      <c r="I770">
         <v>100</v>
       </c>
-      <c r="J764">
+      <c r="J770">
         <v>160</v>
       </c>
-      <c r="K764">
+      <c r="K770">
         <v>14</v>
       </c>
-      <c r="L764" s="1">
+      <c r="L770" s="1">
         <v>43311</v>
       </c>
-      <c r="M764" s="2">
+      <c r="M770" s="2">
         <v>9788536281087</v>
-      </c>
-[...289 lines deleted...]
-        <v>9786556056456</v>
       </c>
       <c r="N770" t="s" s="3">
         <v>2158</v>
       </c>
       <c r="O770" s="4">
-        <v>199.90</v>
+        <v>69.90</v>
       </c>
       <c r="P770" t="s">
-        <v>64</v>
+        <v>297</v>
       </c>
     </row>
     <row r="771">
       <c r="A771">
         <v>770</v>
       </c>
       <c r="B771">
-        <v>21181</v>
+        <v>10242</v>
       </c>
       <c r="C771" t="s">
         <v>2159</v>
       </c>
       <c r="D771" t="s">
         <v>2160</v>
       </c>
+      <c r="E771" t="s">
+        <v>34</v>
+      </c>
       <c r="F771">
-        <v>112</v>
+        <v>236</v>
       </c>
       <c r="G771">
-        <v>95</v>
+        <v>306</v>
       </c>
       <c r="H771" t="s">
         <v>22</v>
       </c>
       <c r="I771">
         <v>150</v>
       </c>
       <c r="J771">
         <v>210</v>
       </c>
       <c r="K771">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="L771" s="1">
-        <v>39990</v>
+        <v>36369</v>
       </c>
       <c r="M771" s="2">
-        <v>9788536225210</v>
+        <v>9788573942477</v>
       </c>
       <c r="N771" t="s" s="3">
         <v>2161</v>
       </c>
       <c r="O771" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P771" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="772">
       <c r="A772">
         <v>771</v>
       </c>
       <c r="B772">
-        <v>24137</v>
+        <v>21520</v>
       </c>
       <c r="C772" t="s">
         <v>2162</v>
       </c>
       <c r="D772" t="s">
-        <v>1324</v>
+        <v>2163</v>
       </c>
       <c r="F772">
-        <v>206</v>
+        <v>148</v>
       </c>
       <c r="G772">
-        <v>255</v>
+        <v>174</v>
       </c>
       <c r="H772" t="s">
         <v>22</v>
       </c>
       <c r="I772">
         <v>150</v>
       </c>
       <c r="J772">
         <v>210</v>
       </c>
       <c r="K772">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L772" s="1">
-        <v>42230</v>
+        <v>40217</v>
       </c>
       <c r="M772" s="2">
-        <v>9788536253299</v>
+        <v>9788536227962</v>
       </c>
       <c r="N772" t="s" s="3">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="O772" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P772" t="s">
-        <v>377</v>
+        <v>19</v>
       </c>
     </row>
     <row r="773">
       <c r="A773">
         <v>772</v>
       </c>
       <c r="B773">
-        <v>28229</v>
+        <v>20415</v>
       </c>
       <c r="C773" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="D773" t="s">
-        <v>558</v>
+        <v>2166</v>
       </c>
       <c r="F773">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="G773">
-        <v>139</v>
+        <v>95</v>
       </c>
       <c r="H773" t="s">
         <v>22</v>
       </c>
       <c r="I773">
         <v>150</v>
       </c>
       <c r="J773">
         <v>210</v>
       </c>
       <c r="K773">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="L773" s="1">
-        <v>43804</v>
+        <v>39351</v>
       </c>
       <c r="M773" s="2">
-        <v>9788536292182</v>
+        <v>9788536217055</v>
       </c>
       <c r="N773" t="s" s="3">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="O773" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P773" t="s">
-        <v>1615</v>
+        <v>314</v>
       </c>
     </row>
     <row r="774">
       <c r="A774">
         <v>773</v>
       </c>
       <c r="B774">
-        <v>20248</v>
+        <v>20062</v>
       </c>
       <c r="C774" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="D774" t="s">
-        <v>2152</v>
+        <v>2169</v>
+      </c>
+      <c r="E774" t="s">
+        <v>736</v>
       </c>
       <c r="F774">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G774">
-        <v>150</v>
+        <v>174</v>
       </c>
       <c r="H774" t="s">
         <v>22</v>
       </c>
       <c r="I774">
         <v>150</v>
       </c>
       <c r="J774">
         <v>210</v>
       </c>
       <c r="K774">
         <v>7</v>
       </c>
       <c r="L774" s="1">
-        <v>39189</v>
+        <v>38979</v>
       </c>
       <c r="M774" s="2">
-        <v>9788536215600</v>
+        <v>9788536213736</v>
       </c>
       <c r="N774" t="s" s="3">
-        <v>2167</v>
+        <v>2170</v>
       </c>
       <c r="O774" s="4">
         <v>69.90</v>
       </c>
       <c r="P774" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="775">
       <c r="A775">
         <v>774</v>
       </c>
       <c r="B775">
-        <v>24662</v>
+        <v>28172</v>
       </c>
       <c r="C775" t="s">
-        <v>2168</v>
+        <v>2171</v>
       </c>
       <c r="D775" t="s">
-        <v>2169</v>
+        <v>774</v>
       </c>
       <c r="F775">
-        <v>108</v>
+        <v>172</v>
       </c>
       <c r="G775">
-        <v>127</v>
+        <v>213</v>
       </c>
       <c r="H775" t="s">
         <v>22</v>
       </c>
       <c r="I775">
         <v>150</v>
       </c>
       <c r="J775">
         <v>210</v>
       </c>
       <c r="K775">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L775" s="1">
-        <v>42556</v>
+        <v>43781</v>
       </c>
       <c r="M775" s="2">
-        <v>9788536258263</v>
+        <v>9788536291970</v>
       </c>
       <c r="N775" t="s" s="3">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="O775" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P775" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="776">
       <c r="A776">
         <v>775</v>
       </c>
       <c r="B776">
-        <v>28918</v>
+        <v>29140</v>
       </c>
       <c r="C776" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="D776" t="s">
-        <v>2172</v>
+        <v>2174</v>
+      </c>
+      <c r="E776" t="s">
+        <v>96</v>
       </c>
       <c r="F776">
-        <v>18</v>
+        <v>316</v>
       </c>
       <c r="G776">
-        <v>113</v>
+        <v>389</v>
       </c>
       <c r="H776" t="s">
         <v>22</v>
       </c>
       <c r="I776">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J776">
         <v>210</v>
       </c>
       <c r="K776">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="L776" s="1">
-        <v>44237</v>
+        <v>44418</v>
       </c>
       <c r="M776" s="2">
-        <v>9786556054360</v>
+        <v>9786556056456</v>
       </c>
       <c r="N776" t="s" s="3">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="O776" s="4">
-        <v>44.70</v>
+        <v>199.90</v>
       </c>
       <c r="P776" t="s">
-        <v>397</v>
+        <v>64</v>
       </c>
     </row>
     <row r="777">
       <c r="A777">
         <v>776</v>
       </c>
       <c r="B777">
-        <v>11102</v>
+        <v>21181</v>
       </c>
       <c r="C777" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="D777" t="s">
-        <v>170</v>
+        <v>2177</v>
       </c>
       <c r="F777">
-        <v>180</v>
+        <v>112</v>
       </c>
       <c r="G777">
-        <v>242</v>
+        <v>95</v>
       </c>
       <c r="H777" t="s">
         <v>22</v>
       </c>
       <c r="I777">
         <v>150</v>
       </c>
       <c r="J777">
         <v>210</v>
       </c>
       <c r="K777">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L777" s="1">
-        <v>37159</v>
+        <v>39990</v>
       </c>
       <c r="M777" s="2">
-        <v>9788573949025</v>
+        <v>9788536225210</v>
       </c>
       <c r="N777" t="s" s="3">
-        <v>2175</v>
+        <v>2178</v>
       </c>
       <c r="O777" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P777" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="778">
       <c r="A778">
         <v>777</v>
       </c>
       <c r="B778">
-        <v>23524</v>
+        <v>24137</v>
       </c>
       <c r="C778" t="s">
-        <v>2176</v>
+        <v>2179</v>
       </c>
       <c r="D778" t="s">
-        <v>2177</v>
+        <v>1338</v>
       </c>
       <c r="F778">
-        <v>76</v>
+        <v>206</v>
       </c>
       <c r="G778">
-        <v>94</v>
+        <v>255</v>
       </c>
       <c r="H778" t="s">
         <v>22</v>
       </c>
       <c r="I778">
         <v>150</v>
       </c>
       <c r="J778">
         <v>210</v>
       </c>
       <c r="K778">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="L778" s="1">
-        <v>41848</v>
+        <v>42230</v>
       </c>
       <c r="M778" s="2">
-        <v>9788536247502</v>
+        <v>9788536253299</v>
       </c>
       <c r="N778" t="s" s="3">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="O778" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P778" t="s">
-        <v>448</v>
+        <v>377</v>
       </c>
     </row>
     <row r="779">
       <c r="A779">
         <v>778</v>
       </c>
       <c r="B779">
-        <v>12398</v>
+        <v>28229</v>
       </c>
       <c r="C779" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="D779" t="s">
-        <v>331</v>
+        <v>561</v>
       </c>
       <c r="F779">
-        <v>260</v>
+        <v>112</v>
       </c>
       <c r="G779">
-        <v>336</v>
+        <v>139</v>
       </c>
       <c r="H779" t="s">
         <v>22</v>
       </c>
       <c r="I779">
         <v>150</v>
       </c>
       <c r="J779">
         <v>210</v>
       </c>
       <c r="K779">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L779" s="1">
-        <v>37476</v>
+        <v>43804</v>
       </c>
       <c r="M779" s="2">
-        <v>9788536201580</v>
+        <v>9788536292182</v>
       </c>
       <c r="N779" t="s" s="3">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="O779" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P779" t="s">
-        <v>36</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="780">
       <c r="A780">
         <v>779</v>
       </c>
       <c r="B780">
-        <v>20134</v>
+        <v>31842</v>
       </c>
       <c r="C780" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="D780" t="s">
-        <v>2182</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>2184</v>
       </c>
       <c r="F780">
-        <v>156</v>
+        <v>246</v>
       </c>
       <c r="G780">
-        <v>208</v>
+        <v>315</v>
       </c>
       <c r="H780" t="s">
         <v>22</v>
       </c>
       <c r="I780">
         <v>150</v>
       </c>
       <c r="J780">
         <v>210</v>
       </c>
       <c r="K780">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L780" s="1">
-        <v>39058</v>
+        <v>45947</v>
       </c>
       <c r="M780" s="2">
-        <v>9788536214382</v>
+        <v>9786526316559</v>
       </c>
       <c r="N780" t="s" s="3">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="O780" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P780" t="s">
-        <v>40</v>
+        <v>329</v>
       </c>
     </row>
     <row r="781">
       <c r="A781">
         <v>780</v>
       </c>
       <c r="B781">
-        <v>21025</v>
+        <v>20248</v>
       </c>
       <c r="C781" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="D781" t="s">
-        <v>2185</v>
+        <v>2169</v>
       </c>
       <c r="F781">
-        <v>146</v>
+        <v>112</v>
       </c>
       <c r="G781">
-        <v>198</v>
+        <v>150</v>
       </c>
       <c r="H781" t="s">
         <v>22</v>
       </c>
       <c r="I781">
         <v>150</v>
       </c>
       <c r="J781">
         <v>210</v>
       </c>
       <c r="K781">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L781" s="1">
-        <v>39863</v>
+        <v>39189</v>
       </c>
       <c r="M781" s="2">
-        <v>9788536222790</v>
+        <v>9788536215600</v>
       </c>
       <c r="N781" t="s" s="3">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="O781" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P781" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="782">
       <c r="A782">
         <v>781</v>
       </c>
       <c r="B782">
-        <v>13473</v>
+        <v>24662</v>
       </c>
       <c r="C782" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="D782" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="F782">
-        <v>154</v>
+        <v>108</v>
       </c>
       <c r="G782">
-        <v>208</v>
+        <v>127</v>
       </c>
       <c r="H782" t="s">
         <v>22</v>
       </c>
       <c r="I782">
         <v>150</v>
       </c>
       <c r="J782">
         <v>210</v>
       </c>
       <c r="K782">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L782" s="1">
-        <v>38890</v>
+        <v>42556</v>
       </c>
       <c r="M782" s="2">
-        <v>9788536212937</v>
+        <v>9788536258263</v>
       </c>
       <c r="N782" t="s" s="3">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="O782" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P782" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="783">
       <c r="A783">
         <v>782</v>
       </c>
       <c r="B783">
-        <v>27620</v>
+        <v>28918</v>
       </c>
       <c r="C783" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="D783" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="F783">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="G783">
-        <v>156</v>
+        <v>113</v>
       </c>
       <c r="H783" t="s">
         <v>22</v>
       </c>
       <c r="I783">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J783">
         <v>210</v>
       </c>
       <c r="K783">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L783" s="1">
-        <v>43524</v>
+        <v>44237</v>
       </c>
       <c r="M783" s="2">
-        <v>9788536286167</v>
+        <v>9786556054360</v>
       </c>
       <c r="N783" t="s" s="3">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="O783" s="4">
-        <v>59.90</v>
+        <v>44.70</v>
       </c>
       <c r="P783" t="s">
-        <v>47</v>
+        <v>397</v>
       </c>
     </row>
     <row r="784">
       <c r="A784">
         <v>783</v>
       </c>
       <c r="B784">
-        <v>10371</v>
+        <v>11102</v>
       </c>
       <c r="C784" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="D784" t="s">
-        <v>581</v>
+        <v>170</v>
       </c>
       <c r="F784">
-        <v>155</v>
+        <v>180</v>
       </c>
       <c r="G784">
-        <v>204</v>
+        <v>242</v>
       </c>
       <c r="H784" t="s">
         <v>22</v>
       </c>
       <c r="I784">
         <v>150</v>
       </c>
       <c r="J784">
         <v>210</v>
       </c>
       <c r="K784">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L784" s="1">
-        <v>36781</v>
+        <v>37159</v>
       </c>
       <c r="M784" s="2">
-        <v>9788573943627</v>
+        <v>9788573949025</v>
       </c>
       <c r="N784" t="s" s="3">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="O784" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P784" t="s">
-        <v>2195</v>
+        <v>36</v>
       </c>
     </row>
     <row r="785">
       <c r="A785">
         <v>784</v>
       </c>
       <c r="B785">
-        <v>30820</v>
+        <v>23524</v>
       </c>
       <c r="C785" t="s">
         <v>2196</v>
       </c>
       <c r="D785" t="s">
-        <v>101</v>
+        <v>2197</v>
       </c>
       <c r="F785">
-        <v>198</v>
+        <v>76</v>
       </c>
       <c r="G785">
-        <v>246</v>
+        <v>94</v>
       </c>
       <c r="H785" t="s">
         <v>22</v>
       </c>
       <c r="I785">
         <v>150</v>
       </c>
       <c r="J785">
         <v>210</v>
       </c>
       <c r="K785">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L785" s="1">
-        <v>45264</v>
+        <v>41848</v>
       </c>
       <c r="M785" s="2">
-        <v>9786526306673</v>
+        <v>9788536247502</v>
       </c>
       <c r="N785" t="s" s="3">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="O785" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P785" t="s">
-        <v>36</v>
+        <v>451</v>
       </c>
     </row>
     <row r="786">
       <c r="A786">
         <v>785</v>
       </c>
       <c r="B786">
-        <v>25207</v>
+        <v>12398</v>
       </c>
       <c r="C786" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="D786" t="s">
-        <v>965</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>331</v>
       </c>
       <c r="F786">
-        <v>170</v>
+        <v>260</v>
       </c>
       <c r="G786">
-        <v>211</v>
+        <v>336</v>
       </c>
       <c r="H786" t="s">
         <v>22</v>
       </c>
       <c r="I786">
         <v>150</v>
       </c>
       <c r="J786">
         <v>210</v>
       </c>
       <c r="K786">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L786" s="1">
-        <v>42674</v>
+        <v>37476</v>
       </c>
       <c r="M786" s="2">
-        <v>9788536263304</v>
+        <v>9788536201580</v>
       </c>
       <c r="N786" t="s" s="3">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="O786" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P786" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="787">
       <c r="A787">
         <v>786</v>
       </c>
       <c r="B787">
+        <v>20134</v>
+      </c>
+      <c r="C787" t="s">
+        <v>2201</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E787" t="s">
+        <v>736</v>
+      </c>
+      <c r="F787">
+        <v>156</v>
+      </c>
+      <c r="G787">
+        <v>208</v>
+      </c>
+      <c r="H787" t="s">
+        <v>22</v>
+      </c>
+      <c r="I787">
+        <v>150</v>
+      </c>
+      <c r="J787">
+        <v>210</v>
+      </c>
+      <c r="K787">
+        <v>9</v>
+      </c>
+      <c r="L787" s="1">
+        <v>39058</v>
+      </c>
+      <c r="M787" s="2">
+        <v>9788536214382</v>
+      </c>
+      <c r="N787" t="s" s="3">
+        <v>2203</v>
+      </c>
+      <c r="O787" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P787" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="788">
+      <c r="A788">
+        <v>787</v>
+      </c>
+      <c r="B788">
+        <v>21025</v>
+      </c>
+      <c r="C788" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2205</v>
+      </c>
+      <c r="F788">
+        <v>146</v>
+      </c>
+      <c r="G788">
+        <v>198</v>
+      </c>
+      <c r="H788" t="s">
+        <v>22</v>
+      </c>
+      <c r="I788">
+        <v>150</v>
+      </c>
+      <c r="J788">
+        <v>210</v>
+      </c>
+      <c r="K788">
+        <v>8</v>
+      </c>
+      <c r="L788" s="1">
+        <v>39863</v>
+      </c>
+      <c r="M788" s="2">
+        <v>9788536222790</v>
+      </c>
+      <c r="N788" t="s" s="3">
+        <v>2206</v>
+      </c>
+      <c r="O788" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P788" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="789">
+      <c r="A789">
+        <v>788</v>
+      </c>
+      <c r="B789">
+        <v>13473</v>
+      </c>
+      <c r="C789" t="s">
+        <v>2207</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F789">
+        <v>154</v>
+      </c>
+      <c r="G789">
+        <v>208</v>
+      </c>
+      <c r="H789" t="s">
+        <v>22</v>
+      </c>
+      <c r="I789">
+        <v>150</v>
+      </c>
+      <c r="J789">
+        <v>210</v>
+      </c>
+      <c r="K789">
+        <v>9</v>
+      </c>
+      <c r="L789" s="1">
+        <v>38890</v>
+      </c>
+      <c r="M789" s="2">
+        <v>9788536212937</v>
+      </c>
+      <c r="N789" t="s" s="3">
+        <v>2209</v>
+      </c>
+      <c r="O789" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P789" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="790">
+      <c r="A790">
+        <v>789</v>
+      </c>
+      <c r="B790">
+        <v>27620</v>
+      </c>
+      <c r="C790" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2211</v>
+      </c>
+      <c r="F790">
+        <v>126</v>
+      </c>
+      <c r="G790">
+        <v>156</v>
+      </c>
+      <c r="H790" t="s">
+        <v>22</v>
+      </c>
+      <c r="I790">
+        <v>150</v>
+      </c>
+      <c r="J790">
+        <v>210</v>
+      </c>
+      <c r="K790">
+        <v>7</v>
+      </c>
+      <c r="L790" s="1">
+        <v>43524</v>
+      </c>
+      <c r="M790" s="2">
+        <v>9788536286167</v>
+      </c>
+      <c r="N790" t="s" s="3">
+        <v>2212</v>
+      </c>
+      <c r="O790" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P790" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="791">
+      <c r="A791">
+        <v>790</v>
+      </c>
+      <c r="B791">
+        <v>10371</v>
+      </c>
+      <c r="C791" t="s">
+        <v>2213</v>
+      </c>
+      <c r="D791" t="s">
+        <v>584</v>
+      </c>
+      <c r="F791">
+        <v>155</v>
+      </c>
+      <c r="G791">
+        <v>204</v>
+      </c>
+      <c r="H791" t="s">
+        <v>22</v>
+      </c>
+      <c r="I791">
+        <v>150</v>
+      </c>
+      <c r="J791">
+        <v>210</v>
+      </c>
+      <c r="K791">
+        <v>9</v>
+      </c>
+      <c r="L791" s="1">
+        <v>36781</v>
+      </c>
+      <c r="M791" s="2">
+        <v>9788573943627</v>
+      </c>
+      <c r="N791" t="s" s="3">
+        <v>2214</v>
+      </c>
+      <c r="O791" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P791" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="792">
+      <c r="A792">
+        <v>791</v>
+      </c>
+      <c r="B792">
+        <v>30820</v>
+      </c>
+      <c r="C792" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D792" t="s">
+        <v>101</v>
+      </c>
+      <c r="F792">
+        <v>198</v>
+      </c>
+      <c r="G792">
+        <v>246</v>
+      </c>
+      <c r="H792" t="s">
+        <v>22</v>
+      </c>
+      <c r="I792">
+        <v>150</v>
+      </c>
+      <c r="J792">
+        <v>210</v>
+      </c>
+      <c r="K792">
+        <v>10</v>
+      </c>
+      <c r="L792" s="1">
+        <v>45264</v>
+      </c>
+      <c r="M792" s="2">
+        <v>9786526306673</v>
+      </c>
+      <c r="N792" t="s" s="3">
+        <v>2217</v>
+      </c>
+      <c r="O792" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P792" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="793">
+      <c r="A793">
+        <v>792</v>
+      </c>
+      <c r="B793">
+        <v>25207</v>
+      </c>
+      <c r="C793" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D793" t="s">
+        <v>970</v>
+      </c>
+      <c r="E793" t="s">
+        <v>96</v>
+      </c>
+      <c r="F793">
+        <v>170</v>
+      </c>
+      <c r="G793">
+        <v>211</v>
+      </c>
+      <c r="H793" t="s">
+        <v>22</v>
+      </c>
+      <c r="I793">
+        <v>150</v>
+      </c>
+      <c r="J793">
+        <v>210</v>
+      </c>
+      <c r="K793">
+        <v>10</v>
+      </c>
+      <c r="L793" s="1">
+        <v>42674</v>
+      </c>
+      <c r="M793" s="2">
+        <v>9788536263304</v>
+      </c>
+      <c r="N793" t="s" s="3">
+        <v>2219</v>
+      </c>
+      <c r="O793" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P793" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="794">
+      <c r="A794">
+        <v>793</v>
+      </c>
+      <c r="B794">
         <v>25679</v>
       </c>
-      <c r="C787" t="inlineStr">
+      <c r="C794" t="inlineStr">
         <is>
           <t>Sócrates - A Coragem da Verdade - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D787" t="s">
-[...2 lines deleted...]
-      <c r="F787">
+      <c r="D794" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F794">
         <v>218</v>
       </c>
-      <c r="G787">
+      <c r="G794">
         <v>142</v>
       </c>
-      <c r="H787" t="s">
-[...2 lines deleted...]
-      <c r="I787">
+      <c r="H794" t="s">
+        <v>22</v>
+      </c>
+      <c r="I794">
         <v>100</v>
       </c>
-      <c r="J787">
+      <c r="J794">
         <v>160</v>
       </c>
-      <c r="K787">
+      <c r="K794">
         <v>12</v>
       </c>
-      <c r="L787" s="1">
+      <c r="L794" s="1">
         <v>42842</v>
       </c>
-      <c r="M787" s="2">
+      <c r="M794" s="2">
         <v>9788536267296</v>
       </c>
-      <c r="N787" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O787" s="4">
+      <c r="N794" t="s" s="3">
+        <v>2221</v>
+      </c>
+      <c r="O794" s="4">
         <v>59.90</v>
       </c>
-      <c r="P787" t="s">
+      <c r="P794" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="788">
-[...3 lines deleted...]
-      <c r="B788">
+    <row r="795">
+      <c r="A795">
+        <v>794</v>
+      </c>
+      <c r="B795">
         <v>27944</v>
       </c>
-      <c r="C788" t="inlineStr">
+      <c r="C795" t="inlineStr">
         <is>
           <t>Socrates - The Courage of Truth - Minibook - Preface by René Ariel Dotti - Great Trials in History Collection - Coordinators: Luiz Eduardo Gunther, Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D788" t="s">
-[...327 lines deleted...]
-      </c>
       <c r="D795" t="s">
         <v>2220</v>
       </c>
       <c r="F795">
-        <v>510</v>
+        <v>234</v>
       </c>
       <c r="G795">
-        <v>632</v>
+        <v>290</v>
       </c>
       <c r="H795" t="s">
         <v>22</v>
       </c>
       <c r="I795">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J795">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K795">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="L795" s="1">
-        <v>36906</v>
+        <v>43675</v>
       </c>
       <c r="M795" s="2">
-        <v>9788573946666</v>
+        <v>9788536290102</v>
       </c>
       <c r="N795" t="s" s="3">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="O795" s="4">
-        <v>209.90</v>
+        <v>59.90</v>
       </c>
       <c r="P795" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="796">
       <c r="A796">
         <v>795</v>
       </c>
       <c r="B796">
-        <v>12408</v>
+        <v>13414</v>
       </c>
       <c r="C796" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="D796" t="s">
-        <v>2086</v>
+        <v>2224</v>
       </c>
       <c r="F796">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="G796">
-        <v>214</v>
+        <v>240</v>
       </c>
       <c r="H796" t="s">
         <v>22</v>
       </c>
       <c r="I796">
         <v>150</v>
       </c>
       <c r="J796">
         <v>210</v>
       </c>
       <c r="K796">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L796" s="1">
-        <v>37516</v>
+        <v>38818</v>
       </c>
       <c r="M796" s="2">
-        <v>9788536201702</v>
+        <v>9788536212333</v>
       </c>
       <c r="N796" t="s" s="3">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="O796" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P796" t="s">
-        <v>366</v>
+        <v>36</v>
       </c>
     </row>
     <row r="797">
       <c r="A797">
         <v>796</v>
       </c>
       <c r="B797">
-        <v>12447</v>
+        <v>27582</v>
       </c>
       <c r="C797" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="D797" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="F797">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="G797">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="H797" t="s">
         <v>22</v>
       </c>
       <c r="I797">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="J797">
-        <v>210</v>
+        <v>300</v>
       </c>
       <c r="K797">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L797" s="1">
-        <v>37566</v>
+        <v>43507</v>
       </c>
       <c r="M797" s="2">
-        <v>9788536203065</v>
+        <v>9788536286426</v>
       </c>
       <c r="N797" t="s" s="3">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="O797" s="4">
-        <v>69.90</v>
+        <v>49.70</v>
       </c>
       <c r="P797" t="s">
-        <v>47</v>
+        <v>397</v>
       </c>
     </row>
     <row r="798">
       <c r="A798">
         <v>797</v>
       </c>
       <c r="B798">
-        <v>30881</v>
+        <v>13362</v>
       </c>
       <c r="C798" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="D798" t="s">
-        <v>2228</v>
+        <v>2079</v>
       </c>
       <c r="F798">
-        <v>228</v>
+        <v>140</v>
       </c>
       <c r="G798">
-        <v>283</v>
+        <v>192</v>
       </c>
       <c r="H798" t="s">
         <v>22</v>
       </c>
       <c r="I798">
         <v>150</v>
       </c>
       <c r="J798">
         <v>210</v>
       </c>
       <c r="K798">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L798" s="1">
-        <v>45309</v>
+        <v>38763</v>
       </c>
       <c r="M798" s="2">
-        <v>9786526310922</v>
+        <v>9788536211701</v>
       </c>
       <c r="N798" t="s" s="3">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="O798" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P798" t="s">
-        <v>57</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="799">
       <c r="A799">
         <v>798</v>
       </c>
       <c r="B799">
-        <v>24586</v>
+        <v>22676</v>
       </c>
       <c r="C799" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="D799" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="F799">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="G799">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="H799" t="s">
         <v>22</v>
       </c>
       <c r="I799">
         <v>150</v>
       </c>
       <c r="J799">
         <v>210</v>
       </c>
       <c r="K799">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L799" s="1">
-        <v>42488</v>
+        <v>41095</v>
       </c>
       <c r="M799" s="2">
-        <v>9788536257419</v>
+        <v>9788536238395</v>
       </c>
       <c r="N799" t="s" s="3">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="O799" s="4">
         <v>79.90</v>
       </c>
       <c r="P799" t="s">
-        <v>47</v>
+        <v>314</v>
       </c>
     </row>
     <row r="800">
       <c r="A800">
         <v>799</v>
       </c>
       <c r="B800">
-        <v>23798</v>
+        <v>20732</v>
       </c>
       <c r="C800" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="D800" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="F800">
-        <v>312</v>
+        <v>220</v>
       </c>
       <c r="G800">
-        <v>387</v>
+        <v>280</v>
       </c>
       <c r="H800" t="s">
         <v>22</v>
       </c>
       <c r="I800">
         <v>150</v>
       </c>
       <c r="J800">
         <v>210</v>
       </c>
       <c r="K800">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="L800" s="1">
-        <v>42047</v>
+        <v>39616</v>
       </c>
       <c r="M800" s="2">
-        <v>9788536250175</v>
+        <v>9788536220499</v>
       </c>
       <c r="N800" t="s" s="3">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="O800" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P800" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="801">
       <c r="A801">
         <v>800</v>
       </c>
       <c r="B801">
-        <v>22950</v>
+        <v>21255</v>
       </c>
       <c r="C801" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="D801" t="s">
-        <v>2237</v>
+        <v>2235</v>
       </c>
       <c r="F801">
-        <v>230</v>
+        <v>208</v>
       </c>
       <c r="G801">
-        <v>290</v>
+        <v>256</v>
       </c>
       <c r="H801" t="s">
         <v>22</v>
       </c>
       <c r="I801">
         <v>150</v>
       </c>
       <c r="J801">
         <v>210</v>
       </c>
       <c r="K801">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L801" s="1">
-        <v>41339</v>
+        <v>40043</v>
       </c>
       <c r="M801" s="2">
-        <v>9788536241333</v>
+        <v>9788536225821</v>
       </c>
       <c r="N801" t="s" s="3">
         <v>2238</v>
       </c>
       <c r="O801" s="4">
-        <v>97.70</v>
+        <v>109.90</v>
       </c>
       <c r="P801" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="802">
       <c r="A802">
         <v>801</v>
       </c>
       <c r="B802">
-        <v>28522</v>
+        <v>10972</v>
       </c>
       <c r="C802" t="s">
         <v>2239</v>
       </c>
       <c r="D802" t="s">
         <v>2240</v>
       </c>
       <c r="F802">
-        <v>274</v>
+        <v>510</v>
       </c>
       <c r="G802">
-        <v>340</v>
+        <v>632</v>
       </c>
       <c r="H802" t="s">
         <v>22</v>
       </c>
       <c r="I802">
         <v>150</v>
       </c>
       <c r="J802">
         <v>210</v>
       </c>
       <c r="K802">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="L802" s="1">
-        <v>43979</v>
+        <v>36906</v>
       </c>
       <c r="M802" s="2">
-        <v>9786556050393</v>
+        <v>9788573946666</v>
       </c>
       <c r="N802" t="s" s="3">
         <v>2241</v>
       </c>
       <c r="O802" s="4">
-        <v>129.90</v>
+        <v>209.90</v>
       </c>
       <c r="P802" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="803">
       <c r="A803">
         <v>802</v>
       </c>
       <c r="B803">
-        <v>24881</v>
+        <v>12408</v>
       </c>
       <c r="C803" t="s">
         <v>2242</v>
       </c>
       <c r="D803" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F803">
+        <v>154</v>
+      </c>
+      <c r="G803">
+        <v>214</v>
+      </c>
+      <c r="H803" t="s">
+        <v>22</v>
+      </c>
+      <c r="I803">
+        <v>150</v>
+      </c>
+      <c r="J803">
+        <v>210</v>
+      </c>
+      <c r="K803">
+        <v>9</v>
+      </c>
+      <c r="L803" s="1">
+        <v>37516</v>
+      </c>
+      <c r="M803" s="2">
+        <v>9788536201702</v>
+      </c>
+      <c r="N803" t="s" s="3">
         <v>2243</v>
       </c>
-      <c r="F803">
-[...25 lines deleted...]
-      </c>
       <c r="O803" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P803" t="s">
-        <v>47</v>
+        <v>366</v>
       </c>
     </row>
     <row r="804">
       <c r="A804">
         <v>803</v>
       </c>
       <c r="B804">
+        <v>12447</v>
+      </c>
+      <c r="C804" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F804">
+        <v>88</v>
+      </c>
+      <c r="G804">
+        <v>128</v>
+      </c>
+      <c r="H804" t="s">
+        <v>22</v>
+      </c>
+      <c r="I804">
+        <v>150</v>
+      </c>
+      <c r="J804">
+        <v>210</v>
+      </c>
+      <c r="K804">
+        <v>6</v>
+      </c>
+      <c r="L804" s="1">
+        <v>37566</v>
+      </c>
+      <c r="M804" s="2">
+        <v>9788536203065</v>
+      </c>
+      <c r="N804" t="s" s="3">
+        <v>2246</v>
+      </c>
+      <c r="O804" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P804" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="805">
+      <c r="A805">
+        <v>804</v>
+      </c>
+      <c r="B805">
+        <v>30881</v>
+      </c>
+      <c r="C805" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2248</v>
+      </c>
+      <c r="F805">
+        <v>228</v>
+      </c>
+      <c r="G805">
+        <v>283</v>
+      </c>
+      <c r="H805" t="s">
+        <v>22</v>
+      </c>
+      <c r="I805">
+        <v>150</v>
+      </c>
+      <c r="J805">
+        <v>210</v>
+      </c>
+      <c r="K805">
+        <v>11</v>
+      </c>
+      <c r="L805" s="1">
+        <v>45309</v>
+      </c>
+      <c r="M805" s="2">
+        <v>9786526310922</v>
+      </c>
+      <c r="N805" t="s" s="3">
+        <v>2249</v>
+      </c>
+      <c r="O805" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P805" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="806">
+      <c r="A806">
+        <v>805</v>
+      </c>
+      <c r="B806">
+        <v>24586</v>
+      </c>
+      <c r="C806" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D806" t="s">
+        <v>2251</v>
+      </c>
+      <c r="F806">
+        <v>120</v>
+      </c>
+      <c r="G806">
+        <v>149</v>
+      </c>
+      <c r="H806" t="s">
+        <v>22</v>
+      </c>
+      <c r="I806">
+        <v>150</v>
+      </c>
+      <c r="J806">
+        <v>210</v>
+      </c>
+      <c r="K806">
+        <v>7</v>
+      </c>
+      <c r="L806" s="1">
+        <v>42488</v>
+      </c>
+      <c r="M806" s="2">
+        <v>9788536257419</v>
+      </c>
+      <c r="N806" t="s" s="3">
+        <v>2252</v>
+      </c>
+      <c r="O806" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P806" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="807">
+      <c r="A807">
+        <v>806</v>
+      </c>
+      <c r="B807">
+        <v>23798</v>
+      </c>
+      <c r="C807" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D807" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F807">
+        <v>312</v>
+      </c>
+      <c r="G807">
+        <v>387</v>
+      </c>
+      <c r="H807" t="s">
+        <v>22</v>
+      </c>
+      <c r="I807">
+        <v>150</v>
+      </c>
+      <c r="J807">
+        <v>210</v>
+      </c>
+      <c r="K807">
+        <v>16</v>
+      </c>
+      <c r="L807" s="1">
+        <v>42047</v>
+      </c>
+      <c r="M807" s="2">
+        <v>9788536250175</v>
+      </c>
+      <c r="N807" t="s" s="3">
+        <v>2255</v>
+      </c>
+      <c r="O807" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P807" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="808">
+      <c r="A808">
+        <v>807</v>
+      </c>
+      <c r="B808">
+        <v>22950</v>
+      </c>
+      <c r="C808" t="s">
+        <v>2256</v>
+      </c>
+      <c r="D808" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F808">
+        <v>230</v>
+      </c>
+      <c r="G808">
+        <v>290</v>
+      </c>
+      <c r="H808" t="s">
+        <v>22</v>
+      </c>
+      <c r="I808">
+        <v>150</v>
+      </c>
+      <c r="J808">
+        <v>210</v>
+      </c>
+      <c r="K808">
+        <v>12</v>
+      </c>
+      <c r="L808" s="1">
+        <v>41339</v>
+      </c>
+      <c r="M808" s="2">
+        <v>9788536241333</v>
+      </c>
+      <c r="N808" t="s" s="3">
+        <v>2258</v>
+      </c>
+      <c r="O808" s="4">
+        <v>97.70</v>
+      </c>
+      <c r="P808" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="809">
+      <c r="A809">
+        <v>808</v>
+      </c>
+      <c r="B809">
+        <v>28522</v>
+      </c>
+      <c r="C809" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D809" t="s">
+        <v>2260</v>
+      </c>
+      <c r="F809">
+        <v>274</v>
+      </c>
+      <c r="G809">
+        <v>340</v>
+      </c>
+      <c r="H809" t="s">
+        <v>22</v>
+      </c>
+      <c r="I809">
+        <v>150</v>
+      </c>
+      <c r="J809">
+        <v>210</v>
+      </c>
+      <c r="K809">
+        <v>14</v>
+      </c>
+      <c r="L809" s="1">
+        <v>43979</v>
+      </c>
+      <c r="M809" s="2">
+        <v>9786556050393</v>
+      </c>
+      <c r="N809" t="s" s="3">
+        <v>2261</v>
+      </c>
+      <c r="O809" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P809" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="810">
+      <c r="A810">
+        <v>809</v>
+      </c>
+      <c r="B810">
+        <v>24881</v>
+      </c>
+      <c r="C810" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2263</v>
+      </c>
+      <c r="F810">
+        <v>246</v>
+      </c>
+      <c r="G810">
+        <v>305</v>
+      </c>
+      <c r="H810" t="s">
+        <v>22</v>
+      </c>
+      <c r="I810">
+        <v>150</v>
+      </c>
+      <c r="J810">
+        <v>210</v>
+      </c>
+      <c r="K810">
+        <v>13</v>
+      </c>
+      <c r="L810" s="1">
+        <v>42583</v>
+      </c>
+      <c r="M810" s="2">
+        <v>9788536260228</v>
+      </c>
+      <c r="N810" t="s" s="3">
+        <v>2264</v>
+      </c>
+      <c r="O810" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P810" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="811">
+      <c r="A811">
+        <v>810</v>
+      </c>
+      <c r="B811">
         <v>30954</v>
       </c>
-      <c r="C804" t="inlineStr">
+      <c r="C811" t="inlineStr">
         <is>
           <t>Tabus Sobre a Maternidade Atípica e Identidade de Gênero - Nem Tudo é o que Parece! - Estratégias e Experiências de como Lidar com Transtornos de Personalidade, Transtornos do Neurodesenvolvimento e Disforia de Gênero</t>
         </is>
       </c>
-      <c r="D804" t="s">
-[...2 lines deleted...]
-      <c r="F804">
+      <c r="D811" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F811">
         <v>70</v>
       </c>
-      <c r="G804">
+      <c r="G811">
         <v>87</v>
       </c>
-      <c r="H804" t="s">
-[...8 lines deleted...]
-      <c r="K804">
+      <c r="H811" t="s">
+        <v>22</v>
+      </c>
+      <c r="I811">
+        <v>150</v>
+      </c>
+      <c r="J811">
+        <v>210</v>
+      </c>
+      <c r="K811">
         <v>4</v>
       </c>
-      <c r="L804" s="1">
+      <c r="L811" s="1">
         <v>45359</v>
       </c>
-      <c r="M804" s="2">
+      <c r="M811" s="2">
         <v>9786526310199</v>
       </c>
-      <c r="N804" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O804" s="4">
+      <c r="N811" t="s" s="3">
+        <v>2266</v>
+      </c>
+      <c r="O811" s="4">
         <v>69.90</v>
       </c>
-      <c r="P804" t="s">
+      <c r="P811" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="805">
-[...3 lines deleted...]
-      <c r="B805">
+    <row r="812">
+      <c r="A812">
+        <v>811</v>
+      </c>
+      <c r="B812">
         <v>29714</v>
       </c>
-      <c r="C805" t="s">
-[...5 lines deleted...]
-      <c r="F805">
+      <c r="C812" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2268</v>
+      </c>
+      <c r="F812">
         <v>18</v>
       </c>
-      <c r="G805">
+      <c r="G812">
         <v>113</v>
       </c>
-      <c r="H805" t="s">
-[...8 lines deleted...]
-      <c r="K805">
+      <c r="H812" t="s">
+        <v>22</v>
+      </c>
+      <c r="I812">
+        <v>150</v>
+      </c>
+      <c r="J812">
+        <v>210</v>
+      </c>
+      <c r="K812">
         <v>2</v>
       </c>
-      <c r="L805" s="1">
+      <c r="L812" s="1">
         <v>44697</v>
       </c>
-      <c r="M805" s="2">
+      <c r="M812" s="2">
         <v>9788536297224</v>
       </c>
-      <c r="N805" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O805" s="4">
+      <c r="N812" t="s" s="3">
+        <v>2269</v>
+      </c>
+      <c r="O812" s="4">
         <v>44.70</v>
       </c>
-      <c r="P805" t="s">
+      <c r="P812" t="s">
         <v>397</v>
       </c>
     </row>
-    <row r="806">
-[...3 lines deleted...]
-      <c r="B806">
+    <row r="813">
+      <c r="A813">
+        <v>812</v>
+      </c>
+      <c r="B813">
         <v>25299</v>
       </c>
-      <c r="C806" t="s">
-[...5 lines deleted...]
-      <c r="F806">
+      <c r="C813" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F813">
         <v>262</v>
       </c>
-      <c r="G806">
+      <c r="G813">
         <v>325</v>
       </c>
-      <c r="H806" t="s">
-[...8 lines deleted...]
-      <c r="K806">
+      <c r="H813" t="s">
+        <v>22</v>
+      </c>
+      <c r="I813">
+        <v>150</v>
+      </c>
+      <c r="J813">
+        <v>210</v>
+      </c>
+      <c r="K813">
         <v>14</v>
       </c>
-      <c r="L806" s="1">
+      <c r="L813" s="1">
         <v>42705</v>
       </c>
-      <c r="M806" s="2">
+      <c r="M813" s="2">
         <v>9788536264325</v>
       </c>
-      <c r="N806" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O806" s="4">
+      <c r="N813" t="s" s="3">
+        <v>2272</v>
+      </c>
+      <c r="O813" s="4">
         <v>129.90</v>
       </c>
-      <c r="P806" t="s">
-[...7 lines deleted...]
-      <c r="B807">
+      <c r="P813" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814">
+        <v>813</v>
+      </c>
+      <c r="B814">
         <v>22050</v>
       </c>
-      <c r="C807" t="s">
-[...5 lines deleted...]
-      <c r="F807">
+      <c r="C814" t="s">
+        <v>2274</v>
+      </c>
+      <c r="D814" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F814">
         <v>180</v>
       </c>
-      <c r="G807">
+      <c r="G814">
         <v>207</v>
       </c>
-      <c r="H807" t="s">
-[...8 lines deleted...]
-      <c r="K807">
+      <c r="H814" t="s">
+        <v>22</v>
+      </c>
+      <c r="I814">
+        <v>150</v>
+      </c>
+      <c r="J814">
+        <v>210</v>
+      </c>
+      <c r="K814">
         <v>10</v>
       </c>
-      <c r="L807" s="1">
+      <c r="L814" s="1">
         <v>40480</v>
       </c>
-      <c r="M807" s="2">
+      <c r="M814" s="2">
         <v>9788536231693</v>
       </c>
-      <c r="N807" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O807" s="4">
+      <c r="N814" t="s" s="3">
+        <v>2275</v>
+      </c>
+      <c r="O814" s="4">
         <v>99.90</v>
       </c>
-      <c r="P807" t="s">
+      <c r="P814" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="808">
-[...3 lines deleted...]
-      <c r="B808">
+    <row r="815">
+      <c r="A815">
+        <v>814</v>
+      </c>
+      <c r="B815">
         <v>29124</v>
       </c>
-      <c r="C808" t="inlineStr">
+      <c r="C815" t="inlineStr">
         <is>
           <t>Templários, Os - Os Pobres Cavaleiros de Cristo - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D808" t="s">
-[...2 lines deleted...]
-      <c r="F808">
+      <c r="D815" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F815">
         <v>146</v>
       </c>
-      <c r="G808">
+      <c r="G815">
         <v>181</v>
       </c>
-      <c r="H808" t="s">
-[...2 lines deleted...]
-      <c r="I808">
+      <c r="H815" t="s">
+        <v>22</v>
+      </c>
+      <c r="I815">
         <v>160</v>
       </c>
-      <c r="J808">
+      <c r="J815">
         <v>100</v>
       </c>
-      <c r="K808">
+      <c r="K815">
         <v>7</v>
       </c>
-      <c r="L808" s="1">
+      <c r="L815" s="1">
         <v>44371</v>
       </c>
-      <c r="M808" s="2">
+      <c r="M815" s="2">
         <v>9786556056562</v>
       </c>
-      <c r="N808" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O808" s="4">
+      <c r="N815" t="s" s="3">
+        <v>2276</v>
+      </c>
+      <c r="O815" s="4">
         <v>49.90</v>
       </c>
-      <c r="P808" t="s">
+      <c r="P815" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="809">
-[...3 lines deleted...]
-      <c r="B809">
+    <row r="816">
+      <c r="A816">
+        <v>815</v>
+      </c>
+      <c r="B816">
         <v>20016</v>
       </c>
-      <c r="C809" t="s">
-[...5 lines deleted...]
-      <c r="F809">
+      <c r="C816" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D816" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F816">
         <v>114</v>
       </c>
-      <c r="G809">
+      <c r="G816">
         <v>157</v>
       </c>
-      <c r="H809" t="s">
-[...8 lines deleted...]
-      <c r="K809">
+      <c r="H816" t="s">
+        <v>22</v>
+      </c>
+      <c r="I816">
+        <v>150</v>
+      </c>
+      <c r="J816">
+        <v>210</v>
+      </c>
+      <c r="K816">
         <v>7</v>
       </c>
-      <c r="L809" s="1">
+      <c r="L816" s="1">
         <v>38926</v>
       </c>
-      <c r="M809" s="2">
+      <c r="M816" s="2">
         <v>9788536213330</v>
       </c>
-      <c r="N809" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O809" s="4">
+      <c r="N816" t="s" s="3">
+        <v>2278</v>
+      </c>
+      <c r="O816" s="4">
         <v>69.90</v>
       </c>
-      <c r="P809" t="s">
+      <c r="P816" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="810">
-[...3 lines deleted...]
-      <c r="B810">
+    <row r="817">
+      <c r="A817">
+        <v>816</v>
+      </c>
+      <c r="B817">
         <v>13069</v>
       </c>
-      <c r="C810" t="s">
-[...5 lines deleted...]
-      <c r="F810">
+      <c r="C817" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2280</v>
+      </c>
+      <c r="F817">
         <v>90</v>
       </c>
-      <c r="G810">
+      <c r="G817">
         <v>132</v>
       </c>
-      <c r="H810" t="s">
-[...8 lines deleted...]
-      <c r="K810">
+      <c r="H817" t="s">
+        <v>22</v>
+      </c>
+      <c r="I817">
+        <v>150</v>
+      </c>
+      <c r="J817">
+        <v>210</v>
+      </c>
+      <c r="K817">
         <v>6</v>
       </c>
-      <c r="L810" s="1">
+      <c r="L817" s="1">
         <v>38337</v>
       </c>
-      <c r="M810" s="2">
+      <c r="M817" s="2">
         <v>9788536208763</v>
       </c>
-      <c r="N810" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O810" s="4">
+      <c r="N817" t="s" s="3">
+        <v>2281</v>
+      </c>
+      <c r="O817" s="4">
         <v>69.90</v>
       </c>
-      <c r="P810" t="s">
+      <c r="P817" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="811">
-[...3 lines deleted...]
-      <c r="B811">
+    <row r="818">
+      <c r="A818">
+        <v>817</v>
+      </c>
+      <c r="B818">
         <v>28231</v>
       </c>
-      <c r="C811" t="s">
-[...2 lines deleted...]
-      <c r="D811" t="s">
+      <c r="C818" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D818" t="s">
         <v>406</v>
       </c>
-      <c r="F811">
+      <c r="F818">
         <v>206</v>
       </c>
-      <c r="G811">
+      <c r="G818">
         <v>255</v>
       </c>
-      <c r="H811" t="s">
-[...8 lines deleted...]
-      <c r="K811">
+      <c r="H818" t="s">
+        <v>22</v>
+      </c>
+      <c r="I818">
+        <v>150</v>
+      </c>
+      <c r="J818">
+        <v>210</v>
+      </c>
+      <c r="K818">
         <v>11</v>
       </c>
-      <c r="L811" s="1">
+      <c r="L818" s="1">
         <v>43843</v>
       </c>
-      <c r="M811" s="2">
+      <c r="M818" s="2">
         <v>9788536292205</v>
       </c>
-      <c r="N811" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O811" s="4">
+      <c r="N818" t="s" s="3">
+        <v>2283</v>
+      </c>
+      <c r="O818" s="4">
         <v>109.90</v>
       </c>
-      <c r="P811" t="s">
+      <c r="P818" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="812">
-[...3 lines deleted...]
-      <c r="B812">
+    <row r="819">
+      <c r="A819">
+        <v>818</v>
+      </c>
+      <c r="B819">
+        <v>31883</v>
+      </c>
+      <c r="C819" t="s">
+        <v>2284</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2285</v>
+      </c>
+      <c r="F819">
+        <v>216</v>
+      </c>
+      <c r="G819">
+        <v>279</v>
+      </c>
+      <c r="H819" t="s">
+        <v>22</v>
+      </c>
+      <c r="I819">
+        <v>150</v>
+      </c>
+      <c r="J819">
+        <v>210</v>
+      </c>
+      <c r="K819">
+        <v>11</v>
+      </c>
+      <c r="L819" s="1">
+        <v>45971</v>
+      </c>
+      <c r="M819" s="2">
+        <v>9786526316474</v>
+      </c>
+      <c r="N819" t="s" s="3">
+        <v>2286</v>
+      </c>
+      <c r="O819" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P819" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="820">
+      <c r="A820">
+        <v>819</v>
+      </c>
+      <c r="B820">
         <v>24949</v>
       </c>
-      <c r="C812" t="s">
-[...5 lines deleted...]
-      <c r="F812">
+      <c r="C820" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D820" t="s">
+        <v>2288</v>
+      </c>
+      <c r="F820">
         <v>120</v>
       </c>
-      <c r="G812">
+      <c r="G820">
         <v>149</v>
       </c>
-      <c r="H812" t="s">
-[...8 lines deleted...]
-      <c r="K812">
+      <c r="H820" t="s">
+        <v>22</v>
+      </c>
+      <c r="I820">
+        <v>150</v>
+      </c>
+      <c r="J820">
+        <v>210</v>
+      </c>
+      <c r="K820">
         <v>7</v>
       </c>
-      <c r="L812" s="1">
+      <c r="L820" s="1">
         <v>42599</v>
       </c>
-      <c r="M812" s="2">
+      <c r="M820" s="2">
         <v>9788536260853</v>
       </c>
-      <c r="N812" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O812" s="4">
+      <c r="N820" t="s" s="3">
+        <v>2289</v>
+      </c>
+      <c r="O820" s="4">
         <v>69.90</v>
       </c>
-      <c r="P812" t="s">
+      <c r="P820" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="813">
-[...3 lines deleted...]
-      <c r="B813">
+    <row r="821">
+      <c r="A821">
+        <v>820</v>
+      </c>
+      <c r="B821">
         <v>25675</v>
       </c>
-      <c r="C813" t="inlineStr">
+      <c r="C821" t="inlineStr">
         <is>
           <t>Thomas More - Resistência ao Juramento e Novos Paradigmas Utópicos - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D813" t="s">
-[...2 lines deleted...]
-      <c r="F813">
+      <c r="D821" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F821">
         <v>176</v>
       </c>
-      <c r="G813">
+      <c r="G821">
         <v>115</v>
       </c>
-      <c r="H813" t="s">
-[...2 lines deleted...]
-      <c r="I813">
+      <c r="H821" t="s">
+        <v>22</v>
+      </c>
+      <c r="I821">
         <v>100</v>
       </c>
-      <c r="J813">
+      <c r="J821">
         <v>160</v>
       </c>
-      <c r="K813">
+      <c r="K821">
         <v>10</v>
       </c>
-      <c r="L813" s="1">
+      <c r="L821" s="1">
         <v>42842</v>
       </c>
-      <c r="M813" s="2">
+      <c r="M821" s="2">
         <v>9788536267289</v>
       </c>
-      <c r="N813" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O813" s="4">
+      <c r="N821" t="s" s="3">
+        <v>2291</v>
+      </c>
+      <c r="O821" s="4">
         <v>49.90</v>
       </c>
-      <c r="P813" t="s">
+      <c r="P821" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="814">
-[...3 lines deleted...]
-      <c r="B814">
+    <row r="822">
+      <c r="A822">
+        <v>821</v>
+      </c>
+      <c r="B822">
         <v>25745</v>
       </c>
-      <c r="C814" t="inlineStr">
+      <c r="C822" t="inlineStr">
         <is>
           <t>Tiradentes - Conjuração Mineira e Aspectos Tributários no Brasil Colônia do Fim do Século XVIII - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D814" t="s">
-[...2 lines deleted...]
-      <c r="F814">
+      <c r="D822" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F822">
         <v>172</v>
       </c>
-      <c r="G814">
+      <c r="G822">
         <v>112</v>
       </c>
-      <c r="H814" t="s">
-[...2 lines deleted...]
-      <c r="I814">
+      <c r="H822" t="s">
+        <v>22</v>
+      </c>
+      <c r="I822">
         <v>100</v>
       </c>
-      <c r="J814">
+      <c r="J822">
         <v>160</v>
       </c>
-      <c r="K814">
+      <c r="K822">
         <v>10</v>
       </c>
-      <c r="L814" s="1">
+      <c r="L822" s="1">
         <v>42871</v>
       </c>
-      <c r="M814" s="2">
+      <c r="M822" s="2">
         <v>9788536268354</v>
       </c>
-      <c r="N814" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O814" s="4">
+      <c r="N822" t="s" s="3">
+        <v>2293</v>
+      </c>
+      <c r="O822" s="4">
         <v>49.90</v>
       </c>
-      <c r="P814" t="s">
+      <c r="P822" t="s">
         <v>297</v>
-      </c>
-[...377 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="823">
       <c r="A823">
         <v>822</v>
       </c>
       <c r="B823">
-        <v>27962</v>
+        <v>26799</v>
       </c>
       <c r="C823" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="D823" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="F823">
-        <v>114</v>
+        <v>276</v>
       </c>
       <c r="G823">
-        <v>142</v>
+        <v>342</v>
       </c>
       <c r="H823" t="s">
         <v>22</v>
       </c>
       <c r="I823">
         <v>150</v>
       </c>
       <c r="J823">
         <v>210</v>
       </c>
       <c r="K823">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="L823" s="1">
-        <v>43684</v>
+        <v>43223</v>
       </c>
       <c r="M823" s="2">
-        <v>9788536289502</v>
+        <v>9788536278810</v>
       </c>
       <c r="N823" t="s" s="3">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="O823" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P823" t="s">
-        <v>47</v>
+        <v>297</v>
       </c>
     </row>
     <row r="824">
       <c r="A824">
         <v>823</v>
       </c>
       <c r="B824">
-        <v>22638</v>
+        <v>11086</v>
       </c>
       <c r="C824" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="D824" t="s">
-        <v>2297</v>
+        <v>2298</v>
+      </c>
+      <c r="E824" t="s">
+        <v>34</v>
       </c>
       <c r="F824">
-        <v>238</v>
+        <v>266</v>
       </c>
       <c r="G824">
-        <v>397</v>
+        <v>338</v>
       </c>
       <c r="H824" t="s">
         <v>22</v>
       </c>
       <c r="I824">
         <v>150</v>
       </c>
       <c r="J824">
         <v>210</v>
       </c>
       <c r="K824">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L824" s="1">
-        <v>41059</v>
+        <v>37078</v>
       </c>
       <c r="M824" s="2">
-        <v>9788536237954</v>
-[...2 lines deleted...]
-        <v>2298</v>
+        <v>9788573944655</v>
+      </c>
+      <c r="N824" t="s">
+        <v>2299</v>
       </c>
       <c r="O824" s="4">
         <v>119.90</v>
       </c>
       <c r="P824" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="825">
       <c r="A825">
         <v>824</v>
       </c>
       <c r="B825">
-        <v>31442</v>
+        <v>21750</v>
       </c>
       <c r="C825" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="D825" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="F825">
-        <v>152</v>
+        <v>278</v>
       </c>
       <c r="G825">
-        <v>189</v>
+        <v>355</v>
       </c>
       <c r="H825" t="s">
         <v>22</v>
       </c>
       <c r="I825">
         <v>150</v>
       </c>
       <c r="J825">
         <v>210</v>
       </c>
       <c r="K825">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L825" s="1">
-        <v>45694</v>
+        <v>40303</v>
       </c>
       <c r="M825" s="2">
-        <v>9786526311790</v>
+        <v>9788536229768</v>
       </c>
       <c r="N825" t="s" s="3">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="O825" s="4">
-        <v>59.90</v>
+        <v>129.90</v>
       </c>
       <c r="P825" t="s">
-        <v>329</v>
+        <v>19</v>
       </c>
     </row>
     <row r="826">
       <c r="A826">
         <v>825</v>
       </c>
       <c r="B826">
-        <v>31553</v>
+        <v>12272</v>
       </c>
       <c r="C826" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="D826" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="F826">
-        <v>194</v>
+        <v>162</v>
       </c>
       <c r="G826">
-        <v>271</v>
+        <v>224</v>
       </c>
       <c r="H826" t="s">
         <v>22</v>
       </c>
       <c r="I826">
         <v>150</v>
       </c>
       <c r="J826">
         <v>210</v>
       </c>
       <c r="K826">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L826" s="1">
-        <v>45770</v>
+        <v>37242</v>
       </c>
       <c r="M826" s="2">
-        <v>9786526314715</v>
+        <v>9788573946970</v>
       </c>
       <c r="N826" t="s" s="3">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="O826" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P826" t="s">
-        <v>329</v>
+        <v>28</v>
       </c>
     </row>
     <row r="827">
       <c r="A827">
         <v>826</v>
       </c>
       <c r="B827">
-        <v>31701</v>
+        <v>21551</v>
       </c>
       <c r="C827" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="D827" t="s">
-        <v>2300</v>
+        <v>886</v>
       </c>
       <c r="F827">
-        <v>166</v>
+        <v>218</v>
       </c>
       <c r="G827">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="H827" t="s">
         <v>22</v>
       </c>
       <c r="I827">
         <v>150</v>
       </c>
       <c r="J827">
         <v>210</v>
       </c>
       <c r="K827">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L827" s="1">
-        <v>45868</v>
+        <v>40227</v>
       </c>
       <c r="M827" s="2">
-        <v>9786526318430</v>
+        <v>9788536228501</v>
       </c>
       <c r="N827" t="s" s="3">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="O827" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P827" t="s">
-        <v>329</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="828">
       <c r="A828">
         <v>827</v>
       </c>
       <c r="B828">
+        <v>20965</v>
+      </c>
+      <c r="C828" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D828" t="s">
+        <v>316</v>
+      </c>
+      <c r="F828">
+        <v>138</v>
+      </c>
+      <c r="G828">
+        <v>190</v>
+      </c>
+      <c r="H828" t="s">
+        <v>22</v>
+      </c>
+      <c r="I828">
+        <v>150</v>
+      </c>
+      <c r="J828">
+        <v>210</v>
+      </c>
+      <c r="K828">
+        <v>8</v>
+      </c>
+      <c r="L828" s="1">
+        <v>39799</v>
+      </c>
+      <c r="M828" s="2">
+        <v>9788536223131</v>
+      </c>
+      <c r="N828" t="s" s="3">
+        <v>2309</v>
+      </c>
+      <c r="O828" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P828" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="829">
+      <c r="A829">
+        <v>828</v>
+      </c>
+      <c r="B829">
+        <v>12715</v>
+      </c>
+      <c r="C829" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2311</v>
+      </c>
+      <c r="F829">
+        <v>98</v>
+      </c>
+      <c r="G829">
+        <v>152</v>
+      </c>
+      <c r="H829" t="s">
+        <v>22</v>
+      </c>
+      <c r="I829">
+        <v>150</v>
+      </c>
+      <c r="J829">
+        <v>210</v>
+      </c>
+      <c r="K829">
+        <v>6</v>
+      </c>
+      <c r="L829" s="1">
+        <v>37999</v>
+      </c>
+      <c r="M829" s="2">
+        <v>9788536206103</v>
+      </c>
+      <c r="N829" t="s" s="3">
+        <v>2312</v>
+      </c>
+      <c r="O829" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P829" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="830">
+      <c r="A830">
+        <v>829</v>
+      </c>
+      <c r="B830">
+        <v>21912</v>
+      </c>
+      <c r="C830" t="s">
+        <v>2313</v>
+      </c>
+      <c r="D830" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F830">
+        <v>312</v>
+      </c>
+      <c r="G830">
+        <v>575</v>
+      </c>
+      <c r="H830" t="s">
+        <v>22</v>
+      </c>
+      <c r="I830">
+        <v>150</v>
+      </c>
+      <c r="J830">
+        <v>210</v>
+      </c>
+      <c r="K830">
+        <v>16</v>
+      </c>
+      <c r="L830" s="1">
+        <v>40423</v>
+      </c>
+      <c r="M830" s="2">
+        <v>9788536230955</v>
+      </c>
+      <c r="N830" t="s" s="3">
+        <v>2315</v>
+      </c>
+      <c r="O830" s="4">
+        <v>139.90</v>
+      </c>
+      <c r="P830" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="831">
+      <c r="A831">
+        <v>830</v>
+      </c>
+      <c r="B831">
+        <v>27962</v>
+      </c>
+      <c r="C831" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D831" t="s">
+        <v>2317</v>
+      </c>
+      <c r="F831">
+        <v>114</v>
+      </c>
+      <c r="G831">
+        <v>142</v>
+      </c>
+      <c r="H831" t="s">
+        <v>22</v>
+      </c>
+      <c r="I831">
+        <v>150</v>
+      </c>
+      <c r="J831">
+        <v>210</v>
+      </c>
+      <c r="K831">
+        <v>7</v>
+      </c>
+      <c r="L831" s="1">
+        <v>43684</v>
+      </c>
+      <c r="M831" s="2">
+        <v>9788536289502</v>
+      </c>
+      <c r="N831" t="s" s="3">
+        <v>2318</v>
+      </c>
+      <c r="O831" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P831" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="832">
+      <c r="A832">
+        <v>831</v>
+      </c>
+      <c r="B832">
+        <v>22638</v>
+      </c>
+      <c r="C832" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D832" t="s">
+        <v>2320</v>
+      </c>
+      <c r="F832">
+        <v>238</v>
+      </c>
+      <c r="G832">
+        <v>397</v>
+      </c>
+      <c r="H832" t="s">
+        <v>22</v>
+      </c>
+      <c r="I832">
+        <v>150</v>
+      </c>
+      <c r="J832">
+        <v>210</v>
+      </c>
+      <c r="K832">
+        <v>13</v>
+      </c>
+      <c r="L832" s="1">
+        <v>41059</v>
+      </c>
+      <c r="M832" s="2">
+        <v>9788536237954</v>
+      </c>
+      <c r="N832" t="s" s="3">
+        <v>2321</v>
+      </c>
+      <c r="O832" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P832" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="833">
+      <c r="A833">
+        <v>832</v>
+      </c>
+      <c r="B833">
+        <v>31442</v>
+      </c>
+      <c r="C833" t="s">
+        <v>2322</v>
+      </c>
+      <c r="D833" t="s">
+        <v>2323</v>
+      </c>
+      <c r="F833">
+        <v>152</v>
+      </c>
+      <c r="G833">
+        <v>189</v>
+      </c>
+      <c r="H833" t="s">
+        <v>22</v>
+      </c>
+      <c r="I833">
+        <v>150</v>
+      </c>
+      <c r="J833">
+        <v>210</v>
+      </c>
+      <c r="K833">
+        <v>8</v>
+      </c>
+      <c r="L833" s="1">
+        <v>45694</v>
+      </c>
+      <c r="M833" s="2">
+        <v>9786526311790</v>
+      </c>
+      <c r="N833" t="s" s="3">
+        <v>2324</v>
+      </c>
+      <c r="O833" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P833" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="834">
+      <c r="A834">
+        <v>833</v>
+      </c>
+      <c r="B834">
+        <v>31553</v>
+      </c>
+      <c r="C834" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D834" t="s">
+        <v>2323</v>
+      </c>
+      <c r="F834">
+        <v>194</v>
+      </c>
+      <c r="G834">
+        <v>271</v>
+      </c>
+      <c r="H834" t="s">
+        <v>22</v>
+      </c>
+      <c r="I834">
+        <v>150</v>
+      </c>
+      <c r="J834">
+        <v>210</v>
+      </c>
+      <c r="K834">
+        <v>10</v>
+      </c>
+      <c r="L834" s="1">
+        <v>45770</v>
+      </c>
+      <c r="M834" s="2">
+        <v>9786526314715</v>
+      </c>
+      <c r="N834" t="s" s="3">
+        <v>2326</v>
+      </c>
+      <c r="O834" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P834" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="835">
+      <c r="A835">
+        <v>834</v>
+      </c>
+      <c r="B835">
+        <v>31701</v>
+      </c>
+      <c r="C835" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2323</v>
+      </c>
+      <c r="F835">
+        <v>166</v>
+      </c>
+      <c r="G835">
+        <v>228</v>
+      </c>
+      <c r="H835" t="s">
+        <v>22</v>
+      </c>
+      <c r="I835">
+        <v>150</v>
+      </c>
+      <c r="J835">
+        <v>210</v>
+      </c>
+      <c r="K835">
+        <v>8</v>
+      </c>
+      <c r="L835" s="1">
+        <v>45868</v>
+      </c>
+      <c r="M835" s="2">
+        <v>9786526318430</v>
+      </c>
+      <c r="N835" t="s" s="3">
+        <v>2328</v>
+      </c>
+      <c r="O835" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P835" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="836">
+      <c r="A836">
+        <v>835</v>
+      </c>
+      <c r="B836">
         <v>31450</v>
       </c>
-      <c r="C828" t="inlineStr">
+      <c r="C836" t="inlineStr">
         <is>
           <t>Três Voltas de James Cook ao Redor do Mundo, As - Tomo 4 - Relato da Primeira Viagem: Austrália, Nova Guiné, Indonésia, Cidade do Cabo e Inglaterra - Coleção Diários de Viagem</t>
         </is>
       </c>
-      <c r="D828" t="s">
-[...2 lines deleted...]
-      <c r="F828">
+      <c r="D836" t="s">
+        <v>2323</v>
+      </c>
+      <c r="F836">
         <v>158</v>
       </c>
-      <c r="G828">
+      <c r="G836">
         <v>226</v>
-      </c>
-[...377 lines deleted...]
-        <v>200</v>
       </c>
       <c r="H836" t="s">
         <v>22</v>
       </c>
       <c r="I836">
         <v>150</v>
       </c>
       <c r="J836">
         <v>210</v>
       </c>
       <c r="K836">
         <v>8</v>
       </c>
       <c r="L836" s="1">
-        <v>37944</v>
+        <v>45782</v>
       </c>
       <c r="M836" s="2">
-        <v>9788536206066</v>
+        <v>9786526315644</v>
       </c>
       <c r="N836" t="s" s="3">
-        <v>2325</v>
+        <v>2329</v>
       </c>
       <c r="O836" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P836" t="s">
-        <v>19</v>
+        <v>329</v>
       </c>
     </row>
     <row r="837">
       <c r="A837">
         <v>836</v>
       </c>
       <c r="B837">
-        <v>22083</v>
+        <v>10974</v>
       </c>
       <c r="C837" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="D837" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="F837">
-        <v>144</v>
+        <v>164</v>
       </c>
       <c r="G837">
-        <v>224</v>
+        <v>150</v>
       </c>
       <c r="H837" t="s">
         <v>22</v>
       </c>
       <c r="I837">
         <v>150</v>
       </c>
       <c r="J837">
         <v>210</v>
       </c>
       <c r="K837">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L837" s="1">
-        <v>40508</v>
+        <v>36913</v>
       </c>
       <c r="M837" s="2">
-        <v>9788536231914</v>
+        <v>9788573945768</v>
       </c>
       <c r="N837" t="s" s="3">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="O837" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P837" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="838">
       <c r="A838">
         <v>837</v>
       </c>
       <c r="B838">
-        <v>12387</v>
+        <v>20643</v>
       </c>
       <c r="C838" t="s">
-        <v>2329</v>
+        <v>2333</v>
       </c>
       <c r="D838" t="s">
-        <v>2086</v>
+        <v>2334</v>
       </c>
       <c r="F838">
-        <v>122</v>
+        <v>176</v>
       </c>
       <c r="G838">
-        <v>168</v>
+        <v>129</v>
       </c>
       <c r="H838" t="s">
         <v>22</v>
       </c>
       <c r="I838">
         <v>150</v>
       </c>
       <c r="J838">
         <v>210</v>
       </c>
       <c r="K838">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L838" s="1">
-        <v>37454</v>
+        <v>39548</v>
       </c>
       <c r="M838" s="2">
-        <v>9788536201696</v>
-[...2 lines deleted...]
-        <v>2330</v>
+        <v>9788536219615</v>
+      </c>
+      <c r="N838" t="s" s="3">
+        <v>2335</v>
       </c>
       <c r="O838" s="4">
-        <v>49.90</v>
+        <v>89.90</v>
       </c>
       <c r="P838" t="s">
-        <v>366</v>
+        <v>314</v>
       </c>
     </row>
     <row r="839">
       <c r="A839">
         <v>838</v>
       </c>
       <c r="B839">
-        <v>20887</v>
+        <v>12257</v>
       </c>
       <c r="C839" t="s">
-        <v>2331</v>
+        <v>2336</v>
       </c>
       <c r="D839" t="s">
-        <v>2332</v>
+        <v>455</v>
       </c>
       <c r="F839">
-        <v>178</v>
+        <v>98</v>
       </c>
       <c r="G839">
-        <v>304</v>
+        <v>142</v>
       </c>
       <c r="H839" t="s">
         <v>22</v>
       </c>
       <c r="I839">
         <v>150</v>
       </c>
       <c r="J839">
         <v>210</v>
       </c>
       <c r="K839">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L839" s="1">
-        <v>39741</v>
+        <v>37218</v>
       </c>
       <c r="M839" s="2">
-        <v>9788536222189</v>
-[...2 lines deleted...]
-        <v>2333</v>
+        <v>9788573948851</v>
+      </c>
+      <c r="N839" t="s">
+        <v>2337</v>
       </c>
       <c r="O839" s="4">
-        <v>94.70</v>
+        <v>69.90</v>
       </c>
       <c r="P839" t="s">
-        <v>2334</v>
+        <v>36</v>
       </c>
     </row>
     <row r="840">
       <c r="A840">
         <v>839</v>
       </c>
       <c r="B840">
-        <v>23505</v>
+        <v>13093</v>
       </c>
       <c r="C840" t="s">
-        <v>2335</v>
+        <v>2338</v>
       </c>
       <c r="D840" t="s">
-        <v>2336</v>
+        <v>2280</v>
       </c>
       <c r="F840">
-        <v>492</v>
+        <v>90</v>
       </c>
       <c r="G840">
-        <v>610</v>
+        <v>122</v>
       </c>
       <c r="H840" t="s">
         <v>22</v>
       </c>
       <c r="I840">
         <v>150</v>
       </c>
       <c r="J840">
         <v>210</v>
       </c>
       <c r="K840">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="L840" s="1">
-        <v>41830</v>
+        <v>38383</v>
       </c>
       <c r="M840" s="2">
-        <v>9788536247274</v>
+        <v>9788536209005</v>
       </c>
       <c r="N840" t="s" s="3">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="O840" s="4">
-        <v>209.90</v>
+        <v>69.90</v>
       </c>
       <c r="P840" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="841">
       <c r="A841">
         <v>840</v>
       </c>
       <c r="B841">
-        <v>28356</v>
+        <v>13011</v>
       </c>
       <c r="C841" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="D841" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="F841">
-        <v>334</v>
+        <v>180</v>
       </c>
       <c r="G841">
-        <v>414</v>
+        <v>250</v>
       </c>
       <c r="H841" t="s">
         <v>22</v>
       </c>
       <c r="I841">
         <v>150</v>
       </c>
       <c r="J841">
         <v>210</v>
       </c>
       <c r="K841">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="L841" s="1">
-        <v>43874</v>
+        <v>38285</v>
       </c>
       <c r="M841" s="2">
-        <v>9788536293912</v>
+        <v>9788536208305</v>
       </c>
       <c r="N841" t="s" s="3">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="O841" s="4">
-        <v>159.90</v>
+        <v>99.90</v>
       </c>
       <c r="P841" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="842">
       <c r="A842">
         <v>841</v>
       </c>
       <c r="B842">
-        <v>30892</v>
+        <v>13010</v>
       </c>
       <c r="C842" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D842" t="s">
         <v>2341</v>
       </c>
-      <c r="D842" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F842">
-        <v>118</v>
+        <v>210</v>
       </c>
       <c r="G842">
-        <v>134</v>
+        <v>282</v>
       </c>
       <c r="H842" t="s">
         <v>22</v>
       </c>
       <c r="I842">
         <v>150</v>
       </c>
       <c r="J842">
         <v>210</v>
       </c>
       <c r="K842">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L842" s="1">
-        <v>45320</v>
+        <v>38285</v>
       </c>
       <c r="M842" s="2">
-        <v>9786526310465</v>
+        <v>9788536208299</v>
       </c>
       <c r="N842" t="s" s="3">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="O842" s="4">
-        <v>59.90</v>
+        <v>109.90</v>
       </c>
       <c r="P842" t="s">
-        <v>329</v>
+        <v>64</v>
       </c>
     </row>
     <row r="843">
       <c r="A843">
         <v>842</v>
       </c>
       <c r="B843">
-        <v>29517</v>
+        <v>21840</v>
       </c>
       <c r="C843" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="D843" t="s">
-        <v>1076</v>
+        <v>1215</v>
       </c>
       <c r="F843">
-        <v>106</v>
+        <v>272</v>
       </c>
       <c r="G843">
-        <v>131</v>
+        <v>302</v>
       </c>
       <c r="H843" t="s">
         <v>22</v>
       </c>
       <c r="I843">
         <v>150</v>
       </c>
       <c r="J843">
         <v>210</v>
       </c>
       <c r="K843">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="L843" s="1">
-        <v>44614</v>
+        <v>40366</v>
       </c>
       <c r="M843" s="2">
-        <v>9788536295220</v>
+        <v>9788536230177</v>
       </c>
       <c r="N843" t="s" s="3">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="O843" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P843" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="844">
       <c r="A844">
         <v>843</v>
       </c>
       <c r="B844">
-        <v>22938</v>
+        <v>12691</v>
       </c>
       <c r="C844" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="D844" t="s">
-        <v>2347</v>
+        <v>580</v>
+      </c>
+      <c r="E844" t="s">
+        <v>34</v>
       </c>
       <c r="F844">
-        <v>116</v>
+        <v>148</v>
       </c>
       <c r="G844">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="H844" t="s">
         <v>22</v>
       </c>
       <c r="I844">
         <v>150</v>
       </c>
       <c r="J844">
         <v>210</v>
       </c>
       <c r="K844">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L844" s="1">
-        <v>41331</v>
+        <v>37944</v>
       </c>
       <c r="M844" s="2">
-        <v>9788536241111</v>
+        <v>9788536206066</v>
       </c>
       <c r="N844" t="s" s="3">
         <v>2348</v>
       </c>
       <c r="O844" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P844" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="845">
       <c r="A845">
         <v>844</v>
       </c>
       <c r="B845">
-        <v>30611</v>
+        <v>22083</v>
       </c>
       <c r="C845" t="s">
         <v>2349</v>
       </c>
       <c r="D845" t="s">
         <v>2350</v>
       </c>
       <c r="F845">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="G845">
-        <v>181</v>
+        <v>224</v>
       </c>
       <c r="H845" t="s">
         <v>22</v>
       </c>
       <c r="I845">
         <v>150</v>
       </c>
       <c r="J845">
         <v>210</v>
       </c>
       <c r="K845">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L845" s="1">
-        <v>45148</v>
+        <v>40508</v>
       </c>
       <c r="M845" s="2">
-        <v>9786526308578</v>
+        <v>9788536231914</v>
       </c>
       <c r="N845" t="s" s="3">
         <v>2351</v>
       </c>
       <c r="O845" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P845" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="846">
       <c r="A846">
         <v>845</v>
       </c>
       <c r="B846">
-        <v>30613</v>
+        <v>12387</v>
       </c>
       <c r="C846" t="s">
         <v>2352</v>
       </c>
       <c r="D846" t="s">
-        <v>2350</v>
+        <v>2103</v>
       </c>
       <c r="F846">
-        <v>184</v>
+        <v>122</v>
       </c>
       <c r="G846">
-        <v>228</v>
+        <v>168</v>
       </c>
       <c r="H846" t="s">
         <v>22</v>
       </c>
       <c r="I846">
         <v>150</v>
       </c>
       <c r="J846">
         <v>210</v>
       </c>
       <c r="K846">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L846" s="1">
-        <v>45148</v>
+        <v>37454</v>
       </c>
       <c r="M846" s="2">
-        <v>9786526308592</v>
-[...1 lines deleted...]
-      <c r="N846" t="s" s="3">
+        <v>9788536201696</v>
+      </c>
+      <c r="N846" t="s">
         <v>2353</v>
       </c>
       <c r="O846" s="4">
-        <v>79.90</v>
+        <v>49.90</v>
       </c>
       <c r="P846" t="s">
-        <v>329</v>
+        <v>366</v>
       </c>
     </row>
     <row r="847">
       <c r="A847">
         <v>846</v>
       </c>
       <c r="B847">
-        <v>20589</v>
+        <v>20887</v>
       </c>
       <c r="C847" t="s">
         <v>2354</v>
       </c>
       <c r="D847" t="s">
         <v>2355</v>
       </c>
       <c r="F847">
-        <v>432</v>
+        <v>178</v>
       </c>
       <c r="G847">
-        <v>536</v>
+        <v>304</v>
       </c>
       <c r="H847" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I847">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J847">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K847">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="L847" s="1">
-        <v>39499</v>
+        <v>39741</v>
       </c>
       <c r="M847" s="2">
-        <v>9788536218618</v>
+        <v>9788536222189</v>
       </c>
       <c r="N847" t="s" s="3">
         <v>2356</v>
       </c>
       <c r="O847" s="4">
-        <v>179.90</v>
+        <v>94.70</v>
       </c>
       <c r="P847" t="s">
-        <v>504</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="848">
       <c r="A848">
         <v>847</v>
       </c>
       <c r="B848">
-        <v>21455</v>
+        <v>23505</v>
       </c>
       <c r="C848" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="D848" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="F848">
-        <v>470</v>
+        <v>492</v>
       </c>
       <c r="G848">
-        <v>504</v>
+        <v>610</v>
       </c>
       <c r="H848" t="s">
         <v>22</v>
       </c>
       <c r="I848">
         <v>150</v>
       </c>
       <c r="J848">
         <v>210</v>
       </c>
       <c r="K848">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L848" s="1">
-        <v>40158</v>
+        <v>41830</v>
       </c>
       <c r="M848" s="2">
-        <v>9788536227498</v>
+        <v>9788536247274</v>
       </c>
       <c r="N848" t="s" s="3">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="O848" s="4">
         <v>209.90</v>
       </c>
       <c r="P848" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="849">
       <c r="A849">
         <v>848</v>
       </c>
       <c r="B849">
-        <v>25936</v>
+        <v>28356</v>
       </c>
       <c r="C849" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="D849" t="s">
-        <v>1042</v>
+        <v>2362</v>
       </c>
       <c r="F849">
-        <v>192</v>
+        <v>334</v>
       </c>
       <c r="G849">
-        <v>238</v>
+        <v>414</v>
       </c>
       <c r="H849" t="s">
         <v>22</v>
       </c>
       <c r="I849">
         <v>150</v>
       </c>
       <c r="J849">
         <v>210</v>
       </c>
       <c r="K849">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="L849" s="1">
-        <v>42929</v>
+        <v>43874</v>
       </c>
       <c r="M849" s="2">
-        <v>9788536270302</v>
+        <v>9788536293912</v>
       </c>
       <c r="N849" t="s" s="3">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="O849" s="4">
-        <v>99.90</v>
+        <v>159.90</v>
       </c>
       <c r="P849" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="850">
       <c r="A850">
         <v>849</v>
       </c>
       <c r="B850">
-        <v>29110</v>
+        <v>30892</v>
       </c>
       <c r="C850" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="D850" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="F850">
-        <v>26</v>
+        <v>118</v>
       </c>
       <c r="G850">
-        <v>32</v>
+        <v>134</v>
       </c>
       <c r="H850" t="s">
         <v>22</v>
       </c>
       <c r="I850">
         <v>150</v>
       </c>
       <c r="J850">
         <v>210</v>
       </c>
       <c r="K850">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L850" s="1">
-        <v>44363</v>
+        <v>45320</v>
       </c>
       <c r="M850" s="2">
-        <v>9786556056470</v>
+        <v>9786526310465</v>
       </c>
       <c r="N850" t="s" s="3">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="O850" s="4">
-        <v>39.90</v>
+        <v>59.90</v>
       </c>
       <c r="P850" t="s">
-        <v>84</v>
+        <v>329</v>
       </c>
     </row>
     <row r="851">
       <c r="A851">
         <v>850</v>
       </c>
       <c r="B851">
-        <v>31215</v>
+        <v>29517</v>
       </c>
       <c r="C851" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="D851" t="s">
-        <v>2366</v>
+        <v>1084</v>
       </c>
       <c r="F851">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="G851">
-        <v>170</v>
+        <v>131</v>
       </c>
       <c r="H851" t="s">
         <v>22</v>
       </c>
       <c r="I851">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J851">
         <v>210</v>
       </c>
       <c r="K851">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L851" s="1">
-        <v>45546</v>
+        <v>44614</v>
       </c>
       <c r="M851" s="2">
-        <v>9786526312667</v>
+        <v>9788536295220</v>
       </c>
       <c r="N851" t="s" s="3">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="O851" s="4">
         <v>69.90</v>
       </c>
       <c r="P851" t="s">
-        <v>937</v>
+        <v>36</v>
       </c>
     </row>
     <row r="852">
       <c r="A852">
         <v>851</v>
       </c>
       <c r="B852">
-        <v>12336</v>
+        <v>22938</v>
       </c>
       <c r="C852" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="D852" t="s">
-        <v>2086</v>
+        <v>2370</v>
       </c>
       <c r="F852">
-        <v>146</v>
+        <v>116</v>
       </c>
       <c r="G852">
-        <v>200</v>
+        <v>170</v>
       </c>
       <c r="H852" t="s">
         <v>22</v>
       </c>
       <c r="I852">
         <v>150</v>
       </c>
       <c r="J852">
         <v>210</v>
       </c>
       <c r="K852">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L852" s="1">
-        <v>37368</v>
+        <v>41331</v>
       </c>
       <c r="M852" s="2">
-        <v>9788573949339</v>
+        <v>9788536241111</v>
       </c>
       <c r="N852" t="s" s="3">
-        <v>2369</v>
+        <v>2371</v>
       </c>
       <c r="O852" s="4">
         <v>69.90</v>
       </c>
       <c r="P852" t="s">
-        <v>366</v>
+        <v>36</v>
       </c>
     </row>
     <row r="853">
       <c r="A853">
         <v>852</v>
       </c>
       <c r="B853">
-        <v>31031</v>
+        <v>30611</v>
       </c>
       <c r="C853" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="D853" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>1423</v>
+        <v>2373</v>
       </c>
       <c r="F853">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="G853">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="H853" t="s">
         <v>22</v>
       </c>
       <c r="I853">
         <v>150</v>
       </c>
       <c r="J853">
         <v>210</v>
       </c>
       <c r="K853">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L853" s="1">
-        <v>45418</v>
+        <v>45148</v>
       </c>
       <c r="M853" s="2">
-        <v>9786526309841</v>
+        <v>9786526308578</v>
       </c>
       <c r="N853" t="s" s="3">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="O853" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P853" t="s">
-        <v>2372</v>
+        <v>329</v>
       </c>
     </row>
     <row r="854">
       <c r="A854">
         <v>853</v>
       </c>
       <c r="B854">
-        <v>27927</v>
+        <v>30613</v>
       </c>
       <c r="C854" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D854" t="s">
         <v>2373</v>
       </c>
-      <c r="D854" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F854">
-        <v>94</v>
+        <v>184</v>
       </c>
       <c r="G854">
-        <v>116</v>
+        <v>228</v>
       </c>
       <c r="H854" t="s">
         <v>22</v>
       </c>
       <c r="I854">
         <v>150</v>
       </c>
       <c r="J854">
         <v>210</v>
       </c>
       <c r="K854">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L854" s="1">
-        <v>43665</v>
+        <v>45148</v>
       </c>
       <c r="M854" s="2">
-        <v>9788536289779</v>
+        <v>9786526308592</v>
       </c>
       <c r="N854" t="s" s="3">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="O854" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P854" t="s">
-        <v>28</v>
+        <v>329</v>
       </c>
     </row>
     <row r="855">
       <c r="A855">
         <v>854</v>
       </c>
       <c r="B855">
-        <v>20398</v>
+        <v>20589</v>
       </c>
       <c r="C855" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
       <c r="D855" t="s">
-        <v>1052</v>
+        <v>2378</v>
       </c>
       <c r="F855">
-        <v>160</v>
+        <v>432</v>
       </c>
       <c r="G855">
-        <v>213</v>
+        <v>536</v>
       </c>
       <c r="H855" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I855">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J855">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K855">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="L855" s="1">
-        <v>39325</v>
+        <v>39499</v>
       </c>
       <c r="M855" s="2">
-        <v>9788536217017</v>
+        <v>9788536218618</v>
       </c>
       <c r="N855" t="s" s="3">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="O855" s="4">
-        <v>89.90</v>
+        <v>179.90</v>
       </c>
       <c r="P855" t="s">
-        <v>64</v>
+        <v>507</v>
       </c>
     </row>
     <row r="856">
       <c r="A856">
         <v>855</v>
       </c>
       <c r="B856">
-        <v>12434</v>
+        <v>21455</v>
       </c>
       <c r="C856" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="D856" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="F856">
-        <v>178</v>
+        <v>470</v>
       </c>
       <c r="G856">
-        <v>242</v>
+        <v>504</v>
       </c>
       <c r="H856" t="s">
         <v>22</v>
       </c>
       <c r="I856">
         <v>150</v>
       </c>
       <c r="J856">
         <v>210</v>
       </c>
       <c r="K856">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="L856" s="1">
-        <v>37557</v>
+        <v>40158</v>
       </c>
       <c r="M856" s="2">
-        <v>9788536202952</v>
+        <v>9788536227498</v>
       </c>
       <c r="N856" t="s" s="3">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="O856" s="4">
-        <v>94.70</v>
+        <v>209.90</v>
       </c>
       <c r="P856" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="857">
       <c r="A857">
         <v>856</v>
       </c>
       <c r="B857">
-        <v>22408</v>
+        <v>25936</v>
       </c>
       <c r="C857" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="D857" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="F857">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="G857">
-        <v>268</v>
+        <v>238</v>
       </c>
       <c r="H857" t="s">
         <v>22</v>
       </c>
       <c r="I857">
         <v>150</v>
       </c>
       <c r="J857">
         <v>210</v>
       </c>
       <c r="K857">
         <v>11</v>
       </c>
       <c r="L857" s="1">
-        <v>40847</v>
+        <v>42929</v>
       </c>
       <c r="M857" s="2">
-        <v>9788536235189</v>
+        <v>9788536270302</v>
       </c>
       <c r="N857" t="s" s="3">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="O857" s="4">
-        <v>107.70</v>
+        <v>99.90</v>
       </c>
       <c r="P857" t="s">
-        <v>1615</v>
+        <v>36</v>
       </c>
     </row>
     <row r="858">
       <c r="A858">
         <v>857</v>
       </c>
       <c r="B858">
-        <v>31638</v>
+        <v>29110</v>
       </c>
       <c r="C858" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="D858" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="F858">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="G858">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="H858" t="s">
         <v>22</v>
       </c>
       <c r="I858">
         <v>150</v>
       </c>
       <c r="J858">
         <v>210</v>
       </c>
       <c r="K858">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L858" s="1">
-        <v>45826</v>
+        <v>44363</v>
       </c>
       <c r="M858" s="2">
-        <v>9786526312445</v>
+        <v>9786556056470</v>
       </c>
       <c r="N858" t="s" s="3">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="O858" s="4">
-        <v>59.90</v>
+        <v>39.90</v>
       </c>
       <c r="P858" t="s">
-        <v>329</v>
+        <v>84</v>
       </c>
     </row>
     <row r="859">
       <c r="A859">
         <v>858</v>
       </c>
       <c r="B859">
-        <v>20416</v>
+        <v>31215</v>
       </c>
       <c r="C859" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="D859" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="F859">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="G859">
-        <v>106</v>
+        <v>170</v>
       </c>
       <c r="H859" t="s">
         <v>22</v>
       </c>
       <c r="I859">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J859">
         <v>210</v>
       </c>
       <c r="K859">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L859" s="1">
-        <v>39351</v>
+        <v>45546</v>
       </c>
       <c r="M859" s="2">
-        <v>9788536217185</v>
+        <v>9786526312667</v>
       </c>
       <c r="N859" t="s" s="3">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="O859" s="4">
         <v>69.90</v>
       </c>
       <c r="P859" t="s">
-        <v>36</v>
+        <v>942</v>
       </c>
     </row>
     <row r="860">
       <c r="A860">
         <v>859</v>
       </c>
       <c r="B860">
-        <v>25944</v>
+        <v>12336</v>
       </c>
       <c r="C860" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="D860" t="s">
-        <v>2390</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>2103</v>
       </c>
       <c r="F860">
-        <v>198</v>
+        <v>146</v>
       </c>
       <c r="G860">
-        <v>246</v>
+        <v>200</v>
       </c>
       <c r="H860" t="s">
         <v>22</v>
       </c>
       <c r="I860">
         <v>150</v>
       </c>
       <c r="J860">
         <v>210</v>
       </c>
       <c r="K860">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L860" s="1">
-        <v>42927</v>
+        <v>37368</v>
       </c>
       <c r="M860" s="2">
-        <v>9788536269917</v>
+        <v>9788573949339</v>
       </c>
       <c r="N860" t="s" s="3">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="O860" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P860" t="s">
-        <v>24</v>
+        <v>366</v>
       </c>
     </row>
     <row r="861">
       <c r="A861">
         <v>860</v>
       </c>
       <c r="B861">
-        <v>22633</v>
+        <v>31031</v>
       </c>
       <c r="C861" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="D861" t="s">
-        <v>2393</v>
+        <v>251</v>
       </c>
       <c r="E861" t="s">
-        <v>34</v>
+        <v>1437</v>
       </c>
       <c r="F861">
-        <v>89</v>
+        <v>150</v>
       </c>
       <c r="G861">
-        <v>140</v>
+        <v>186</v>
       </c>
       <c r="H861" t="s">
         <v>22</v>
       </c>
       <c r="I861">
         <v>150</v>
       </c>
       <c r="J861">
         <v>210</v>
       </c>
       <c r="K861">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L861" s="1">
-        <v>41058</v>
+        <v>45418</v>
       </c>
       <c r="M861" s="2">
-        <v>9788536238067</v>
+        <v>9786526309841</v>
       </c>
       <c r="N861" t="s" s="3">
         <v>2394</v>
       </c>
       <c r="O861" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P861" t="s">
-        <v>36</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="862">
       <c r="A862">
         <v>861</v>
       </c>
       <c r="B862">
-        <v>25040</v>
+        <v>27927</v>
       </c>
       <c r="C862" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="D862" t="s">
-        <v>2396</v>
+        <v>2397</v>
+      </c>
+      <c r="E862" t="s">
+        <v>34</v>
       </c>
       <c r="F862">
-        <v>200</v>
+        <v>94</v>
       </c>
       <c r="G862">
-        <v>248</v>
+        <v>116</v>
       </c>
       <c r="H862" t="s">
         <v>22</v>
       </c>
       <c r="I862">
         <v>150</v>
       </c>
       <c r="J862">
         <v>210</v>
       </c>
       <c r="K862">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L862" s="1">
-        <v>42627</v>
+        <v>43665</v>
       </c>
       <c r="M862" s="2">
-        <v>9788536261690</v>
+        <v>9788536289779</v>
       </c>
       <c r="N862" t="s" s="3">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="O862" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P862" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
     </row>
     <row r="863">
       <c r="A863">
         <v>862</v>
       </c>
       <c r="B863">
-        <v>31534</v>
+        <v>20398</v>
       </c>
       <c r="C863" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="D863" t="s">
-        <v>2399</v>
+        <v>1060</v>
       </c>
       <c r="F863">
-        <v>124</v>
+        <v>160</v>
       </c>
       <c r="G863">
-        <v>185</v>
+        <v>213</v>
       </c>
       <c r="H863" t="s">
         <v>22</v>
       </c>
       <c r="I863">
         <v>150</v>
       </c>
       <c r="J863">
         <v>210</v>
       </c>
       <c r="K863">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L863" s="1">
-        <v>45755</v>
+        <v>39325</v>
       </c>
       <c r="M863" s="2">
-        <v>9786526314661</v>
+        <v>9788536217017</v>
       </c>
       <c r="N863" t="s" s="3">
         <v>2400</v>
       </c>
       <c r="O863" s="4">
-        <v>59.90</v>
+        <v>89.90</v>
       </c>
       <c r="P863" t="s">
-        <v>329</v>
+        <v>64</v>
       </c>
     </row>
     <row r="864">
       <c r="A864">
         <v>863</v>
       </c>
       <c r="B864">
-        <v>27443</v>
+        <v>12434</v>
       </c>
       <c r="C864" t="s">
         <v>2401</v>
       </c>
       <c r="D864" t="s">
-        <v>167</v>
+        <v>2402</v>
       </c>
       <c r="F864">
-        <v>98</v>
+        <v>178</v>
       </c>
       <c r="G864">
-        <v>122</v>
+        <v>242</v>
       </c>
       <c r="H864" t="s">
         <v>22</v>
       </c>
       <c r="I864">
         <v>150</v>
       </c>
       <c r="J864">
         <v>210</v>
       </c>
       <c r="K864">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L864" s="1">
-        <v>43438</v>
+        <v>37557</v>
       </c>
       <c r="M864" s="2">
-        <v>9788536285061</v>
+        <v>9788536202952</v>
       </c>
       <c r="N864" t="s" s="3">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="O864" s="4">
-        <v>69.90</v>
+        <v>94.70</v>
       </c>
       <c r="P864" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="865">
       <c r="A865">
         <v>864</v>
       </c>
       <c r="B865">
-        <v>24321</v>
+        <v>22408</v>
       </c>
       <c r="C865" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="D865" t="s">
-        <v>2404</v>
+        <v>1050</v>
       </c>
       <c r="F865">
-        <v>146</v>
+        <v>202</v>
       </c>
       <c r="G865">
-        <v>181</v>
+        <v>268</v>
       </c>
       <c r="H865" t="s">
         <v>22</v>
       </c>
       <c r="I865">
         <v>150</v>
       </c>
       <c r="J865">
         <v>210</v>
       </c>
       <c r="K865">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L865" s="1">
-        <v>42331</v>
+        <v>40847</v>
       </c>
       <c r="M865" s="2">
-        <v>9788536254838</v>
+        <v>9788536235189</v>
       </c>
       <c r="N865" t="s" s="3">
         <v>2405</v>
       </c>
       <c r="O865" s="4">
-        <v>89.90</v>
+        <v>107.70</v>
       </c>
       <c r="P865" t="s">
-        <v>36</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="866">
       <c r="A866">
         <v>865</v>
       </c>
       <c r="B866">
-        <v>12973</v>
+        <v>31638</v>
       </c>
       <c r="C866" t="s">
         <v>2406</v>
       </c>
       <c r="D866" t="s">
         <v>2407</v>
       </c>
       <c r="F866">
-        <v>144</v>
+        <v>122</v>
       </c>
       <c r="G866">
-        <v>204</v>
+        <v>156</v>
       </c>
       <c r="H866" t="s">
         <v>22</v>
       </c>
       <c r="I866">
         <v>150</v>
       </c>
       <c r="J866">
         <v>210</v>
       </c>
       <c r="K866">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L866" s="1">
-        <v>38252</v>
+        <v>45826</v>
       </c>
       <c r="M866" s="2">
-        <v>9788536208008</v>
+        <v>9786526312445</v>
       </c>
       <c r="N866" t="s" s="3">
         <v>2408</v>
       </c>
       <c r="O866" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P866" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
     </row>
     <row r="867">
       <c r="A867">
         <v>866</v>
       </c>
       <c r="B867">
-        <v>23920</v>
+        <v>20416</v>
       </c>
       <c r="C867" t="s">
         <v>2409</v>
       </c>
       <c r="D867" t="s">
         <v>2410</v>
       </c>
       <c r="F867">
-        <v>236</v>
+        <v>88</v>
       </c>
       <c r="G867">
-        <v>293</v>
+        <v>106</v>
       </c>
       <c r="H867" t="s">
         <v>22</v>
       </c>
       <c r="I867">
         <v>150</v>
       </c>
       <c r="J867">
         <v>210</v>
       </c>
       <c r="K867">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="L867" s="1">
-        <v>42121</v>
+        <v>39351</v>
       </c>
       <c r="M867" s="2">
-        <v>9788536251035</v>
+        <v>9788536217185</v>
       </c>
       <c r="N867" t="s" s="3">
         <v>2411</v>
       </c>
       <c r="O867" s="4">
-        <v>99.70</v>
+        <v>69.90</v>
       </c>
       <c r="P867" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="868">
       <c r="A868">
         <v>867</v>
       </c>
       <c r="B868">
-        <v>23247</v>
+        <v>31907</v>
       </c>
       <c r="C868" t="s">
         <v>2412</v>
       </c>
       <c r="D868" t="s">
         <v>2413</v>
       </c>
       <c r="F868">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="G868">
-        <v>294</v>
+        <v>177</v>
       </c>
       <c r="H868" t="s">
         <v>22</v>
       </c>
       <c r="I868">
         <v>150</v>
       </c>
       <c r="J868">
         <v>210</v>
       </c>
       <c r="K868">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="L868" s="1">
-        <v>41592</v>
+        <v>45985</v>
       </c>
       <c r="M868" s="2">
-        <v>9788536244747</v>
+        <v>9786526316467</v>
       </c>
       <c r="N868" t="s" s="3">
         <v>2414</v>
       </c>
       <c r="O868" s="4">
-        <v>99.70</v>
+        <v>49.90</v>
       </c>
       <c r="P868" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
     </row>
     <row r="869">
       <c r="A869">
         <v>868</v>
       </c>
       <c r="B869">
-        <v>23220</v>
+        <v>30430</v>
       </c>
       <c r="C869" t="s">
         <v>2415</v>
       </c>
       <c r="D869" t="s">
-        <v>709</v>
+        <v>2416</v>
       </c>
       <c r="F869">
-        <v>88</v>
+        <v>188</v>
       </c>
       <c r="G869">
-        <v>136</v>
+        <v>233</v>
       </c>
       <c r="H869" t="s">
         <v>22</v>
       </c>
       <c r="I869">
         <v>150</v>
       </c>
       <c r="J869">
         <v>210</v>
       </c>
       <c r="K869">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L869" s="1">
-        <v>41569</v>
+        <v>45041</v>
       </c>
       <c r="M869" s="2">
-        <v>9788536244198</v>
+        <v>9786526304617</v>
       </c>
       <c r="N869" t="s" s="3">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="O869" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P869" t="s">
-        <v>28</v>
+        <v>329</v>
       </c>
     </row>
     <row r="870">
       <c r="A870">
         <v>869</v>
       </c>
       <c r="B870">
-        <v>31380</v>
+        <v>25944</v>
       </c>
       <c r="C870" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="D870" t="s">
-        <v>2418</v>
+        <v>2419</v>
+      </c>
+      <c r="E870" t="s">
+        <v>90</v>
       </c>
       <c r="F870">
-        <v>124</v>
+        <v>198</v>
       </c>
       <c r="G870">
-        <v>154</v>
+        <v>246</v>
       </c>
       <c r="H870" t="s">
         <v>22</v>
       </c>
       <c r="I870">
         <v>150</v>
       </c>
       <c r="J870">
         <v>210</v>
       </c>
       <c r="K870">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L870" s="1">
-        <v>45643</v>
+        <v>42927</v>
       </c>
       <c r="M870" s="2">
-        <v>9786526311196</v>
+        <v>9788536269917</v>
       </c>
       <c r="N870" t="s" s="3">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="O870" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P870" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
     </row>
     <row r="871">
       <c r="A871">
         <v>870</v>
       </c>
       <c r="B871">
-        <v>11048</v>
+        <v>22633</v>
       </c>
       <c r="C871" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D871" t="s">
-        <v>2421</v>
+        <v>2422</v>
+      </c>
+      <c r="E871" t="s">
+        <v>34</v>
       </c>
       <c r="F871">
-        <v>136</v>
+        <v>89</v>
       </c>
       <c r="G871">
-        <v>184</v>
+        <v>140</v>
       </c>
       <c r="H871" t="s">
         <v>22</v>
       </c>
       <c r="I871">
         <v>150</v>
       </c>
       <c r="J871">
         <v>210</v>
       </c>
       <c r="K871">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L871" s="1">
-        <v>37025</v>
+        <v>41058</v>
       </c>
       <c r="M871" s="2">
-        <v>9788573947809</v>
+        <v>9788536238067</v>
       </c>
       <c r="N871" t="s" s="3">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="O871" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P871" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="872">
       <c r="A872">
         <v>871</v>
       </c>
       <c r="B872">
-        <v>10237</v>
+        <v>25040</v>
       </c>
       <c r="C872" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="D872" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="F872">
-        <v>170</v>
+        <v>200</v>
       </c>
       <c r="G872">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="H872" t="s">
         <v>22</v>
       </c>
       <c r="I872">
         <v>150</v>
       </c>
       <c r="J872">
         <v>210</v>
       </c>
       <c r="K872">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L872" s="1">
-        <v>36360</v>
+        <v>42627</v>
       </c>
       <c r="M872" s="2">
-        <v>9788573942408</v>
+        <v>9788536261690</v>
       </c>
       <c r="N872" t="s" s="3">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="O872" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P872" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="873">
       <c r="A873">
         <v>872</v>
       </c>
       <c r="B873">
-        <v>10282</v>
+        <v>31534</v>
       </c>
       <c r="C873" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="D873" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="F873">
-        <v>268</v>
+        <v>124</v>
       </c>
       <c r="G873">
-        <v>360</v>
+        <v>185</v>
       </c>
       <c r="H873" t="s">
         <v>22</v>
       </c>
       <c r="I873">
         <v>150</v>
       </c>
       <c r="J873">
         <v>210</v>
       </c>
       <c r="K873">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L873" s="1">
-        <v>36495</v>
+        <v>45755</v>
       </c>
       <c r="M873" s="2">
-        <v>9788573942781</v>
+        <v>9786526314661</v>
       </c>
       <c r="N873" t="s" s="3">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="O873" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P873" t="s">
-        <v>2429</v>
+        <v>329</v>
       </c>
     </row>
     <row r="874">
       <c r="A874">
         <v>873</v>
       </c>
       <c r="B874">
+        <v>27443</v>
+      </c>
+      <c r="C874" t="s">
+        <v>2430</v>
+      </c>
+      <c r="D874" t="s">
+        <v>167</v>
+      </c>
+      <c r="F874">
+        <v>98</v>
+      </c>
+      <c r="G874">
+        <v>122</v>
+      </c>
+      <c r="H874" t="s">
+        <v>22</v>
+      </c>
+      <c r="I874">
+        <v>150</v>
+      </c>
+      <c r="J874">
+        <v>210</v>
+      </c>
+      <c r="K874">
+        <v>6</v>
+      </c>
+      <c r="L874" s="1">
+        <v>43438</v>
+      </c>
+      <c r="M874" s="2">
+        <v>9788536285061</v>
+      </c>
+      <c r="N874" t="s" s="3">
+        <v>2431</v>
+      </c>
+      <c r="O874" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P874" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875">
+        <v>874</v>
+      </c>
+      <c r="B875">
+        <v>24321</v>
+      </c>
+      <c r="C875" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D875" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F875">
+        <v>146</v>
+      </c>
+      <c r="G875">
+        <v>181</v>
+      </c>
+      <c r="H875" t="s">
+        <v>22</v>
+      </c>
+      <c r="I875">
+        <v>150</v>
+      </c>
+      <c r="J875">
+        <v>210</v>
+      </c>
+      <c r="K875">
+        <v>8</v>
+      </c>
+      <c r="L875" s="1">
+        <v>42331</v>
+      </c>
+      <c r="M875" s="2">
+        <v>9788536254838</v>
+      </c>
+      <c r="N875" t="s" s="3">
+        <v>2434</v>
+      </c>
+      <c r="O875" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P875" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876">
+        <v>875</v>
+      </c>
+      <c r="B876">
+        <v>12973</v>
+      </c>
+      <c r="C876" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D876" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F876">
+        <v>144</v>
+      </c>
+      <c r="G876">
+        <v>204</v>
+      </c>
+      <c r="H876" t="s">
+        <v>22</v>
+      </c>
+      <c r="I876">
+        <v>150</v>
+      </c>
+      <c r="J876">
+        <v>210</v>
+      </c>
+      <c r="K876">
+        <v>8</v>
+      </c>
+      <c r="L876" s="1">
+        <v>38252</v>
+      </c>
+      <c r="M876" s="2">
+        <v>9788536208008</v>
+      </c>
+      <c r="N876" t="s" s="3">
+        <v>2437</v>
+      </c>
+      <c r="O876" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P876" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877">
+        <v>876</v>
+      </c>
+      <c r="B877">
+        <v>23920</v>
+      </c>
+      <c r="C877" t="s">
+        <v>2438</v>
+      </c>
+      <c r="D877" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F877">
+        <v>236</v>
+      </c>
+      <c r="G877">
+        <v>293</v>
+      </c>
+      <c r="H877" t="s">
+        <v>22</v>
+      </c>
+      <c r="I877">
+        <v>150</v>
+      </c>
+      <c r="J877">
+        <v>210</v>
+      </c>
+      <c r="K877">
+        <v>13</v>
+      </c>
+      <c r="L877" s="1">
+        <v>42121</v>
+      </c>
+      <c r="M877" s="2">
+        <v>9788536251035</v>
+      </c>
+      <c r="N877" t="s" s="3">
+        <v>2440</v>
+      </c>
+      <c r="O877" s="4">
+        <v>99.70</v>
+      </c>
+      <c r="P877" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878">
+        <v>877</v>
+      </c>
+      <c r="B878">
+        <v>23247</v>
+      </c>
+      <c r="C878" t="s">
+        <v>2441</v>
+      </c>
+      <c r="D878" t="s">
+        <v>2442</v>
+      </c>
+      <c r="F878">
+        <v>236</v>
+      </c>
+      <c r="G878">
+        <v>294</v>
+      </c>
+      <c r="H878" t="s">
+        <v>22</v>
+      </c>
+      <c r="I878">
+        <v>150</v>
+      </c>
+      <c r="J878">
+        <v>210</v>
+      </c>
+      <c r="K878">
+        <v>13</v>
+      </c>
+      <c r="L878" s="1">
+        <v>41592</v>
+      </c>
+      <c r="M878" s="2">
+        <v>9788536244747</v>
+      </c>
+      <c r="N878" t="s" s="3">
+        <v>2443</v>
+      </c>
+      <c r="O878" s="4">
+        <v>99.70</v>
+      </c>
+      <c r="P878" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879">
+        <v>878</v>
+      </c>
+      <c r="B879">
+        <v>23220</v>
+      </c>
+      <c r="C879" t="s">
+        <v>2444</v>
+      </c>
+      <c r="D879" t="s">
+        <v>712</v>
+      </c>
+      <c r="F879">
+        <v>88</v>
+      </c>
+      <c r="G879">
+        <v>136</v>
+      </c>
+      <c r="H879" t="s">
+        <v>22</v>
+      </c>
+      <c r="I879">
+        <v>150</v>
+      </c>
+      <c r="J879">
+        <v>210</v>
+      </c>
+      <c r="K879">
+        <v>6</v>
+      </c>
+      <c r="L879" s="1">
+        <v>41569</v>
+      </c>
+      <c r="M879" s="2">
+        <v>9788536244198</v>
+      </c>
+      <c r="N879" t="s" s="3">
+        <v>2445</v>
+      </c>
+      <c r="O879" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P879" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880">
+        <v>879</v>
+      </c>
+      <c r="B880">
+        <v>31380</v>
+      </c>
+      <c r="C880" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D880" t="s">
+        <v>2447</v>
+      </c>
+      <c r="F880">
+        <v>124</v>
+      </c>
+      <c r="G880">
+        <v>154</v>
+      </c>
+      <c r="H880" t="s">
+        <v>22</v>
+      </c>
+      <c r="I880">
+        <v>150</v>
+      </c>
+      <c r="J880">
+        <v>210</v>
+      </c>
+      <c r="K880">
+        <v>6</v>
+      </c>
+      <c r="L880" s="1">
+        <v>45643</v>
+      </c>
+      <c r="M880" s="2">
+        <v>9786526311196</v>
+      </c>
+      <c r="N880" t="s" s="3">
+        <v>2448</v>
+      </c>
+      <c r="O880" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P880" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881">
+        <v>880</v>
+      </c>
+      <c r="B881">
+        <v>11048</v>
+      </c>
+      <c r="C881" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D881" t="s">
+        <v>2450</v>
+      </c>
+      <c r="F881">
+        <v>136</v>
+      </c>
+      <c r="G881">
+        <v>184</v>
+      </c>
+      <c r="H881" t="s">
+        <v>22</v>
+      </c>
+      <c r="I881">
+        <v>150</v>
+      </c>
+      <c r="J881">
+        <v>210</v>
+      </c>
+      <c r="K881">
+        <v>8</v>
+      </c>
+      <c r="L881" s="1">
+        <v>37025</v>
+      </c>
+      <c r="M881" s="2">
+        <v>9788573947809</v>
+      </c>
+      <c r="N881" t="s" s="3">
+        <v>2451</v>
+      </c>
+      <c r="O881" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P881" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882">
+        <v>881</v>
+      </c>
+      <c r="B882">
+        <v>10237</v>
+      </c>
+      <c r="C882" t="s">
+        <v>2452</v>
+      </c>
+      <c r="D882" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F882">
+        <v>170</v>
+      </c>
+      <c r="G882">
+        <v>236</v>
+      </c>
+      <c r="H882" t="s">
+        <v>22</v>
+      </c>
+      <c r="I882">
+        <v>150</v>
+      </c>
+      <c r="J882">
+        <v>210</v>
+      </c>
+      <c r="K882">
+        <v>10</v>
+      </c>
+      <c r="L882" s="1">
+        <v>36360</v>
+      </c>
+      <c r="M882" s="2">
+        <v>9788573942408</v>
+      </c>
+      <c r="N882" t="s" s="3">
+        <v>2454</v>
+      </c>
+      <c r="O882" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P882" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883">
+        <v>882</v>
+      </c>
+      <c r="B883">
+        <v>10282</v>
+      </c>
+      <c r="C883" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D883" t="s">
+        <v>2456</v>
+      </c>
+      <c r="F883">
+        <v>268</v>
+      </c>
+      <c r="G883">
+        <v>360</v>
+      </c>
+      <c r="H883" t="s">
+        <v>22</v>
+      </c>
+      <c r="I883">
+        <v>150</v>
+      </c>
+      <c r="J883">
+        <v>210</v>
+      </c>
+      <c r="K883">
+        <v>14</v>
+      </c>
+      <c r="L883" s="1">
+        <v>36495</v>
+      </c>
+      <c r="M883" s="2">
+        <v>9788573942781</v>
+      </c>
+      <c r="N883" t="s" s="3">
+        <v>2457</v>
+      </c>
+      <c r="O883" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P883" t="s">
+        <v>2458</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884">
+        <v>883</v>
+      </c>
+      <c r="B884">
         <v>26197</v>
       </c>
-      <c r="C874" t="inlineStr">
+      <c r="C884" t="inlineStr">
         <is>
           <t>Vivências Espirituais e Crises do Tipo Psicóticas - Fenomenologia, Espiritualidade e Crise Psíquica - Biblioteca Juruá de Religiosidades e Espiritualidades – Coordenador: Adriano Furtado Holanda</t>
         </is>
       </c>
-      <c r="D874" t="s">
-[...2 lines deleted...]
-      <c r="F874">
+      <c r="D884" t="s">
+        <v>2459</v>
+      </c>
+      <c r="F884">
         <v>176</v>
       </c>
-      <c r="G874">
+      <c r="G884">
         <v>218</v>
       </c>
-      <c r="H874" t="s">
-[...8 lines deleted...]
-      <c r="K874">
+      <c r="H884" t="s">
+        <v>22</v>
+      </c>
+      <c r="I884">
+        <v>150</v>
+      </c>
+      <c r="J884">
+        <v>210</v>
+      </c>
+      <c r="K884">
         <v>10</v>
       </c>
-      <c r="L874" s="1">
+      <c r="L884" s="1">
         <v>43007</v>
       </c>
-      <c r="M874" s="2">
+      <c r="M884" s="2">
         <v>9788536272948</v>
       </c>
-      <c r="N874" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O874" s="4">
+      <c r="N884" t="s" s="3">
+        <v>2460</v>
+      </c>
+      <c r="O884" s="4">
         <v>79.90</v>
       </c>
-      <c r="P874" t="s">
+      <c r="P884" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="875">
-[...3 lines deleted...]
-      <c r="B875">
+    <row r="885">
+      <c r="A885">
+        <v>884</v>
+      </c>
+      <c r="B885">
         <v>12279</v>
       </c>
-      <c r="C875" t="s">
-[...5 lines deleted...]
-      <c r="F875">
+      <c r="C885" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D885" t="s">
+        <v>2462</v>
+      </c>
+      <c r="F885">
         <v>198</v>
       </c>
-      <c r="G875">
+      <c r="G885">
         <v>260</v>
       </c>
-      <c r="H875" t="s">
-[...8 lines deleted...]
-      <c r="K875">
+      <c r="H885" t="s">
+        <v>22</v>
+      </c>
+      <c r="I885">
+        <v>150</v>
+      </c>
+      <c r="J885">
+        <v>210</v>
+      </c>
+      <c r="K885">
         <v>11</v>
       </c>
-      <c r="L875" s="1">
+      <c r="L885" s="1">
         <v>37264</v>
       </c>
-      <c r="M875" s="2">
+      <c r="M885" s="2">
         <v>9788573949841</v>
       </c>
-      <c r="N875" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O875" s="4">
+      <c r="N885" t="s" s="3">
+        <v>2463</v>
+      </c>
+      <c r="O885" s="4">
         <v>99.90</v>
       </c>
-      <c r="P875" t="s">
+      <c r="P885" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="876">
-[...3 lines deleted...]
-      <c r="B876">
+    <row r="886">
+      <c r="A886">
+        <v>885</v>
+      </c>
+      <c r="B886">
         <v>10276</v>
       </c>
-      <c r="C876" t="s">
-[...5 lines deleted...]
-      <c r="E876" t="s">
+      <c r="C886" t="s">
+        <v>2464</v>
+      </c>
+      <c r="D886" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E886" t="s">
         <v>34</v>
       </c>
-      <c r="F876">
+      <c r="F886">
         <v>116</v>
       </c>
-      <c r="G876">
+      <c r="G886">
         <v>170</v>
       </c>
-      <c r="H876" t="s">
-[...8 lines deleted...]
-      <c r="K876">
+      <c r="H886" t="s">
+        <v>22</v>
+      </c>
+      <c r="I886">
+        <v>150</v>
+      </c>
+      <c r="J886">
+        <v>210</v>
+      </c>
+      <c r="K886">
         <v>7</v>
       </c>
-      <c r="L876" s="1">
+      <c r="L886" s="1">
         <v>36489</v>
       </c>
-      <c r="M876" s="2">
+      <c r="M886" s="2">
         <v>9788573942002</v>
       </c>
-      <c r="N876" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O876" s="4">
+      <c r="N886" t="s" s="3">
+        <v>2465</v>
+      </c>
+      <c r="O886" s="4">
         <v>69.90</v>
       </c>
-      <c r="P876" t="s">
-[...7 lines deleted...]
-      <c r="B877">
+      <c r="P886" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887">
+        <v>886</v>
+      </c>
+      <c r="B887">
         <v>26725</v>
       </c>
-      <c r="C877" t="s">
-[...2 lines deleted...]
-      <c r="D877" t="s">
+      <c r="C887" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D887" t="s">
         <v>331</v>
       </c>
-      <c r="F877">
+      <c r="F887">
         <v>180</v>
       </c>
-      <c r="G877">
+      <c r="G887">
         <v>223</v>
       </c>
-      <c r="H877" t="s">
-[...8 lines deleted...]
-      <c r="K877">
+      <c r="H887" t="s">
+        <v>22</v>
+      </c>
+      <c r="I887">
+        <v>150</v>
+      </c>
+      <c r="J887">
+        <v>210</v>
+      </c>
+      <c r="K887">
         <v>10</v>
       </c>
-      <c r="L877" s="1">
+      <c r="L887" s="1">
         <v>43210</v>
       </c>
-      <c r="M877" s="2">
+      <c r="M887" s="2">
         <v>9788536278117</v>
       </c>
-      <c r="N877" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O877" s="4">
+      <c r="N887" t="s" s="3">
+        <v>2468</v>
+      </c>
+      <c r="O887" s="4">
         <v>99.90</v>
       </c>
-      <c r="P877" t="s">
+      <c r="P887" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="878">
-[...3 lines deleted...]
-      <c r="B878">
+    <row r="888">
+      <c r="A888">
+        <v>887</v>
+      </c>
+      <c r="B888">
         <v>20299</v>
       </c>
-      <c r="C878" t="s">
-[...5 lines deleted...]
-      <c r="F878">
+      <c r="C888" t="s">
+        <v>2469</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2470</v>
+      </c>
+      <c r="F888">
         <v>110</v>
       </c>
-      <c r="G878">
+      <c r="G888">
         <v>145</v>
       </c>
-      <c r="H878" t="s">
-[...8 lines deleted...]
-      <c r="K878">
+      <c r="H888" t="s">
+        <v>22</v>
+      </c>
+      <c r="I888">
+        <v>150</v>
+      </c>
+      <c r="J888">
+        <v>210</v>
+      </c>
+      <c r="K888">
         <v>7</v>
       </c>
-      <c r="L878" s="1">
+      <c r="L888" s="1">
         <v>39258</v>
       </c>
-      <c r="M878" s="2">
+      <c r="M888" s="2">
         <v>9788536216089</v>
       </c>
-      <c r="N878" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O878" s="4">
+      <c r="N888" t="s" s="3">
+        <v>2471</v>
+      </c>
+      <c r="O888" s="4">
         <v>69.90</v>
       </c>
-      <c r="P878" t="s">
-[...7 lines deleted...]
-      <c r="B879">
+      <c r="P888" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889">
+        <v>888</v>
+      </c>
+      <c r="B889">
         <v>10324</v>
       </c>
-      <c r="C879" t="s">
-[...5 lines deleted...]
-      <c r="F879">
+      <c r="C889" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D889" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F889">
         <v>114</v>
       </c>
-      <c r="G879">
+      <c r="G889">
         <v>154</v>
       </c>
-      <c r="H879" t="s">
-[...8 lines deleted...]
-      <c r="K879">
+      <c r="H889" t="s">
+        <v>22</v>
+      </c>
+      <c r="I889">
+        <v>150</v>
+      </c>
+      <c r="J889">
+        <v>210</v>
+      </c>
+      <c r="K889">
         <v>7</v>
       </c>
-      <c r="L879" s="1">
+      <c r="L889" s="1">
         <v>36654</v>
       </c>
-      <c r="M879" s="2">
+      <c r="M889" s="2">
         <v>9788573943450</v>
       </c>
-      <c r="N879" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O879" s="4">
+      <c r="N889" t="s" s="3">
+        <v>2474</v>
+      </c>
+      <c r="O889" s="4">
         <v>69.90</v>
       </c>
-      <c r="P879" t="s">
+      <c r="P889" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="880">
-[...3 lines deleted...]
-      <c r="B880">
+    <row r="890">
+      <c r="A890">
+        <v>889</v>
+      </c>
+      <c r="B890">
         <v>20610</v>
       </c>
-      <c r="C880" t="s">
-[...5 lines deleted...]
-      <c r="F880">
+      <c r="C890" t="s">
+        <v>2475</v>
+      </c>
+      <c r="D890" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F890">
         <v>144</v>
       </c>
-      <c r="G880">
+      <c r="G890">
         <v>97</v>
       </c>
-      <c r="H880" t="s">
-[...8 lines deleted...]
-      <c r="K880">
+      <c r="H890" t="s">
+        <v>22</v>
+      </c>
+      <c r="I890">
+        <v>150</v>
+      </c>
+      <c r="J890">
+        <v>210</v>
+      </c>
+      <c r="K890">
         <v>8</v>
       </c>
-      <c r="L880" s="1">
+      <c r="L890" s="1">
         <v>39514</v>
       </c>
-      <c r="M880" s="2">
+      <c r="M890" s="2">
         <v>9788536219158</v>
       </c>
-      <c r="N880" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O880" s="4">
+      <c r="N890" t="s" s="3">
+        <v>2476</v>
+      </c>
+      <c r="O890" s="4">
         <v>79.90</v>
       </c>
-      <c r="P880" t="s">
+      <c r="P890" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="881">
-[...3 lines deleted...]
-      <c r="B881">
+    <row r="891">
+      <c r="A891">
+        <v>890</v>
+      </c>
+      <c r="B891">
         <v>22373</v>
       </c>
-      <c r="C881" t="s">
-[...2 lines deleted...]
-      <c r="D881" t="s">
+      <c r="C891" t="s">
+        <v>2477</v>
+      </c>
+      <c r="D891" t="s">
         <v>167</v>
       </c>
-      <c r="F881">
+      <c r="F891">
         <v>202</v>
       </c>
-      <c r="G881">
+      <c r="G891">
         <v>269</v>
       </c>
-      <c r="H881" t="s">
-[...8 lines deleted...]
-      <c r="K881">
+      <c r="H891" t="s">
+        <v>22</v>
+      </c>
+      <c r="I891">
+        <v>150</v>
+      </c>
+      <c r="J891">
+        <v>210</v>
+      </c>
+      <c r="K891">
         <v>11</v>
       </c>
-      <c r="L881" s="1">
+      <c r="L891" s="1">
         <v>40814</v>
       </c>
-      <c r="M881" s="2">
+      <c r="M891" s="2">
         <v>9788536235028</v>
       </c>
-      <c r="N881" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O881" s="4">
+      <c r="N891" t="s" s="3">
+        <v>2478</v>
+      </c>
+      <c r="O891" s="4">
         <v>99.90</v>
       </c>
-      <c r="P881" t="s">
+      <c r="P891" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="882">
-[...3 lines deleted...]
-      <c r="B882">
+    <row r="892">
+      <c r="A892">
+        <v>891</v>
+      </c>
+      <c r="B892">
         <v>24459</v>
       </c>
-      <c r="C882" t="s">
-[...2 lines deleted...]
-      <c r="D882" t="s">
+      <c r="C892" t="s">
+        <v>2479</v>
+      </c>
+      <c r="D892" t="s">
         <v>331</v>
       </c>
-      <c r="F882">
+      <c r="F892">
         <v>158</v>
       </c>
-      <c r="G882">
+      <c r="G892">
         <v>196</v>
       </c>
-      <c r="H882" t="s">
-[...8 lines deleted...]
-      <c r="K882">
+      <c r="H892" t="s">
+        <v>22</v>
+      </c>
+      <c r="I892">
+        <v>150</v>
+      </c>
+      <c r="J892">
+        <v>210</v>
+      </c>
+      <c r="K892">
         <v>9</v>
       </c>
-      <c r="L882" s="1">
+      <c r="L892" s="1">
         <v>42436</v>
       </c>
-      <c r="M882" s="2">
+      <c r="M892" s="2">
         <v>9788536255811</v>
       </c>
-      <c r="N882" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O882" s="4">
+      <c r="N892" t="s" s="3">
+        <v>2480</v>
+      </c>
+      <c r="O892" s="4">
         <v>89.90</v>
       </c>
-      <c r="P882" t="s">
+      <c r="P892" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>