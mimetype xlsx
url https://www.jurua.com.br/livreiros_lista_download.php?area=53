--- v1 (2025-11-30)
+++ v2 (2026-01-26)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2481" uniqueCount="2481">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2493" uniqueCount="2493">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -1037,50 +1037,56 @@
   <si>
     <t>Celso Rodrigues</t>
   </si>
   <si>
     <t>853620088-X</t>
   </si>
   <si>
     <t>Atividades Lúdicas - Sua importância na alfabetização</t>
   </si>
   <si>
     <t>Adriana P. Rosa e Josiane di Nisio</t>
   </si>
   <si>
     <t>857394191-X</t>
   </si>
   <si>
     <t>Através da Patagônia - A Nobreza em Busca de Aventura - Coleção Diários de Viagem</t>
   </si>
   <si>
     <t>Florence Dixie - Tradução: Monica Kukulka - Adaptação: Sara Duim</t>
   </si>
   <si>
     <t>978652631087-8</t>
   </si>
   <si>
+    <t>Charles Rabot - Tradução: Elen dos Santos Brito</t>
+  </si>
+  <si>
+    <t>978652632078-5</t>
+  </si>
+  <si>
     <t>Áurea a Menina de Barro</t>
   </si>
   <si>
     <t>Maria Margareth Garcia Vieira</t>
   </si>
   <si>
     <t>853620788-4</t>
   </si>
   <si>
     <t>Autismo, Superdotação e Dupla Excepcionalidade</t>
   </si>
   <si>
     <t>Organizadoras: Fernanda Hellen Ribeiro Piske e Kristina Henry Collins</t>
   </si>
   <si>
     <t>978655605740-8</t>
   </si>
   <si>
     <t>Autobiografia - Semeando Livros</t>
   </si>
   <si>
     <t>Flávio Josefo - Tradução e Adaptação A. C. Godoy</t>
   </si>
   <si>
     <t>857394971-6</t>
@@ -1373,50 +1379,59 @@
   <si>
     <t>2ª Edição - Revista</t>
   </si>
   <si>
     <t>978853622489-3</t>
   </si>
   <si>
     <t>Cães expulsos do Paraíso - Perros expulsados del eden - Português &amp; Espanhol</t>
   </si>
   <si>
     <t>Carlos Alberto Sanches</t>
   </si>
   <si>
     <t>857394921-X</t>
   </si>
   <si>
     <t>Literatura e Cultura - Auto Ajuda e Esotérico;Literatura e Cultura - Diversos;Literatura e Cultura - Religião e Espiritualidade;</t>
   </si>
   <si>
     <t>Café da Manhã Existencialista - Cartas de Sonhos ao Vento - Semeando Livros</t>
   </si>
   <si>
     <t>978853622705-4</t>
   </si>
   <si>
+    <t>Califado Abássida - A História do Terceiro Califado Islâmico (750 – 1258 d.C.) - Coleção História FM Entrevista - Coordenador da Coleção: Icles Rodrigues</t>
+  </si>
+  <si>
+    <t>Otávio Luiz Pinto, Icles Rodrigues</t>
+  </si>
+  <si>
+    <t>978652632053-2</t>
+  </si>
+  <si>
     <t>Caminhada</t>
   </si>
   <si>
     <t>Vidal Idony Stockler</t>
   </si>
   <si>
     <t>850362565-2</t>
   </si>
   <si>
     <t>Caminho da Conquista, O - Uma História de Planejamento, Perseverança e Determinação Rumo ao Cume do Aconcágua - Semeando Livros</t>
   </si>
   <si>
     <t>José Manuel Kantek</t>
   </si>
   <si>
     <t>978853622129-8</t>
   </si>
   <si>
     <t>Literatura e Cultura - Negócios, Administração e Marketing;Literatura e Cultura - Viagem e Turismo;</t>
   </si>
   <si>
     <t>Caminho do Inferno, A - Semeando Livros</t>
   </si>
   <si>
     <t>Fabiano Bley Franco</t>
@@ -2162,54 +2177,57 @@
   <si>
     <t>Marino Braga</t>
   </si>
   <si>
     <t>857394196-0</t>
   </si>
   <si>
     <t>Diabo Vai ao Céu, O - Semeando Livros</t>
   </si>
   <si>
     <t>Renato de Paiva Pereira</t>
   </si>
   <si>
     <t>978853624459-4</t>
   </si>
   <si>
     <t>Diário da Adoção - Ajudando a Formar Famílias de Verdade</t>
   </si>
   <si>
     <t>Organizadora: Bárbara Toledo</t>
   </si>
   <si>
     <t>978853627638-0</t>
   </si>
   <si>
+    <t>Diário da Viagem de Michel de Montaigne - Entre Roma, Mar Adriático e Mar Tirreno: no coração da Itália renascentista - 1580 e 1581 - Coleção Diários de Viagem</t>
+  </si>
+  <si>
     <t>Michel de Montaigne - Tradução e Adaptação: Lia Licodiedoff Terbeck - Revisão: Giselle Zambiazzi</t>
   </si>
   <si>
-    <t>978652632101-0</t>
+    <t>978652632068-6</t>
   </si>
   <si>
     <t>Diário de uma Bruxa - As Pedras e as Flores que Encontrei no Caminho de Santiago</t>
   </si>
   <si>
     <t>Beatriz Eustáquio de Andrade Abreu</t>
   </si>
   <si>
     <t>857394738-1</t>
   </si>
   <si>
     <t>Dicionário Básico de Citações - Frases sobre Emoções, Sentimentos, Valores e Virtudes</t>
   </si>
   <si>
     <t>Luiz Eduardo Gunther</t>
   </si>
   <si>
     <t>978853628631-0</t>
   </si>
   <si>
     <t>Dicionário de Citações do Livro Memórias Póstumas de Brás Cubas, de Machado de Assis - Minibook</t>
   </si>
   <si>
     <t>978853628245-9</t>
   </si>
@@ -2675,50 +2693,59 @@
   <si>
     <t>Entre a Corda e o Nó - Semeando Livros</t>
   </si>
   <si>
     <t>978853623149-5</t>
   </si>
   <si>
     <t>Entre Causos e Causas, Rir é a Melhor Sentença!</t>
   </si>
   <si>
     <t>Sil Loyola</t>
   </si>
   <si>
     <t>978652630919-3</t>
   </si>
   <si>
     <t>Eros e Thánatos - No Livro De Consolação - Uma Releitura de Camilo - Semeando Livros</t>
   </si>
   <si>
     <t>Newton SABBÁ GUIMARÃES</t>
   </si>
   <si>
     <t>978853623105-1</t>
   </si>
   <si>
+    <t>Escola Cívico-Militar - O Desenvolvimento da Visão Unificada Diante da Pedagogia da Confluência em Face dos Valores Oferecidos pelos Sistemas de Educação</t>
+  </si>
+  <si>
+    <t>Nilo Henrique Nunes Caldas</t>
+  </si>
+  <si>
+    <t>978652632044-0</t>
+  </si>
+  <si>
     <t>Escola e Educação - Práticas e Reflexões</t>
   </si>
   <si>
     <t>Organizadoras: Michele Poletto, Ana Paula Lazzaretti de Souza e Silvia Helena Koller</t>
   </si>
   <si>
     <t>978853626074-7</t>
   </si>
   <si>
     <t>Escola e Pais Separados - Uma Parceria Possível</t>
   </si>
   <si>
     <t>Andréia Ribeiro Cardoso</t>
   </si>
   <si>
     <t>978853622191-5</t>
   </si>
   <si>
     <t>Escrita &amp; Autoria - Internet, Literatura e Ontologia</t>
   </si>
   <si>
     <t>Leonardo Pinto de Almeida</t>
   </si>
   <si>
     <t>978853624874-5</t>
@@ -4364,50 +4391,59 @@
   <si>
     <t>A. C. Godoy</t>
   </si>
   <si>
     <t>853620009-X</t>
   </si>
   <si>
     <t>Lúdico e Alfabetização</t>
   </si>
   <si>
     <t>Coordenadora: Adriana Rosa</t>
   </si>
   <si>
     <t>853620437-0</t>
   </si>
   <si>
     <t>Lugar Denominado Família, O - Semeando Livros</t>
   </si>
   <si>
     <t>Maria Helena Machado</t>
   </si>
   <si>
     <t>978853626505-6</t>
   </si>
   <si>
+    <t>Luta Pelo Everest, A - Relato da Expedição em que Desapareceram Mallory e Irvine em 1924 - Coleção Diários de Viagem</t>
+  </si>
+  <si>
+    <t>Edward Norton - Tradução: Giselle Zambiazzi</t>
+  </si>
+  <si>
+    <t>978652631641-2</t>
+  </si>
+  <si>
     <t>Luzeiros de Amor - Semeando Livros</t>
   </si>
   <si>
     <t>Pelo espírito da Irmã Luíza - Psicografado por: Enézio de Deus Silva Júnior</t>
   </si>
   <si>
     <t>978853624108-1</t>
   </si>
   <si>
     <t>Luzes da Ribalta - Meninos de Rua - Semeando Livros</t>
   </si>
   <si>
     <t>Obra psicografada por: Conceição Aparecida Castilho</t>
   </si>
   <si>
     <t>978853622557-9</t>
   </si>
   <si>
     <t>Mães que Entregam o Bebê em Adoção - A Voz das Mães que Não Conseguem Assumir a Criação de um Filho</t>
   </si>
   <si>
     <t>Kátia Regina Bazzano da S. Rosi</t>
   </si>
   <si>
     <t>978655605772-9</t>
@@ -4883,56 +4919,50 @@
   <si>
     <t>Robert Proctor - Tradutora: Luciana Correia Porcelli - Adaptação: Lia Licodiedoff Terbeck</t>
   </si>
   <si>
     <t>978652630574-4</t>
   </si>
   <si>
     <t>Miragem</t>
   </si>
   <si>
     <t>Joel Bino de Oliveira</t>
   </si>
   <si>
     <t>853621142-3</t>
   </si>
   <si>
     <t>Mistérios Do Tao</t>
   </si>
   <si>
     <t>Lao Tsé Tung - Tradução e Adptação: A. C. Godoy</t>
   </si>
   <si>
     <t>857394292-4</t>
   </si>
   <si>
-    <t>Antoine Galland - Tradução e Adaptação: Giselle Zambiazzi</t>
-[...4 lines deleted...]
-  <si>
     <t>Mística e Compaixão - Uma Abordagem Samaritana</t>
   </si>
   <si>
     <t>Edmilson Borges de Carvalho</t>
   </si>
   <si>
     <t>978853628216-9</t>
   </si>
   <si>
     <t>Literatura e Cultura - Auto Ajuda e Esotérico;Literatura e Cultura - Religião e Espiritualidade;</t>
   </si>
   <si>
     <t>Mitla - Uma Narrativa de Incidentes e Aventuras Pessoais em Uma Viagem pelo México, Guatemala e Salvador - Semeando Livros</t>
   </si>
   <si>
     <t>Gustav Ferdinand von Tempsky - Tradução: Nélia Maria Pinheiro Padilha von Tempski-Silka - Prefácio: Valton Sergio von Tempski-Silka</t>
   </si>
   <si>
     <t>978853624546-1</t>
   </si>
   <si>
     <t>Mitos e a Realidade dos Anjos e da Bíblia, Os</t>
   </si>
   <si>
     <t>Paulo Maciel</t>
@@ -5564,50 +5594,59 @@
   <si>
     <t>853620418-4</t>
   </si>
   <si>
     <t>Pedras são Lágrimas do Tempo, As</t>
   </si>
   <si>
     <t>978652631007-6</t>
   </si>
   <si>
     <t>Pela Patagônia - Coleção Diários de Viagem</t>
   </si>
   <si>
     <t>Cláudio Pinho Prates</t>
   </si>
   <si>
     <t>978853624569-0</t>
   </si>
   <si>
     <t>Peleador, O - Um Voluntário da Liberdade - Semeando Livros</t>
   </si>
   <si>
     <t>978853621921-9</t>
   </si>
   <si>
+    <t>Pelo Coração da Alemanha até a Áustria e a Suíça - Um Ano de Aventuras de Uma Escritora Americana na Europa Germânica – 1877</t>
+  </si>
+  <si>
+    <t>Blanche Willis Howard - Tradução: Osvaldo Ferreira de Carvalho</t>
+  </si>
+  <si>
+    <t>978652632100-3</t>
+  </si>
+  <si>
     <t>Pelos Caminhos de Israel</t>
   </si>
   <si>
     <t>Isaac SABBÁ GUIMARÃES</t>
   </si>
   <si>
     <t>978853622441-1</t>
   </si>
   <si>
     <t>Literatura e Cultura - Política, História e Filosofia;Literatura e Cultura - Viagem e Turismo;Literatura e Cultura - Religião e Espiritualidade;</t>
   </si>
   <si>
     <t>Pequena Empresa &amp; Competitividade - Desafios e Oportunidades</t>
   </si>
   <si>
     <t>Moisés Francisco Farah Jr.</t>
   </si>
   <si>
     <t>853620755-8</t>
   </si>
   <si>
     <t>Pequenas Mensagens, Grandes Lições - Semeando Livros</t>
   </si>
   <si>
     <t>Jorge Franklin Alves Felipe</t>
@@ -6263,50 +6302,56 @@
   <si>
     <t>Marcos Vinícius Pansardi</t>
   </si>
   <si>
     <t>978853622756-6</t>
   </si>
   <si>
     <t>Relacionamentos Felizes - Dicas de Deus</t>
   </si>
   <si>
     <t>Marta Almeida Lopes</t>
   </si>
   <si>
     <t>857394766-7</t>
   </si>
   <si>
     <t>Relacionamentos Positivos na Escola</t>
   </si>
   <si>
     <t>Organizadores: Lidia Weber e Josafá da Cunha</t>
   </si>
   <si>
     <t>978655605385-1</t>
   </si>
   <si>
+    <t>Flávia Germana de Sousa Ferreira</t>
+  </si>
+  <si>
+    <t>978652632036-5</t>
+  </si>
+  <si>
     <t>Relíquia, A - Clássicos da Literatura</t>
   </si>
   <si>
     <t>Eça de Queiroz</t>
   </si>
   <si>
     <t>853620233-5</t>
   </si>
   <si>
     <t>Responsabilidade Civil &amp; Tabagismo - Prefácio de Donaldo Armelin</t>
   </si>
   <si>
     <t>Lúcio Delfino</t>
   </si>
   <si>
     <t>978853621790-1</t>
   </si>
   <si>
     <t>Mariana Massara Rodrigues de Oliveira</t>
   </si>
   <si>
     <t>978853621566-2</t>
   </si>
   <si>
     <t>Responsabilidade Civil e Ética do Cirurgião-Dentista, da</t>
@@ -7245,59 +7290,50 @@
     <t>853620295-5</t>
   </si>
   <si>
     <t>Veredas Espirituais - Semeando Livros</t>
   </si>
   <si>
     <t>978853623518-9</t>
   </si>
   <si>
     <t>Viagem do Liberdade - Do Brasil aos Estados Unidos em um Barco de Cem Dólares - Coleção Diários de Viagem</t>
   </si>
   <si>
     <t>Joshua Slocum - Tradução e Adaptação: Lia Licodiedoff Terbeck – Revisão: Giselle Zambiazzi</t>
   </si>
   <si>
     <t>978652631244-5</t>
   </si>
   <si>
     <t>Viagem dos Bichos, A - Uma Aventura na Proto-História do Mundo - Semeando Livros</t>
   </si>
   <si>
     <t>Sadi Franzon</t>
   </si>
   <si>
     <t>978853621718-5</t>
-  </si>
-[...7 lines deleted...]
-    <t>978652631646-7</t>
   </si>
   <si>
     <t>Viagens de Mary Seacole - Da Jamaica até Constantinopla - De Constantinopla para a Crimeia - Da Crimeia para Londres - Coleção Diários de Viagem</t>
   </si>
   <si>
     <t>Mary Seacole - Tradutor: João Evangelista Fernandes - Adaptação: Saulo Adami</t>
   </si>
   <si>
     <t>978652630461-7</t>
   </si>
   <si>
     <t>Viajando de Motor Home pela Nova Zelândia - Coleção Diários de Viagem</t>
   </si>
   <si>
     <t>José Ernani de Carvalho Pacheco</t>
   </si>
   <si>
     <t>978853626991-7</t>
   </si>
   <si>
     <t>Vida em Verso e Prosa - Contos, Crônicas e Poemas Selecionados - Semeando Livros</t>
   </si>
   <si>
     <t>Jocelino Freitas</t>
   </si>
@@ -7505,51 +7541,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R892"/>
+  <dimension ref="A1:R896"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="16"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="60"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -12793,37089 +12829,37277 @@
       </c>
       <c r="K111">
         <v>9</v>
       </c>
       <c r="L111" s="1">
         <v>45729</v>
       </c>
       <c r="M111" s="2">
         <v>9786526310878</v>
       </c>
       <c r="N111" t="s" s="3">
         <v>341</v>
       </c>
       <c r="O111" s="4">
         <v>84.70</v>
       </c>
       <c r="P111" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112">
-        <v>11161</v>
-[...1 lines deleted...]
-      <c r="C112" t="s">
+        <v>31944</v>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>Através do Norte da Rússia - Na Rota do Pechora e dos Urais - Uma aventura extraordinária e reveladora entre povos diversos, florestas e estepes - 1894 - Coleção Diários de Viagem</t>
+        </is>
+      </c>
+      <c r="D112" t="s">
         <v>342</v>
       </c>
-      <c r="D112" t="s">
+      <c r="F112">
+        <v>190</v>
+      </c>
+      <c r="G112">
+        <v>255</v>
+      </c>
+      <c r="H112" t="s">
+        <v>22</v>
+      </c>
+      <c r="I112">
+        <v>150</v>
+      </c>
+      <c r="J112">
+        <v>210</v>
+      </c>
+      <c r="K112">
+        <v>9</v>
+      </c>
+      <c r="L112" s="1">
+        <v>46029</v>
+      </c>
+      <c r="M112" s="2">
+        <v>9786526320785</v>
+      </c>
+      <c r="N112" t="s" s="3">
         <v>343</v>
       </c>
-      <c r="F112">
-[...25 lines deleted...]
-      </c>
       <c r="O112" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P112" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113">
-        <v>29229</v>
+        <v>11161</v>
       </c>
       <c r="C113" t="s">
+        <v>344</v>
+      </c>
+      <c r="D113" t="s">
         <v>345</v>
       </c>
-      <c r="D113" t="s">
+      <c r="F113">
+        <v>84</v>
+      </c>
+      <c r="G113">
+        <v>132</v>
+      </c>
+      <c r="H113" t="s">
+        <v>22</v>
+      </c>
+      <c r="I113">
+        <v>150</v>
+      </c>
+      <c r="J113">
+        <v>210</v>
+      </c>
+      <c r="K113">
+        <v>5</v>
+      </c>
+      <c r="L113" s="1">
+        <v>38232</v>
+      </c>
+      <c r="M113" s="2">
+        <v>9788536207889</v>
+      </c>
+      <c r="N113" t="s" s="3">
         <v>346</v>
       </c>
-      <c r="F113">
-[...25 lines deleted...]
-      </c>
       <c r="O113" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P113" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114">
-        <v>12294</v>
+        <v>29229</v>
       </c>
       <c r="C114" t="s">
+        <v>347</v>
+      </c>
+      <c r="D114" t="s">
         <v>348</v>
       </c>
-      <c r="D114" t="s">
+      <c r="F114">
+        <v>210</v>
+      </c>
+      <c r="G114">
+        <v>260</v>
+      </c>
+      <c r="H114" t="s">
+        <v>22</v>
+      </c>
+      <c r="I114">
+        <v>150</v>
+      </c>
+      <c r="J114">
+        <v>210</v>
+      </c>
+      <c r="K114">
+        <v>11</v>
+      </c>
+      <c r="L114" s="1">
+        <v>44435</v>
+      </c>
+      <c r="M114" s="2">
+        <v>9786556057408</v>
+      </c>
+      <c r="N114" t="s" s="3">
         <v>349</v>
       </c>
-      <c r="F114">
-[...25 lines deleted...]
-      </c>
       <c r="O114" s="4">
-        <v>44.70</v>
+        <v>109.90</v>
       </c>
       <c r="P114" t="s">
-        <v>297</v>
+        <v>47</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115">
-        <v>28690</v>
+        <v>12294</v>
       </c>
       <c r="C115" t="s">
+        <v>350</v>
+      </c>
+      <c r="D115" t="s">
         <v>351</v>
       </c>
-      <c r="D115" t="s">
+      <c r="F115">
+        <v>84</v>
+      </c>
+      <c r="G115">
+        <v>122</v>
+      </c>
+      <c r="H115" t="s">
+        <v>22</v>
+      </c>
+      <c r="I115">
+        <v>150</v>
+      </c>
+      <c r="J115">
+        <v>210</v>
+      </c>
+      <c r="K115">
+        <v>5</v>
+      </c>
+      <c r="L115" s="1">
+        <v>37285</v>
+      </c>
+      <c r="M115" s="2">
+        <v>9788573949711</v>
+      </c>
+      <c r="N115" t="s" s="3">
         <v>352</v>
       </c>
-      <c r="F115">
-[...25 lines deleted...]
-      </c>
       <c r="O115" s="4">
-        <v>79.90</v>
+        <v>44.70</v>
       </c>
       <c r="P115" t="s">
-        <v>40</v>
+        <v>297</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116">
-        <v>29210</v>
+        <v>28690</v>
       </c>
       <c r="C116" t="s">
+        <v>353</v>
+      </c>
+      <c r="D116" t="s">
         <v>354</v>
       </c>
-      <c r="D116" t="s">
+      <c r="F116">
+        <v>144</v>
+      </c>
+      <c r="G116">
+        <v>178</v>
+      </c>
+      <c r="H116" t="s">
+        <v>22</v>
+      </c>
+      <c r="I116">
+        <v>150</v>
+      </c>
+      <c r="J116">
+        <v>210</v>
+      </c>
+      <c r="K116">
+        <v>8</v>
+      </c>
+      <c r="L116" s="1">
+        <v>44095</v>
+      </c>
+      <c r="M116" s="2">
+        <v>9786556052922</v>
+      </c>
+      <c r="N116" t="s" s="3">
         <v>355</v>
       </c>
-      <c r="F116">
-[...25 lines deleted...]
-      </c>
       <c r="O116" s="4">
-        <v>269.90</v>
+        <v>79.90</v>
       </c>
       <c r="P116" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117">
-        <v>24452</v>
+        <v>29210</v>
       </c>
       <c r="C117" t="s">
+        <v>356</v>
+      </c>
+      <c r="D117" t="s">
         <v>357</v>
       </c>
-      <c r="D117" t="s">
+      <c r="F117">
+        <v>572</v>
+      </c>
+      <c r="G117">
+        <v>709</v>
+      </c>
+      <c r="H117" t="s">
+        <v>22</v>
+      </c>
+      <c r="I117">
+        <v>150</v>
+      </c>
+      <c r="J117">
+        <v>210</v>
+      </c>
+      <c r="K117">
+        <v>28</v>
+      </c>
+      <c r="L117" s="1">
+        <v>44426</v>
+      </c>
+      <c r="M117" s="2">
+        <v>9786556057521</v>
+      </c>
+      <c r="N117" t="s" s="3">
         <v>358</v>
       </c>
-      <c r="F117">
-[...25 lines deleted...]
-      </c>
       <c r="O117" s="4">
-        <v>149.90</v>
+        <v>269.90</v>
       </c>
       <c r="P117" t="s">
-        <v>314</v>
+        <v>36</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118">
-        <v>10332</v>
+        <v>24452</v>
       </c>
       <c r="C118" t="s">
+        <v>359</v>
+      </c>
+      <c r="D118" t="s">
         <v>360</v>
       </c>
-      <c r="D118" t="s">
+      <c r="F118">
+        <v>356</v>
+      </c>
+      <c r="G118">
+        <v>441</v>
+      </c>
+      <c r="H118" t="s">
+        <v>22</v>
+      </c>
+      <c r="I118">
+        <v>150</v>
+      </c>
+      <c r="J118">
+        <v>210</v>
+      </c>
+      <c r="K118">
+        <v>18</v>
+      </c>
+      <c r="L118" s="1">
+        <v>42433</v>
+      </c>
+      <c r="M118" s="2">
+        <v>9788536255859</v>
+      </c>
+      <c r="N118" t="s" s="3">
         <v>361</v>
       </c>
-      <c r="F118">
-[...25 lines deleted...]
-      </c>
       <c r="O118" s="4">
-        <v>89.90</v>
+        <v>149.90</v>
       </c>
       <c r="P118" t="s">
-        <v>36</v>
+        <v>314</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119">
-        <v>12487</v>
+        <v>10332</v>
       </c>
       <c r="C119" t="s">
+        <v>362</v>
+      </c>
+      <c r="D119" t="s">
         <v>363</v>
       </c>
-      <c r="D119" t="s">
+      <c r="F119">
+        <v>160</v>
+      </c>
+      <c r="G119">
+        <v>218</v>
+      </c>
+      <c r="H119" t="s">
+        <v>22</v>
+      </c>
+      <c r="I119">
+        <v>150</v>
+      </c>
+      <c r="J119">
+        <v>210</v>
+      </c>
+      <c r="K119">
+        <v>9</v>
+      </c>
+      <c r="L119" s="1">
+        <v>36671</v>
+      </c>
+      <c r="M119" s="2">
+        <v>9788573943399</v>
+      </c>
+      <c r="N119" t="s" s="3">
         <v>364</v>
       </c>
-      <c r="F119">
-[...25 lines deleted...]
-      </c>
       <c r="O119" s="4">
-        <v>49.90</v>
+        <v>89.90</v>
       </c>
       <c r="P119" t="s">
-        <v>366</v>
+        <v>36</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120">
-        <v>12495</v>
+        <v>12487</v>
       </c>
       <c r="C120" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D120" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="F120">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G120">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="H120" t="s">
         <v>22</v>
       </c>
       <c r="I120">
         <v>150</v>
       </c>
       <c r="J120">
         <v>210</v>
       </c>
       <c r="K120">
         <v>8</v>
       </c>
       <c r="L120" s="1">
-        <v>37649</v>
+        <v>37634</v>
       </c>
       <c r="M120" s="2">
-        <v>9788536203713</v>
+        <v>9788536201887</v>
       </c>
       <c r="N120" t="s" s="3">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="O120" s="4">
         <v>49.90</v>
       </c>
       <c r="P120" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121">
-        <v>12592</v>
+        <v>12495</v>
       </c>
       <c r="C121" t="s">
         <v>369</v>
       </c>
       <c r="D121" t="s">
+        <v>366</v>
+      </c>
+      <c r="F121">
+        <v>128</v>
+      </c>
+      <c r="G121">
+        <v>176</v>
+      </c>
+      <c r="H121" t="s">
+        <v>22</v>
+      </c>
+      <c r="I121">
+        <v>150</v>
+      </c>
+      <c r="J121">
+        <v>210</v>
+      </c>
+      <c r="K121">
+        <v>8</v>
+      </c>
+      <c r="L121" s="1">
+        <v>37649</v>
+      </c>
+      <c r="M121" s="2">
+        <v>9788536203713</v>
+      </c>
+      <c r="N121" t="s" s="3">
         <v>370</v>
       </c>
-      <c r="F121">
-[...25 lines deleted...]
-      </c>
       <c r="O121" s="4">
-        <v>69.90</v>
+        <v>49.90</v>
       </c>
       <c r="P121" t="s">
-        <v>36</v>
+        <v>368</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122">
-        <v>25707</v>
+        <v>12592</v>
       </c>
       <c r="C122" t="s">
+        <v>371</v>
+      </c>
+      <c r="D122" t="s">
         <v>372</v>
       </c>
-      <c r="D122" t="s">
+      <c r="F122">
+        <v>98</v>
+      </c>
+      <c r="G122">
+        <v>144</v>
+      </c>
+      <c r="H122" t="s">
+        <v>22</v>
+      </c>
+      <c r="I122">
+        <v>150</v>
+      </c>
+      <c r="J122">
+        <v>210</v>
+      </c>
+      <c r="K122">
+        <v>6</v>
+      </c>
+      <c r="L122" s="1">
+        <v>37781</v>
+      </c>
+      <c r="M122" s="2">
+        <v>9788536204048</v>
+      </c>
+      <c r="N122" t="s" s="3">
         <v>373</v>
       </c>
-      <c r="F122">
-[...25 lines deleted...]
-      </c>
       <c r="O122" s="4">
-        <v>107.70</v>
+        <v>69.90</v>
       </c>
       <c r="P122" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123">
-        <v>20154</v>
+        <v>25707</v>
       </c>
       <c r="C123" t="s">
+        <v>374</v>
+      </c>
+      <c r="D123" t="s">
         <v>375</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F123">
-        <v>92</v>
+        <v>198</v>
       </c>
       <c r="G123">
-        <v>110</v>
+        <v>246</v>
       </c>
       <c r="H123" t="s">
         <v>22</v>
       </c>
       <c r="I123">
         <v>150</v>
       </c>
       <c r="J123">
         <v>210</v>
       </c>
       <c r="K123">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L123" s="1">
-        <v>39090</v>
+        <v>42863</v>
       </c>
       <c r="M123" s="2">
-        <v>9788536214627</v>
+        <v>9788536267937</v>
       </c>
       <c r="N123" t="s" s="3">
         <v>376</v>
       </c>
       <c r="O123" s="4">
-        <v>69.90</v>
+        <v>107.70</v>
       </c>
       <c r="P123" t="s">
-        <v>377</v>
+        <v>36</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124">
-        <v>12277</v>
+        <v>20154</v>
       </c>
       <c r="C124" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="D124" t="s">
-        <v>379</v>
+        <v>345</v>
       </c>
       <c r="F124">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="G124">
-        <v>142</v>
+        <v>110</v>
       </c>
       <c r="H124" t="s">
         <v>22</v>
       </c>
       <c r="I124">
         <v>150</v>
       </c>
       <c r="J124">
         <v>210</v>
       </c>
       <c r="K124">
         <v>6</v>
       </c>
       <c r="L124" s="1">
-        <v>37260</v>
+        <v>39090</v>
       </c>
       <c r="M124" s="2">
-        <v>9788573949490</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>9788536214627</v>
+      </c>
+      <c r="N124" t="s" s="3">
+        <v>378</v>
       </c>
       <c r="O124" s="4">
         <v>69.90</v>
       </c>
       <c r="P124" t="s">
-        <v>36</v>
+        <v>379</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125">
+        <v>12277</v>
+      </c>
+      <c r="C125" t="s">
+        <v>380</v>
+      </c>
+      <c r="D125" t="s">
+        <v>381</v>
+      </c>
+      <c r="F125">
+        <v>100</v>
+      </c>
+      <c r="G125">
+        <v>142</v>
+      </c>
+      <c r="H125" t="s">
+        <v>22</v>
+      </c>
+      <c r="I125">
+        <v>150</v>
+      </c>
+      <c r="J125">
+        <v>210</v>
+      </c>
+      <c r="K125">
+        <v>6</v>
+      </c>
+      <c r="L125" s="1">
+        <v>37260</v>
+      </c>
+      <c r="M125" s="2">
+        <v>9788573949490</v>
+      </c>
+      <c r="N125" t="s">
+        <v>382</v>
+      </c>
+      <c r="O125" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P125" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126">
+        <v>125</v>
+      </c>
+      <c r="B126">
         <v>27062</v>
       </c>
-      <c r="C125" t="inlineStr">
+      <c r="C126" t="inlineStr">
         <is>
           <t>Baruch de Espinosa - O Julgamento do Filósofo à Frente de seu Tempo - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D125" t="s">
-[...2 lines deleted...]
-      <c r="F125">
+      <c r="D126" t="s">
+        <v>383</v>
+      </c>
+      <c r="F126">
         <v>140</v>
       </c>
-      <c r="G125">
+      <c r="G126">
         <v>88</v>
       </c>
-      <c r="H125" t="s">
-[...2 lines deleted...]
-      <c r="I125">
+      <c r="H126" t="s">
+        <v>22</v>
+      </c>
+      <c r="I126">
         <v>100</v>
       </c>
-      <c r="J125">
+      <c r="J126">
         <v>160</v>
       </c>
-      <c r="K125">
+      <c r="K126">
         <v>8</v>
       </c>
-      <c r="L125" s="1">
+      <c r="L126" s="1">
         <v>43311</v>
       </c>
-      <c r="M125" s="2">
+      <c r="M126" s="2">
         <v>9788536280905</v>
       </c>
-      <c r="N125" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O125" s="4">
+      <c r="N126" t="s" s="3">
+        <v>384</v>
+      </c>
+      <c r="O126" s="4">
         <v>49.90</v>
       </c>
-      <c r="P125" t="s">
+      <c r="P126" t="s">
         <v>297</v>
-      </c>
-[...45 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127">
-        <v>20444</v>
+        <v>13092</v>
       </c>
       <c r="C127" t="s">
+        <v>385</v>
+      </c>
+      <c r="D127" t="s">
         <v>386</v>
       </c>
-      <c r="D127" t="s">
+      <c r="F127">
+        <v>52</v>
+      </c>
+      <c r="G127">
+        <v>86</v>
+      </c>
+      <c r="H127" t="s">
+        <v>22</v>
+      </c>
+      <c r="I127">
+        <v>150</v>
+      </c>
+      <c r="J127">
+        <v>210</v>
+      </c>
+      <c r="K127">
+        <v>4</v>
+      </c>
+      <c r="L127" s="1">
+        <v>37606</v>
+      </c>
+      <c r="M127" s="2">
+        <v>9788536203430</v>
+      </c>
+      <c r="N127" t="s" s="3">
         <v>387</v>
-      </c>
-[...25 lines deleted...]
-        <v>388</v>
       </c>
       <c r="O127" s="4">
         <v>59.90</v>
       </c>
       <c r="P127" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128">
-        <v>20338</v>
+        <v>20444</v>
       </c>
       <c r="C128" t="s">
+        <v>388</v>
+      </c>
+      <c r="D128" t="s">
         <v>389</v>
       </c>
-      <c r="D128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F128">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G128">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="H128" t="s">
         <v>22</v>
       </c>
       <c r="I128">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="J128">
-        <v>210</v>
+        <v>150</v>
       </c>
       <c r="K128">
         <v>7</v>
       </c>
       <c r="L128" s="1">
-        <v>37063</v>
+        <v>39371</v>
       </c>
       <c r="M128" s="2">
-        <v>9788573947359</v>
+        <v>9788536217543</v>
       </c>
       <c r="N128" t="s" s="3">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="O128" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P128" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129">
-        <v>29655</v>
+        <v>20338</v>
       </c>
       <c r="C129" t="s">
+        <v>391</v>
+      </c>
+      <c r="D129" t="s">
         <v>392</v>
       </c>
-      <c r="D129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F129">
-        <v>70</v>
+        <v>112</v>
       </c>
       <c r="G129">
-        <v>90</v>
+        <v>165</v>
       </c>
       <c r="H129" t="s">
         <v>22</v>
       </c>
       <c r="I129">
         <v>150</v>
       </c>
       <c r="J129">
         <v>210</v>
       </c>
       <c r="K129">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L129" s="1">
-        <v>44683</v>
+        <v>37063</v>
       </c>
       <c r="M129" s="2">
-        <v>9788536296739</v>
+        <v>9788573947359</v>
       </c>
       <c r="N129" t="s" s="3">
         <v>393</v>
       </c>
       <c r="O129" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P129" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130">
-        <v>29033</v>
+        <v>29655</v>
       </c>
       <c r="C130" t="s">
         <v>394</v>
       </c>
       <c r="D130" t="s">
+        <v>299</v>
+      </c>
+      <c r="F130">
+        <v>70</v>
+      </c>
+      <c r="G130">
+        <v>90</v>
+      </c>
+      <c r="H130" t="s">
+        <v>22</v>
+      </c>
+      <c r="I130">
+        <v>150</v>
+      </c>
+      <c r="J130">
+        <v>210</v>
+      </c>
+      <c r="K130">
+        <v>4</v>
+      </c>
+      <c r="L130" s="1">
+        <v>44683</v>
+      </c>
+      <c r="M130" s="2">
+        <v>9788536296739</v>
+      </c>
+      <c r="N130" t="s" s="3">
         <v>395</v>
       </c>
-      <c r="F130">
-[...25 lines deleted...]
-      </c>
       <c r="O130" s="4">
-        <v>49.70</v>
+        <v>59.90</v>
       </c>
       <c r="P130" t="s">
-        <v>397</v>
+        <v>36</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131">
-        <v>22529</v>
+        <v>29033</v>
       </c>
       <c r="C131" t="s">
+        <v>396</v>
+      </c>
+      <c r="D131" t="s">
+        <v>397</v>
+      </c>
+      <c r="F131">
+        <v>30</v>
+      </c>
+      <c r="G131">
+        <v>189</v>
+      </c>
+      <c r="H131" t="s">
+        <v>22</v>
+      </c>
+      <c r="I131">
+        <v>210</v>
+      </c>
+      <c r="J131">
+        <v>300</v>
+      </c>
+      <c r="K131">
+        <v>2</v>
+      </c>
+      <c r="L131" s="1">
+        <v>44305</v>
+      </c>
+      <c r="M131" s="2">
+        <v>9786556055336</v>
+      </c>
+      <c r="N131" t="s" s="3">
         <v>398</v>
       </c>
-      <c r="D131" t="s">
+      <c r="O131" s="4">
+        <v>49.70</v>
+      </c>
+      <c r="P131" t="s">
         <v>399</v>
-      </c>
-[...31 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132">
-        <v>12491</v>
+        <v>22529</v>
       </c>
       <c r="C132" t="s">
+        <v>400</v>
+      </c>
+      <c r="D132" t="s">
         <v>401</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132">
+        <v>122</v>
+      </c>
+      <c r="G132">
+        <v>187</v>
+      </c>
+      <c r="H132" t="s">
+        <v>22</v>
+      </c>
+      <c r="I132">
+        <v>150</v>
+      </c>
+      <c r="J132">
+        <v>210</v>
+      </c>
+      <c r="K132">
+        <v>7</v>
+      </c>
+      <c r="L132" s="1">
+        <v>40968</v>
+      </c>
+      <c r="M132" s="2">
+        <v>9788536236551</v>
+      </c>
+      <c r="N132" t="s" s="3">
         <v>402</v>
       </c>
-      <c r="F132">
-[...25 lines deleted...]
-      </c>
       <c r="O132" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P132" t="s">
-        <v>404</v>
+        <v>64</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133">
-        <v>20326</v>
+        <v>12491</v>
       </c>
       <c r="C133" t="s">
+        <v>403</v>
+      </c>
+      <c r="D133" t="s">
+        <v>404</v>
+      </c>
+      <c r="F133">
+        <v>194</v>
+      </c>
+      <c r="G133">
+        <v>260</v>
+      </c>
+      <c r="H133" t="s">
+        <v>22</v>
+      </c>
+      <c r="I133">
+        <v>150</v>
+      </c>
+      <c r="J133">
+        <v>210</v>
+      </c>
+      <c r="K133">
+        <v>11</v>
+      </c>
+      <c r="L133" s="1">
+        <v>37643</v>
+      </c>
+      <c r="M133" s="2">
+        <v>9788536202877</v>
+      </c>
+      <c r="N133" t="s" s="3">
         <v>405</v>
       </c>
-      <c r="D133" t="s">
+      <c r="O133" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P133" t="s">
         <v>406</v>
-      </c>
-[...31 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134">
-        <v>20342</v>
+        <v>20326</v>
       </c>
       <c r="C134" t="s">
+        <v>407</v>
+      </c>
+      <c r="D134" t="s">
         <v>408</v>
       </c>
-      <c r="D134" t="s">
+      <c r="F134">
+        <v>164</v>
+      </c>
+      <c r="G134">
+        <v>225</v>
+      </c>
+      <c r="H134" t="s">
+        <v>22</v>
+      </c>
+      <c r="I134">
+        <v>150</v>
+      </c>
+      <c r="J134">
+        <v>210</v>
+      </c>
+      <c r="K134">
+        <v>9</v>
+      </c>
+      <c r="L134" s="1">
+        <v>39261</v>
+      </c>
+      <c r="M134" s="2">
+        <v>9788536216003</v>
+      </c>
+      <c r="N134" t="s" s="3">
         <v>409</v>
       </c>
-      <c r="F134">
-[...25 lines deleted...]
-      </c>
       <c r="O134" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P134" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135">
-        <v>22622</v>
+        <v>20342</v>
       </c>
       <c r="C135" t="s">
+        <v>410</v>
+      </c>
+      <c r="D135" t="s">
         <v>411</v>
       </c>
-      <c r="D135" t="s">
+      <c r="F135">
+        <v>222</v>
+      </c>
+      <c r="G135">
+        <v>290</v>
+      </c>
+      <c r="H135" t="s">
+        <v>22</v>
+      </c>
+      <c r="I135">
+        <v>150</v>
+      </c>
+      <c r="J135">
+        <v>210</v>
+      </c>
+      <c r="K135">
+        <v>12</v>
+      </c>
+      <c r="L135" s="1">
+        <v>39281</v>
+      </c>
+      <c r="M135" s="2">
+        <v>9788536216478</v>
+      </c>
+      <c r="N135" t="s" s="3">
         <v>412</v>
       </c>
-      <c r="F135">
-[...25 lines deleted...]
-      </c>
       <c r="O135" s="4">
-        <v>139.90</v>
+        <v>109.90</v>
       </c>
       <c r="P135" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136">
-        <v>30214</v>
+        <v>22622</v>
       </c>
       <c r="C136" t="s">
+        <v>413</v>
+      </c>
+      <c r="D136" t="s">
         <v>414</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136">
+        <v>310</v>
+      </c>
+      <c r="G136">
+        <v>407</v>
+      </c>
+      <c r="H136" t="s">
+        <v>22</v>
+      </c>
+      <c r="I136">
+        <v>150</v>
+      </c>
+      <c r="J136">
+        <v>210</v>
+      </c>
+      <c r="K136">
+        <v>16</v>
+      </c>
+      <c r="L136" s="1">
+        <v>41053</v>
+      </c>
+      <c r="M136" s="2">
+        <v>9788536237961</v>
+      </c>
+      <c r="N136" t="s" s="3">
         <v>415</v>
       </c>
-      <c r="F136">
-[...25 lines deleted...]
-      </c>
       <c r="O136" s="4">
-        <v>69.90</v>
+        <v>139.90</v>
       </c>
       <c r="P136" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137">
+        <v>30214</v>
+      </c>
+      <c r="C137" t="s">
+        <v>416</v>
+      </c>
+      <c r="D137" t="s">
+        <v>417</v>
+      </c>
+      <c r="F137">
+        <v>136</v>
+      </c>
+      <c r="G137">
+        <v>169</v>
+      </c>
+      <c r="H137" t="s">
+        <v>22</v>
+      </c>
+      <c r="I137">
+        <v>150</v>
+      </c>
+      <c r="J137">
+        <v>210</v>
+      </c>
+      <c r="K137">
+        <v>7</v>
+      </c>
+      <c r="L137" s="1">
+        <v>44895</v>
+      </c>
+      <c r="M137" s="2">
+        <v>9786526302859</v>
+      </c>
+      <c r="N137" t="s" s="3">
+        <v>418</v>
+      </c>
+      <c r="O137" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P137" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138">
+        <v>137</v>
+      </c>
+      <c r="B138">
         <v>27979</v>
       </c>
-      <c r="C137" t="inlineStr">
+      <c r="C138" t="inlineStr">
         <is>
           <t>Bruxas de Salem, As - Entre o Real e o Imaginário - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D137" t="s">
-[...2 lines deleted...]
-      <c r="F137">
+      <c r="D138" t="s">
+        <v>419</v>
+      </c>
+      <c r="F138">
         <v>136</v>
       </c>
-      <c r="G137">
+      <c r="G138">
         <v>85</v>
       </c>
-      <c r="H137" t="s">
-[...2 lines deleted...]
-      <c r="I137">
+      <c r="H138" t="s">
+        <v>22</v>
+      </c>
+      <c r="I138">
         <v>100</v>
       </c>
-      <c r="J137">
+      <c r="J138">
         <v>160</v>
-      </c>
-[...45 lines deleted...]
-        <v>210</v>
       </c>
       <c r="K138">
         <v>8</v>
       </c>
       <c r="L138" s="1">
-        <v>44133</v>
+        <v>43691</v>
       </c>
       <c r="M138" s="2">
-        <v>9786556053981</v>
+        <v>9788536289113</v>
       </c>
       <c r="N138" t="s" s="3">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="O138" s="4">
-        <v>69.90</v>
+        <v>49.90</v>
       </c>
       <c r="P138" t="s">
-        <v>47</v>
+        <v>297</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139">
-        <v>27880</v>
+        <v>28758</v>
       </c>
       <c r="C139" t="s">
+        <v>421</v>
+      </c>
+      <c r="D139" t="s">
         <v>422</v>
       </c>
-      <c r="D139" t="s">
+      <c r="F139">
+        <v>156</v>
+      </c>
+      <c r="G139">
+        <v>193</v>
+      </c>
+      <c r="H139" t="s">
+        <v>22</v>
+      </c>
+      <c r="I139">
+        <v>150</v>
+      </c>
+      <c r="J139">
+        <v>210</v>
+      </c>
+      <c r="K139">
+        <v>8</v>
+      </c>
+      <c r="L139" s="1">
+        <v>44133</v>
+      </c>
+      <c r="M139" s="2">
+        <v>9786556053981</v>
+      </c>
+      <c r="N139" t="s" s="3">
         <v>423</v>
       </c>
-      <c r="F139">
-[...25 lines deleted...]
-      </c>
       <c r="O139" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P139" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140">
-        <v>24635</v>
+        <v>27880</v>
       </c>
       <c r="C140" t="s">
+        <v>424</v>
+      </c>
+      <c r="D140" t="s">
         <v>425</v>
       </c>
-      <c r="D140" t="s">
+      <c r="F140">
+        <v>74</v>
+      </c>
+      <c r="G140">
+        <v>92</v>
+      </c>
+      <c r="H140" t="s">
+        <v>22</v>
+      </c>
+      <c r="I140">
+        <v>150</v>
+      </c>
+      <c r="J140">
+        <v>210</v>
+      </c>
+      <c r="K140">
+        <v>5</v>
+      </c>
+      <c r="L140" s="1">
+        <v>43643</v>
+      </c>
+      <c r="M140" s="2">
+        <v>9788536288864</v>
+      </c>
+      <c r="N140" t="s" s="3">
         <v>426</v>
       </c>
-      <c r="F140">
-[...25 lines deleted...]
-      </c>
       <c r="O140" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P140" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141">
-        <v>22458</v>
+        <v>24635</v>
       </c>
       <c r="C141" t="s">
+        <v>427</v>
+      </c>
+      <c r="D141" t="s">
         <v>428</v>
       </c>
-      <c r="D141" t="s">
+      <c r="F141">
+        <v>202</v>
+      </c>
+      <c r="G141">
+        <v>251</v>
+      </c>
+      <c r="H141" t="s">
+        <v>22</v>
+      </c>
+      <c r="I141">
+        <v>150</v>
+      </c>
+      <c r="J141">
+        <v>210</v>
+      </c>
+      <c r="K141">
+        <v>11</v>
+      </c>
+      <c r="L141" s="1">
+        <v>42500</v>
+      </c>
+      <c r="M141" s="2">
+        <v>9788536257990</v>
+      </c>
+      <c r="N141" t="s" s="3">
         <v>429</v>
       </c>
-      <c r="F141">
-[...25 lines deleted...]
-      </c>
       <c r="O141" s="4">
-        <v>199.90</v>
+        <v>109.90</v>
       </c>
       <c r="P141" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142">
-        <v>10143</v>
+        <v>22458</v>
       </c>
       <c r="C142" t="s">
+        <v>430</v>
+      </c>
+      <c r="D142" t="s">
         <v>431</v>
       </c>
-      <c r="D142" t="s">
+      <c r="F142">
+        <v>474</v>
+      </c>
+      <c r="G142">
+        <v>608</v>
+      </c>
+      <c r="H142" t="s">
+        <v>22</v>
+      </c>
+      <c r="I142">
+        <v>150</v>
+      </c>
+      <c r="J142">
+        <v>210</v>
+      </c>
+      <c r="K142">
+        <v>24</v>
+      </c>
+      <c r="L142" s="1">
+        <v>40897</v>
+      </c>
+      <c r="M142" s="2">
+        <v>9788536234007</v>
+      </c>
+      <c r="N142" t="s" s="3">
         <v>432</v>
       </c>
-      <c r="E142" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O142" s="4">
-        <v>59.90</v>
+        <v>199.90</v>
       </c>
       <c r="P142" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143">
-        <v>23677</v>
+        <v>10143</v>
       </c>
       <c r="C143" t="s">
+        <v>433</v>
+      </c>
+      <c r="D143" t="s">
         <v>434</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
+        <v>34</v>
+      </c>
+      <c r="F143">
+        <v>68</v>
+      </c>
+      <c r="G143">
+        <v>104</v>
+      </c>
+      <c r="H143" t="s">
+        <v>22</v>
+      </c>
+      <c r="I143">
+        <v>150</v>
+      </c>
+      <c r="J143">
+        <v>210</v>
+      </c>
+      <c r="K143">
+        <v>5</v>
+      </c>
+      <c r="L143" s="1">
+        <v>35886</v>
+      </c>
+      <c r="M143" s="2">
+        <v>9788573940947</v>
+      </c>
+      <c r="N143" t="s" s="3">
         <v>435</v>
       </c>
-      <c r="F143">
-[...25 lines deleted...]
-      </c>
       <c r="O143" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P143" t="s">
-        <v>437</v>
+        <v>36</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144">
-        <v>31848</v>
+        <v>23677</v>
       </c>
       <c r="C144" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D144" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="F144">
-        <v>176</v>
+        <v>166</v>
       </c>
       <c r="G144">
-        <v>226</v>
+        <v>445</v>
       </c>
       <c r="H144" t="s">
         <v>22</v>
       </c>
       <c r="I144">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J144">
         <v>210</v>
       </c>
       <c r="K144">
         <v>9</v>
       </c>
       <c r="L144" s="1">
-        <v>45952</v>
+        <v>41949</v>
       </c>
       <c r="M144" s="2">
-        <v>9786526321027</v>
+        <v>9788536248837</v>
       </c>
       <c r="N144" t="s" s="3">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="O144" s="4">
-        <v>87.90</v>
+        <v>89.90</v>
       </c>
       <c r="P144" t="s">
-        <v>314</v>
+        <v>439</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145">
-        <v>30801</v>
+        <v>31848</v>
       </c>
       <c r="C145" t="s">
+        <v>440</v>
+      </c>
+      <c r="D145" t="s">
         <v>441</v>
       </c>
-      <c r="D145" t="s">
+      <c r="F145">
+        <v>176</v>
+      </c>
+      <c r="G145">
+        <v>244</v>
+      </c>
+      <c r="H145" t="s">
+        <v>22</v>
+      </c>
+      <c r="I145">
+        <v>150</v>
+      </c>
+      <c r="J145">
+        <v>210</v>
+      </c>
+      <c r="K145">
+        <v>9</v>
+      </c>
+      <c r="L145" s="1">
+        <v>45952</v>
+      </c>
+      <c r="M145" s="2">
+        <v>9786526321027</v>
+      </c>
+      <c r="N145" t="s" s="3">
         <v>442</v>
       </c>
-      <c r="F145">
-[...25 lines deleted...]
-      </c>
       <c r="O145" s="4">
-        <v>49.90</v>
+        <v>87.90</v>
       </c>
       <c r="P145" t="s">
-        <v>397</v>
+        <v>314</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146">
-        <v>21394</v>
+        <v>30801</v>
       </c>
       <c r="C146" t="s">
+        <v>443</v>
+      </c>
+      <c r="D146" t="s">
         <v>444</v>
       </c>
-      <c r="D146" t="s">
+      <c r="F146">
+        <v>14</v>
+      </c>
+      <c r="G146">
+        <v>18</v>
+      </c>
+      <c r="H146" t="s">
+        <v>22</v>
+      </c>
+      <c r="I146">
+        <v>300</v>
+      </c>
+      <c r="J146">
+        <v>210</v>
+      </c>
+      <c r="K146">
+        <v>1</v>
+      </c>
+      <c r="L146" s="1">
+        <v>45259</v>
+      </c>
+      <c r="M146" s="2">
+        <v>9786526306413</v>
+      </c>
+      <c r="N146" t="s" s="3">
         <v>445</v>
       </c>
-      <c r="E146" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O146" s="4">
-        <v>109.90</v>
+        <v>49.90</v>
       </c>
       <c r="P146" t="s">
-        <v>36</v>
+        <v>399</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147">
-        <v>20361</v>
+        <v>21394</v>
       </c>
       <c r="C147" t="s">
+        <v>446</v>
+      </c>
+      <c r="D147" t="s">
+        <v>447</v>
+      </c>
+      <c r="E147" t="s">
         <v>448</v>
       </c>
-      <c r="D147" t="s">
+      <c r="F147">
+        <v>230</v>
+      </c>
+      <c r="G147">
+        <v>300</v>
+      </c>
+      <c r="H147" t="s">
+        <v>22</v>
+      </c>
+      <c r="I147">
+        <v>150</v>
+      </c>
+      <c r="J147">
+        <v>210</v>
+      </c>
+      <c r="K147">
+        <v>12</v>
+      </c>
+      <c r="L147" s="1">
+        <v>40126</v>
+      </c>
+      <c r="M147" s="2">
+        <v>9788536224893</v>
+      </c>
+      <c r="N147" t="s" s="3">
         <v>449</v>
       </c>
-      <c r="F147">
-[...25 lines deleted...]
-      </c>
       <c r="O147" s="4">
-        <v>59.90</v>
+        <v>109.90</v>
       </c>
       <c r="P147" t="s">
-        <v>451</v>
+        <v>36</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148">
-        <v>21413</v>
+        <v>20361</v>
       </c>
       <c r="C148" t="s">
+        <v>450</v>
+      </c>
+      <c r="D148" t="s">
+        <v>451</v>
+      </c>
+      <c r="F148">
+        <v>82</v>
+      </c>
+      <c r="G148">
+        <v>120</v>
+      </c>
+      <c r="H148" t="s">
+        <v>22</v>
+      </c>
+      <c r="I148">
+        <v>150</v>
+      </c>
+      <c r="J148">
+        <v>210</v>
+      </c>
+      <c r="K148">
+        <v>5</v>
+      </c>
+      <c r="L148" s="1">
+        <v>37795</v>
+      </c>
+      <c r="M148" s="2">
+        <v>9788573949216</v>
+      </c>
+      <c r="N148" t="s">
         <v>452</v>
       </c>
-      <c r="D148" t="s">
-[...26 lines deleted...]
-      <c r="N148" t="s" s="3">
+      <c r="O148" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P148" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149">
-        <v>12667</v>
+        <v>21413</v>
       </c>
       <c r="C149" t="s">
         <v>454</v>
       </c>
       <c r="D149" t="s">
+        <v>248</v>
+      </c>
+      <c r="F149">
+        <v>172</v>
+      </c>
+      <c r="G149">
+        <v>220</v>
+      </c>
+      <c r="H149" t="s">
+        <v>22</v>
+      </c>
+      <c r="I149">
+        <v>150</v>
+      </c>
+      <c r="J149">
+        <v>210</v>
+      </c>
+      <c r="K149">
+        <v>10</v>
+      </c>
+      <c r="L149" s="1">
+        <v>40137</v>
+      </c>
+      <c r="M149" s="2">
+        <v>9788536227054</v>
+      </c>
+      <c r="N149" t="s" s="3">
         <v>455</v>
       </c>
-      <c r="F149">
-[...25 lines deleted...]
-      </c>
       <c r="O149" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P149" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150">
-        <v>20844</v>
+        <v>31938</v>
       </c>
       <c r="C150" t="s">
+        <v>456</v>
+      </c>
+      <c r="D150" t="s">
         <v>457</v>
       </c>
-      <c r="D150" t="s">
+      <c r="F150">
+        <v>92</v>
+      </c>
+      <c r="G150">
+        <v>141</v>
+      </c>
+      <c r="H150" t="s">
+        <v>22</v>
+      </c>
+      <c r="I150">
+        <v>150</v>
+      </c>
+      <c r="J150">
+        <v>210</v>
+      </c>
+      <c r="K150">
+        <v>5</v>
+      </c>
+      <c r="L150" s="1">
+        <v>46006</v>
+      </c>
+      <c r="M150" s="2">
+        <v>9786526320532</v>
+      </c>
+      <c r="N150" t="s" s="3">
         <v>458</v>
       </c>
-      <c r="F150">
-[...25 lines deleted...]
-      </c>
       <c r="O150" s="4">
-        <v>99.90</v>
+        <v>49.90</v>
       </c>
       <c r="P150" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151">
-        <v>21559</v>
+        <v>12667</v>
       </c>
       <c r="C151" t="s">
+        <v>459</v>
+      </c>
+      <c r="D151" t="s">
+        <v>460</v>
+      </c>
+      <c r="F151">
+        <v>118</v>
+      </c>
+      <c r="G151">
+        <v>170</v>
+      </c>
+      <c r="H151" t="s">
+        <v>22</v>
+      </c>
+      <c r="I151">
+        <v>150</v>
+      </c>
+      <c r="J151">
+        <v>210</v>
+      </c>
+      <c r="K151">
+        <v>7</v>
+      </c>
+      <c r="L151" s="1">
+        <v>37907</v>
+      </c>
+      <c r="M151" s="2">
+        <v>9788503625654</v>
+      </c>
+      <c r="N151" t="s" s="3">
         <v>461</v>
       </c>
-      <c r="D151" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O151" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P151" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152">
-        <v>26797</v>
+        <v>20844</v>
       </c>
       <c r="C152" t="s">
+        <v>462</v>
+      </c>
+      <c r="D152" t="s">
+        <v>463</v>
+      </c>
+      <c r="F152">
+        <v>216</v>
+      </c>
+      <c r="G152">
+        <v>240</v>
+      </c>
+      <c r="H152" t="s">
+        <v>22</v>
+      </c>
+      <c r="I152">
+        <v>150</v>
+      </c>
+      <c r="J152">
+        <v>210</v>
+      </c>
+      <c r="K152">
+        <v>12</v>
+      </c>
+      <c r="L152" s="1">
+        <v>39689</v>
+      </c>
+      <c r="M152" s="2">
+        <v>9788536221298</v>
+      </c>
+      <c r="N152" t="s" s="3">
         <v>464</v>
       </c>
-      <c r="D152" t="s">
+      <c r="O152" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P152" t="s">
         <v>465</v>
-      </c>
-[...31 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153">
-        <v>12745</v>
+        <v>21559</v>
       </c>
       <c r="C153" t="s">
+        <v>466</v>
+      </c>
+      <c r="D153" t="s">
         <v>467</v>
       </c>
-      <c r="D153" t="s">
+      <c r="F153">
+        <v>288</v>
+      </c>
+      <c r="G153">
+        <v>307</v>
+      </c>
+      <c r="H153" t="s">
+        <v>22</v>
+      </c>
+      <c r="I153">
+        <v>150</v>
+      </c>
+      <c r="J153">
+        <v>210</v>
+      </c>
+      <c r="K153">
+        <v>15</v>
+      </c>
+      <c r="L153" s="1">
+        <v>40239</v>
+      </c>
+      <c r="M153" s="2">
+        <v>9788536228624</v>
+      </c>
+      <c r="N153" t="s" s="3">
         <v>468</v>
       </c>
-      <c r="F153">
-[...25 lines deleted...]
-      </c>
       <c r="O153" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P153" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154">
-        <v>23573</v>
+        <v>26797</v>
       </c>
       <c r="C154" t="s">
+        <v>469</v>
+      </c>
+      <c r="D154" t="s">
         <v>470</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154">
+        <v>238</v>
+      </c>
+      <c r="G154">
+        <v>295</v>
+      </c>
+      <c r="H154" t="s">
+        <v>22</v>
+      </c>
+      <c r="I154">
+        <v>150</v>
+      </c>
+      <c r="J154">
+        <v>210</v>
+      </c>
+      <c r="K154">
+        <v>13</v>
+      </c>
+      <c r="L154" s="1">
+        <v>43223</v>
+      </c>
+      <c r="M154" s="2">
+        <v>9788536278926</v>
+      </c>
+      <c r="N154" t="s" s="3">
         <v>471</v>
       </c>
-      <c r="F154">
-[...25 lines deleted...]
-      </c>
       <c r="O154" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P154" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155">
-        <v>22051</v>
+        <v>12745</v>
       </c>
       <c r="C155" t="s">
+        <v>472</v>
+      </c>
+      <c r="D155" t="s">
         <v>473</v>
       </c>
-      <c r="D155" t="s">
+      <c r="F155">
+        <v>116</v>
+      </c>
+      <c r="G155">
+        <v>172</v>
+      </c>
+      <c r="H155" t="s">
+        <v>22</v>
+      </c>
+      <c r="I155">
+        <v>150</v>
+      </c>
+      <c r="J155">
+        <v>210</v>
+      </c>
+      <c r="K155">
+        <v>7</v>
+      </c>
+      <c r="L155" s="1">
+        <v>38057</v>
+      </c>
+      <c r="M155" s="2">
+        <v>9788536206226</v>
+      </c>
+      <c r="N155" t="s" s="3">
         <v>474</v>
       </c>
-      <c r="F155">
-[...25 lines deleted...]
-      </c>
       <c r="O155" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P155" t="s">
-        <v>476</v>
+        <v>36</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156">
-        <v>22902</v>
+        <v>23573</v>
       </c>
       <c r="C156" t="s">
+        <v>475</v>
+      </c>
+      <c r="D156" t="s">
+        <v>476</v>
+      </c>
+      <c r="F156">
+        <v>108</v>
+      </c>
+      <c r="G156">
+        <v>134</v>
+      </c>
+      <c r="H156" t="s">
+        <v>22</v>
+      </c>
+      <c r="I156">
+        <v>150</v>
+      </c>
+      <c r="J156">
+        <v>210</v>
+      </c>
+      <c r="K156">
+        <v>7</v>
+      </c>
+      <c r="L156" s="1">
+        <v>41879</v>
+      </c>
+      <c r="M156" s="2">
+        <v>9788536247922</v>
+      </c>
+      <c r="N156" t="s" s="3">
         <v>477</v>
       </c>
-      <c r="D156" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O156" s="4">
-        <v>129.90</v>
+        <v>69.90</v>
       </c>
       <c r="P156" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157">
-        <v>22382</v>
+        <v>22051</v>
       </c>
       <c r="C157" t="s">
+        <v>478</v>
+      </c>
+      <c r="D157" t="s">
         <v>479</v>
       </c>
-      <c r="D157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F157">
-        <v>62</v>
+        <v>162</v>
       </c>
       <c r="G157">
-        <v>104</v>
+        <v>220</v>
       </c>
       <c r="H157" t="s">
         <v>22</v>
       </c>
       <c r="I157">
         <v>150</v>
       </c>
       <c r="J157">
         <v>210</v>
       </c>
       <c r="K157">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="L157" s="1">
-        <v>40823</v>
+        <v>41023</v>
       </c>
       <c r="M157" s="2">
-        <v>9788536235158</v>
+        <v>9788536230665</v>
       </c>
       <c r="N157" t="s" s="3">
         <v>480</v>
       </c>
       <c r="O157" s="4">
         <v>59.90</v>
       </c>
       <c r="P157" t="s">
-        <v>36</v>
+        <v>481</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158">
-        <v>20461</v>
+        <v>22902</v>
       </c>
       <c r="C158" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D158" t="s">
-        <v>482</v>
+        <v>331</v>
+      </c>
+      <c r="E158" t="s">
+        <v>34</v>
       </c>
       <c r="F158">
-        <v>164</v>
+        <v>282</v>
       </c>
       <c r="G158">
-        <v>225</v>
+        <v>360</v>
       </c>
       <c r="H158" t="s">
         <v>22</v>
       </c>
       <c r="I158">
         <v>150</v>
       </c>
       <c r="J158">
         <v>210</v>
       </c>
       <c r="K158">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="L158" s="1">
-        <v>39381</v>
+        <v>41298</v>
       </c>
       <c r="M158" s="2">
-        <v>9788536217420</v>
+        <v>9788536240862</v>
       </c>
       <c r="N158" t="s" s="3">
         <v>483</v>
       </c>
       <c r="O158" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P158" t="s">
-        <v>314</v>
+        <v>36</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159">
-        <v>30904</v>
+        <v>22382</v>
       </c>
       <c r="C159" t="s">
         <v>484</v>
       </c>
       <c r="D159" t="s">
+        <v>467</v>
+      </c>
+      <c r="F159">
+        <v>62</v>
+      </c>
+      <c r="G159">
+        <v>104</v>
+      </c>
+      <c r="H159" t="s">
+        <v>22</v>
+      </c>
+      <c r="I159">
+        <v>150</v>
+      </c>
+      <c r="J159">
+        <v>210</v>
+      </c>
+      <c r="K159">
+        <v>4</v>
+      </c>
+      <c r="L159" s="1">
+        <v>40823</v>
+      </c>
+      <c r="M159" s="2">
+        <v>9788536235158</v>
+      </c>
+      <c r="N159" t="s" s="3">
         <v>485</v>
       </c>
-      <c r="F159">
-[...25 lines deleted...]
-      </c>
       <c r="O159" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P159" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160">
-        <v>21904</v>
+        <v>20461</v>
       </c>
       <c r="C160" t="s">
+        <v>486</v>
+      </c>
+      <c r="D160" t="s">
         <v>487</v>
       </c>
-      <c r="D160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F160">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="G160">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="H160" t="s">
         <v>22</v>
       </c>
       <c r="I160">
         <v>150</v>
       </c>
       <c r="J160">
         <v>210</v>
       </c>
       <c r="K160">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L160" s="1">
-        <v>40417</v>
+        <v>39381</v>
       </c>
       <c r="M160" s="2">
-        <v>9788536230771</v>
+        <v>9788536217420</v>
       </c>
       <c r="N160" t="s" s="3">
         <v>488</v>
       </c>
       <c r="O160" s="4">
-        <v>94.70</v>
+        <v>89.90</v>
       </c>
       <c r="P160" t="s">
-        <v>36</v>
+        <v>314</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161">
-        <v>31220</v>
+        <v>30904</v>
       </c>
       <c r="C161" t="s">
         <v>489</v>
       </c>
       <c r="D161" t="s">
         <v>490</v>
       </c>
       <c r="F161">
-        <v>142</v>
+        <v>244</v>
       </c>
       <c r="G161">
-        <v>174</v>
+        <v>303</v>
       </c>
       <c r="H161" t="s">
         <v>22</v>
       </c>
       <c r="I161">
         <v>150</v>
       </c>
       <c r="J161">
         <v>210</v>
       </c>
       <c r="K161">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="L161" s="1">
-        <v>45540</v>
+        <v>45329</v>
       </c>
       <c r="M161" s="2">
-        <v>9786526312247</v>
+        <v>9786526310366</v>
       </c>
       <c r="N161" t="s" s="3">
         <v>491</v>
       </c>
       <c r="O161" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P161" t="s">
-        <v>68</v>
+        <v>329</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162">
-        <v>26207</v>
+        <v>21904</v>
       </c>
       <c r="C162" t="s">
         <v>492</v>
       </c>
       <c r="D162" t="s">
+        <v>312</v>
+      </c>
+      <c r="F162">
+        <v>174</v>
+      </c>
+      <c r="G162">
+        <v>235</v>
+      </c>
+      <c r="H162" t="s">
+        <v>22</v>
+      </c>
+      <c r="I162">
+        <v>150</v>
+      </c>
+      <c r="J162">
+        <v>210</v>
+      </c>
+      <c r="K162">
+        <v>10</v>
+      </c>
+      <c r="L162" s="1">
+        <v>40417</v>
+      </c>
+      <c r="M162" s="2">
+        <v>9788536230771</v>
+      </c>
+      <c r="N162" t="s" s="3">
         <v>493</v>
       </c>
-      <c r="F162">
-[...25 lines deleted...]
-      </c>
       <c r="O162" s="4">
-        <v>79.90</v>
+        <v>94.70</v>
       </c>
       <c r="P162" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163">
-        <v>23753</v>
+        <v>31220</v>
       </c>
       <c r="C163" t="s">
+        <v>494</v>
+      </c>
+      <c r="D163" t="s">
         <v>495</v>
       </c>
-      <c r="D163" t="s">
+      <c r="F163">
+        <v>142</v>
+      </c>
+      <c r="G163">
+        <v>174</v>
+      </c>
+      <c r="H163" t="s">
+        <v>22</v>
+      </c>
+      <c r="I163">
+        <v>150</v>
+      </c>
+      <c r="J163">
+        <v>210</v>
+      </c>
+      <c r="K163">
+        <v>7</v>
+      </c>
+      <c r="L163" s="1">
+        <v>45540</v>
+      </c>
+      <c r="M163" s="2">
+        <v>9786526312247</v>
+      </c>
+      <c r="N163" t="s" s="3">
         <v>496</v>
       </c>
-      <c r="E163" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O163" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P163" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164">
-        <v>22060</v>
+        <v>26207</v>
       </c>
       <c r="C164" t="s">
+        <v>497</v>
+      </c>
+      <c r="D164" t="s">
+        <v>498</v>
+      </c>
+      <c r="F164">
+        <v>140</v>
+      </c>
+      <c r="G164">
+        <v>174</v>
+      </c>
+      <c r="H164" t="s">
+        <v>22</v>
+      </c>
+      <c r="I164">
+        <v>150</v>
+      </c>
+      <c r="J164">
+        <v>210</v>
+      </c>
+      <c r="K164">
+        <v>8</v>
+      </c>
+      <c r="L164" s="1">
+        <v>43013</v>
+      </c>
+      <c r="M164" s="2">
+        <v>9788536271293</v>
+      </c>
+      <c r="N164" t="s" s="3">
         <v>499</v>
       </c>
-      <c r="D164" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O164" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P164" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165">
-        <v>22637</v>
+        <v>23753</v>
       </c>
       <c r="C165" t="s">
+        <v>500</v>
+      </c>
+      <c r="D165" t="s">
+        <v>501</v>
+      </c>
+      <c r="E165" t="s">
         <v>502</v>
       </c>
-      <c r="D165" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F165">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="G165">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="H165" t="s">
         <v>22</v>
       </c>
       <c r="I165">
         <v>150</v>
       </c>
       <c r="J165">
         <v>210</v>
       </c>
       <c r="K165">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L165" s="1">
-        <v>41058</v>
+        <v>42018</v>
       </c>
       <c r="M165" s="2">
-        <v>9788536238104</v>
+        <v>9788536249766</v>
       </c>
       <c r="N165" t="s" s="3">
         <v>503</v>
       </c>
       <c r="O165" s="4">
-        <v>99.90</v>
+        <v>109.90</v>
       </c>
       <c r="P165" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166">
-        <v>10958</v>
+        <v>22060</v>
       </c>
       <c r="C166" t="s">
         <v>504</v>
       </c>
       <c r="D166" t="s">
         <v>505</v>
       </c>
       <c r="F166">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="G166">
-        <v>262</v>
+        <v>135</v>
       </c>
       <c r="H166" t="s">
         <v>22</v>
       </c>
       <c r="I166">
         <v>150</v>
       </c>
       <c r="J166">
         <v>210</v>
       </c>
       <c r="K166">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L166" s="1">
-        <v>36871</v>
+        <v>40487</v>
       </c>
       <c r="M166" s="2">
-        <v>9788573947373</v>
+        <v>9788536231792</v>
       </c>
       <c r="N166" t="s" s="3">
         <v>506</v>
       </c>
       <c r="O166" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P166" t="s">
-        <v>507</v>
+        <v>36</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167">
-        <v>12405</v>
+        <v>22637</v>
       </c>
       <c r="C167" t="s">
+        <v>507</v>
+      </c>
+      <c r="D167" t="s">
+        <v>266</v>
+      </c>
+      <c r="E167" t="s">
+        <v>34</v>
+      </c>
+      <c r="F167">
+        <v>189</v>
+      </c>
+      <c r="G167">
+        <v>280</v>
+      </c>
+      <c r="H167" t="s">
+        <v>22</v>
+      </c>
+      <c r="I167">
+        <v>150</v>
+      </c>
+      <c r="J167">
+        <v>210</v>
+      </c>
+      <c r="K167">
+        <v>10</v>
+      </c>
+      <c r="L167" s="1">
+        <v>41058</v>
+      </c>
+      <c r="M167" s="2">
+        <v>9788536238104</v>
+      </c>
+      <c r="N167" t="s" s="3">
         <v>508</v>
       </c>
-      <c r="D167" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O167" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P167" t="s">
-        <v>366</v>
+        <v>36</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168">
-        <v>12406</v>
+        <v>10958</v>
       </c>
       <c r="C168" t="s">
+        <v>509</v>
+      </c>
+      <c r="D168" t="s">
+        <v>510</v>
+      </c>
+      <c r="F168">
+        <v>200</v>
+      </c>
+      <c r="G168">
+        <v>262</v>
+      </c>
+      <c r="H168" t="s">
+        <v>22</v>
+      </c>
+      <c r="I168">
+        <v>150</v>
+      </c>
+      <c r="J168">
+        <v>210</v>
+      </c>
+      <c r="K168">
+        <v>11</v>
+      </c>
+      <c r="L168" s="1">
+        <v>36871</v>
+      </c>
+      <c r="M168" s="2">
+        <v>9788573947373</v>
+      </c>
+      <c r="N168" t="s" s="3">
         <v>511</v>
       </c>
-      <c r="D168" t="s">
-[...26 lines deleted...]
-      <c r="N168" t="s" s="3">
+      <c r="O168" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P168" t="s">
         <v>512</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169">
-        <v>23627</v>
+        <v>12405</v>
       </c>
       <c r="C169" t="s">
         <v>513</v>
       </c>
       <c r="D169" t="s">
         <v>514</v>
       </c>
       <c r="F169">
-        <v>568</v>
+        <v>198</v>
       </c>
       <c r="G169">
-        <v>704</v>
+        <v>268</v>
       </c>
       <c r="H169" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I169">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J169">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K169">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="L169" s="1">
-        <v>41915</v>
+        <v>37502</v>
       </c>
       <c r="M169" s="2">
-        <v>9788536248400</v>
+        <v>9788536202556</v>
       </c>
       <c r="N169" t="s" s="3">
         <v>515</v>
       </c>
       <c r="O169" s="4">
-        <v>219.90</v>
+        <v>89.90</v>
       </c>
       <c r="P169" t="s">
-        <v>47</v>
+        <v>368</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170">
+        <v>12406</v>
+      </c>
+      <c r="C170" t="s">
+        <v>516</v>
+      </c>
+      <c r="D170" t="s">
+        <v>514</v>
+      </c>
+      <c r="F170">
+        <v>132</v>
+      </c>
+      <c r="G170">
+        <v>188</v>
+      </c>
+      <c r="H170" t="s">
+        <v>22</v>
+      </c>
+      <c r="I170">
+        <v>150</v>
+      </c>
+      <c r="J170">
+        <v>210</v>
+      </c>
+      <c r="K170">
+        <v>8</v>
+      </c>
+      <c r="L170" s="1">
+        <v>37502</v>
+      </c>
+      <c r="M170" s="2">
+        <v>9788536201528</v>
+      </c>
+      <c r="N170" t="s" s="3">
+        <v>517</v>
+      </c>
+      <c r="O170" s="4">
+        <v>74.70</v>
+      </c>
+      <c r="P170" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171">
+        <v>170</v>
+      </c>
+      <c r="B171">
+        <v>23627</v>
+      </c>
+      <c r="C171" t="s">
+        <v>518</v>
+      </c>
+      <c r="D171" t="s">
+        <v>519</v>
+      </c>
+      <c r="F171">
+        <v>568</v>
+      </c>
+      <c r="G171">
+        <v>704</v>
+      </c>
+      <c r="H171" t="s">
+        <v>17</v>
+      </c>
+      <c r="I171">
+        <v>165</v>
+      </c>
+      <c r="J171">
+        <v>215</v>
+      </c>
+      <c r="K171">
+        <v>43</v>
+      </c>
+      <c r="L171" s="1">
+        <v>41915</v>
+      </c>
+      <c r="M171" s="2">
+        <v>9788536248400</v>
+      </c>
+      <c r="N171" t="s" s="3">
+        <v>520</v>
+      </c>
+      <c r="O171" s="4">
+        <v>219.90</v>
+      </c>
+      <c r="P171" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172">
+        <v>171</v>
+      </c>
+      <c r="B172">
         <v>27954</v>
       </c>
-      <c r="C170" t="inlineStr">
+      <c r="C172" t="inlineStr">
         <is>
           <t>Ciências da Saúde - O Trabalho de Equipes Multiprofissionais em Diferentes Contextos - • Humanização e Integralidade em Ambulatórios • Atenção Primária • Atenção Domiciliar • Cuidados Paliativos • Luto • Dor • Sono</t>
         </is>
       </c>
-      <c r="D170" t="s">
-[...2 lines deleted...]
-      <c r="F170">
+      <c r="D172" t="s">
+        <v>521</v>
+      </c>
+      <c r="F172">
         <v>504</v>
       </c>
-      <c r="G170">
+      <c r="G172">
         <v>625</v>
       </c>
-      <c r="H170" t="s">
-[...8 lines deleted...]
-      <c r="K170">
+      <c r="H172" t="s">
+        <v>22</v>
+      </c>
+      <c r="I172">
+        <v>150</v>
+      </c>
+      <c r="J172">
+        <v>210</v>
+      </c>
+      <c r="K172">
         <v>26</v>
       </c>
-      <c r="L170" s="1">
+      <c r="L172" s="1">
         <v>43679</v>
       </c>
-      <c r="M170" s="2">
+      <c r="M172" s="2">
         <v>9788536290256</v>
       </c>
-      <c r="N170" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O170" s="4">
+      <c r="N172" t="s" s="3">
+        <v>522</v>
+      </c>
+      <c r="O172" s="4">
         <v>199.90</v>
       </c>
-      <c r="P170" t="s">
+      <c r="P172" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="171">
-[...3 lines deleted...]
-      <c r="B171">
+    <row r="173">
+      <c r="A173">
+        <v>172</v>
+      </c>
+      <c r="B173">
         <v>26667</v>
       </c>
-      <c r="C171" t="inlineStr">
+      <c r="C173" t="inlineStr">
         <is>
           <t>Clínicas do Transe - Etnopsicologia, Hipnose &amp; Espiritualidade no Brasil - Biblioteca Juruá de Religiosidades e Espiritualidades - Coordenador: Adriano Furtado Holanda</t>
         </is>
       </c>
-      <c r="D171" t="s">
-[...2 lines deleted...]
-      <c r="F171">
+      <c r="D173" t="s">
+        <v>523</v>
+      </c>
+      <c r="F173">
         <v>164</v>
       </c>
-      <c r="G171">
+      <c r="G173">
         <v>203</v>
       </c>
-      <c r="H171" t="s">
-[...8 lines deleted...]
-      <c r="K171">
+      <c r="H173" t="s">
+        <v>22</v>
+      </c>
+      <c r="I173">
+        <v>150</v>
+      </c>
+      <c r="J173">
+        <v>210</v>
+      </c>
+      <c r="K173">
         <v>9</v>
       </c>
-      <c r="L171" s="1">
+      <c r="L173" s="1">
         <v>43178</v>
       </c>
-      <c r="M171" s="2">
+      <c r="M173" s="2">
         <v>9788536277523</v>
       </c>
-      <c r="N171" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O171" s="4">
+      <c r="N173" t="s" s="3">
+        <v>524</v>
+      </c>
+      <c r="O173" s="4">
         <v>77.70</v>
       </c>
-      <c r="P171" t="s">
+      <c r="P173" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="172">
-[...3 lines deleted...]
-      <c r="B172">
+    <row r="174">
+      <c r="A174">
+        <v>173</v>
+      </c>
+      <c r="B174">
         <v>21478</v>
       </c>
-      <c r="C172" t="inlineStr">
+      <c r="C174" t="inlineStr">
         <is>
           <t>Código PENSSAARR, O - Pensamentos, Sabedoria, Sentimentos, Atitudes e Ações para Resultados Recíprocos - Uma Nova Abordagem e Um Novo Processo para a Busca da Excelência Pessoal e Profissional</t>
         </is>
       </c>
-      <c r="D172" t="s">
-[...2 lines deleted...]
-      <c r="F172">
+      <c r="D174" t="s">
+        <v>525</v>
+      </c>
+      <c r="F174">
         <v>106</v>
       </c>
-      <c r="G172">
-[...11 lines deleted...]
-      <c r="K172">
+      <c r="G174">
+        <v>150</v>
+      </c>
+      <c r="H174" t="s">
+        <v>22</v>
+      </c>
+      <c r="I174">
+        <v>150</v>
+      </c>
+      <c r="J174">
+        <v>210</v>
+      </c>
+      <c r="K174">
         <v>6</v>
       </c>
-      <c r="L172" s="1">
+      <c r="L174" s="1">
         <v>40190</v>
       </c>
-      <c r="M172" s="2">
+      <c r="M174" s="2">
         <v>9788536227511</v>
       </c>
-      <c r="N172" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O172" s="4">
+      <c r="N174" t="s" s="3">
+        <v>526</v>
+      </c>
+      <c r="O174" s="4">
         <v>69.90</v>
       </c>
-      <c r="P172" t="s">
-[...60 lines deleted...]
-      <c r="C174" t="s">
+      <c r="P174" t="s">
         <v>527</v>
-      </c>
-[...34 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175">
-        <v>29328</v>
+        <v>22031</v>
       </c>
       <c r="C175" t="s">
+        <v>528</v>
+      </c>
+      <c r="D175" t="s">
         <v>529</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" t="s">
         <v>530</v>
       </c>
       <c r="F175">
-        <v>162</v>
+        <v>228</v>
       </c>
       <c r="G175">
-        <v>201</v>
+        <v>276</v>
       </c>
       <c r="H175" t="s">
         <v>22</v>
       </c>
       <c r="I175">
         <v>150</v>
       </c>
       <c r="J175">
         <v>210</v>
       </c>
       <c r="K175">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L175" s="1">
-        <v>44496</v>
+        <v>40469</v>
       </c>
       <c r="M175" s="2">
-        <v>9786556058825</v>
+        <v>9788536231518</v>
       </c>
       <c r="N175" t="s" s="3">
         <v>531</v>
       </c>
       <c r="O175" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P175" t="s">
-        <v>68</v>
+        <v>297</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176">
-        <v>28083</v>
+        <v>22024</v>
       </c>
       <c r="C176" t="s">
         <v>532</v>
       </c>
       <c r="D176" t="s">
+        <v>498</v>
+      </c>
+      <c r="F176">
+        <v>136</v>
+      </c>
+      <c r="G176">
+        <v>167</v>
+      </c>
+      <c r="H176" t="s">
+        <v>22</v>
+      </c>
+      <c r="I176">
+        <v>150</v>
+      </c>
+      <c r="J176">
+        <v>210</v>
+      </c>
+      <c r="K176">
+        <v>8</v>
+      </c>
+      <c r="L176" s="1">
+        <v>40492</v>
+      </c>
+      <c r="M176" s="2">
+        <v>9788536231648</v>
+      </c>
+      <c r="N176" t="s" s="3">
         <v>533</v>
       </c>
-      <c r="F176">
-[...25 lines deleted...]
-      </c>
       <c r="O176" s="4">
-        <v>39.90</v>
+        <v>79.90</v>
       </c>
       <c r="P176" t="s">
-        <v>535</v>
+        <v>36</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177">
-        <v>27958</v>
+        <v>29328</v>
       </c>
       <c r="C177" t="s">
+        <v>534</v>
+      </c>
+      <c r="D177" t="s">
+        <v>535</v>
+      </c>
+      <c r="F177">
+        <v>162</v>
+      </c>
+      <c r="G177">
+        <v>201</v>
+      </c>
+      <c r="H177" t="s">
+        <v>22</v>
+      </c>
+      <c r="I177">
+        <v>150</v>
+      </c>
+      <c r="J177">
+        <v>210</v>
+      </c>
+      <c r="K177">
+        <v>9</v>
+      </c>
+      <c r="L177" s="1">
+        <v>44496</v>
+      </c>
+      <c r="M177" s="2">
+        <v>9786556058825</v>
+      </c>
+      <c r="N177" t="s" s="3">
         <v>536</v>
       </c>
-      <c r="D177" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O177" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P177" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178">
-        <v>10294</v>
+        <v>28083</v>
       </c>
       <c r="C178" t="s">
+        <v>537</v>
+      </c>
+      <c r="D178" t="s">
+        <v>538</v>
+      </c>
+      <c r="F178">
+        <v>84</v>
+      </c>
+      <c r="G178">
+        <v>235</v>
+      </c>
+      <c r="H178" t="s">
+        <v>22</v>
+      </c>
+      <c r="I178">
+        <v>200</v>
+      </c>
+      <c r="J178">
+        <v>200</v>
+      </c>
+      <c r="K178">
+        <v>5</v>
+      </c>
+      <c r="L178" s="1">
+        <v>43742</v>
+      </c>
+      <c r="M178" s="2">
+        <v>9788536290294</v>
+      </c>
+      <c r="N178" t="s" s="3">
         <v>539</v>
       </c>
-      <c r="D178" t="s">
+      <c r="O178" s="4">
+        <v>39.90</v>
+      </c>
+      <c r="P178" t="s">
         <v>540</v>
-      </c>
-[...31 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179">
-        <v>21454</v>
+        <v>27958</v>
       </c>
       <c r="C179" t="s">
+        <v>541</v>
+      </c>
+      <c r="D179" t="s">
         <v>542</v>
       </c>
-      <c r="D179" t="s">
+      <c r="F179">
+        <v>130</v>
+      </c>
+      <c r="G179">
+        <v>161</v>
+      </c>
+      <c r="H179" t="s">
+        <v>22</v>
+      </c>
+      <c r="I179">
+        <v>150</v>
+      </c>
+      <c r="J179">
+        <v>210</v>
+      </c>
+      <c r="K179">
+        <v>8</v>
+      </c>
+      <c r="L179" s="1">
+        <v>43686</v>
+      </c>
+      <c r="M179" s="2">
+        <v>9788536290249</v>
+      </c>
+      <c r="N179" t="s" s="3">
         <v>543</v>
       </c>
-      <c r="F179">
-[...25 lines deleted...]
-      </c>
       <c r="O179" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P179" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180">
-        <v>20243</v>
+        <v>10294</v>
       </c>
       <c r="C180" t="s">
+        <v>544</v>
+      </c>
+      <c r="D180" t="s">
         <v>545</v>
       </c>
-      <c r="D180" t="s">
+      <c r="F180">
+        <v>200</v>
+      </c>
+      <c r="G180">
+        <v>260</v>
+      </c>
+      <c r="H180" t="s">
+        <v>22</v>
+      </c>
+      <c r="I180">
+        <v>150</v>
+      </c>
+      <c r="J180">
+        <v>210</v>
+      </c>
+      <c r="K180">
+        <v>11</v>
+      </c>
+      <c r="L180" s="1">
+        <v>36550</v>
+      </c>
+      <c r="M180" s="2">
+        <v>9788573943085</v>
+      </c>
+      <c r="N180" t="s" s="3">
         <v>546</v>
       </c>
-      <c r="F180">
-[...25 lines deleted...]
-      </c>
       <c r="O180" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P180" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181">
-        <v>12557</v>
+        <v>21454</v>
       </c>
       <c r="C181" t="s">
+        <v>547</v>
+      </c>
+      <c r="D181" t="s">
         <v>548</v>
       </c>
-      <c r="D181" t="s">
+      <c r="F181">
+        <v>180</v>
+      </c>
+      <c r="G181">
+        <v>200</v>
+      </c>
+      <c r="H181" t="s">
+        <v>22</v>
+      </c>
+      <c r="I181">
+        <v>150</v>
+      </c>
+      <c r="J181">
+        <v>210</v>
+      </c>
+      <c r="K181">
+        <v>10</v>
+      </c>
+      <c r="L181" s="1">
+        <v>40157</v>
+      </c>
+      <c r="M181" s="2">
+        <v>9788536227269</v>
+      </c>
+      <c r="N181" t="s" s="3">
         <v>549</v>
       </c>
-      <c r="F181">
-[...25 lines deleted...]
-      </c>
       <c r="O181" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P181" t="s">
-        <v>507</v>
+        <v>68</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182">
-        <v>10313</v>
+        <v>20243</v>
       </c>
       <c r="C182" t="s">
+        <v>550</v>
+      </c>
+      <c r="D182" t="s">
         <v>551</v>
       </c>
-      <c r="D182" t="s">
+      <c r="F182">
+        <v>160</v>
+      </c>
+      <c r="G182">
+        <v>220</v>
+      </c>
+      <c r="H182" t="s">
+        <v>17</v>
+      </c>
+      <c r="I182">
+        <v>165</v>
+      </c>
+      <c r="J182">
+        <v>215</v>
+      </c>
+      <c r="K182">
+        <v>12</v>
+      </c>
+      <c r="L182" s="1">
+        <v>39189</v>
+      </c>
+      <c r="M182" s="2">
+        <v>9788536215204</v>
+      </c>
+      <c r="N182" t="s" s="3">
         <v>552</v>
       </c>
-      <c r="E182" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O182" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P182" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183">
-        <v>30456</v>
+        <v>12557</v>
       </c>
       <c r="C183" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="D183" t="s">
-        <v>123</v>
+        <v>554</v>
       </c>
       <c r="F183">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G183">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="H183" t="s">
         <v>22</v>
       </c>
       <c r="I183">
         <v>150</v>
       </c>
       <c r="J183">
         <v>210</v>
       </c>
       <c r="K183">
         <v>6</v>
       </c>
       <c r="L183" s="1">
-        <v>45056</v>
+        <v>37719</v>
       </c>
       <c r="M183" s="2">
-        <v>9786526304280</v>
-[...2 lines deleted...]
-        <v>556</v>
+        <v>9788536203966</v>
+      </c>
+      <c r="N183" t="s">
+        <v>555</v>
       </c>
       <c r="O183" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P183" t="s">
-        <v>19</v>
+        <v>512</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184">
-        <v>21330</v>
+        <v>10313</v>
       </c>
       <c r="C184" t="s">
+        <v>556</v>
+      </c>
+      <c r="D184" t="s">
         <v>557</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" t="s">
         <v>558</v>
       </c>
       <c r="F184">
-        <v>148</v>
+        <v>272</v>
       </c>
       <c r="G184">
-        <v>154</v>
+        <v>342</v>
       </c>
       <c r="H184" t="s">
         <v>22</v>
       </c>
       <c r="I184">
         <v>150</v>
       </c>
       <c r="J184">
         <v>210</v>
       </c>
       <c r="K184">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L184" s="1">
-        <v>40091</v>
+        <v>36613</v>
       </c>
       <c r="M184" s="2">
-        <v>9788536223568</v>
+        <v>9788573943252</v>
       </c>
       <c r="N184" t="s" s="3">
         <v>559</v>
       </c>
       <c r="O184" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P184" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185">
-        <v>26941</v>
+        <v>30456</v>
       </c>
       <c r="C185" t="s">
         <v>560</v>
       </c>
       <c r="D185" t="s">
-        <v>561</v>
+        <v>123</v>
       </c>
       <c r="F185">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="G185">
-        <v>122</v>
+        <v>139</v>
       </c>
       <c r="H185" t="s">
         <v>22</v>
       </c>
       <c r="I185">
         <v>150</v>
       </c>
       <c r="J185">
         <v>210</v>
       </c>
       <c r="K185">
         <v>6</v>
       </c>
       <c r="L185" s="1">
-        <v>43270</v>
+        <v>45056</v>
       </c>
       <c r="M185" s="2">
-        <v>9788536280097</v>
+        <v>9786526304280</v>
       </c>
       <c r="N185" t="s" s="3">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="O185" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P185" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186">
-        <v>11092</v>
+        <v>21330</v>
       </c>
       <c r="C186" t="s">
+        <v>562</v>
+      </c>
+      <c r="D186" t="s">
         <v>563</v>
       </c>
-      <c r="D186" t="s">
+      <c r="F186">
+        <v>148</v>
+      </c>
+      <c r="G186">
+        <v>154</v>
+      </c>
+      <c r="H186" t="s">
+        <v>22</v>
+      </c>
+      <c r="I186">
+        <v>150</v>
+      </c>
+      <c r="J186">
+        <v>210</v>
+      </c>
+      <c r="K186">
+        <v>8</v>
+      </c>
+      <c r="L186" s="1">
+        <v>40091</v>
+      </c>
+      <c r="M186" s="2">
+        <v>9788536223568</v>
+      </c>
+      <c r="N186" t="s" s="3">
         <v>564</v>
       </c>
-      <c r="F186">
-[...25 lines deleted...]
-      </c>
       <c r="O186" s="4">
-        <v>159.90</v>
+        <v>69.90</v>
       </c>
       <c r="P186" t="s">
-        <v>476</v>
+        <v>64</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187">
-        <v>11093</v>
+        <v>26941</v>
       </c>
       <c r="C187" t="s">
+        <v>565</v>
+      </c>
+      <c r="D187" t="s">
         <v>566</v>
       </c>
-      <c r="D187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F187">
-        <v>420</v>
+        <v>98</v>
       </c>
       <c r="G187">
-        <v>520</v>
+        <v>122</v>
       </c>
       <c r="H187" t="s">
         <v>22</v>
       </c>
       <c r="I187">
         <v>150</v>
       </c>
       <c r="J187">
         <v>210</v>
       </c>
       <c r="K187">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="L187" s="1">
-        <v>37091</v>
+        <v>43270</v>
       </c>
       <c r="M187" s="2">
-        <v>9788573948080</v>
+        <v>9788536280097</v>
       </c>
       <c r="N187" t="s" s="3">
         <v>567</v>
       </c>
       <c r="O187" s="4">
-        <v>149.90</v>
+        <v>59.90</v>
       </c>
       <c r="P187" t="s">
-        <v>476</v>
+        <v>28</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188">
-        <v>11094</v>
+        <v>11092</v>
       </c>
       <c r="C188" t="s">
         <v>568</v>
       </c>
       <c r="D188" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="F188">
-        <v>444</v>
+        <v>412</v>
       </c>
       <c r="G188">
-        <v>554</v>
+        <v>524</v>
       </c>
       <c r="H188" t="s">
         <v>22</v>
       </c>
       <c r="I188">
         <v>150</v>
       </c>
       <c r="J188">
         <v>210</v>
       </c>
       <c r="K188">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="L188" s="1">
         <v>37091</v>
       </c>
       <c r="M188" s="2">
-        <v>9788573948097</v>
+        <v>9788573948073</v>
       </c>
       <c r="N188" t="s" s="3">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="O188" s="4">
         <v>159.90</v>
       </c>
       <c r="P188" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189">
-        <v>20110</v>
+        <v>11093</v>
       </c>
       <c r="C189" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D189" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="F189">
-        <v>168</v>
+        <v>420</v>
       </c>
       <c r="G189">
-        <v>232</v>
+        <v>520</v>
       </c>
       <c r="H189" t="s">
         <v>22</v>
       </c>
       <c r="I189">
         <v>150</v>
       </c>
       <c r="J189">
         <v>210</v>
       </c>
       <c r="K189">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="L189" s="1">
-        <v>39035</v>
+        <v>37091</v>
       </c>
       <c r="M189" s="2">
-        <v>9788536214245</v>
+        <v>9788573948080</v>
       </c>
       <c r="N189" t="s" s="3">
         <v>572</v>
       </c>
       <c r="O189" s="4">
-        <v>89.90</v>
+        <v>149.90</v>
       </c>
       <c r="P189" t="s">
-        <v>19</v>
+        <v>481</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190">
-        <v>22442</v>
+        <v>11094</v>
       </c>
       <c r="C190" t="s">
         <v>573</v>
       </c>
       <c r="D190" t="s">
+        <v>569</v>
+      </c>
+      <c r="F190">
+        <v>444</v>
+      </c>
+      <c r="G190">
+        <v>554</v>
+      </c>
+      <c r="H190" t="s">
+        <v>22</v>
+      </c>
+      <c r="I190">
+        <v>150</v>
+      </c>
+      <c r="J190">
+        <v>210</v>
+      </c>
+      <c r="K190">
+        <v>23</v>
+      </c>
+      <c r="L190" s="1">
+        <v>37091</v>
+      </c>
+      <c r="M190" s="2">
+        <v>9788573948097</v>
+      </c>
+      <c r="N190" t="s" s="3">
         <v>574</v>
       </c>
-      <c r="F190">
-[...25 lines deleted...]
-      </c>
       <c r="O190" s="4">
-        <v>69.90</v>
+        <v>159.90</v>
       </c>
       <c r="P190" t="s">
-        <v>36</v>
+        <v>481</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191">
-        <v>12802</v>
+        <v>20110</v>
       </c>
       <c r="C191" t="s">
+        <v>575</v>
+      </c>
+      <c r="D191" t="s">
         <v>576</v>
       </c>
-      <c r="D191" t="s">
+      <c r="F191">
+        <v>168</v>
+      </c>
+      <c r="G191">
+        <v>232</v>
+      </c>
+      <c r="H191" t="s">
+        <v>22</v>
+      </c>
+      <c r="I191">
+        <v>150</v>
+      </c>
+      <c r="J191">
+        <v>210</v>
+      </c>
+      <c r="K191">
+        <v>9</v>
+      </c>
+      <c r="L191" s="1">
+        <v>39035</v>
+      </c>
+      <c r="M191" s="2">
+        <v>9788536214245</v>
+      </c>
+      <c r="N191" t="s" s="3">
         <v>577</v>
       </c>
-      <c r="F191">
-[...25 lines deleted...]
-      </c>
       <c r="O191" s="4">
-        <v>94.70</v>
+        <v>89.90</v>
       </c>
       <c r="P191" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192">
-        <v>20167</v>
+        <v>22442</v>
       </c>
       <c r="C192" t="s">
+        <v>578</v>
+      </c>
+      <c r="D192" t="s">
         <v>579</v>
       </c>
-      <c r="D192" t="s">
+      <c r="F192">
+        <v>106</v>
+      </c>
+      <c r="G192">
+        <v>198</v>
+      </c>
+      <c r="H192" t="s">
+        <v>22</v>
+      </c>
+      <c r="I192">
+        <v>150</v>
+      </c>
+      <c r="J192">
+        <v>210</v>
+      </c>
+      <c r="K192">
+        <v>6</v>
+      </c>
+      <c r="L192" s="1">
+        <v>40879</v>
+      </c>
+      <c r="M192" s="2">
+        <v>9788536235721</v>
+      </c>
+      <c r="N192" t="s" s="3">
         <v>580</v>
       </c>
-      <c r="F192">
-[...25 lines deleted...]
-      </c>
       <c r="O192" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P192" t="s">
-        <v>582</v>
+        <v>36</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
-        <v>12765</v>
+        <v>12802</v>
       </c>
       <c r="C193" t="s">
+        <v>581</v>
+      </c>
+      <c r="D193" t="s">
+        <v>582</v>
+      </c>
+      <c r="F193">
+        <v>174</v>
+      </c>
+      <c r="G193">
+        <v>240</v>
+      </c>
+      <c r="H193" t="s">
+        <v>22</v>
+      </c>
+      <c r="I193">
+        <v>150</v>
+      </c>
+      <c r="J193">
+        <v>210</v>
+      </c>
+      <c r="K193">
+        <v>10</v>
+      </c>
+      <c r="L193" s="1">
+        <v>38133</v>
+      </c>
+      <c r="M193" s="2">
+        <v>9788536206400</v>
+      </c>
+      <c r="N193" t="s" s="3">
         <v>583</v>
       </c>
-      <c r="D193" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O193" s="4">
-        <v>89.90</v>
+        <v>94.70</v>
       </c>
       <c r="P193" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194">
-        <v>11039</v>
+        <v>20167</v>
       </c>
       <c r="C194" t="s">
+        <v>584</v>
+      </c>
+      <c r="D194" t="s">
+        <v>585</v>
+      </c>
+      <c r="F194">
+        <v>144</v>
+      </c>
+      <c r="G194">
+        <v>195</v>
+      </c>
+      <c r="H194" t="s">
+        <v>22</v>
+      </c>
+      <c r="I194">
+        <v>150</v>
+      </c>
+      <c r="J194">
+        <v>210</v>
+      </c>
+      <c r="K194">
+        <v>8</v>
+      </c>
+      <c r="L194" s="1">
+        <v>39113</v>
+      </c>
+      <c r="M194" s="2">
+        <v>9788536214733</v>
+      </c>
+      <c r="N194" t="s" s="3">
         <v>586</v>
       </c>
-      <c r="D194" t="s">
+      <c r="O194" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P194" t="s">
         <v>587</v>
-      </c>
-[...31 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195">
-        <v>21165</v>
+        <v>12765</v>
       </c>
       <c r="C195" t="s">
+        <v>588</v>
+      </c>
+      <c r="D195" t="s">
         <v>589</v>
       </c>
-      <c r="D195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F195">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="G195">
-        <v>258</v>
+        <v>234</v>
       </c>
       <c r="H195" t="s">
         <v>22</v>
       </c>
       <c r="I195">
         <v>150</v>
       </c>
       <c r="J195">
         <v>210</v>
       </c>
       <c r="K195">
         <v>9</v>
       </c>
       <c r="L195" s="1">
-        <v>39973</v>
+        <v>38107</v>
       </c>
       <c r="M195" s="2">
-        <v>9788536223322</v>
+        <v>9788536206349</v>
       </c>
       <c r="N195" t="s" s="3">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="O195" s="4">
-        <v>77.90</v>
+        <v>89.90</v>
       </c>
       <c r="P195" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196">
+        <v>11039</v>
+      </c>
+      <c r="C196" t="s">
+        <v>591</v>
+      </c>
+      <c r="D196" t="s">
+        <v>592</v>
+      </c>
+      <c r="F196">
+        <v>244</v>
+      </c>
+      <c r="G196">
+        <v>324</v>
+      </c>
+      <c r="H196" t="s">
+        <v>22</v>
+      </c>
+      <c r="I196">
+        <v>150</v>
+      </c>
+      <c r="J196">
+        <v>210</v>
+      </c>
+      <c r="K196">
+        <v>13</v>
+      </c>
+      <c r="L196" s="1">
+        <v>37011</v>
+      </c>
+      <c r="M196" s="2">
+        <v>9788573946079</v>
+      </c>
+      <c r="N196" t="s" s="3">
+        <v>593</v>
+      </c>
+      <c r="O196" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P196" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197">
+        <v>196</v>
+      </c>
+      <c r="B197">
+        <v>21165</v>
+      </c>
+      <c r="C197" t="s">
+        <v>594</v>
+      </c>
+      <c r="D197" t="s">
+        <v>595</v>
+      </c>
+      <c r="F197">
+        <v>162</v>
+      </c>
+      <c r="G197">
+        <v>258</v>
+      </c>
+      <c r="H197" t="s">
+        <v>22</v>
+      </c>
+      <c r="I197">
+        <v>150</v>
+      </c>
+      <c r="J197">
+        <v>210</v>
+      </c>
+      <c r="K197">
+        <v>9</v>
+      </c>
+      <c r="L197" s="1">
+        <v>39973</v>
+      </c>
+      <c r="M197" s="2">
+        <v>9788536223322</v>
+      </c>
+      <c r="N197" t="s" s="3">
+        <v>596</v>
+      </c>
+      <c r="O197" s="4">
+        <v>77.90</v>
+      </c>
+      <c r="P197" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198">
+        <v>197</v>
+      </c>
+      <c r="B198">
         <v>31110</v>
       </c>
-      <c r="C196" t="inlineStr">
+      <c r="C198" t="inlineStr">
         <is>
           <t>Contação de Histórias e o Autoconhecimento na Formação de Professores - Uma Experiência Estética a partir dos Contos Milenares como Enriquecimento na Formação de Educadores</t>
         </is>
       </c>
-      <c r="D196" t="s">
-[...92 lines deleted...]
-      </c>
       <c r="D198" t="s">
         <v>597</v>
       </c>
-      <c r="E198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F198">
-        <v>220</v>
+        <v>90</v>
       </c>
       <c r="G198">
-        <v>273</v>
+        <v>107</v>
       </c>
       <c r="H198" t="s">
         <v>22</v>
       </c>
       <c r="I198">
         <v>150</v>
       </c>
       <c r="J198">
         <v>210</v>
       </c>
       <c r="K198">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="L198" s="1">
-        <v>45163</v>
+        <v>45469</v>
       </c>
       <c r="M198" s="2">
-        <v>9786526308301</v>
+        <v>9786526309001</v>
       </c>
       <c r="N198" t="s" s="3">
         <v>598</v>
       </c>
       <c r="O198" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P198" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199">
-        <v>21490</v>
+        <v>23008</v>
       </c>
       <c r="C199" t="s">
         <v>599</v>
       </c>
       <c r="D199" t="s">
-        <v>198</v>
+        <v>38</v>
       </c>
       <c r="F199">
-        <v>106</v>
+        <v>84</v>
       </c>
       <c r="G199">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="H199" t="s">
         <v>22</v>
       </c>
       <c r="I199">
         <v>150</v>
       </c>
       <c r="J199">
         <v>210</v>
       </c>
       <c r="K199">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L199" s="1">
-        <v>40470</v>
+        <v>41382</v>
       </c>
       <c r="M199" s="2">
-        <v>9788536228006</v>
+        <v>9788536242064</v>
       </c>
       <c r="N199" t="s" s="3">
         <v>600</v>
       </c>
       <c r="O199" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P199" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200">
-        <v>26068</v>
+        <v>30652</v>
       </c>
       <c r="C200" t="s">
         <v>601</v>
       </c>
       <c r="D200" t="s">
         <v>602</v>
       </c>
+      <c r="E200" t="s">
+        <v>34</v>
+      </c>
       <c r="F200">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="G200">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="H200" t="s">
         <v>22</v>
       </c>
       <c r="I200">
         <v>150</v>
       </c>
       <c r="J200">
         <v>210</v>
       </c>
       <c r="K200">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L200" s="1">
-        <v>42964</v>
+        <v>45163</v>
       </c>
       <c r="M200" s="2">
-        <v>9788536271774</v>
+        <v>9786526308301</v>
       </c>
       <c r="N200" t="s" s="3">
         <v>603</v>
       </c>
       <c r="O200" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P200" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201">
-        <v>29159</v>
+        <v>21490</v>
       </c>
       <c r="C201" t="s">
         <v>604</v>
       </c>
       <c r="D201" t="s">
-        <v>605</v>
+        <v>198</v>
       </c>
       <c r="F201">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="G201">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="H201" t="s">
         <v>22</v>
       </c>
       <c r="I201">
         <v>150</v>
       </c>
       <c r="J201">
         <v>210</v>
       </c>
       <c r="K201">
         <v>6</v>
       </c>
       <c r="L201" s="1">
-        <v>44391</v>
+        <v>40470</v>
       </c>
       <c r="M201" s="2">
-        <v>9786556056364</v>
+        <v>9788536228006</v>
       </c>
       <c r="N201" t="s" s="3">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="O201" s="4">
         <v>69.90</v>
       </c>
       <c r="P201" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202">
-        <v>26793</v>
+        <v>26068</v>
       </c>
       <c r="C202" t="s">
+        <v>606</v>
+      </c>
+      <c r="D202" t="s">
         <v>607</v>
       </c>
-      <c r="D202" t="s">
+      <c r="F202">
+        <v>214</v>
+      </c>
+      <c r="G202">
+        <v>265</v>
+      </c>
+      <c r="H202" t="s">
+        <v>22</v>
+      </c>
+      <c r="I202">
+        <v>150</v>
+      </c>
+      <c r="J202">
+        <v>210</v>
+      </c>
+      <c r="K202">
+        <v>12</v>
+      </c>
+      <c r="L202" s="1">
+        <v>42964</v>
+      </c>
+      <c r="M202" s="2">
+        <v>9788536271774</v>
+      </c>
+      <c r="N202" t="s" s="3">
         <v>608</v>
       </c>
-      <c r="F202">
-[...25 lines deleted...]
-      </c>
       <c r="O202" s="4">
-        <v>77.90</v>
+        <v>109.90</v>
       </c>
       <c r="P202" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203">
-        <v>23475</v>
+        <v>29159</v>
       </c>
       <c r="C203" t="s">
+        <v>609</v>
+      </c>
+      <c r="D203" t="s">
         <v>610</v>
       </c>
-      <c r="D203" t="s">
+      <c r="F203">
+        <v>96</v>
+      </c>
+      <c r="G203">
+        <v>119</v>
+      </c>
+      <c r="H203" t="s">
+        <v>22</v>
+      </c>
+      <c r="I203">
+        <v>150</v>
+      </c>
+      <c r="J203">
+        <v>210</v>
+      </c>
+      <c r="K203">
+        <v>6</v>
+      </c>
+      <c r="L203" s="1">
+        <v>44391</v>
+      </c>
+      <c r="M203" s="2">
+        <v>9786556056364</v>
+      </c>
+      <c r="N203" t="s" s="3">
         <v>611</v>
       </c>
-      <c r="F203">
-[...25 lines deleted...]
-      </c>
       <c r="O203" s="4">
-        <v>97.70</v>
+        <v>69.90</v>
       </c>
       <c r="P203" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204">
-        <v>29175</v>
+        <v>26793</v>
       </c>
       <c r="C204" t="s">
+        <v>612</v>
+      </c>
+      <c r="D204" t="s">
         <v>613</v>
       </c>
-      <c r="D204" t="s">
+      <c r="F204">
+        <v>140</v>
+      </c>
+      <c r="G204">
+        <v>174</v>
+      </c>
+      <c r="H204" t="s">
+        <v>22</v>
+      </c>
+      <c r="I204">
+        <v>150</v>
+      </c>
+      <c r="J204">
+        <v>210</v>
+      </c>
+      <c r="K204">
+        <v>8</v>
+      </c>
+      <c r="L204" s="1">
+        <v>43224</v>
+      </c>
+      <c r="M204" s="2">
+        <v>9788536278803</v>
+      </c>
+      <c r="N204" t="s" s="3">
         <v>614</v>
       </c>
-      <c r="F204">
-[...25 lines deleted...]
-      </c>
       <c r="O204" s="4">
-        <v>89.90</v>
+        <v>77.90</v>
       </c>
       <c r="P204" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205">
-        <v>23060</v>
+        <v>23475</v>
       </c>
       <c r="C205" t="s">
+        <v>615</v>
+      </c>
+      <c r="D205" t="s">
         <v>616</v>
       </c>
-      <c r="D205" t="s">
+      <c r="F205">
+        <v>212</v>
+      </c>
+      <c r="G205">
+        <v>342</v>
+      </c>
+      <c r="H205" t="s">
+        <v>22</v>
+      </c>
+      <c r="I205">
+        <v>150</v>
+      </c>
+      <c r="J205">
+        <v>210</v>
+      </c>
+      <c r="K205">
+        <v>12</v>
+      </c>
+      <c r="L205" s="1">
+        <v>41807</v>
+      </c>
+      <c r="M205" s="2">
+        <v>9788536246949</v>
+      </c>
+      <c r="N205" t="s" s="3">
         <v>617</v>
       </c>
-      <c r="F205">
-[...25 lines deleted...]
-      </c>
       <c r="O205" s="4">
-        <v>89.90</v>
+        <v>97.70</v>
       </c>
       <c r="P205" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206">
-        <v>23794</v>
+        <v>29175</v>
       </c>
       <c r="C206" t="s">
+        <v>618</v>
+      </c>
+      <c r="D206" t="s">
         <v>619</v>
       </c>
-      <c r="D206" t="s">
+      <c r="F206">
+        <v>180</v>
+      </c>
+      <c r="G206">
+        <v>223</v>
+      </c>
+      <c r="H206" t="s">
+        <v>22</v>
+      </c>
+      <c r="I206">
+        <v>150</v>
+      </c>
+      <c r="J206">
+        <v>210</v>
+      </c>
+      <c r="K206">
+        <v>10</v>
+      </c>
+      <c r="L206" s="1">
+        <v>44399</v>
+      </c>
+      <c r="M206" s="2">
+        <v>9786556057880</v>
+      </c>
+      <c r="N206" t="s" s="3">
         <v>620</v>
       </c>
-      <c r="F206">
-[...25 lines deleted...]
-      </c>
       <c r="O206" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P206" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207">
-        <v>10144</v>
+        <v>23060</v>
       </c>
       <c r="C207" t="s">
+        <v>621</v>
+      </c>
+      <c r="D207" t="s">
         <v>622</v>
       </c>
-      <c r="D207" t="s">
+      <c r="F207">
+        <v>202</v>
+      </c>
+      <c r="G207">
+        <v>255</v>
+      </c>
+      <c r="H207" t="s">
+        <v>22</v>
+      </c>
+      <c r="I207">
+        <v>150</v>
+      </c>
+      <c r="J207">
+        <v>210</v>
+      </c>
+      <c r="K207">
+        <v>11</v>
+      </c>
+      <c r="L207" s="1">
+        <v>41428</v>
+      </c>
+      <c r="M207" s="2">
+        <v>9788536242699</v>
+      </c>
+      <c r="N207" t="s" s="3">
         <v>623</v>
       </c>
-      <c r="F207">
-[...25 lines deleted...]
-      </c>
       <c r="O207" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P207" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208">
-        <v>20126</v>
+        <v>23794</v>
       </c>
       <c r="C208" t="s">
+        <v>624</v>
+      </c>
+      <c r="D208" t="s">
         <v>625</v>
       </c>
-      <c r="D208" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F208">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="G208">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="H208" t="s">
         <v>22</v>
       </c>
       <c r="I208">
         <v>150</v>
       </c>
       <c r="J208">
         <v>210</v>
       </c>
       <c r="K208">
         <v>7</v>
       </c>
       <c r="L208" s="1">
-        <v>39051</v>
+        <v>42045</v>
       </c>
       <c r="M208" s="2">
-        <v>9788536214429</v>
+        <v>9788536250151</v>
       </c>
       <c r="N208" t="s" s="3">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="O208" s="4">
         <v>69.90</v>
       </c>
       <c r="P208" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209">
-        <v>23496</v>
+        <v>10144</v>
       </c>
       <c r="C209" t="s">
+        <v>627</v>
+      </c>
+      <c r="D209" t="s">
         <v>628</v>
       </c>
-      <c r="D209" t="s">
+      <c r="F209">
+        <v>110</v>
+      </c>
+      <c r="G209">
+        <v>150</v>
+      </c>
+      <c r="H209" t="s">
+        <v>22</v>
+      </c>
+      <c r="I209">
+        <v>150</v>
+      </c>
+      <c r="J209">
+        <v>210</v>
+      </c>
+      <c r="K209">
+        <v>7</v>
+      </c>
+      <c r="L209" s="1">
+        <v>35916</v>
+      </c>
+      <c r="M209" s="2">
+        <v>9788573940909</v>
+      </c>
+      <c r="N209" t="s" s="3">
         <v>629</v>
       </c>
-      <c r="F209">
-[...25 lines deleted...]
-      </c>
       <c r="O209" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P209" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210">
-        <v>22703</v>
+        <v>20126</v>
       </c>
       <c r="C210" t="s">
+        <v>630</v>
+      </c>
+      <c r="D210" t="s">
         <v>631</v>
       </c>
-      <c r="D210" t="s">
+      <c r="F210">
+        <v>118</v>
+      </c>
+      <c r="G210">
+        <v>160</v>
+      </c>
+      <c r="H210" t="s">
+        <v>22</v>
+      </c>
+      <c r="I210">
+        <v>150</v>
+      </c>
+      <c r="J210">
+        <v>210</v>
+      </c>
+      <c r="K210">
+        <v>7</v>
+      </c>
+      <c r="L210" s="1">
+        <v>39051</v>
+      </c>
+      <c r="M210" s="2">
+        <v>9788536214429</v>
+      </c>
+      <c r="N210" t="s" s="3">
         <v>632</v>
       </c>
-      <c r="F210">
-[...25 lines deleted...]
-      </c>
       <c r="O210" s="4">
-        <v>229.90</v>
+        <v>69.90</v>
       </c>
       <c r="P210" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211">
-        <v>22434</v>
+        <v>23496</v>
       </c>
       <c r="C211" t="s">
+        <v>633</v>
+      </c>
+      <c r="D211" t="s">
         <v>634</v>
       </c>
-      <c r="D211" t="s">
+      <c r="F211">
+        <v>180</v>
+      </c>
+      <c r="G211">
+        <v>223</v>
+      </c>
+      <c r="H211" t="s">
+        <v>22</v>
+      </c>
+      <c r="I211">
+        <v>150</v>
+      </c>
+      <c r="J211">
+        <v>210</v>
+      </c>
+      <c r="K211">
+        <v>10</v>
+      </c>
+      <c r="L211" s="1">
+        <v>41827</v>
+      </c>
+      <c r="M211" s="2">
+        <v>9788536247229</v>
+      </c>
+      <c r="N211" t="s" s="3">
         <v>635</v>
-      </c>
-[...25 lines deleted...]
-        <v>636</v>
       </c>
       <c r="O211" s="4">
         <v>89.90</v>
       </c>
       <c r="P211" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212">
-        <v>22818</v>
+        <v>22703</v>
       </c>
       <c r="C212" t="s">
+        <v>636</v>
+      </c>
+      <c r="D212" t="s">
         <v>637</v>
       </c>
-      <c r="D212" t="s">
+      <c r="F212">
+        <v>542</v>
+      </c>
+      <c r="G212">
+        <v>652</v>
+      </c>
+      <c r="H212" t="s">
+        <v>22</v>
+      </c>
+      <c r="I212">
+        <v>150</v>
+      </c>
+      <c r="J212">
+        <v>210</v>
+      </c>
+      <c r="K212">
+        <v>27</v>
+      </c>
+      <c r="L212" s="1">
+        <v>41121</v>
+      </c>
+      <c r="M212" s="2">
+        <v>9788536238876</v>
+      </c>
+      <c r="N212" t="s" s="3">
         <v>638</v>
       </c>
-      <c r="F212">
-[...25 lines deleted...]
-      </c>
       <c r="O212" s="4">
-        <v>99.90</v>
+        <v>229.90</v>
       </c>
       <c r="P212" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213">
-        <v>11055</v>
+        <v>22434</v>
       </c>
       <c r="C213" t="s">
+        <v>639</v>
+      </c>
+      <c r="D213" t="s">
         <v>640</v>
       </c>
-      <c r="D213" t="s">
+      <c r="F213">
+        <v>192</v>
+      </c>
+      <c r="G213">
+        <v>287</v>
+      </c>
+      <c r="H213" t="s">
+        <v>22</v>
+      </c>
+      <c r="I213">
+        <v>150</v>
+      </c>
+      <c r="J213">
+        <v>210</v>
+      </c>
+      <c r="K213">
+        <v>11</v>
+      </c>
+      <c r="L213" s="1">
+        <v>40871</v>
+      </c>
+      <c r="M213" s="2">
+        <v>9788536235660</v>
+      </c>
+      <c r="N213" t="s" s="3">
         <v>641</v>
-      </c>
-[...25 lines deleted...]
-        <v>642</v>
       </c>
       <c r="O213" s="4">
         <v>89.90</v>
       </c>
       <c r="P213" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214">
-        <v>12533</v>
+        <v>22818</v>
       </c>
       <c r="C214" t="s">
+        <v>642</v>
+      </c>
+      <c r="D214" t="s">
         <v>643</v>
       </c>
-      <c r="D214" t="s">
+      <c r="F214">
+        <v>190</v>
+      </c>
+      <c r="G214">
+        <v>250</v>
+      </c>
+      <c r="H214" t="s">
+        <v>22</v>
+      </c>
+      <c r="I214">
+        <v>150</v>
+      </c>
+      <c r="J214">
+        <v>210</v>
+      </c>
+      <c r="K214">
+        <v>10</v>
+      </c>
+      <c r="L214" s="1">
+        <v>41213</v>
+      </c>
+      <c r="M214" s="2">
+        <v>9788536239774</v>
+      </c>
+      <c r="N214" t="s" s="3">
         <v>644</v>
       </c>
-      <c r="F214">
-[...25 lines deleted...]
-      </c>
       <c r="O214" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P214" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215">
-        <v>11080</v>
+        <v>11055</v>
       </c>
       <c r="C215" t="s">
+        <v>645</v>
+      </c>
+      <c r="D215" t="s">
         <v>646</v>
       </c>
-      <c r="D215" t="s">
+      <c r="F215">
+        <v>170</v>
+      </c>
+      <c r="G215">
+        <v>228</v>
+      </c>
+      <c r="H215" t="s">
+        <v>22</v>
+      </c>
+      <c r="I215">
+        <v>150</v>
+      </c>
+      <c r="J215">
+        <v>210</v>
+      </c>
+      <c r="K215">
+        <v>10</v>
+      </c>
+      <c r="L215" s="1">
+        <v>37034</v>
+      </c>
+      <c r="M215" s="2">
+        <v>9788573948257</v>
+      </c>
+      <c r="N215" t="s" s="3">
         <v>647</v>
       </c>
-      <c r="F215">
-[...25 lines deleted...]
-      </c>
       <c r="O215" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P215" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216">
-        <v>10333</v>
+        <v>12533</v>
       </c>
       <c r="C216" t="s">
+        <v>648</v>
+      </c>
+      <c r="D216" t="s">
         <v>649</v>
       </c>
-      <c r="D216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F216">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="G216">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="H216" t="s">
         <v>22</v>
       </c>
       <c r="I216">
         <v>150</v>
       </c>
       <c r="J216">
         <v>210</v>
       </c>
       <c r="K216">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L216" s="1">
-        <v>36671</v>
+        <v>37697</v>
       </c>
       <c r="M216" s="2">
-        <v>9788573943443</v>
+        <v>9788536200408</v>
       </c>
       <c r="N216" t="s" s="3">
         <v>650</v>
       </c>
       <c r="O216" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P216" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217">
-        <v>12329</v>
+        <v>11080</v>
       </c>
       <c r="C217" t="s">
         <v>651</v>
       </c>
       <c r="D217" t="s">
         <v>652</v>
       </c>
       <c r="F217">
-        <v>178</v>
+        <v>248</v>
       </c>
       <c r="G217">
-        <v>240</v>
+        <v>316</v>
       </c>
       <c r="H217" t="s">
         <v>22</v>
       </c>
       <c r="I217">
         <v>150</v>
       </c>
       <c r="J217">
         <v>210</v>
       </c>
       <c r="K217">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L217" s="1">
-        <v>37358</v>
+        <v>37063</v>
       </c>
       <c r="M217" s="2">
-        <v>9788536201719</v>
+        <v>9788573947687</v>
       </c>
       <c r="N217" t="s" s="3">
         <v>653</v>
       </c>
       <c r="O217" s="4">
-        <v>94.70</v>
+        <v>109.90</v>
       </c>
       <c r="P217" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218">
-        <v>24426</v>
+        <v>10333</v>
       </c>
       <c r="C218" t="s">
         <v>654</v>
       </c>
       <c r="D218" t="s">
+        <v>289</v>
+      </c>
+      <c r="F218">
+        <v>154</v>
+      </c>
+      <c r="G218">
+        <v>212</v>
+      </c>
+      <c r="H218" t="s">
+        <v>22</v>
+      </c>
+      <c r="I218">
+        <v>150</v>
+      </c>
+      <c r="J218">
+        <v>210</v>
+      </c>
+      <c r="K218">
+        <v>9</v>
+      </c>
+      <c r="L218" s="1">
+        <v>36671</v>
+      </c>
+      <c r="M218" s="2">
+        <v>9788573943443</v>
+      </c>
+      <c r="N218" t="s" s="3">
         <v>655</v>
       </c>
-      <c r="F218">
-[...25 lines deleted...]
-      </c>
       <c r="O218" s="4">
-        <v>67.70</v>
+        <v>89.90</v>
       </c>
       <c r="P218" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219">
+        <v>12329</v>
+      </c>
+      <c r="C219" t="s">
+        <v>656</v>
+      </c>
+      <c r="D219" t="s">
+        <v>657</v>
+      </c>
+      <c r="F219">
+        <v>178</v>
+      </c>
+      <c r="G219">
+        <v>240</v>
+      </c>
+      <c r="H219" t="s">
+        <v>22</v>
+      </c>
+      <c r="I219">
+        <v>150</v>
+      </c>
+      <c r="J219">
+        <v>210</v>
+      </c>
+      <c r="K219">
+        <v>10</v>
+      </c>
+      <c r="L219" s="1">
+        <v>37358</v>
+      </c>
+      <c r="M219" s="2">
+        <v>9788536201719</v>
+      </c>
+      <c r="N219" t="s" s="3">
+        <v>658</v>
+      </c>
+      <c r="O219" s="4">
+        <v>94.70</v>
+      </c>
+      <c r="P219" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220">
+        <v>219</v>
+      </c>
+      <c r="B220">
+        <v>24426</v>
+      </c>
+      <c r="C220" t="s">
+        <v>659</v>
+      </c>
+      <c r="D220" t="s">
+        <v>660</v>
+      </c>
+      <c r="F220">
+        <v>146</v>
+      </c>
+      <c r="G220">
+        <v>181</v>
+      </c>
+      <c r="H220" t="s">
+        <v>22</v>
+      </c>
+      <c r="I220">
+        <v>150</v>
+      </c>
+      <c r="J220">
+        <v>210</v>
+      </c>
+      <c r="K220">
+        <v>8</v>
+      </c>
+      <c r="L220" s="1">
+        <v>42423</v>
+      </c>
+      <c r="M220" s="2">
+        <v>9788536255989</v>
+      </c>
+      <c r="N220" t="s" s="3">
+        <v>661</v>
+      </c>
+      <c r="O220" s="4">
+        <v>67.70</v>
+      </c>
+      <c r="P220" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221">
+        <v>220</v>
+      </c>
+      <c r="B221">
         <v>27872</v>
       </c>
-      <c r="C219" t="inlineStr">
+      <c r="C221" t="inlineStr">
         <is>
           <t>Danton - A Tragédia Revolucionária - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D219" t="s">
-[...2 lines deleted...]
-      <c r="F219">
+      <c r="D221" t="s">
+        <v>662</v>
+      </c>
+      <c r="F221">
         <v>152</v>
       </c>
-      <c r="G219">
+      <c r="G221">
         <v>189</v>
       </c>
-      <c r="H219" t="s">
-[...2 lines deleted...]
-      <c r="I219">
+      <c r="H221" t="s">
+        <v>22</v>
+      </c>
+      <c r="I221">
         <v>100</v>
       </c>
-      <c r="J219">
+      <c r="J221">
         <v>160</v>
       </c>
-      <c r="K219">
+      <c r="K221">
         <v>9</v>
       </c>
-      <c r="L219" s="1">
+      <c r="L221" s="1">
         <v>43634</v>
       </c>
-      <c r="M219" s="2">
+      <c r="M221" s="2">
         <v>9788536289243</v>
-      </c>
-[...92 lines deleted...]
-        <v>9788536299068</v>
       </c>
       <c r="N221" t="s" s="3">
         <v>663</v>
       </c>
       <c r="O221" s="4">
-        <v>59.90</v>
+        <v>49.90</v>
       </c>
       <c r="P221" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222">
-        <v>20935</v>
+        <v>30841</v>
       </c>
       <c r="C222" t="s">
         <v>664</v>
       </c>
       <c r="D222" t="s">
         <v>665</v>
       </c>
-      <c r="E222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F222">
-        <v>184</v>
+        <v>202</v>
       </c>
       <c r="G222">
-        <v>240</v>
+        <v>251</v>
       </c>
       <c r="H222" t="s">
         <v>22</v>
       </c>
       <c r="I222">
         <v>150</v>
       </c>
       <c r="J222">
         <v>210</v>
       </c>
       <c r="K222">
         <v>10</v>
       </c>
       <c r="L222" s="1">
-        <v>39769</v>
+        <v>45275</v>
       </c>
       <c r="M222" s="2">
-        <v>9788536222745</v>
+        <v>9786526306116</v>
       </c>
       <c r="N222" t="s" s="3">
         <v>666</v>
       </c>
       <c r="O222" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P222" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223">
-        <v>20517</v>
+        <v>29812</v>
       </c>
       <c r="C223" t="s">
         <v>667</v>
       </c>
       <c r="D223" t="s">
+        <v>299</v>
+      </c>
+      <c r="F223">
+        <v>84</v>
+      </c>
+      <c r="G223">
+        <v>104</v>
+      </c>
+      <c r="H223" t="s">
+        <v>22</v>
+      </c>
+      <c r="I223">
+        <v>150</v>
+      </c>
+      <c r="J223">
+        <v>210</v>
+      </c>
+      <c r="K223">
+        <v>5</v>
+      </c>
+      <c r="L223" s="1">
+        <v>44729</v>
+      </c>
+      <c r="M223" s="2">
+        <v>9788536299068</v>
+      </c>
+      <c r="N223" t="s" s="3">
         <v>668</v>
       </c>
-      <c r="F223">
-[...25 lines deleted...]
-      </c>
       <c r="O223" s="4">
-        <v>159.90</v>
+        <v>59.90</v>
       </c>
       <c r="P223" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224">
+        <v>20935</v>
+      </c>
+      <c r="C224" t="s">
+        <v>669</v>
+      </c>
+      <c r="D224" t="s">
+        <v>670</v>
+      </c>
+      <c r="E224" t="s">
+        <v>34</v>
+      </c>
+      <c r="F224">
+        <v>184</v>
+      </c>
+      <c r="G224">
+        <v>240</v>
+      </c>
+      <c r="H224" t="s">
+        <v>22</v>
+      </c>
+      <c r="I224">
+        <v>150</v>
+      </c>
+      <c r="J224">
+        <v>210</v>
+      </c>
+      <c r="K224">
+        <v>10</v>
+      </c>
+      <c r="L224" s="1">
+        <v>39769</v>
+      </c>
+      <c r="M224" s="2">
+        <v>9788536222745</v>
+      </c>
+      <c r="N224" t="s" s="3">
+        <v>671</v>
+      </c>
+      <c r="O224" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P224" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225">
+        <v>224</v>
+      </c>
+      <c r="B225">
+        <v>20517</v>
+      </c>
+      <c r="C225" t="s">
+        <v>672</v>
+      </c>
+      <c r="D225" t="s">
+        <v>673</v>
+      </c>
+      <c r="F225">
+        <v>406</v>
+      </c>
+      <c r="G225">
+        <v>494</v>
+      </c>
+      <c r="H225" t="s">
+        <v>22</v>
+      </c>
+      <c r="I225">
+        <v>150</v>
+      </c>
+      <c r="J225">
+        <v>210</v>
+      </c>
+      <c r="K225">
+        <v>21</v>
+      </c>
+      <c r="L225" s="1">
+        <v>39428</v>
+      </c>
+      <c r="M225" s="2">
+        <v>9788536217659</v>
+      </c>
+      <c r="N225" t="s" s="3">
+        <v>674</v>
+      </c>
+      <c r="O225" s="4">
+        <v>159.90</v>
+      </c>
+      <c r="P225" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226">
+        <v>225</v>
+      </c>
+      <c r="B226">
         <v>23687</v>
       </c>
-      <c r="C224" t="inlineStr">
+      <c r="C226" t="inlineStr">
         <is>
           <t>Décadents, Os - Um Estudo de História da Literatura Universal de Fins do Século XIX e Começos do Século XX e sua Importância para a Teoria Literária - Semeando Livros</t>
         </is>
       </c>
-      <c r="D224" t="s">
-[...2 lines deleted...]
-      <c r="F224">
+      <c r="D226" t="s">
+        <v>675</v>
+      </c>
+      <c r="F226">
         <v>302</v>
       </c>
-      <c r="G224">
+      <c r="G226">
         <v>375</v>
       </c>
-      <c r="H224" t="s">
-[...8 lines deleted...]
-      <c r="K224">
+      <c r="H226" t="s">
+        <v>22</v>
+      </c>
+      <c r="I226">
+        <v>150</v>
+      </c>
+      <c r="J226">
+        <v>210</v>
+      </c>
+      <c r="K226">
         <v>16</v>
       </c>
-      <c r="L224" s="1">
+      <c r="L226" s="1">
         <v>41955</v>
       </c>
-      <c r="M224" s="2">
+      <c r="M226" s="2">
         <v>9788536249049</v>
       </c>
-      <c r="N224" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O224" s="4">
+      <c r="N226" t="s" s="3">
+        <v>676</v>
+      </c>
+      <c r="O226" s="4">
         <v>129.90</v>
       </c>
-      <c r="P224" t="s">
+      <c r="P226" t="s">
         <v>36</v>
-      </c>
-[...92 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227">
+        <v>29293</v>
+      </c>
+      <c r="C227" t="s">
+        <v>677</v>
+      </c>
+      <c r="D227" t="s">
+        <v>678</v>
+      </c>
+      <c r="F227">
+        <v>126</v>
+      </c>
+      <c r="G227">
+        <v>156</v>
+      </c>
+      <c r="H227" t="s">
+        <v>22</v>
+      </c>
+      <c r="I227">
+        <v>150</v>
+      </c>
+      <c r="J227">
+        <v>210</v>
+      </c>
+      <c r="K227">
+        <v>7</v>
+      </c>
+      <c r="L227" s="1">
+        <v>44480</v>
+      </c>
+      <c r="M227" s="2">
+        <v>9786556057323</v>
+      </c>
+      <c r="N227" t="s" s="3">
+        <v>679</v>
+      </c>
+      <c r="O227" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P227" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228">
+        <v>227</v>
+      </c>
+      <c r="B228">
+        <v>23590</v>
+      </c>
+      <c r="C228" t="s">
+        <v>680</v>
+      </c>
+      <c r="D228" t="s">
+        <v>681</v>
+      </c>
+      <c r="F228">
+        <v>222</v>
+      </c>
+      <c r="G228">
+        <v>275</v>
+      </c>
+      <c r="H228" t="s">
+        <v>22</v>
+      </c>
+      <c r="I228">
+        <v>150</v>
+      </c>
+      <c r="J228">
+        <v>210</v>
+      </c>
+      <c r="K228">
+        <v>12</v>
+      </c>
+      <c r="L228" s="1">
+        <v>41891</v>
+      </c>
+      <c r="M228" s="2">
+        <v>9788536248103</v>
+      </c>
+      <c r="N228" t="s" s="3">
+        <v>682</v>
+      </c>
+      <c r="O228" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P228" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229">
+        <v>228</v>
+      </c>
+      <c r="B229">
         <v>23166</v>
       </c>
-      <c r="C227" t="inlineStr">
+      <c r="C229" t="inlineStr">
         <is>
           <t>Democracia Deliberativa e Jurisdição - A Legitimidade da Decisão Judicial a Partir e Para Além da Teoria de J. Habermas - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D227" t="s">
-[...2 lines deleted...]
-      <c r="F227">
+      <c r="D229" t="s">
+        <v>684</v>
+      </c>
+      <c r="F229">
         <v>298</v>
       </c>
-      <c r="G227">
+      <c r="G229">
         <v>365</v>
       </c>
-      <c r="H227" t="s">
-[...8 lines deleted...]
-      <c r="K227">
+      <c r="H229" t="s">
+        <v>22</v>
+      </c>
+      <c r="I229">
+        <v>150</v>
+      </c>
+      <c r="J229">
+        <v>210</v>
+      </c>
+      <c r="K229">
         <v>16</v>
       </c>
-      <c r="L227" s="1">
+      <c r="L229" s="1">
         <v>41506</v>
       </c>
-      <c r="M227" s="2">
+      <c r="M229" s="2">
         <v>9788536243672</v>
       </c>
-      <c r="N227" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O227" s="4">
+      <c r="N229" t="s" s="3">
+        <v>685</v>
+      </c>
+      <c r="O229" s="4">
         <v>149.90</v>
       </c>
-      <c r="P227" t="s">
+      <c r="P229" t="s">
         <v>36</v>
-      </c>
-[...92 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230">
-        <v>10154</v>
+        <v>11114</v>
       </c>
       <c r="C230" t="s">
+        <v>686</v>
+      </c>
+      <c r="D230" t="s">
         <v>687</v>
       </c>
-      <c r="D230" t="s">
-[...2 lines deleted...]
-      <c r="E230" t="s">
+      <c r="F230">
+        <v>322</v>
+      </c>
+      <c r="G230">
+        <v>412</v>
+      </c>
+      <c r="H230" t="s">
+        <v>22</v>
+      </c>
+      <c r="I230">
+        <v>150</v>
+      </c>
+      <c r="J230">
+        <v>210</v>
+      </c>
+      <c r="K230">
+        <v>17</v>
+      </c>
+      <c r="L230" s="1">
+        <v>37131</v>
+      </c>
+      <c r="M230" s="2">
+        <v>9788573948462</v>
+      </c>
+      <c r="N230" t="s" s="3">
         <v>688</v>
       </c>
-      <c r="F230">
-[...25 lines deleted...]
-      </c>
       <c r="O230" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P230" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231">
-        <v>22737</v>
+        <v>22864</v>
       </c>
       <c r="C231" t="s">
+        <v>689</v>
+      </c>
+      <c r="D231" t="s">
         <v>690</v>
       </c>
-      <c r="D231" t="s">
+      <c r="F231">
+        <v>30</v>
+      </c>
+      <c r="G231">
+        <v>175</v>
+      </c>
+      <c r="H231" t="s">
+        <v>22</v>
+      </c>
+      <c r="I231">
+        <v>150</v>
+      </c>
+      <c r="J231">
+        <v>210</v>
+      </c>
+      <c r="K231">
+        <v>3</v>
+      </c>
+      <c r="L231" s="1">
+        <v>41248</v>
+      </c>
+      <c r="M231" s="2">
+        <v>9788536240282</v>
+      </c>
+      <c r="N231" t="s" s="3">
         <v>691</v>
-      </c>
-[...25 lines deleted...]
-        <v>692</v>
       </c>
       <c r="O231" s="4">
         <v>69.90</v>
       </c>
       <c r="P231" t="s">
-        <v>64</v>
+        <v>540</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232">
-        <v>28346</v>
+        <v>10154</v>
       </c>
       <c r="C232" t="s">
+        <v>692</v>
+      </c>
+      <c r="D232" t="s">
+        <v>170</v>
+      </c>
+      <c r="E232" t="s">
         <v>693</v>
       </c>
-      <c r="D232" t="s">
+      <c r="F232">
+        <v>290</v>
+      </c>
+      <c r="G232">
+        <v>362</v>
+      </c>
+      <c r="H232" t="s">
+        <v>22</v>
+      </c>
+      <c r="I232">
+        <v>150</v>
+      </c>
+      <c r="J232">
+        <v>210</v>
+      </c>
+      <c r="K232">
+        <v>15</v>
+      </c>
+      <c r="L232" s="1">
+        <v>36069</v>
+      </c>
+      <c r="M232" s="2">
+        <v>9788573941685</v>
+      </c>
+      <c r="N232" t="s" s="3">
         <v>694</v>
       </c>
-      <c r="F232">
-[...25 lines deleted...]
-      </c>
       <c r="O232" s="4">
-        <v>59.90</v>
+        <v>119.90</v>
       </c>
       <c r="P232" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233">
-        <v>21157</v>
+        <v>22737</v>
       </c>
       <c r="C233" t="s">
+        <v>695</v>
+      </c>
+      <c r="D233" t="s">
         <v>696</v>
       </c>
-      <c r="D233" t="s">
+      <c r="F233">
+        <v>148</v>
+      </c>
+      <c r="G233">
+        <v>210</v>
+      </c>
+      <c r="H233" t="s">
+        <v>22</v>
+      </c>
+      <c r="I233">
+        <v>150</v>
+      </c>
+      <c r="J233">
+        <v>210</v>
+      </c>
+      <c r="K233">
+        <v>8</v>
+      </c>
+      <c r="L233" s="1">
+        <v>41157</v>
+      </c>
+      <c r="M233" s="2">
+        <v>9788536238425</v>
+      </c>
+      <c r="N233" t="s" s="3">
         <v>697</v>
-      </c>
-[...25 lines deleted...]
-        <v>698</v>
       </c>
       <c r="O233" s="4">
         <v>69.90</v>
       </c>
       <c r="P233" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234">
-        <v>20524</v>
+        <v>28346</v>
       </c>
       <c r="C234" t="s">
+        <v>698</v>
+      </c>
+      <c r="D234" t="s">
         <v>699</v>
       </c>
-      <c r="D234" t="s">
+      <c r="F234">
+        <v>106</v>
+      </c>
+      <c r="G234">
+        <v>131</v>
+      </c>
+      <c r="H234" t="s">
+        <v>22</v>
+      </c>
+      <c r="I234">
+        <v>150</v>
+      </c>
+      <c r="J234">
+        <v>210</v>
+      </c>
+      <c r="K234">
+        <v>6</v>
+      </c>
+      <c r="L234" s="1">
+        <v>43871</v>
+      </c>
+      <c r="M234" s="2">
+        <v>9788536293684</v>
+      </c>
+      <c r="N234" t="s" s="3">
         <v>700</v>
       </c>
-      <c r="F234">
-[...25 lines deleted...]
-      </c>
       <c r="O234" s="4">
-        <v>129.90</v>
+        <v>59.90</v>
       </c>
       <c r="P234" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235">
-        <v>10914</v>
+        <v>21157</v>
       </c>
       <c r="C235" t="s">
+        <v>701</v>
+      </c>
+      <c r="D235" t="s">
         <v>702</v>
       </c>
-      <c r="D235" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F235">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="G235">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="H235" t="s">
         <v>22</v>
       </c>
       <c r="I235">
         <v>150</v>
       </c>
       <c r="J235">
         <v>210</v>
       </c>
       <c r="K235">
         <v>6</v>
       </c>
       <c r="L235" s="1">
-        <v>36819</v>
+        <v>39965</v>
       </c>
       <c r="M235" s="2">
-        <v>9788573947021</v>
+        <v>9788536224947</v>
       </c>
       <c r="N235" t="s" s="3">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="O235" s="4">
         <v>69.90</v>
       </c>
       <c r="P235" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236">
-        <v>29717</v>
+        <v>20524</v>
       </c>
       <c r="C236" t="s">
+        <v>704</v>
+      </c>
+      <c r="D236" t="s">
         <v>705</v>
       </c>
-      <c r="D236" t="s">
+      <c r="F236">
+        <v>198</v>
+      </c>
+      <c r="G236">
+        <v>540</v>
+      </c>
+      <c r="H236" t="s">
+        <v>22</v>
+      </c>
+      <c r="I236">
+        <v>210</v>
+      </c>
+      <c r="J236">
+        <v>300</v>
+      </c>
+      <c r="K236">
+        <v>11</v>
+      </c>
+      <c r="L236" s="1">
+        <v>39498</v>
+      </c>
+      <c r="M236" s="2">
+        <v>9788536216799</v>
+      </c>
+      <c r="N236" t="s" s="3">
         <v>706</v>
       </c>
-      <c r="F236">
-[...25 lines deleted...]
-      </c>
       <c r="O236" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P236" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237">
-        <v>10238</v>
+        <v>10914</v>
       </c>
       <c r="C237" t="s">
+        <v>707</v>
+      </c>
+      <c r="D237" t="s">
         <v>708</v>
       </c>
-      <c r="D237" t="s">
+      <c r="F237">
+        <v>102</v>
+      </c>
+      <c r="G237">
+        <v>146</v>
+      </c>
+      <c r="H237" t="s">
+        <v>22</v>
+      </c>
+      <c r="I237">
+        <v>150</v>
+      </c>
+      <c r="J237">
+        <v>210</v>
+      </c>
+      <c r="K237">
+        <v>6</v>
+      </c>
+      <c r="L237" s="1">
+        <v>36819</v>
+      </c>
+      <c r="M237" s="2">
+        <v>9788573947021</v>
+      </c>
+      <c r="N237" t="s" s="3">
         <v>709</v>
       </c>
-      <c r="F237">
-[...25 lines deleted...]
-      </c>
       <c r="O237" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P237" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238">
-        <v>23221</v>
+        <v>29717</v>
       </c>
       <c r="C238" t="s">
+        <v>710</v>
+      </c>
+      <c r="D238" t="s">
         <v>711</v>
       </c>
-      <c r="D238" t="s">
+      <c r="F238">
+        <v>86</v>
+      </c>
+      <c r="G238">
+        <v>107</v>
+      </c>
+      <c r="H238" t="s">
+        <v>22</v>
+      </c>
+      <c r="I238">
+        <v>150</v>
+      </c>
+      <c r="J238">
+        <v>210</v>
+      </c>
+      <c r="K238">
+        <v>5</v>
+      </c>
+      <c r="L238" s="1">
+        <v>44693</v>
+      </c>
+      <c r="M238" s="2">
+        <v>9788536297309</v>
+      </c>
+      <c r="N238" t="s" s="3">
         <v>712</v>
       </c>
-      <c r="F238">
-[...25 lines deleted...]
-      </c>
       <c r="O238" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P238" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239">
-        <v>26538</v>
+        <v>10238</v>
       </c>
       <c r="C239" t="s">
+        <v>713</v>
+      </c>
+      <c r="D239" t="s">
         <v>714</v>
       </c>
-      <c r="D239" t="s">
+      <c r="F239">
+        <v>240</v>
+      </c>
+      <c r="G239">
+        <v>316</v>
+      </c>
+      <c r="H239" t="s">
+        <v>22</v>
+      </c>
+      <c r="I239">
+        <v>150</v>
+      </c>
+      <c r="J239">
+        <v>210</v>
+      </c>
+      <c r="K239">
+        <v>13</v>
+      </c>
+      <c r="L239" s="1">
+        <v>36336</v>
+      </c>
+      <c r="M239" s="2">
+        <v>9788573941968</v>
+      </c>
+      <c r="N239" t="s" s="3">
         <v>715</v>
       </c>
-      <c r="F239">
-[...25 lines deleted...]
-      </c>
       <c r="O239" s="4">
-        <v>74.70</v>
+        <v>119.90</v>
       </c>
       <c r="P239" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240">
-        <v>31894</v>
-[...4 lines deleted...]
-        </is>
+        <v>23221</v>
+      </c>
+      <c r="C240" t="s">
+        <v>716</v>
       </c>
       <c r="D240" t="s">
         <v>717</v>
       </c>
       <c r="F240">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="G240">
-        <v>346</v>
+        <v>216</v>
       </c>
       <c r="H240" t="s">
         <v>22</v>
       </c>
       <c r="I240">
         <v>150</v>
       </c>
       <c r="J240">
         <v>210</v>
       </c>
       <c r="K240">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L240" s="1">
-        <v>45975</v>
+        <v>41571</v>
       </c>
       <c r="M240" s="2">
-        <v>9786526321010</v>
+        <v>9788536244594</v>
       </c>
       <c r="N240" t="s" s="3">
         <v>718</v>
       </c>
       <c r="O240" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P240" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241">
-        <v>11065</v>
+        <v>26538</v>
       </c>
       <c r="C241" t="s">
         <v>719</v>
       </c>
       <c r="D241" t="s">
         <v>720</v>
       </c>
       <c r="F241">
-        <v>144</v>
+        <v>108</v>
       </c>
       <c r="G241">
-        <v>205</v>
+        <v>134</v>
       </c>
       <c r="H241" t="s">
         <v>22</v>
       </c>
       <c r="I241">
         <v>150</v>
       </c>
       <c r="J241">
         <v>210</v>
       </c>
       <c r="K241">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L241" s="1">
-        <v>37046</v>
+        <v>43136</v>
       </c>
       <c r="M241" s="2">
-        <v>9788573947380</v>
+        <v>9788536276380</v>
       </c>
       <c r="N241" t="s" s="3">
         <v>721</v>
       </c>
       <c r="O241" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P241" t="s">
-        <v>377</v>
+        <v>68</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242">
-        <v>27570</v>
+        <v>31952</v>
       </c>
       <c r="C242" t="s">
         <v>722</v>
       </c>
       <c r="D242" t="s">
         <v>723</v>
       </c>
       <c r="F242">
-        <v>224</v>
+        <v>126</v>
       </c>
       <c r="G242">
-        <v>278</v>
+        <v>162</v>
       </c>
       <c r="H242" t="s">
         <v>22</v>
       </c>
       <c r="I242">
         <v>150</v>
       </c>
       <c r="J242">
         <v>210</v>
       </c>
       <c r="K242">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L242" s="1">
-        <v>43510</v>
+        <v>46035</v>
       </c>
       <c r="M242" s="2">
-        <v>9788536286310</v>
+        <v>9786526320686</v>
       </c>
       <c r="N242" t="s" s="3">
         <v>724</v>
       </c>
       <c r="O242" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P242" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243">
-        <v>27176</v>
+        <v>11065</v>
       </c>
       <c r="C243" t="s">
         <v>725</v>
       </c>
       <c r="D243" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="F243">
-        <v>128</v>
+        <v>144</v>
       </c>
       <c r="G243">
-        <v>80</v>
+        <v>205</v>
       </c>
       <c r="H243" t="s">
         <v>22</v>
       </c>
       <c r="I243">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J243">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K243">
         <v>8</v>
       </c>
       <c r="L243" s="1">
-        <v>43347</v>
+        <v>37046</v>
       </c>
       <c r="M243" s="2">
-        <v>9788536282459</v>
+        <v>9788573947380</v>
       </c>
       <c r="N243" t="s" s="3">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="O243" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P243" t="s">
-        <v>36</v>
+        <v>379</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244">
-        <v>12998</v>
+        <v>27570</v>
       </c>
       <c r="C244" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D244" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="F244">
-        <v>410</v>
+        <v>224</v>
       </c>
       <c r="G244">
-        <v>528</v>
+        <v>278</v>
       </c>
       <c r="H244" t="s">
         <v>22</v>
       </c>
       <c r="I244">
         <v>150</v>
       </c>
       <c r="J244">
         <v>210</v>
       </c>
       <c r="K244">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="L244" s="1">
-        <v>38268</v>
+        <v>43510</v>
       </c>
       <c r="M244" s="2">
-        <v>9788536206875</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>9788536286310</v>
+      </c>
+      <c r="N244" t="s" s="3">
+        <v>730</v>
       </c>
       <c r="O244" s="4">
-        <v>159.90</v>
+        <v>119.90</v>
       </c>
       <c r="P244" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245">
-        <v>22077</v>
+        <v>27176</v>
       </c>
       <c r="C245" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D245" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="F245">
-        <v>213</v>
+        <v>128</v>
       </c>
       <c r="G245">
-        <v>252</v>
+        <v>80</v>
       </c>
       <c r="H245" t="s">
         <v>22</v>
       </c>
       <c r="I245">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J245">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K245">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L245" s="1">
-        <v>40505</v>
+        <v>43347</v>
       </c>
       <c r="M245" s="2">
-        <v>9788536232034</v>
+        <v>9788536282459</v>
       </c>
       <c r="N245" t="s" s="3">
         <v>732</v>
       </c>
       <c r="O245" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P245" t="s">
-        <v>733</v>
+        <v>36</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246">
-        <v>20677</v>
+        <v>12998</v>
       </c>
       <c r="C246" t="s">
+        <v>733</v>
+      </c>
+      <c r="D246" t="s">
         <v>734</v>
       </c>
-      <c r="D246" t="s">
+      <c r="F246">
+        <v>410</v>
+      </c>
+      <c r="G246">
+        <v>528</v>
+      </c>
+      <c r="H246" t="s">
+        <v>22</v>
+      </c>
+      <c r="I246">
+        <v>150</v>
+      </c>
+      <c r="J246">
+        <v>210</v>
+      </c>
+      <c r="K246">
+        <v>21</v>
+      </c>
+      <c r="L246" s="1">
+        <v>38268</v>
+      </c>
+      <c r="M246" s="2">
+        <v>9788536206875</v>
+      </c>
+      <c r="N246" t="s">
         <v>735</v>
       </c>
-      <c r="E246" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O246" s="4">
-        <v>77.70</v>
+        <v>159.90</v>
       </c>
       <c r="P246" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247">
-        <v>20323</v>
+        <v>22077</v>
       </c>
       <c r="C247" t="s">
+        <v>736</v>
+      </c>
+      <c r="D247" t="s">
+        <v>737</v>
+      </c>
+      <c r="F247">
+        <v>213</v>
+      </c>
+      <c r="G247">
+        <v>252</v>
+      </c>
+      <c r="H247" t="s">
+        <v>22</v>
+      </c>
+      <c r="I247">
+        <v>150</v>
+      </c>
+      <c r="J247">
+        <v>210</v>
+      </c>
+      <c r="K247">
+        <v>12</v>
+      </c>
+      <c r="L247" s="1">
+        <v>40505</v>
+      </c>
+      <c r="M247" s="2">
+        <v>9788536232034</v>
+      </c>
+      <c r="N247" t="s" s="3">
         <v>738</v>
       </c>
-      <c r="D247" t="s">
+      <c r="O247" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P247" t="s">
         <v>739</v>
-      </c>
-[...34 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248">
-        <v>22333</v>
+        <v>20677</v>
       </c>
       <c r="C248" t="s">
+        <v>740</v>
+      </c>
+      <c r="D248" t="s">
         <v>741</v>
       </c>
-      <c r="D248" t="s">
+      <c r="E248" t="s">
         <v>742</v>
       </c>
       <c r="F248">
-        <v>72</v>
+        <v>152</v>
       </c>
       <c r="G248">
-        <v>124</v>
+        <v>198</v>
       </c>
       <c r="H248" t="s">
         <v>22</v>
       </c>
       <c r="I248">
         <v>150</v>
       </c>
       <c r="J248">
         <v>210</v>
       </c>
       <c r="K248">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L248" s="1">
-        <v>40779</v>
+        <v>39582</v>
       </c>
       <c r="M248" s="2">
-        <v>9788536234632</v>
+        <v>9788536219325</v>
       </c>
       <c r="N248" t="s" s="3">
         <v>743</v>
       </c>
       <c r="O248" s="4">
-        <v>39.90</v>
+        <v>77.70</v>
       </c>
       <c r="P248" t="s">
-        <v>744</v>
+        <v>47</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249">
-        <v>28760</v>
+        <v>20323</v>
       </c>
       <c r="C249" t="s">
+        <v>744</v>
+      </c>
+      <c r="D249" t="s">
         <v>745</v>
       </c>
-      <c r="D249" t="s">
+      <c r="E249" t="s">
+        <v>34</v>
+      </c>
+      <c r="F249">
+        <v>72</v>
+      </c>
+      <c r="G249">
+        <v>98</v>
+      </c>
+      <c r="H249" t="s">
+        <v>22</v>
+      </c>
+      <c r="I249">
+        <v>150</v>
+      </c>
+      <c r="J249">
+        <v>210</v>
+      </c>
+      <c r="K249">
+        <v>5</v>
+      </c>
+      <c r="L249" s="1">
+        <v>39272</v>
+      </c>
+      <c r="M249" s="2">
+        <v>9788536216331</v>
+      </c>
+      <c r="N249" t="s" s="3">
         <v>746</v>
       </c>
-      <c r="F249">
-[...25 lines deleted...]
-      </c>
       <c r="O249" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P249" t="s">
-        <v>47</v>
+        <v>314</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250">
-        <v>30271</v>
+        <v>22333</v>
       </c>
       <c r="C250" t="s">
+        <v>747</v>
+      </c>
+      <c r="D250" t="s">
         <v>748</v>
       </c>
-      <c r="D250" t="s">
+      <c r="F250">
+        <v>72</v>
+      </c>
+      <c r="G250">
+        <v>124</v>
+      </c>
+      <c r="H250" t="s">
+        <v>22</v>
+      </c>
+      <c r="I250">
+        <v>150</v>
+      </c>
+      <c r="J250">
+        <v>210</v>
+      </c>
+      <c r="K250">
+        <v>5</v>
+      </c>
+      <c r="L250" s="1">
+        <v>40779</v>
+      </c>
+      <c r="M250" s="2">
+        <v>9788536234632</v>
+      </c>
+      <c r="N250" t="s" s="3">
         <v>749</v>
       </c>
-      <c r="F250">
-[...23 lines deleted...]
-      <c r="N250" t="s" s="3">
+      <c r="O250" s="4">
+        <v>39.90</v>
+      </c>
+      <c r="P250" t="s">
         <v>750</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251">
-        <v>13048</v>
+        <v>28760</v>
       </c>
       <c r="C251" t="s">
         <v>751</v>
       </c>
       <c r="D251" t="s">
         <v>752</v>
       </c>
       <c r="F251">
-        <v>186</v>
+        <v>242</v>
       </c>
       <c r="G251">
-        <v>248</v>
+        <v>298</v>
       </c>
       <c r="H251" t="s">
         <v>22</v>
       </c>
       <c r="I251">
         <v>150</v>
       </c>
       <c r="J251">
         <v>210</v>
       </c>
       <c r="K251">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L251" s="1">
-        <v>38323</v>
+        <v>44134</v>
       </c>
       <c r="M251" s="2">
-        <v>9788536208206</v>
+        <v>9786556053974</v>
       </c>
       <c r="N251" t="s" s="3">
         <v>753</v>
       </c>
       <c r="O251" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P251" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252">
-        <v>30920</v>
+        <v>30271</v>
       </c>
       <c r="C252" t="s">
         <v>754</v>
       </c>
       <c r="D252" t="s">
         <v>755</v>
       </c>
       <c r="F252">
-        <v>356</v>
+        <v>182</v>
       </c>
       <c r="G252">
-        <v>441</v>
+        <v>226</v>
       </c>
       <c r="H252" t="s">
         <v>22</v>
       </c>
       <c r="I252">
         <v>150</v>
       </c>
       <c r="J252">
         <v>210</v>
       </c>
       <c r="K252">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="L252" s="1">
-        <v>45343</v>
+        <v>44944</v>
       </c>
       <c r="M252" s="2">
-        <v>9786526310373</v>
+        <v>9786526302576</v>
       </c>
       <c r="N252" t="s" s="3">
         <v>756</v>
       </c>
       <c r="O252" s="4">
-        <v>189.90</v>
+        <v>99.90</v>
       </c>
       <c r="P252" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253">
-        <v>20888</v>
+        <v>13048</v>
       </c>
       <c r="C253" t="s">
         <v>757</v>
       </c>
       <c r="D253" t="s">
         <v>758</v>
       </c>
       <c r="F253">
-        <v>344</v>
+        <v>186</v>
       </c>
       <c r="G253">
-        <v>402</v>
+        <v>248</v>
       </c>
       <c r="H253" t="s">
         <v>22</v>
       </c>
       <c r="I253">
         <v>150</v>
       </c>
       <c r="J253">
         <v>210</v>
       </c>
       <c r="K253">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="L253" s="1">
-        <v>39731</v>
+        <v>38323</v>
       </c>
       <c r="M253" s="2">
-        <v>9788536221823</v>
+        <v>9788536208206</v>
       </c>
       <c r="N253" t="s" s="3">
         <v>759</v>
       </c>
       <c r="O253" s="4">
-        <v>159.90</v>
+        <v>99.90</v>
       </c>
       <c r="P253" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254">
-        <v>22588</v>
+        <v>30920</v>
       </c>
       <c r="C254" t="s">
         <v>760</v>
       </c>
       <c r="D254" t="s">
         <v>761</v>
       </c>
       <c r="F254">
-        <v>104</v>
+        <v>356</v>
       </c>
       <c r="G254">
-        <v>192</v>
+        <v>441</v>
       </c>
       <c r="H254" t="s">
         <v>22</v>
       </c>
       <c r="I254">
         <v>150</v>
       </c>
       <c r="J254">
         <v>210</v>
       </c>
       <c r="K254">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="L254" s="1">
-        <v>41024</v>
+        <v>45343</v>
       </c>
       <c r="M254" s="2">
-        <v>9788536237473</v>
+        <v>9786526310373</v>
       </c>
       <c r="N254" t="s" s="3">
         <v>762</v>
       </c>
       <c r="O254" s="4">
-        <v>79.90</v>
+        <v>189.90</v>
       </c>
       <c r="P254" t="s">
-        <v>507</v>
+        <v>19</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255">
-        <v>28649</v>
+        <v>20888</v>
       </c>
       <c r="C255" t="s">
         <v>763</v>
       </c>
       <c r="D255" t="s">
         <v>764</v>
       </c>
-      <c r="E255" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F255">
-        <v>182</v>
+        <v>344</v>
       </c>
       <c r="G255">
-        <v>226</v>
+        <v>402</v>
       </c>
       <c r="H255" t="s">
         <v>22</v>
       </c>
       <c r="I255">
         <v>150</v>
       </c>
       <c r="J255">
         <v>210</v>
       </c>
       <c r="K255">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="L255" s="1">
-        <v>44064</v>
+        <v>39731</v>
       </c>
       <c r="M255" s="2">
-        <v>9786556051529</v>
+        <v>9788536221823</v>
       </c>
       <c r="N255" t="s" s="3">
         <v>765</v>
       </c>
       <c r="O255" s="4">
-        <v>99.90</v>
+        <v>159.90</v>
       </c>
       <c r="P255" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256">
-        <v>29025</v>
+        <v>22588</v>
       </c>
       <c r="C256" t="s">
         <v>766</v>
       </c>
       <c r="D256" t="s">
         <v>767</v>
       </c>
-      <c r="E256" t="s">
+      <c r="F256">
+        <v>104</v>
+      </c>
+      <c r="G256">
+        <v>192</v>
+      </c>
+      <c r="H256" t="s">
+        <v>22</v>
+      </c>
+      <c r="I256">
+        <v>150</v>
+      </c>
+      <c r="J256">
+        <v>210</v>
+      </c>
+      <c r="K256">
+        <v>6</v>
+      </c>
+      <c r="L256" s="1">
+        <v>41024</v>
+      </c>
+      <c r="M256" s="2">
+        <v>9788536237473</v>
+      </c>
+      <c r="N256" t="s" s="3">
         <v>768</v>
-      </c>
-[...25 lines deleted...]
-        <v>769</v>
       </c>
       <c r="O256" s="4">
         <v>79.90</v>
       </c>
       <c r="P256" t="s">
-        <v>36</v>
+        <v>512</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257">
-        <v>20952</v>
+        <v>28649</v>
       </c>
       <c r="C257" t="s">
+        <v>769</v>
+      </c>
+      <c r="D257" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E257" t="s">
         <v>96</v>
       </c>
       <c r="F257">
-        <v>140</v>
+        <v>182</v>
       </c>
       <c r="G257">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="H257" t="s">
         <v>22</v>
       </c>
       <c r="I257">
         <v>150</v>
       </c>
       <c r="J257">
         <v>210</v>
       </c>
       <c r="K257">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L257" s="1">
-        <v>39780</v>
+        <v>44064</v>
       </c>
       <c r="M257" s="2">
-        <v>9788536222141</v>
+        <v>9786556051529</v>
       </c>
       <c r="N257" t="s" s="3">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="O257" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P257" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258">
-        <v>24974</v>
+        <v>29025</v>
       </c>
       <c r="C258" t="s">
+        <v>772</v>
+      </c>
+      <c r="D258" t="s">
         <v>773</v>
       </c>
-      <c r="D258" t="s">
+      <c r="E258" t="s">
         <v>774</v>
       </c>
       <c r="F258">
-        <v>162</v>
+        <v>122</v>
       </c>
       <c r="G258">
-        <v>201</v>
+        <v>151</v>
       </c>
       <c r="H258" t="s">
         <v>22</v>
       </c>
       <c r="I258">
         <v>150</v>
       </c>
       <c r="J258">
         <v>210</v>
       </c>
       <c r="K258">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L258" s="1">
-        <v>42612</v>
+        <v>44298</v>
       </c>
       <c r="M258" s="2">
-        <v>9788536261225</v>
+        <v>9786556055565</v>
       </c>
       <c r="N258" t="s" s="3">
         <v>775</v>
       </c>
       <c r="O258" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P258" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259">
-        <v>21816</v>
+        <v>20952</v>
       </c>
       <c r="C259" t="s">
         <v>776</v>
       </c>
       <c r="D259" t="s">
         <v>777</v>
       </c>
+      <c r="E259" t="s">
+        <v>96</v>
+      </c>
       <c r="F259">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="G259">
         <v>235</v>
       </c>
       <c r="H259" t="s">
         <v>22</v>
       </c>
       <c r="I259">
         <v>150</v>
       </c>
       <c r="J259">
         <v>210</v>
       </c>
       <c r="K259">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L259" s="1">
-        <v>40350</v>
+        <v>39780</v>
       </c>
       <c r="M259" s="2">
-        <v>9788536230115</v>
+        <v>9788536222141</v>
       </c>
       <c r="N259" t="s" s="3">
         <v>778</v>
       </c>
       <c r="O259" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P259" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260">
-        <v>31213</v>
+        <v>24974</v>
       </c>
       <c r="C260" t="s">
         <v>779</v>
       </c>
       <c r="D260" t="s">
         <v>780</v>
       </c>
       <c r="F260">
-        <v>210</v>
+        <v>162</v>
       </c>
       <c r="G260">
-        <v>260</v>
+        <v>201</v>
       </c>
       <c r="H260" t="s">
         <v>22</v>
       </c>
       <c r="I260">
         <v>150</v>
       </c>
       <c r="J260">
         <v>210</v>
       </c>
       <c r="K260">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L260" s="1">
-        <v>45537</v>
+        <v>42612</v>
       </c>
       <c r="M260" s="2">
-        <v>9786526312520</v>
+        <v>9788536261225</v>
       </c>
       <c r="N260" t="s" s="3">
         <v>781</v>
       </c>
       <c r="O260" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P260" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261">
-        <v>13295</v>
+        <v>21816</v>
       </c>
       <c r="C261" t="s">
         <v>782</v>
       </c>
       <c r="D261" t="s">
-        <v>305</v>
+        <v>783</v>
       </c>
       <c r="F261">
-        <v>142</v>
+        <v>214</v>
       </c>
       <c r="G261">
-        <v>202</v>
+        <v>235</v>
       </c>
       <c r="H261" t="s">
         <v>22</v>
       </c>
       <c r="I261">
         <v>150</v>
       </c>
       <c r="J261">
         <v>210</v>
       </c>
       <c r="K261">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L261" s="1">
-        <v>38651</v>
+        <v>40350</v>
       </c>
       <c r="M261" s="2">
-        <v>9788536201535</v>
+        <v>9788536230115</v>
       </c>
       <c r="N261" t="s" s="3">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="O261" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P261" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262">
-        <v>31330</v>
+        <v>31213</v>
       </c>
       <c r="C262" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D262" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="F262">
-        <v>104</v>
+        <v>210</v>
       </c>
       <c r="G262">
-        <v>129</v>
+        <v>260</v>
       </c>
       <c r="H262" t="s">
         <v>22</v>
       </c>
       <c r="I262">
         <v>150</v>
       </c>
       <c r="J262">
         <v>210</v>
       </c>
       <c r="K262">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="L262" s="1">
-        <v>45610</v>
+        <v>45537</v>
       </c>
       <c r="M262" s="2">
-        <v>9786526311929</v>
+        <v>9786526312520</v>
       </c>
       <c r="N262" t="s" s="3">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="O262" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P262" t="s">
-        <v>314</v>
+        <v>19</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263">
-        <v>23570</v>
+        <v>13295</v>
       </c>
       <c r="C263" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D263" t="s">
-        <v>59</v>
+        <v>305</v>
       </c>
       <c r="F263">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="G263">
-        <v>154</v>
+        <v>202</v>
       </c>
       <c r="H263" t="s">
         <v>22</v>
       </c>
       <c r="I263">
         <v>150</v>
       </c>
       <c r="J263">
         <v>210</v>
       </c>
       <c r="K263">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L263" s="1">
-        <v>41878</v>
+        <v>38651</v>
       </c>
       <c r="M263" s="2">
-        <v>9788536247939</v>
+        <v>9788536201535</v>
       </c>
       <c r="N263" t="s" s="3">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="O263" s="4">
         <v>79.90</v>
       </c>
       <c r="P263" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264">
-        <v>29915</v>
+        <v>31330</v>
       </c>
       <c r="C264" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D264" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="F264">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="G264">
-        <v>165</v>
+        <v>129</v>
       </c>
       <c r="H264" t="s">
         <v>22</v>
       </c>
       <c r="I264">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J264">
         <v>210</v>
       </c>
       <c r="K264">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L264" s="1">
-        <v>44783</v>
+        <v>45610</v>
       </c>
       <c r="M264" s="2">
-        <v>9786556055619</v>
+        <v>9786526311929</v>
       </c>
       <c r="N264" t="s" s="3">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="O264" s="4">
-        <v>49.90</v>
+        <v>69.90</v>
       </c>
       <c r="P264" t="s">
-        <v>397</v>
+        <v>314</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265">
-        <v>29357</v>
+        <v>23570</v>
       </c>
       <c r="C265" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D265" t="s">
-        <v>793</v>
+        <v>59</v>
       </c>
       <c r="F265">
-        <v>160</v>
+        <v>124</v>
       </c>
       <c r="G265">
-        <v>198</v>
+        <v>154</v>
       </c>
       <c r="H265" t="s">
         <v>22</v>
       </c>
       <c r="I265">
         <v>150</v>
       </c>
       <c r="J265">
         <v>210</v>
       </c>
       <c r="K265">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L265" s="1">
-        <v>44511</v>
+        <v>41878</v>
       </c>
       <c r="M265" s="2">
-        <v>9786556058573</v>
+        <v>9788536247939</v>
       </c>
       <c r="N265" t="s" s="3">
         <v>794</v>
       </c>
       <c r="O265" s="4">
         <v>79.90</v>
       </c>
       <c r="P265" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266">
-        <v>22497</v>
+        <v>29915</v>
       </c>
       <c r="C266" t="s">
         <v>795</v>
       </c>
       <c r="D266" t="s">
         <v>796</v>
       </c>
       <c r="F266">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G266">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="H266" t="s">
         <v>22</v>
       </c>
       <c r="I266">
         <v>300</v>
       </c>
       <c r="J266">
         <v>210</v>
       </c>
       <c r="K266">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L266" s="1">
-        <v>40946</v>
+        <v>44783</v>
       </c>
       <c r="M266" s="2">
-        <v>9788536235875</v>
+        <v>9786556055619</v>
       </c>
       <c r="N266" t="s" s="3">
         <v>797</v>
       </c>
       <c r="O266" s="4">
-        <v>69.90</v>
+        <v>49.90</v>
       </c>
       <c r="P266" t="s">
-        <v>535</v>
+        <v>399</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267">
-        <v>25765</v>
+        <v>29357</v>
       </c>
       <c r="C267" t="s">
         <v>798</v>
       </c>
       <c r="D267" t="s">
-        <v>283</v>
+        <v>799</v>
       </c>
       <c r="F267">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="G267">
-        <v>99</v>
+        <v>198</v>
       </c>
       <c r="H267" t="s">
         <v>22</v>
       </c>
       <c r="I267">
         <v>150</v>
       </c>
       <c r="J267">
         <v>210</v>
       </c>
       <c r="K267">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L267" s="1">
-        <v>42878</v>
+        <v>44511</v>
       </c>
       <c r="M267" s="2">
-        <v>9788536268491</v>
+        <v>9786556058573</v>
       </c>
       <c r="N267" t="s" s="3">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="O267" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P267" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268">
+        <v>22497</v>
+      </c>
+      <c r="C268" t="s">
+        <v>801</v>
+      </c>
+      <c r="D268" t="s">
+        <v>802</v>
+      </c>
+      <c r="F268">
+        <v>28</v>
+      </c>
+      <c r="G268">
+        <v>176</v>
+      </c>
+      <c r="H268" t="s">
+        <v>22</v>
+      </c>
+      <c r="I268">
+        <v>300</v>
+      </c>
+      <c r="J268">
+        <v>210</v>
+      </c>
+      <c r="K268">
+        <v>3</v>
+      </c>
+      <c r="L268" s="1">
+        <v>40946</v>
+      </c>
+      <c r="M268" s="2">
+        <v>9788536235875</v>
+      </c>
+      <c r="N268" t="s" s="3">
+        <v>803</v>
+      </c>
+      <c r="O268" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P268" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269">
+        <v>268</v>
+      </c>
+      <c r="B269">
+        <v>25765</v>
+      </c>
+      <c r="C269" t="s">
+        <v>804</v>
+      </c>
+      <c r="D269" t="s">
+        <v>283</v>
+      </c>
+      <c r="F269">
+        <v>80</v>
+      </c>
+      <c r="G269">
+        <v>99</v>
+      </c>
+      <c r="H269" t="s">
+        <v>22</v>
+      </c>
+      <c r="I269">
+        <v>150</v>
+      </c>
+      <c r="J269">
+        <v>210</v>
+      </c>
+      <c r="K269">
+        <v>5</v>
+      </c>
+      <c r="L269" s="1">
+        <v>42878</v>
+      </c>
+      <c r="M269" s="2">
+        <v>9788536268491</v>
+      </c>
+      <c r="N269" t="s" s="3">
+        <v>805</v>
+      </c>
+      <c r="O269" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P269" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270">
+        <v>269</v>
+      </c>
+      <c r="B270">
         <v>27076</v>
       </c>
-      <c r="C268" t="inlineStr">
+      <c r="C270" t="inlineStr">
         <is>
           <t>Dostoiévski - Mortificação e Ressurreição em Recordações da Casa dos Mortos - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D268" t="s">
-[...2 lines deleted...]
-      <c r="F268">
+      <c r="D270" t="s">
+        <v>806</v>
+      </c>
+      <c r="F270">
         <v>306</v>
       </c>
-      <c r="G268">
+      <c r="G270">
         <v>196</v>
       </c>
-      <c r="H268" t="s">
-[...2 lines deleted...]
-      <c r="I268">
+      <c r="H270" t="s">
+        <v>22</v>
+      </c>
+      <c r="I270">
         <v>100</v>
       </c>
-      <c r="J268">
+      <c r="J270">
         <v>160</v>
       </c>
-      <c r="K268">
+      <c r="K270">
         <v>16</v>
       </c>
-      <c r="L268" s="1">
+      <c r="L270" s="1">
         <v>43311</v>
       </c>
-      <c r="M268" s="2">
+      <c r="M270" s="2">
         <v>9788536281070</v>
       </c>
-      <c r="N268" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O268" s="4">
+      <c r="N270" t="s" s="3">
+        <v>807</v>
+      </c>
+      <c r="O270" s="4">
         <v>69.90</v>
       </c>
-      <c r="P268" t="s">
+      <c r="P270" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="269">
-[...3 lines deleted...]
-      <c r="B269">
+    <row r="271">
+      <c r="A271">
+        <v>270</v>
+      </c>
+      <c r="B271">
         <v>31431</v>
       </c>
-      <c r="C269" t="s">
-[...5 lines deleted...]
-      <c r="F269">
+      <c r="C271" t="s">
+        <v>808</v>
+      </c>
+      <c r="D271" t="s">
+        <v>809</v>
+      </c>
+      <c r="F271">
         <v>30</v>
       </c>
-      <c r="G269">
+      <c r="G271">
         <v>190</v>
       </c>
-      <c r="H269" t="s">
-[...2 lines deleted...]
-      <c r="I269">
+      <c r="H271" t="s">
+        <v>22</v>
+      </c>
+      <c r="I271">
         <v>300</v>
       </c>
-      <c r="J269">
-[...2 lines deleted...]
-      <c r="K269">
+      <c r="J271">
+        <v>210</v>
+      </c>
+      <c r="K271">
         <v>2</v>
       </c>
-      <c r="L269" s="1">
+      <c r="L271" s="1">
         <v>45698</v>
       </c>
-      <c r="M269" s="2">
+      <c r="M271" s="2">
         <v>9786526315026</v>
       </c>
-      <c r="N269" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O269" s="4">
+      <c r="N271" t="s" s="3">
+        <v>810</v>
+      </c>
+      <c r="O271" s="4">
         <v>69.90</v>
       </c>
-      <c r="P269" t="s">
-[...7 lines deleted...]
-      <c r="B270">
+      <c r="P271" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272">
+        <v>271</v>
+      </c>
+      <c r="B272">
         <v>31811</v>
       </c>
-      <c r="C270" t="inlineStr">
+      <c r="C272" t="inlineStr">
         <is>
           <t>Doze Meses em Madagascar - 1873-1874 - A Jornada de um Missionário Inglês na Maior Ilha da África, em Contato com a Realeza e o Povo Através de Lugares Remotos e Exóticos - Coleção Diários de Viagem</t>
         </is>
       </c>
-      <c r="D270" t="s">
-[...92 lines deleted...]
-      </c>
       <c r="D272" t="s">
         <v>811</v>
       </c>
       <c r="F272">
-        <v>200</v>
+        <v>246</v>
       </c>
       <c r="G272">
-        <v>258</v>
+        <v>325</v>
       </c>
       <c r="H272" t="s">
         <v>22</v>
       </c>
       <c r="I272">
         <v>150</v>
       </c>
       <c r="J272">
         <v>210</v>
       </c>
       <c r="K272">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L272" s="1">
-        <v>39381</v>
+        <v>45931</v>
       </c>
       <c r="M272" s="2">
-        <v>9788536217086</v>
+        <v>9786526308707</v>
       </c>
       <c r="N272" t="s" s="3">
         <v>812</v>
       </c>
       <c r="O272" s="4">
         <v>89.90</v>
       </c>
       <c r="P272" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273">
-        <v>25141</v>
+        <v>28869</v>
       </c>
       <c r="C273" t="s">
         <v>813</v>
       </c>
       <c r="D273" t="s">
         <v>814</v>
       </c>
       <c r="F273">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="G273">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="H273" t="s">
         <v>22</v>
       </c>
       <c r="I273">
         <v>150</v>
       </c>
       <c r="J273">
         <v>210</v>
       </c>
       <c r="K273">
         <v>9</v>
       </c>
       <c r="L273" s="1">
-        <v>42664</v>
+        <v>44203</v>
       </c>
       <c r="M273" s="2">
-        <v>9788536262741</v>
+        <v>9786556054896</v>
       </c>
       <c r="N273" t="s" s="3">
         <v>815</v>
       </c>
       <c r="O273" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P273" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274">
-        <v>21569</v>
+        <v>20466</v>
       </c>
       <c r="C274" t="s">
         <v>816</v>
       </c>
       <c r="D274" t="s">
         <v>817</v>
       </c>
       <c r="F274">
-        <v>124</v>
+        <v>200</v>
       </c>
       <c r="G274">
-        <v>132</v>
+        <v>258</v>
       </c>
       <c r="H274" t="s">
         <v>22</v>
       </c>
       <c r="I274">
         <v>150</v>
       </c>
       <c r="J274">
         <v>210</v>
       </c>
       <c r="K274">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L274" s="1">
-        <v>40245</v>
+        <v>39381</v>
       </c>
       <c r="M274" s="2">
-        <v>9788536228280</v>
+        <v>9788536217086</v>
       </c>
       <c r="N274" t="s" s="3">
         <v>818</v>
       </c>
       <c r="O274" s="4">
-        <v>67.90</v>
+        <v>89.90</v>
       </c>
       <c r="P274" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275">
+        <v>25141</v>
+      </c>
+      <c r="C275" t="s">
+        <v>819</v>
+      </c>
+      <c r="D275" t="s">
+        <v>820</v>
+      </c>
+      <c r="F275">
+        <v>164</v>
+      </c>
+      <c r="G275">
+        <v>203</v>
+      </c>
+      <c r="H275" t="s">
+        <v>22</v>
+      </c>
+      <c r="I275">
+        <v>150</v>
+      </c>
+      <c r="J275">
+        <v>210</v>
+      </c>
+      <c r="K275">
+        <v>9</v>
+      </c>
+      <c r="L275" s="1">
+        <v>42664</v>
+      </c>
+      <c r="M275" s="2">
+        <v>9788536262741</v>
+      </c>
+      <c r="N275" t="s" s="3">
+        <v>821</v>
+      </c>
+      <c r="O275" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P275" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276">
+        <v>275</v>
+      </c>
+      <c r="B276">
+        <v>21569</v>
+      </c>
+      <c r="C276" t="s">
+        <v>822</v>
+      </c>
+      <c r="D276" t="s">
+        <v>823</v>
+      </c>
+      <c r="F276">
+        <v>124</v>
+      </c>
+      <c r="G276">
+        <v>132</v>
+      </c>
+      <c r="H276" t="s">
+        <v>22</v>
+      </c>
+      <c r="I276">
+        <v>150</v>
+      </c>
+      <c r="J276">
+        <v>210</v>
+      </c>
+      <c r="K276">
+        <v>7</v>
+      </c>
+      <c r="L276" s="1">
+        <v>40245</v>
+      </c>
+      <c r="M276" s="2">
+        <v>9788536228280</v>
+      </c>
+      <c r="N276" t="s" s="3">
+        <v>824</v>
+      </c>
+      <c r="O276" s="4">
+        <v>67.90</v>
+      </c>
+      <c r="P276" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277">
+        <v>276</v>
+      </c>
+      <c r="B277">
         <v>30308</v>
       </c>
-      <c r="C275" t="inlineStr">
+      <c r="C277" t="inlineStr">
         <is>
           <t>Educação de Gênero e Sexualidade na Educação Básica - Teoria e Prática - Educação, Gênero, Escola, Legislação, Moral, Religião, Sexualidade, LGBTQI+, Tabus e outras Reflexões</t>
         </is>
       </c>
-      <c r="D275" t="s">
-[...2 lines deleted...]
-      <c r="F275">
+      <c r="D277" t="s">
+        <v>825</v>
+      </c>
+      <c r="F277">
         <v>138</v>
       </c>
-      <c r="G275">
+      <c r="G277">
         <v>171</v>
       </c>
-      <c r="H275" t="s">
-[...8 lines deleted...]
-      <c r="K275">
+      <c r="H277" t="s">
+        <v>22</v>
+      </c>
+      <c r="I277">
+        <v>150</v>
+      </c>
+      <c r="J277">
+        <v>210</v>
+      </c>
+      <c r="K277">
         <v>7</v>
       </c>
-      <c r="L275" s="1">
+      <c r="L277" s="1">
         <v>44964</v>
       </c>
-      <c r="M275" s="2">
+      <c r="M277" s="2">
         <v>9786526303894</v>
       </c>
-      <c r="N275" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O275" s="4">
+      <c r="N277" t="s" s="3">
+        <v>826</v>
+      </c>
+      <c r="O277" s="4">
         <v>69.90</v>
       </c>
-      <c r="P275" t="s">
-[...87 lines deleted...]
-      <c r="N277" t="s" s="3">
+      <c r="P277" t="s">
         <v>827</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278">
-        <v>25495</v>
+        <v>27336</v>
       </c>
       <c r="C278" t="s">
         <v>828</v>
       </c>
       <c r="D278" t="s">
         <v>829</v>
       </c>
       <c r="F278">
-        <v>214</v>
+        <v>298</v>
       </c>
       <c r="G278">
-        <v>265</v>
+        <v>370</v>
       </c>
       <c r="H278" t="s">
         <v>22</v>
       </c>
       <c r="I278">
         <v>150</v>
       </c>
       <c r="J278">
         <v>210</v>
       </c>
       <c r="K278">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="L278" s="1">
-        <v>42796</v>
+        <v>43395</v>
       </c>
       <c r="M278" s="2">
-        <v>9788536266169</v>
+        <v>9788536284095</v>
       </c>
       <c r="N278" t="s" s="3">
         <v>830</v>
       </c>
       <c r="O278" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P278" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279">
-        <v>21340</v>
+        <v>20790</v>
       </c>
       <c r="C279" t="s">
         <v>831</v>
       </c>
       <c r="D279" t="s">
         <v>832</v>
       </c>
       <c r="F279">
-        <v>142</v>
+        <v>192</v>
       </c>
       <c r="G279">
-        <v>195</v>
+        <v>268</v>
       </c>
       <c r="H279" t="s">
         <v>22</v>
       </c>
       <c r="I279">
         <v>150</v>
       </c>
       <c r="J279">
         <v>210</v>
       </c>
       <c r="K279">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L279" s="1">
-        <v>40101</v>
+        <v>39668</v>
       </c>
       <c r="M279" s="2">
-        <v>9788536222981</v>
+        <v>9788536220994</v>
       </c>
       <c r="N279" t="s" s="3">
         <v>833</v>
       </c>
       <c r="O279" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P279" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="280">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280">
-        <v>28434</v>
+        <v>25495</v>
       </c>
       <c r="C280" t="s">
         <v>834</v>
       </c>
       <c r="D280" t="s">
         <v>835</v>
       </c>
       <c r="F280">
-        <v>174</v>
+        <v>214</v>
       </c>
       <c r="G280">
-        <v>216</v>
+        <v>265</v>
       </c>
       <c r="H280" t="s">
         <v>22</v>
       </c>
       <c r="I280">
         <v>150</v>
       </c>
       <c r="J280">
         <v>210</v>
       </c>
       <c r="K280">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L280" s="1">
-        <v>43917</v>
+        <v>42796</v>
       </c>
       <c r="M280" s="2">
-        <v>9788536293677</v>
+        <v>9788536266169</v>
       </c>
       <c r="N280" t="s" s="3">
         <v>836</v>
       </c>
       <c r="O280" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P280" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="281">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281">
-        <v>29173</v>
+        <v>21340</v>
       </c>
       <c r="C281" t="s">
         <v>837</v>
       </c>
       <c r="D281" t="s">
         <v>838</v>
       </c>
       <c r="F281">
-        <v>194</v>
+        <v>142</v>
       </c>
       <c r="G281">
-        <v>241</v>
+        <v>195</v>
       </c>
       <c r="H281" t="s">
         <v>22</v>
       </c>
       <c r="I281">
         <v>150</v>
       </c>
       <c r="J281">
         <v>210</v>
       </c>
       <c r="K281">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L281" s="1">
-        <v>44398</v>
+        <v>40101</v>
       </c>
       <c r="M281" s="2">
-        <v>9786556056265</v>
+        <v>9788536222981</v>
       </c>
       <c r="N281" t="s" s="3">
         <v>839</v>
       </c>
       <c r="O281" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P281" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="282">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282">
-        <v>29375</v>
+        <v>28434</v>
       </c>
       <c r="C282" t="s">
         <v>840</v>
       </c>
       <c r="D282" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="E282" t="s">
         <v>841</v>
       </c>
       <c r="F282">
-        <v>196</v>
+        <v>174</v>
       </c>
       <c r="G282">
-        <v>455</v>
+        <v>216</v>
       </c>
       <c r="H282" t="s">
         <v>22</v>
       </c>
       <c r="I282">
         <v>150</v>
       </c>
       <c r="J282">
         <v>210</v>
       </c>
       <c r="K282">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L282" s="1">
-        <v>44518</v>
+        <v>43917</v>
       </c>
       <c r="M282" s="2">
-        <v>9786556058924</v>
+        <v>9788536293677</v>
       </c>
       <c r="N282" t="s" s="3">
         <v>842</v>
       </c>
       <c r="O282" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P282" t="s">
-        <v>437</v>
+        <v>47</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283">
-        <v>24219</v>
+        <v>29173</v>
       </c>
       <c r="C283" t="s">
         <v>843</v>
       </c>
       <c r="D283" t="s">
         <v>844</v>
       </c>
       <c r="F283">
-        <v>134</v>
+        <v>194</v>
       </c>
       <c r="G283">
-        <v>166</v>
+        <v>241</v>
       </c>
       <c r="H283" t="s">
         <v>22</v>
       </c>
       <c r="I283">
         <v>150</v>
       </c>
       <c r="J283">
         <v>210</v>
       </c>
       <c r="K283">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L283" s="1">
-        <v>42268</v>
+        <v>44398</v>
       </c>
       <c r="M283" s="2">
-        <v>9788536254029</v>
+        <v>9786556056265</v>
       </c>
       <c r="N283" t="s" s="3">
         <v>845</v>
       </c>
       <c r="O283" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P283" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284">
-        <v>28596</v>
+        <v>29375</v>
       </c>
       <c r="C284" t="s">
         <v>846</v>
       </c>
       <c r="D284" t="s">
+        <v>164</v>
+      </c>
+      <c r="E284" t="s">
         <v>847</v>
       </c>
       <c r="F284">
-        <v>292</v>
+        <v>196</v>
       </c>
       <c r="G284">
-        <v>362</v>
+        <v>455</v>
       </c>
       <c r="H284" t="s">
         <v>22</v>
       </c>
       <c r="I284">
         <v>150</v>
       </c>
       <c r="J284">
         <v>210</v>
       </c>
       <c r="K284">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="L284" s="1">
-        <v>44022</v>
+        <v>44518</v>
       </c>
       <c r="M284" s="2">
-        <v>9786556051598</v>
+        <v>9786556058924</v>
       </c>
       <c r="N284" t="s" s="3">
         <v>848</v>
       </c>
       <c r="O284" s="4">
-        <v>149.90</v>
+        <v>79.90</v>
       </c>
       <c r="P284" t="s">
-        <v>57</v>
+        <v>439</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285">
-        <v>21327</v>
+        <v>24219</v>
       </c>
       <c r="C285" t="s">
         <v>849</v>
       </c>
       <c r="D285" t="s">
-        <v>170</v>
+        <v>850</v>
       </c>
       <c r="F285">
-        <v>196</v>
+        <v>134</v>
       </c>
       <c r="G285">
-        <v>208</v>
+        <v>166</v>
       </c>
       <c r="H285" t="s">
         <v>22</v>
       </c>
       <c r="I285">
         <v>150</v>
       </c>
       <c r="J285">
         <v>210</v>
       </c>
       <c r="K285">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L285" s="1">
-        <v>40088</v>
+        <v>42268</v>
       </c>
       <c r="M285" s="2">
-        <v>9788536226361</v>
+        <v>9788536254029</v>
       </c>
       <c r="N285" t="s" s="3">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="O285" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P285" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286">
-        <v>20311</v>
+        <v>28596</v>
       </c>
       <c r="C286" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D286" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="F286">
-        <v>118</v>
+        <v>292</v>
       </c>
       <c r="G286">
-        <v>100</v>
+        <v>362</v>
       </c>
       <c r="H286" t="s">
         <v>22</v>
       </c>
       <c r="I286">
         <v>150</v>
       </c>
       <c r="J286">
         <v>210</v>
       </c>
       <c r="K286">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="L286" s="1">
-        <v>39262</v>
+        <v>44022</v>
       </c>
       <c r="M286" s="2">
-        <v>9788536216362</v>
+        <v>9786556051598</v>
       </c>
       <c r="N286" t="s" s="3">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="O286" s="4">
-        <v>69.90</v>
+        <v>149.90</v>
       </c>
       <c r="P286" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287">
-        <v>22632</v>
+        <v>21327</v>
       </c>
       <c r="C287" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D287" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="F287">
-        <v>110</v>
+        <v>196</v>
       </c>
       <c r="G287">
-        <v>150</v>
+        <v>208</v>
       </c>
       <c r="H287" t="s">
         <v>22</v>
       </c>
       <c r="I287">
         <v>150</v>
       </c>
       <c r="J287">
         <v>210</v>
       </c>
       <c r="K287">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L287" s="1">
-        <v>41058</v>
+        <v>40088</v>
       </c>
       <c r="M287" s="2">
-        <v>9788536238050</v>
+        <v>9788536226361</v>
       </c>
       <c r="N287" t="s" s="3">
         <v>856</v>
       </c>
       <c r="O287" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P287" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="288">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288">
-        <v>30748</v>
+        <v>20311</v>
       </c>
       <c r="C288" t="s">
         <v>857</v>
       </c>
       <c r="D288" t="s">
         <v>858</v>
       </c>
       <c r="F288">
-        <v>36</v>
+        <v>118</v>
       </c>
       <c r="G288">
-        <v>205</v>
+        <v>100</v>
       </c>
       <c r="H288" t="s">
         <v>22</v>
       </c>
       <c r="I288">
         <v>150</v>
       </c>
       <c r="J288">
         <v>210</v>
       </c>
       <c r="K288">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L288" s="1">
-        <v>45229</v>
+        <v>39262</v>
       </c>
       <c r="M288" s="2">
-        <v>9786526307564</v>
+        <v>9788536216362</v>
       </c>
       <c r="N288" t="s" s="3">
         <v>859</v>
       </c>
       <c r="O288" s="4">
-        <v>49.90</v>
+        <v>69.90</v>
       </c>
       <c r="P288" t="s">
-        <v>397</v>
+        <v>19</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289">
-        <v>22949</v>
+        <v>22632</v>
       </c>
       <c r="C289" t="s">
         <v>860</v>
       </c>
       <c r="D289" t="s">
         <v>861</v>
       </c>
+      <c r="E289" t="s">
+        <v>34</v>
+      </c>
       <c r="F289">
-        <v>208</v>
+        <v>110</v>
       </c>
       <c r="G289">
-        <v>275</v>
+        <v>150</v>
       </c>
       <c r="H289" t="s">
         <v>22</v>
       </c>
       <c r="I289">
         <v>150</v>
       </c>
       <c r="J289">
         <v>210</v>
       </c>
       <c r="K289">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L289" s="1">
-        <v>41338</v>
+        <v>41058</v>
       </c>
       <c r="M289" s="2">
-        <v>9788536239668</v>
+        <v>9788536238050</v>
       </c>
       <c r="N289" t="s" s="3">
         <v>862</v>
       </c>
       <c r="O289" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P289" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290">
-        <v>12519</v>
+        <v>30748</v>
       </c>
       <c r="C290" t="s">
         <v>863</v>
       </c>
       <c r="D290" t="s">
         <v>864</v>
       </c>
       <c r="F290">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="G290">
-        <v>154</v>
+        <v>205</v>
       </c>
       <c r="H290" t="s">
         <v>22</v>
       </c>
       <c r="I290">
         <v>150</v>
       </c>
       <c r="J290">
         <v>210</v>
       </c>
       <c r="K290">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L290" s="1">
-        <v>37678</v>
+        <v>45229</v>
       </c>
       <c r="M290" s="2">
-        <v>9788536200446</v>
+        <v>9786526307564</v>
       </c>
       <c r="N290" t="s" s="3">
         <v>865</v>
       </c>
       <c r="O290" s="4">
-        <v>69.90</v>
+        <v>49.90</v>
       </c>
       <c r="P290" t="s">
-        <v>36</v>
+        <v>399</v>
       </c>
     </row>
     <row r="291">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291">
-        <v>22085</v>
+        <v>22949</v>
       </c>
       <c r="C291" t="s">
         <v>866</v>
       </c>
       <c r="D291" t="s">
         <v>867</v>
       </c>
       <c r="F291">
-        <v>102</v>
+        <v>208</v>
       </c>
       <c r="G291">
-        <v>114</v>
+        <v>275</v>
       </c>
       <c r="H291" t="s">
         <v>22</v>
       </c>
       <c r="I291">
         <v>150</v>
       </c>
       <c r="J291">
         <v>210</v>
       </c>
       <c r="K291">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L291" s="1">
-        <v>40511</v>
+        <v>41338</v>
       </c>
       <c r="M291" s="2">
-        <v>9788536232010</v>
+        <v>9788536239668</v>
       </c>
       <c r="N291" t="s" s="3">
         <v>868</v>
       </c>
       <c r="O291" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P291" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292">
-        <v>20557</v>
+        <v>12519</v>
       </c>
       <c r="C292" t="s">
         <v>869</v>
       </c>
       <c r="D292" t="s">
-        <v>316</v>
+        <v>870</v>
       </c>
       <c r="F292">
-        <v>78</v>
+        <v>106</v>
       </c>
       <c r="G292">
-        <v>120</v>
+        <v>154</v>
       </c>
       <c r="H292" t="s">
         <v>22</v>
       </c>
       <c r="I292">
         <v>150</v>
       </c>
       <c r="J292">
         <v>210</v>
       </c>
       <c r="K292">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L292" s="1">
-        <v>39475</v>
+        <v>37678</v>
       </c>
       <c r="M292" s="2">
-        <v>9788536218427</v>
+        <v>9788536200446</v>
       </c>
       <c r="N292" t="s" s="3">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="O292" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P292" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293">
-        <v>30798</v>
+        <v>22085</v>
       </c>
       <c r="C293" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D293" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="F293">
-        <v>218</v>
+        <v>102</v>
       </c>
       <c r="G293">
-        <v>270</v>
+        <v>114</v>
       </c>
       <c r="H293" t="s">
         <v>22</v>
       </c>
       <c r="I293">
         <v>150</v>
       </c>
       <c r="J293">
         <v>210</v>
       </c>
       <c r="K293">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L293" s="1">
-        <v>45243</v>
+        <v>40511</v>
       </c>
       <c r="M293" s="2">
-        <v>9786526305027</v>
+        <v>9788536232010</v>
       </c>
       <c r="N293" t="s" s="3">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="O293" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P293" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294">
-        <v>25904</v>
+        <v>20557</v>
       </c>
       <c r="C294" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D294" t="s">
-        <v>875</v>
+        <v>316</v>
       </c>
       <c r="F294">
-        <v>118</v>
+        <v>78</v>
       </c>
       <c r="G294">
-        <v>146</v>
+        <v>120</v>
       </c>
       <c r="H294" t="s">
         <v>22</v>
       </c>
       <c r="I294">
         <v>150</v>
       </c>
       <c r="J294">
         <v>210</v>
       </c>
       <c r="K294">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="L294" s="1">
-        <v>42914</v>
+        <v>39475</v>
       </c>
       <c r="M294" s="2">
-        <v>9788536269856</v>
+        <v>9788536218427</v>
       </c>
       <c r="N294" t="s" s="3">
         <v>876</v>
       </c>
       <c r="O294" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P294" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295">
-        <v>22995</v>
+        <v>30798</v>
       </c>
       <c r="C295" t="s">
         <v>877</v>
       </c>
       <c r="D295" t="s">
         <v>878</v>
       </c>
       <c r="F295">
-        <v>310</v>
+        <v>218</v>
       </c>
       <c r="G295">
-        <v>385</v>
+        <v>270</v>
       </c>
       <c r="H295" t="s">
         <v>22</v>
       </c>
       <c r="I295">
         <v>150</v>
       </c>
       <c r="J295">
         <v>210</v>
       </c>
       <c r="K295">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="L295" s="1">
-        <v>41374</v>
+        <v>45243</v>
       </c>
       <c r="M295" s="2">
-        <v>9788536241661</v>
+        <v>9786526305027</v>
       </c>
       <c r="N295" t="s" s="3">
         <v>879</v>
       </c>
       <c r="O295" s="4">
-        <v>139.90</v>
+        <v>109.90</v>
       </c>
       <c r="P295" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296">
-        <v>22038</v>
+        <v>25904</v>
       </c>
       <c r="C296" t="s">
         <v>880</v>
       </c>
       <c r="D296" t="s">
-        <v>167</v>
+        <v>881</v>
       </c>
       <c r="F296">
-        <v>130</v>
+        <v>118</v>
       </c>
       <c r="G296">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H296" t="s">
         <v>22</v>
       </c>
       <c r="I296">
         <v>150</v>
       </c>
       <c r="J296">
         <v>210</v>
       </c>
       <c r="K296">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L296" s="1">
-        <v>40477</v>
+        <v>42914</v>
       </c>
       <c r="M296" s="2">
-        <v>9788536231495</v>
+        <v>9788536269856</v>
       </c>
       <c r="N296" t="s" s="3">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="O296" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P296" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297">
-        <v>31159</v>
+        <v>22995</v>
       </c>
       <c r="C297" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D297" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="F297">
-        <v>142</v>
+        <v>310</v>
       </c>
       <c r="G297">
-        <v>176</v>
+        <v>385</v>
       </c>
       <c r="H297" t="s">
         <v>22</v>
       </c>
       <c r="I297">
         <v>150</v>
       </c>
       <c r="J297">
         <v>210</v>
       </c>
       <c r="K297">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="L297" s="1">
-        <v>45519</v>
+        <v>41374</v>
       </c>
       <c r="M297" s="2">
-        <v>9786526309193</v>
+        <v>9788536241661</v>
       </c>
       <c r="N297" t="s" s="3">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="O297" s="4">
-        <v>59.90</v>
+        <v>139.90</v>
       </c>
       <c r="P297" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298">
-        <v>21919</v>
+        <v>22038</v>
       </c>
       <c r="C298" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D298" t="s">
-        <v>886</v>
+        <v>167</v>
       </c>
       <c r="F298">
-        <v>353</v>
+        <v>130</v>
       </c>
       <c r="G298">
-        <v>408</v>
+        <v>147</v>
       </c>
       <c r="H298" t="s">
         <v>22</v>
       </c>
       <c r="I298">
         <v>150</v>
       </c>
       <c r="J298">
         <v>210</v>
       </c>
       <c r="K298">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="L298" s="1">
-        <v>40434</v>
+        <v>40477</v>
       </c>
       <c r="M298" s="2">
-        <v>9788536231051</v>
+        <v>9788536231495</v>
       </c>
       <c r="N298" t="s" s="3">
         <v>887</v>
       </c>
       <c r="O298" s="4">
-        <v>159.90</v>
+        <v>69.90</v>
       </c>
       <c r="P298" t="s">
-        <v>582</v>
+        <v>36</v>
       </c>
     </row>
     <row r="299">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299">
-        <v>24932</v>
+        <v>31159</v>
       </c>
       <c r="C299" t="s">
         <v>888</v>
       </c>
       <c r="D299" t="s">
         <v>889</v>
       </c>
       <c r="F299">
-        <v>336</v>
+        <v>142</v>
       </c>
       <c r="G299">
-        <v>417</v>
+        <v>176</v>
       </c>
       <c r="H299" t="s">
         <v>22</v>
       </c>
       <c r="I299">
         <v>150</v>
       </c>
       <c r="J299">
         <v>210</v>
       </c>
       <c r="K299">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="L299" s="1">
-        <v>42594</v>
+        <v>45519</v>
       </c>
       <c r="M299" s="2">
-        <v>9788536260747</v>
+        <v>9786526309193</v>
       </c>
       <c r="N299" t="s" s="3">
         <v>890</v>
       </c>
       <c r="O299" s="4">
-        <v>139.90</v>
+        <v>59.90</v>
       </c>
       <c r="P299" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="300">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300">
-        <v>21314</v>
+        <v>21919</v>
       </c>
       <c r="C300" t="s">
         <v>891</v>
       </c>
       <c r="D300" t="s">
         <v>892</v>
       </c>
       <c r="F300">
-        <v>122</v>
+        <v>353</v>
       </c>
       <c r="G300">
-        <v>142</v>
+        <v>408</v>
       </c>
       <c r="H300" t="s">
         <v>22</v>
       </c>
       <c r="I300">
         <v>150</v>
       </c>
       <c r="J300">
         <v>210</v>
       </c>
       <c r="K300">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="L300" s="1">
-        <v>40085</v>
+        <v>40434</v>
       </c>
       <c r="M300" s="2">
-        <v>9788536221915</v>
+        <v>9788536231051</v>
       </c>
       <c r="N300" t="s" s="3">
         <v>893</v>
       </c>
       <c r="O300" s="4">
-        <v>67.90</v>
+        <v>159.90</v>
       </c>
       <c r="P300" t="s">
-        <v>47</v>
+        <v>587</v>
       </c>
     </row>
     <row r="301">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301">
-        <v>23650</v>
+        <v>31954</v>
       </c>
       <c r="C301" t="s">
         <v>894</v>
       </c>
       <c r="D301" t="s">
         <v>895</v>
       </c>
       <c r="F301">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="G301">
-        <v>221</v>
+        <v>154</v>
       </c>
       <c r="H301" t="s">
         <v>22</v>
       </c>
       <c r="I301">
         <v>150</v>
       </c>
       <c r="J301">
         <v>210</v>
       </c>
       <c r="K301">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L301" s="1">
-        <v>41932</v>
+        <v>46036</v>
       </c>
       <c r="M301" s="2">
-        <v>9788536248745</v>
+        <v>9786526320440</v>
       </c>
       <c r="N301" t="s" s="3">
         <v>896</v>
       </c>
       <c r="O301" s="4">
         <v>79.90</v>
       </c>
       <c r="P301" t="s">
-        <v>897</v>
+        <v>47</v>
       </c>
     </row>
     <row r="302">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302">
-        <v>21108</v>
+        <v>24932</v>
       </c>
       <c r="C302" t="s">
+        <v>897</v>
+      </c>
+      <c r="D302" t="s">
         <v>898</v>
       </c>
-      <c r="D302" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F302">
-        <v>228</v>
+        <v>336</v>
       </c>
       <c r="G302">
-        <v>275</v>
+        <v>417</v>
       </c>
       <c r="H302" t="s">
         <v>22</v>
       </c>
       <c r="I302">
         <v>150</v>
       </c>
       <c r="J302">
         <v>210</v>
       </c>
       <c r="K302">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="L302" s="1">
-        <v>39931</v>
+        <v>42594</v>
       </c>
       <c r="M302" s="2">
-        <v>9788536224657</v>
+        <v>9788536260747</v>
       </c>
       <c r="N302" t="s" s="3">
         <v>899</v>
       </c>
       <c r="O302" s="4">
-        <v>99.70</v>
+        <v>139.90</v>
       </c>
       <c r="P302" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="303">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303">
-        <v>31027</v>
+        <v>21314</v>
       </c>
       <c r="C303" t="s">
         <v>900</v>
       </c>
       <c r="D303" t="s">
-        <v>299</v>
+        <v>901</v>
       </c>
       <c r="F303">
-        <v>94</v>
+        <v>122</v>
       </c>
       <c r="G303">
-        <v>116</v>
+        <v>142</v>
       </c>
       <c r="H303" t="s">
         <v>22</v>
       </c>
       <c r="I303">
         <v>150</v>
       </c>
       <c r="J303">
         <v>210</v>
       </c>
       <c r="K303">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L303" s="1">
-        <v>45414</v>
+        <v>40085</v>
       </c>
       <c r="M303" s="2">
-        <v>9786526309278</v>
+        <v>9788536221915</v>
       </c>
       <c r="N303" t="s" s="3">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="O303" s="4">
-        <v>79.90</v>
+        <v>67.90</v>
       </c>
       <c r="P303" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="304">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304">
-        <v>30676</v>
+        <v>23650</v>
       </c>
       <c r="C304" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D304" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F304">
-        <v>498</v>
+        <v>178</v>
       </c>
       <c r="G304">
-        <v>618</v>
+        <v>221</v>
       </c>
       <c r="H304" t="s">
         <v>22</v>
       </c>
       <c r="I304">
         <v>150</v>
       </c>
       <c r="J304">
         <v>210</v>
       </c>
       <c r="K304">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="L304" s="1">
-        <v>45182</v>
+        <v>41932</v>
       </c>
       <c r="M304" s="2">
-        <v>9786526307724</v>
+        <v>9788536248745</v>
       </c>
       <c r="N304" t="s" s="3">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="O304" s="4">
-        <v>239.90</v>
+        <v>79.90</v>
       </c>
       <c r="P304" t="s">
-        <v>57</v>
+        <v>906</v>
       </c>
     </row>
     <row r="305">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305">
-        <v>23856</v>
+        <v>21108</v>
       </c>
       <c r="C305" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D305" t="s">
-        <v>331</v>
+        <v>904</v>
       </c>
       <c r="F305">
-        <v>178</v>
+        <v>228</v>
       </c>
       <c r="G305">
-        <v>221</v>
+        <v>275</v>
       </c>
       <c r="H305" t="s">
         <v>22</v>
       </c>
       <c r="I305">
         <v>150</v>
       </c>
       <c r="J305">
         <v>210</v>
       </c>
       <c r="K305">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L305" s="1">
-        <v>42095</v>
+        <v>39931</v>
       </c>
       <c r="M305" s="2">
-        <v>9788536250724</v>
+        <v>9788536224657</v>
       </c>
       <c r="N305" t="s" s="3">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="O305" s="4">
-        <v>94.70</v>
+        <v>99.70</v>
       </c>
       <c r="P305" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="306">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306">
-        <v>24898</v>
+        <v>31027</v>
       </c>
       <c r="C306" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="D306" t="s">
-        <v>908</v>
+        <v>299</v>
       </c>
       <c r="F306">
-        <v>198</v>
+        <v>94</v>
       </c>
       <c r="G306">
-        <v>246</v>
+        <v>116</v>
       </c>
       <c r="H306" t="s">
         <v>22</v>
       </c>
       <c r="I306">
         <v>150</v>
       </c>
       <c r="J306">
         <v>210</v>
       </c>
       <c r="K306">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="L306" s="1">
-        <v>42584</v>
+        <v>45414</v>
       </c>
       <c r="M306" s="2">
-        <v>9788536260198</v>
+        <v>9786526309278</v>
       </c>
       <c r="N306" t="s" s="3">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="O306" s="4">
-        <v>107.70</v>
+        <v>79.90</v>
       </c>
       <c r="P306" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="307">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307">
+        <v>30676</v>
+      </c>
+      <c r="C307" t="s">
+        <v>911</v>
+      </c>
+      <c r="D307" t="s">
+        <v>912</v>
+      </c>
+      <c r="F307">
+        <v>498</v>
+      </c>
+      <c r="G307">
+        <v>618</v>
+      </c>
+      <c r="H307" t="s">
+        <v>22</v>
+      </c>
+      <c r="I307">
+        <v>150</v>
+      </c>
+      <c r="J307">
+        <v>210</v>
+      </c>
+      <c r="K307">
+        <v>24</v>
+      </c>
+      <c r="L307" s="1">
+        <v>45182</v>
+      </c>
+      <c r="M307" s="2">
+        <v>9786526307724</v>
+      </c>
+      <c r="N307" t="s" s="3">
+        <v>913</v>
+      </c>
+      <c r="O307" s="4">
+        <v>239.90</v>
+      </c>
+      <c r="P307" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308">
+        <v>307</v>
+      </c>
+      <c r="B308">
+        <v>23856</v>
+      </c>
+      <c r="C308" t="s">
+        <v>914</v>
+      </c>
+      <c r="D308" t="s">
+        <v>331</v>
+      </c>
+      <c r="F308">
+        <v>178</v>
+      </c>
+      <c r="G308">
+        <v>221</v>
+      </c>
+      <c r="H308" t="s">
+        <v>22</v>
+      </c>
+      <c r="I308">
+        <v>150</v>
+      </c>
+      <c r="J308">
+        <v>210</v>
+      </c>
+      <c r="K308">
+        <v>10</v>
+      </c>
+      <c r="L308" s="1">
+        <v>42095</v>
+      </c>
+      <c r="M308" s="2">
+        <v>9788536250724</v>
+      </c>
+      <c r="N308" t="s" s="3">
+        <v>915</v>
+      </c>
+      <c r="O308" s="4">
+        <v>94.70</v>
+      </c>
+      <c r="P308" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309">
+        <v>308</v>
+      </c>
+      <c r="B309">
+        <v>24898</v>
+      </c>
+      <c r="C309" t="s">
+        <v>916</v>
+      </c>
+      <c r="D309" t="s">
+        <v>917</v>
+      </c>
+      <c r="F309">
+        <v>198</v>
+      </c>
+      <c r="G309">
+        <v>246</v>
+      </c>
+      <c r="H309" t="s">
+        <v>22</v>
+      </c>
+      <c r="I309">
+        <v>150</v>
+      </c>
+      <c r="J309">
+        <v>210</v>
+      </c>
+      <c r="K309">
+        <v>11</v>
+      </c>
+      <c r="L309" s="1">
+        <v>42584</v>
+      </c>
+      <c r="M309" s="2">
+        <v>9788536260198</v>
+      </c>
+      <c r="N309" t="s" s="3">
+        <v>918</v>
+      </c>
+      <c r="O309" s="4">
+        <v>107.70</v>
+      </c>
+      <c r="P309" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310">
+        <v>309</v>
+      </c>
+      <c r="B310">
         <v>27999</v>
       </c>
-      <c r="C307" t="s">
-[...2 lines deleted...]
-      <c r="D307" t="inlineStr">
+      <c r="C310" t="s">
+        <v>919</v>
+      </c>
+      <c r="D310" t="inlineStr">
         <is>
           <t>André Geraldo Brauer Júnior, Ricardo Martins de Souza, Sérgio Luiz Ferreira Andrade, Stéfane Beloni Correa Dielle Dias, Thiago Farias da Fonseca Pimenta - Revisão Científica: Fabio da Silva Ferreira Vieira e Marco Aurélio Cota Júnior</t>
         </is>
       </c>
-      <c r="F307">
+      <c r="F310">
         <v>174</v>
       </c>
-      <c r="G307">
+      <c r="G310">
         <v>216</v>
       </c>
-      <c r="H307" t="s">
-[...8 lines deleted...]
-      <c r="K307">
+      <c r="H310" t="s">
+        <v>22</v>
+      </c>
+      <c r="I310">
+        <v>150</v>
+      </c>
+      <c r="J310">
+        <v>210</v>
+      </c>
+      <c r="K310">
         <v>10</v>
       </c>
-      <c r="L307" s="1">
+      <c r="L310" s="1">
         <v>43700</v>
       </c>
-      <c r="M307" s="2">
+      <c r="M310" s="2">
         <v>9788536290669</v>
       </c>
-      <c r="N307" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O307" s="4">
+      <c r="N310" t="s" s="3">
+        <v>920</v>
+      </c>
+      <c r="O310" s="4">
         <v>99.90</v>
       </c>
-      <c r="P307" t="s">
+      <c r="P310" t="s">
         <v>36</v>
-      </c>
-[...139 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="311">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311">
-        <v>26714</v>
+        <v>29878</v>
       </c>
       <c r="C311" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D311" t="s">
-        <v>921</v>
+        <v>299</v>
       </c>
       <c r="F311">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="G311">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="H311" t="s">
         <v>22</v>
       </c>
       <c r="I311">
         <v>150</v>
       </c>
       <c r="J311">
         <v>210</v>
       </c>
       <c r="K311">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L311" s="1">
-        <v>43193</v>
+        <v>44774</v>
       </c>
       <c r="M311" s="2">
-        <v>9788536277974</v>
+        <v>9788536299037</v>
       </c>
       <c r="N311" t="s" s="3">
         <v>922</v>
       </c>
       <c r="O311" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P311" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="312">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312">
-        <v>30592</v>
+        <v>23493</v>
       </c>
       <c r="C312" t="s">
         <v>923</v>
       </c>
       <c r="D312" t="s">
         <v>924</v>
       </c>
-      <c r="E312" t="s">
+      <c r="F312">
+        <v>488</v>
+      </c>
+      <c r="G312">
+        <v>605</v>
+      </c>
+      <c r="H312" t="s">
+        <v>22</v>
+      </c>
+      <c r="I312">
+        <v>150</v>
+      </c>
+      <c r="J312">
+        <v>210</v>
+      </c>
+      <c r="K312">
+        <v>25</v>
+      </c>
+      <c r="L312" s="1">
+        <v>41823</v>
+      </c>
+      <c r="M312" s="2">
+        <v>9788536247120</v>
+      </c>
+      <c r="N312" t="s" s="3">
         <v>925</v>
       </c>
-      <c r="F312">
-[...25 lines deleted...]
-      </c>
       <c r="O312" s="4">
-        <v>149.90</v>
+        <v>209.90</v>
       </c>
       <c r="P312" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313">
-        <v>13043</v>
+        <v>23712</v>
       </c>
       <c r="C313" t="s">
+        <v>926</v>
+      </c>
+      <c r="D313" t="s">
         <v>927</v>
       </c>
-      <c r="D313" t="s">
+      <c r="F313">
+        <v>420</v>
+      </c>
+      <c r="G313">
+        <v>521</v>
+      </c>
+      <c r="H313" t="s">
+        <v>22</v>
+      </c>
+      <c r="I313">
+        <v>150</v>
+      </c>
+      <c r="J313">
+        <v>210</v>
+      </c>
+      <c r="K313">
+        <v>22</v>
+      </c>
+      <c r="L313" s="1">
+        <v>41970</v>
+      </c>
+      <c r="M313" s="2">
+        <v>9788536249179</v>
+      </c>
+      <c r="N313" t="s" s="3">
         <v>928</v>
       </c>
-      <c r="F313">
-[...25 lines deleted...]
-      </c>
       <c r="O313" s="4">
-        <v>109.90</v>
+        <v>199.90</v>
       </c>
       <c r="P313" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="314">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314">
-        <v>23841</v>
+        <v>26714</v>
       </c>
       <c r="C314" t="s">
+        <v>929</v>
+      </c>
+      <c r="D314" t="s">
         <v>930</v>
       </c>
-      <c r="D314" t="s">
+      <c r="F314">
+        <v>98</v>
+      </c>
+      <c r="G314">
+        <v>122</v>
+      </c>
+      <c r="H314" t="s">
+        <v>22</v>
+      </c>
+      <c r="I314">
+        <v>150</v>
+      </c>
+      <c r="J314">
+        <v>210</v>
+      </c>
+      <c r="K314">
+        <v>6</v>
+      </c>
+      <c r="L314" s="1">
+        <v>43193</v>
+      </c>
+      <c r="M314" s="2">
+        <v>9788536277974</v>
+      </c>
+      <c r="N314" t="s" s="3">
         <v>931</v>
       </c>
-      <c r="F314">
-[...25 lines deleted...]
-      </c>
       <c r="O314" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P314" t="s">
-        <v>377</v>
+        <v>24</v>
       </c>
     </row>
     <row r="315">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315">
-        <v>13042</v>
+        <v>30592</v>
       </c>
       <c r="C315" t="s">
+        <v>932</v>
+      </c>
+      <c r="D315" t="s">
         <v>933</v>
       </c>
-      <c r="D315" t="s">
+      <c r="E315" t="s">
         <v>934</v>
       </c>
       <c r="F315">
-        <v>188</v>
+        <v>278</v>
       </c>
       <c r="G315">
-        <v>254</v>
+        <v>345</v>
       </c>
       <c r="H315" t="s">
         <v>22</v>
       </c>
       <c r="I315">
         <v>150</v>
       </c>
       <c r="J315">
         <v>210</v>
       </c>
       <c r="K315">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L315" s="1">
-        <v>38321</v>
+        <v>45138</v>
       </c>
       <c r="M315" s="2">
-        <v>9788536208602</v>
+        <v>9786526308431</v>
       </c>
       <c r="N315" t="s" s="3">
         <v>935</v>
       </c>
       <c r="O315" s="4">
-        <v>99.90</v>
+        <v>149.90</v>
       </c>
       <c r="P315" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="316">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316">
-        <v>22696</v>
+        <v>13043</v>
       </c>
       <c r="C316" t="s">
         <v>936</v>
       </c>
       <c r="D316" t="s">
         <v>937</v>
       </c>
-      <c r="E316" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F316">
-        <v>28</v>
+        <v>224</v>
       </c>
       <c r="G316">
-        <v>56</v>
+        <v>306</v>
       </c>
       <c r="H316" t="s">
         <v>22</v>
       </c>
       <c r="I316">
         <v>150</v>
       </c>
       <c r="J316">
         <v>210</v>
       </c>
       <c r="K316">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="L316" s="1">
-        <v>41115</v>
+        <v>38321</v>
       </c>
       <c r="M316" s="2">
-        <v>9788536238814</v>
+        <v>9788536208619</v>
       </c>
       <c r="N316" t="s" s="3">
         <v>938</v>
       </c>
       <c r="O316" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P316" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="317">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317">
-        <v>12566</v>
+        <v>23841</v>
       </c>
       <c r="C317" t="s">
         <v>939</v>
       </c>
       <c r="D317" t="s">
         <v>940</v>
       </c>
       <c r="F317">
-        <v>32</v>
+        <v>184</v>
       </c>
       <c r="G317">
-        <v>60</v>
+        <v>228</v>
       </c>
       <c r="H317" t="s">
         <v>22</v>
       </c>
       <c r="I317">
         <v>150</v>
       </c>
       <c r="J317">
         <v>210</v>
       </c>
       <c r="K317">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="L317" s="1">
-        <v>37734</v>
+        <v>42082</v>
       </c>
       <c r="M317" s="2">
-        <v>9788536203911</v>
+        <v>9788536250465</v>
       </c>
       <c r="N317" t="s" s="3">
         <v>941</v>
       </c>
       <c r="O317" s="4">
-        <v>49.90</v>
+        <v>99.90</v>
       </c>
       <c r="P317" t="s">
-        <v>942</v>
+        <v>379</v>
       </c>
     </row>
     <row r="318">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318">
-        <v>20064</v>
+        <v>13042</v>
       </c>
       <c r="C318" t="s">
+        <v>942</v>
+      </c>
+      <c r="D318" t="s">
         <v>943</v>
       </c>
-      <c r="D318" t="s">
+      <c r="F318">
+        <v>188</v>
+      </c>
+      <c r="G318">
+        <v>254</v>
+      </c>
+      <c r="H318" t="s">
+        <v>22</v>
+      </c>
+      <c r="I318">
+        <v>150</v>
+      </c>
+      <c r="J318">
+        <v>210</v>
+      </c>
+      <c r="K318">
+        <v>10</v>
+      </c>
+      <c r="L318" s="1">
+        <v>38321</v>
+      </c>
+      <c r="M318" s="2">
+        <v>9788536208602</v>
+      </c>
+      <c r="N318" t="s" s="3">
         <v>944</v>
       </c>
-      <c r="F318">
-[...25 lines deleted...]
-      </c>
       <c r="O318" s="4">
-        <v>159.90</v>
+        <v>99.90</v>
       </c>
       <c r="P318" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="319">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319">
-        <v>22443</v>
+        <v>22696</v>
       </c>
       <c r="C319" t="s">
+        <v>945</v>
+      </c>
+      <c r="D319" t="s">
         <v>946</v>
       </c>
-      <c r="D319" t="s">
+      <c r="E319" t="s">
+        <v>34</v>
+      </c>
+      <c r="F319">
+        <v>28</v>
+      </c>
+      <c r="G319">
+        <v>56</v>
+      </c>
+      <c r="H319" t="s">
+        <v>22</v>
+      </c>
+      <c r="I319">
+        <v>150</v>
+      </c>
+      <c r="J319">
+        <v>210</v>
+      </c>
+      <c r="K319">
+        <v>3</v>
+      </c>
+      <c r="L319" s="1">
+        <v>41115</v>
+      </c>
+      <c r="M319" s="2">
+        <v>9788536238814</v>
+      </c>
+      <c r="N319" t="s" s="3">
         <v>947</v>
       </c>
-      <c r="F319">
-[...25 lines deleted...]
-      </c>
       <c r="O319" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P319" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="320">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320">
-        <v>26989</v>
+        <v>12566</v>
       </c>
       <c r="C320" t="s">
+        <v>948</v>
+      </c>
+      <c r="D320" t="s">
         <v>949</v>
       </c>
-      <c r="D320" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F320">
-        <v>162</v>
+        <v>32</v>
       </c>
       <c r="G320">
-        <v>201</v>
+        <v>60</v>
       </c>
       <c r="H320" t="s">
         <v>22</v>
       </c>
       <c r="I320">
         <v>150</v>
       </c>
       <c r="J320">
         <v>210</v>
       </c>
       <c r="K320">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="L320" s="1">
-        <v>43287</v>
+        <v>37734</v>
       </c>
       <c r="M320" s="2">
-        <v>9788536280677</v>
+        <v>9788536203911</v>
       </c>
       <c r="N320" t="s" s="3">
         <v>950</v>
       </c>
       <c r="O320" s="4">
-        <v>89.90</v>
+        <v>49.90</v>
       </c>
       <c r="P320" t="s">
-        <v>36</v>
+        <v>951</v>
       </c>
     </row>
     <row r="321">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321">
-        <v>20690</v>
+        <v>20064</v>
       </c>
       <c r="C321" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D321" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F321">
-        <v>496</v>
+        <v>384</v>
       </c>
       <c r="G321">
-        <v>640</v>
+        <v>584</v>
       </c>
       <c r="H321" t="s">
         <v>17</v>
       </c>
       <c r="I321">
         <v>165</v>
       </c>
       <c r="J321">
         <v>215</v>
       </c>
       <c r="K321">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="L321" s="1">
-        <v>39584</v>
+        <v>38980</v>
       </c>
       <c r="M321" s="2">
-        <v>9788536220031</v>
+        <v>9788536213743</v>
       </c>
       <c r="N321" t="s" s="3">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="O321" s="4">
-        <v>209.90</v>
+        <v>159.90</v>
       </c>
       <c r="P321" t="s">
-        <v>507</v>
+        <v>19</v>
       </c>
     </row>
     <row r="322">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322">
-        <v>29301</v>
+        <v>22443</v>
       </c>
       <c r="C322" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D322" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F322">
-        <v>300</v>
+        <v>162</v>
       </c>
       <c r="G322">
-        <v>372</v>
+        <v>207</v>
       </c>
       <c r="H322" t="s">
         <v>22</v>
       </c>
       <c r="I322">
         <v>150</v>
       </c>
       <c r="J322">
         <v>210</v>
       </c>
       <c r="K322">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L322" s="1">
-        <v>44488</v>
+        <v>40878</v>
       </c>
       <c r="M322" s="2">
-        <v>9786556058511</v>
+        <v>9788536235479</v>
       </c>
       <c r="N322" t="s" s="3">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="O322" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P322" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="323">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323">
-        <v>30158</v>
+        <v>26989</v>
       </c>
       <c r="C323" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D323" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="F323">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="G323">
-        <v>130</v>
+        <v>201</v>
       </c>
       <c r="H323" t="s">
         <v>22</v>
       </c>
       <c r="I323">
-        <v>210</v>
+        <v>150</v>
       </c>
       <c r="J323">
-        <v>300</v>
+        <v>210</v>
       </c>
       <c r="K323">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="L323" s="1">
-        <v>44869</v>
+        <v>43287</v>
       </c>
       <c r="M323" s="2">
-        <v>9786526301999</v>
+        <v>9788536280677</v>
       </c>
       <c r="N323" t="s" s="3">
         <v>959</v>
       </c>
       <c r="O323" s="4">
-        <v>49.70</v>
+        <v>89.90</v>
       </c>
       <c r="P323" t="s">
-        <v>397</v>
+        <v>36</v>
       </c>
     </row>
     <row r="324">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324">
-        <v>25101</v>
+        <v>20690</v>
       </c>
       <c r="C324" t="s">
         <v>960</v>
       </c>
       <c r="D324" t="s">
         <v>961</v>
       </c>
       <c r="F324">
-        <v>218</v>
+        <v>496</v>
       </c>
       <c r="G324">
-        <v>270</v>
+        <v>640</v>
       </c>
       <c r="H324" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I324">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J324">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K324">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="L324" s="1">
-        <v>42640</v>
+        <v>39584</v>
       </c>
       <c r="M324" s="2">
-        <v>9788536262284</v>
+        <v>9788536220031</v>
       </c>
       <c r="N324" t="s" s="3">
         <v>962</v>
       </c>
       <c r="O324" s="4">
-        <v>97.90</v>
+        <v>209.90</v>
       </c>
       <c r="P324" t="s">
-        <v>47</v>
+        <v>512</v>
       </c>
     </row>
     <row r="325">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325">
-        <v>21333</v>
+        <v>29301</v>
       </c>
       <c r="C325" t="s">
         <v>963</v>
       </c>
       <c r="D325" t="s">
         <v>964</v>
       </c>
       <c r="F325">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="G325">
-        <v>400</v>
+        <v>372</v>
       </c>
       <c r="H325" t="s">
         <v>22</v>
       </c>
       <c r="I325">
         <v>150</v>
       </c>
       <c r="J325">
         <v>210</v>
       </c>
       <c r="K325">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="L325" s="1">
-        <v>40093</v>
+        <v>44488</v>
       </c>
       <c r="M325" s="2">
-        <v>9788536226484</v>
+        <v>9786556058511</v>
       </c>
       <c r="N325" t="s" s="3">
         <v>965</v>
       </c>
       <c r="O325" s="4">
-        <v>149.90</v>
+        <v>129.90</v>
       </c>
       <c r="P325" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="326">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326">
-        <v>21096</v>
+        <v>30158</v>
       </c>
       <c r="C326" t="s">
         <v>966</v>
       </c>
       <c r="D326" t="s">
         <v>967</v>
       </c>
       <c r="F326">
-        <v>124</v>
+        <v>20</v>
       </c>
       <c r="G326">
-        <v>175</v>
+        <v>130</v>
       </c>
       <c r="H326" t="s">
         <v>22</v>
       </c>
       <c r="I326">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="J326">
-        <v>210</v>
+        <v>300</v>
       </c>
       <c r="K326">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="L326" s="1">
-        <v>39918</v>
+        <v>44869</v>
       </c>
       <c r="M326" s="2">
-        <v>9788536224374</v>
+        <v>9786526301999</v>
       </c>
       <c r="N326" t="s" s="3">
         <v>968</v>
       </c>
       <c r="O326" s="4">
-        <v>79.90</v>
+        <v>49.70</v>
       </c>
       <c r="P326" t="s">
-        <v>64</v>
+        <v>399</v>
       </c>
     </row>
     <row r="327">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327">
-        <v>24482</v>
+        <v>25101</v>
       </c>
       <c r="C327" t="s">
         <v>969</v>
       </c>
       <c r="D327" t="s">
         <v>970</v>
       </c>
       <c r="F327">
-        <v>144</v>
+        <v>218</v>
       </c>
       <c r="G327">
-        <v>178</v>
+        <v>270</v>
       </c>
       <c r="H327" t="s">
         <v>22</v>
       </c>
       <c r="I327">
         <v>150</v>
       </c>
       <c r="J327">
         <v>210</v>
       </c>
       <c r="K327">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L327" s="1">
-        <v>42447</v>
+        <v>42640</v>
       </c>
       <c r="M327" s="2">
-        <v>9788536256368</v>
+        <v>9788536262284</v>
       </c>
       <c r="N327" t="s" s="3">
         <v>971</v>
       </c>
       <c r="O327" s="4">
-        <v>74.70</v>
+        <v>97.90</v>
       </c>
       <c r="P327" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="328">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328">
-        <v>22065</v>
+        <v>21333</v>
       </c>
       <c r="C328" t="s">
         <v>972</v>
       </c>
       <c r="D328" t="s">
         <v>973</v>
       </c>
       <c r="F328">
-        <v>114</v>
+        <v>320</v>
       </c>
       <c r="G328">
-        <v>130</v>
+        <v>400</v>
       </c>
       <c r="H328" t="s">
         <v>22</v>
       </c>
       <c r="I328">
         <v>150</v>
       </c>
       <c r="J328">
         <v>210</v>
       </c>
       <c r="K328">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="L328" s="1">
-        <v>40491</v>
+        <v>40093</v>
       </c>
       <c r="M328" s="2">
-        <v>9788536231730</v>
+        <v>9788536226484</v>
       </c>
       <c r="N328" t="s" s="3">
         <v>974</v>
       </c>
       <c r="O328" s="4">
-        <v>69.90</v>
+        <v>149.90</v>
       </c>
       <c r="P328" t="s">
-        <v>507</v>
+        <v>64</v>
       </c>
     </row>
     <row r="329">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329">
-        <v>10291</v>
+        <v>21096</v>
       </c>
       <c r="C329" t="s">
         <v>975</v>
       </c>
       <c r="D329" t="s">
         <v>976</v>
       </c>
       <c r="F329">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="G329">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="H329" t="s">
         <v>22</v>
       </c>
       <c r="I329">
         <v>150</v>
       </c>
       <c r="J329">
         <v>210</v>
       </c>
       <c r="K329">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L329" s="1">
-        <v>36542</v>
+        <v>39918</v>
       </c>
       <c r="M329" s="2">
-        <v>9788573942828</v>
+        <v>9788536224374</v>
       </c>
       <c r="N329" t="s" s="3">
         <v>977</v>
       </c>
       <c r="O329" s="4">
         <v>79.90</v>
       </c>
       <c r="P329" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="330">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330">
-        <v>22514</v>
+        <v>24482</v>
       </c>
       <c r="C330" t="s">
         <v>978</v>
       </c>
       <c r="D330" t="s">
         <v>979</v>
       </c>
-      <c r="E330" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F330">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="G330">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="H330" t="s">
         <v>22</v>
       </c>
       <c r="I330">
         <v>150</v>
       </c>
       <c r="J330">
         <v>210</v>
       </c>
       <c r="K330">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L330" s="1">
-        <v>40956</v>
+        <v>42447</v>
       </c>
       <c r="M330" s="2">
-        <v>9788536236520</v>
+        <v>9788536256368</v>
       </c>
       <c r="N330" t="s" s="3">
         <v>980</v>
       </c>
       <c r="O330" s="4">
         <v>74.70</v>
       </c>
       <c r="P330" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="331">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331">
-        <v>30458</v>
+        <v>22065</v>
       </c>
       <c r="C331" t="s">
         <v>981</v>
       </c>
       <c r="D331" t="s">
         <v>982</v>
       </c>
       <c r="F331">
-        <v>78</v>
+        <v>114</v>
       </c>
       <c r="G331">
-        <v>97</v>
+        <v>130</v>
       </c>
       <c r="H331" t="s">
         <v>22</v>
       </c>
       <c r="I331">
         <v>150</v>
       </c>
       <c r="J331">
         <v>210</v>
       </c>
       <c r="K331">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L331" s="1">
-        <v>45057</v>
+        <v>40491</v>
       </c>
       <c r="M331" s="2">
-        <v>9786526304235</v>
+        <v>9788536231730</v>
       </c>
       <c r="N331" t="s" s="3">
         <v>983</v>
       </c>
       <c r="O331" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P331" t="s">
-        <v>36</v>
+        <v>512</v>
       </c>
     </row>
     <row r="332">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332">
-        <v>24316</v>
+        <v>10291</v>
       </c>
       <c r="C332" t="s">
         <v>984</v>
       </c>
       <c r="D332" t="s">
-        <v>201</v>
+        <v>985</v>
       </c>
       <c r="F332">
-        <v>218</v>
+        <v>134</v>
       </c>
       <c r="G332">
-        <v>270</v>
+        <v>184</v>
       </c>
       <c r="H332" t="s">
         <v>22</v>
       </c>
       <c r="I332">
         <v>150</v>
       </c>
       <c r="J332">
         <v>210</v>
       </c>
       <c r="K332">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L332" s="1">
-        <v>42326</v>
+        <v>36542</v>
       </c>
       <c r="M332" s="2">
-        <v>9788536254968</v>
+        <v>9788573942828</v>
       </c>
       <c r="N332" t="s" s="3">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="O332" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P332" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="333">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333">
-        <v>22867</v>
+        <v>22514</v>
       </c>
       <c r="C333" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D333" t="s">
-        <v>886</v>
+        <v>988</v>
+      </c>
+      <c r="E333" t="s">
+        <v>34</v>
       </c>
       <c r="F333">
-        <v>284</v>
+        <v>116</v>
       </c>
       <c r="G333">
-        <v>370</v>
+        <v>187</v>
       </c>
       <c r="H333" t="s">
         <v>22</v>
       </c>
       <c r="I333">
         <v>150</v>
       </c>
       <c r="J333">
         <v>210</v>
       </c>
       <c r="K333">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="L333" s="1">
-        <v>41250</v>
+        <v>40956</v>
       </c>
       <c r="M333" s="2">
-        <v>9788536240503</v>
+        <v>9788536236520</v>
       </c>
       <c r="N333" t="s" s="3">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="O333" s="4">
-        <v>129.90</v>
+        <v>74.70</v>
       </c>
       <c r="P333" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="334">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334">
-        <v>23977</v>
+        <v>30458</v>
       </c>
       <c r="C334" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="D334" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="F334">
-        <v>178</v>
+        <v>78</v>
       </c>
       <c r="G334">
-        <v>221</v>
+        <v>97</v>
       </c>
       <c r="H334" t="s">
         <v>22</v>
       </c>
       <c r="I334">
         <v>150</v>
       </c>
       <c r="J334">
         <v>210</v>
       </c>
       <c r="K334">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="L334" s="1">
-        <v>42156</v>
+        <v>45057</v>
       </c>
       <c r="M334" s="2">
-        <v>9788536251745</v>
+        <v>9786526304235</v>
       </c>
       <c r="N334" t="s" s="3">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="O334" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P334" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="335">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335">
-        <v>12454</v>
+        <v>24316</v>
       </c>
       <c r="C335" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="D335" t="s">
-        <v>455</v>
+        <v>201</v>
       </c>
       <c r="F335">
-        <v>120</v>
+        <v>218</v>
       </c>
       <c r="G335">
-        <v>159</v>
+        <v>270</v>
       </c>
       <c r="H335" t="s">
         <v>22</v>
       </c>
       <c r="I335">
         <v>150</v>
       </c>
       <c r="J335">
         <v>210</v>
       </c>
       <c r="K335">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="L335" s="1">
-        <v>37579</v>
+        <v>42326</v>
       </c>
       <c r="M335" s="2">
-        <v>9788536203249</v>
+        <v>9788536254968</v>
       </c>
       <c r="N335" t="s" s="3">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="O335" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P335" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="336">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336">
-        <v>24155</v>
+        <v>22867</v>
       </c>
       <c r="C336" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="D336" t="s">
-        <v>994</v>
+        <v>892</v>
       </c>
       <c r="F336">
-        <v>244</v>
+        <v>284</v>
       </c>
       <c r="G336">
-        <v>303</v>
+        <v>370</v>
       </c>
       <c r="H336" t="s">
         <v>22</v>
       </c>
       <c r="I336">
         <v>150</v>
       </c>
       <c r="J336">
         <v>210</v>
       </c>
       <c r="K336">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="L336" s="1">
-        <v>42236</v>
+        <v>41250</v>
       </c>
       <c r="M336" s="2">
-        <v>9788536253169</v>
+        <v>9788536240503</v>
       </c>
       <c r="N336" t="s" s="3">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="O336" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P336" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="337">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337">
-        <v>26356</v>
+        <v>23977</v>
       </c>
       <c r="C337" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D337" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="F337">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="G337">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="H337" t="s">
         <v>22</v>
       </c>
       <c r="I337">
         <v>150</v>
       </c>
       <c r="J337">
         <v>210</v>
       </c>
       <c r="K337">
         <v>10</v>
       </c>
       <c r="L337" s="1">
-        <v>43063</v>
+        <v>42156</v>
       </c>
       <c r="M337" s="2">
-        <v>9788536274683</v>
+        <v>9788536251745</v>
       </c>
       <c r="N337" t="s" s="3">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="O337" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P337" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="338">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338">
-        <v>26412</v>
+        <v>12454</v>
       </c>
       <c r="C338" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="D338" t="s">
-        <v>999</v>
+        <v>460</v>
       </c>
       <c r="F338">
-        <v>258</v>
+        <v>120</v>
       </c>
       <c r="G338">
-        <v>320</v>
+        <v>159</v>
       </c>
       <c r="H338" t="s">
         <v>22</v>
       </c>
       <c r="I338">
         <v>150</v>
       </c>
       <c r="J338">
         <v>210</v>
       </c>
       <c r="K338">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="L338" s="1">
-        <v>43080</v>
+        <v>37579</v>
       </c>
       <c r="M338" s="2">
-        <v>9788536275161</v>
+        <v>9788536203249</v>
       </c>
       <c r="N338" t="s" s="3">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="O338" s="4">
-        <v>129.90</v>
+        <v>69.90</v>
       </c>
       <c r="P338" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="339">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339">
-        <v>27326</v>
+        <v>24155</v>
       </c>
       <c r="C339" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D339" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="F339">
-        <v>216</v>
+        <v>244</v>
       </c>
       <c r="G339">
-        <v>268</v>
+        <v>303</v>
       </c>
       <c r="H339" t="s">
         <v>22</v>
       </c>
       <c r="I339">
         <v>150</v>
       </c>
       <c r="J339">
         <v>210</v>
       </c>
       <c r="K339">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L339" s="1">
-        <v>43390</v>
+        <v>42236</v>
       </c>
       <c r="M339" s="2">
-        <v>9788536283920</v>
+        <v>9788536253169</v>
       </c>
       <c r="N339" t="s" s="3">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="O339" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P339" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="340">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340">
-        <v>27394</v>
+        <v>26356</v>
       </c>
       <c r="C340" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D340" t="s">
         <v>1003</v>
       </c>
-      <c r="D340" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F340">
-        <v>140</v>
+        <v>188</v>
       </c>
       <c r="G340">
-        <v>174</v>
+        <v>233</v>
       </c>
       <c r="H340" t="s">
         <v>22</v>
       </c>
       <c r="I340">
         <v>150</v>
       </c>
       <c r="J340">
         <v>210</v>
       </c>
       <c r="K340">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L340" s="1">
-        <v>43430</v>
+        <v>43063</v>
       </c>
       <c r="M340" s="2">
-        <v>9788536284644</v>
+        <v>9788536274683</v>
       </c>
       <c r="N340" t="s" s="3">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="O340" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P340" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="341">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341">
-        <v>28989</v>
+        <v>26412</v>
       </c>
       <c r="C341" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="D341" t="s">
-        <v>994</v>
+        <v>1008</v>
       </c>
       <c r="F341">
-        <v>170</v>
+        <v>258</v>
       </c>
       <c r="G341">
-        <v>211</v>
+        <v>320</v>
       </c>
       <c r="H341" t="s">
         <v>22</v>
       </c>
       <c r="I341">
         <v>150</v>
       </c>
       <c r="J341">
         <v>210</v>
       </c>
       <c r="K341">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L341" s="1">
-        <v>44277</v>
+        <v>43080</v>
       </c>
       <c r="M341" s="2">
-        <v>9786556055787</v>
+        <v>9788536275161</v>
       </c>
       <c r="N341" t="s" s="3">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="O341" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P341" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="342">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342">
-        <v>28001</v>
+        <v>27326</v>
       </c>
       <c r="C342" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="D342" t="s">
         <v>1008</v>
       </c>
       <c r="F342">
-        <v>242</v>
+        <v>216</v>
       </c>
       <c r="G342">
-        <v>300</v>
+        <v>268</v>
       </c>
       <c r="H342" t="s">
         <v>22</v>
       </c>
       <c r="I342">
         <v>150</v>
       </c>
       <c r="J342">
         <v>210</v>
       </c>
       <c r="K342">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="L342" s="1">
-        <v>43700</v>
+        <v>43390</v>
       </c>
       <c r="M342" s="2">
-        <v>9788536290478</v>
+        <v>9788536283920</v>
       </c>
       <c r="N342" t="s" s="3">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="O342" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P342" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="343">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343">
-        <v>29456</v>
+        <v>27394</v>
       </c>
       <c r="C343" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D343" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="F343">
         <v>140</v>
       </c>
       <c r="G343">
         <v>174</v>
       </c>
       <c r="H343" t="s">
         <v>22</v>
       </c>
       <c r="I343">
         <v>150</v>
       </c>
       <c r="J343">
         <v>210</v>
       </c>
       <c r="K343">
         <v>8</v>
       </c>
       <c r="L343" s="1">
-        <v>44581</v>
+        <v>43430</v>
       </c>
       <c r="M343" s="2">
-        <v>9786556059532</v>
+        <v>9788536284644</v>
       </c>
       <c r="N343" t="s" s="3">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="O343" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P343" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="344">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344">
-        <v>30678</v>
+        <v>28989</v>
       </c>
       <c r="C344" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D344" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="F344">
-        <v>226</v>
+        <v>170</v>
       </c>
       <c r="G344">
-        <v>280</v>
+        <v>211</v>
       </c>
       <c r="H344" t="s">
         <v>22</v>
       </c>
       <c r="I344">
         <v>150</v>
       </c>
       <c r="J344">
         <v>210</v>
       </c>
       <c r="K344">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L344" s="1">
-        <v>45252</v>
+        <v>44277</v>
       </c>
       <c r="M344" s="2">
-        <v>9786526307403</v>
+        <v>9786556055787</v>
       </c>
       <c r="N344" t="s" s="3">
         <v>1015</v>
       </c>
       <c r="O344" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P344" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="345">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345">
-        <v>26463</v>
+        <v>28001</v>
       </c>
       <c r="C345" t="s">
         <v>1016</v>
       </c>
       <c r="D345" t="s">
         <v>1017</v>
       </c>
       <c r="F345">
-        <v>456</v>
+        <v>242</v>
       </c>
       <c r="G345">
-        <v>565</v>
+        <v>300</v>
       </c>
       <c r="H345" t="s">
         <v>22</v>
       </c>
       <c r="I345">
         <v>150</v>
       </c>
       <c r="J345">
         <v>210</v>
       </c>
       <c r="K345">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="L345" s="1">
-        <v>43090</v>
+        <v>43700</v>
       </c>
       <c r="M345" s="2">
-        <v>9788536275529</v>
+        <v>9788536290478</v>
       </c>
       <c r="N345" t="s" s="3">
         <v>1018</v>
       </c>
       <c r="O345" s="4">
-        <v>199.90</v>
+        <v>129.90</v>
       </c>
       <c r="P345" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="346">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346">
-        <v>31866</v>
+        <v>29456</v>
       </c>
       <c r="C346" t="s">
         <v>1019</v>
       </c>
       <c r="D346" t="s">
         <v>1020</v>
       </c>
       <c r="F346">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="G346">
-        <v>132</v>
+        <v>174</v>
       </c>
       <c r="H346" t="s">
         <v>22</v>
       </c>
       <c r="I346">
         <v>150</v>
       </c>
       <c r="J346">
         <v>210</v>
       </c>
       <c r="K346">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L346" s="1">
-        <v>45960</v>
+        <v>44581</v>
       </c>
       <c r="M346" s="2">
-        <v>9786526316566</v>
+        <v>9786556059532</v>
       </c>
       <c r="N346" t="s" s="3">
         <v>1021</v>
       </c>
       <c r="O346" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P346" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="347">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347">
-        <v>25849</v>
+        <v>30678</v>
       </c>
       <c r="C347" t="s">
         <v>1022</v>
       </c>
       <c r="D347" t="s">
         <v>1023</v>
       </c>
       <c r="F347">
-        <v>100</v>
+        <v>226</v>
       </c>
       <c r="G347">
-        <v>124</v>
+        <v>280</v>
       </c>
       <c r="H347" t="s">
         <v>22</v>
       </c>
       <c r="I347">
         <v>150</v>
       </c>
       <c r="J347">
         <v>210</v>
       </c>
       <c r="K347">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L347" s="1">
-        <v>42895</v>
+        <v>45252</v>
       </c>
       <c r="M347" s="2">
-        <v>9788536269375</v>
+        <v>9786526307403</v>
       </c>
       <c r="N347" t="s" s="3">
         <v>1024</v>
       </c>
       <c r="O347" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P347" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
     </row>
     <row r="348">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348">
-        <v>21256</v>
+        <v>26463</v>
       </c>
       <c r="C348" t="s">
         <v>1025</v>
       </c>
       <c r="D348" t="s">
-        <v>59</v>
+        <v>1026</v>
       </c>
       <c r="F348">
-        <v>210</v>
+        <v>456</v>
       </c>
       <c r="G348">
-        <v>278</v>
+        <v>565</v>
       </c>
       <c r="H348" t="s">
         <v>22</v>
       </c>
       <c r="I348">
         <v>150</v>
       </c>
       <c r="J348">
         <v>210</v>
       </c>
       <c r="K348">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="L348" s="1">
-        <v>40043</v>
+        <v>43090</v>
       </c>
       <c r="M348" s="2">
-        <v>9788536225708</v>
+        <v>9788536275529</v>
       </c>
       <c r="N348" t="s" s="3">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="O348" s="4">
-        <v>99.90</v>
+        <v>199.90</v>
       </c>
       <c r="P348" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="349">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349">
-        <v>22279</v>
+        <v>31866</v>
       </c>
       <c r="C349" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D349" t="s">
-        <v>299</v>
+        <v>1029</v>
       </c>
       <c r="F349">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="G349">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="H349" t="s">
         <v>22</v>
       </c>
       <c r="I349">
         <v>150</v>
       </c>
       <c r="J349">
         <v>210</v>
       </c>
       <c r="K349">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L349" s="1">
-        <v>40725</v>
+        <v>45960</v>
       </c>
       <c r="M349" s="2">
-        <v>9788536233734</v>
+        <v>9786526316566</v>
       </c>
       <c r="N349" t="s" s="3">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="O349" s="4">
-        <v>94.70</v>
+        <v>79.90</v>
       </c>
       <c r="P349" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="350">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350">
-        <v>12521</v>
+        <v>25849</v>
       </c>
       <c r="C350" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="D350" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="F350">
         <v>100</v>
       </c>
       <c r="G350">
-        <v>150</v>
+        <v>124</v>
       </c>
       <c r="H350" t="s">
         <v>22</v>
       </c>
       <c r="I350">
         <v>150</v>
       </c>
       <c r="J350">
         <v>210</v>
       </c>
       <c r="K350">
         <v>6</v>
       </c>
       <c r="L350" s="1">
-        <v>37690</v>
+        <v>42895</v>
       </c>
       <c r="M350" s="2">
-        <v>9788536203812</v>
+        <v>9788536269375</v>
       </c>
       <c r="N350" t="s" s="3">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="O350" s="4">
         <v>69.90</v>
       </c>
       <c r="P350" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="351">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351">
-        <v>28716</v>
+        <v>21256</v>
       </c>
       <c r="C351" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="D351" t="s">
-        <v>1033</v>
+        <v>59</v>
       </c>
       <c r="F351">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="G351">
-        <v>251</v>
+        <v>278</v>
       </c>
       <c r="H351" t="s">
         <v>22</v>
       </c>
       <c r="I351">
         <v>150</v>
       </c>
       <c r="J351">
         <v>210</v>
       </c>
       <c r="K351">
         <v>11</v>
       </c>
       <c r="L351" s="1">
-        <v>44109</v>
+        <v>40043</v>
       </c>
       <c r="M351" s="2">
-        <v>9786556052571</v>
+        <v>9788536225708</v>
       </c>
       <c r="N351" t="s" s="3">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="O351" s="4">
         <v>99.90</v>
       </c>
       <c r="P351" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="352">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352">
-        <v>25920</v>
+        <v>22279</v>
       </c>
       <c r="C352" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D352" t="s">
-        <v>1036</v>
+        <v>299</v>
       </c>
       <c r="F352">
-        <v>246</v>
+        <v>166</v>
       </c>
       <c r="G352">
-        <v>305</v>
+        <v>194</v>
       </c>
       <c r="H352" t="s">
         <v>22</v>
       </c>
       <c r="I352">
         <v>150</v>
       </c>
       <c r="J352">
         <v>210</v>
       </c>
       <c r="K352">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L352" s="1">
-        <v>42921</v>
+        <v>40725</v>
       </c>
       <c r="M352" s="2">
-        <v>9788536270142</v>
+        <v>9788536233734</v>
       </c>
       <c r="N352" t="s" s="3">
         <v>1037</v>
       </c>
       <c r="O352" s="4">
-        <v>107.70</v>
+        <v>94.70</v>
       </c>
       <c r="P352" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="353">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353">
-        <v>27414</v>
+        <v>12521</v>
       </c>
       <c r="C353" t="s">
         <v>1038</v>
       </c>
       <c r="D353" t="s">
         <v>1039</v>
       </c>
-      <c r="E353" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F353">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G353">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="H353" t="s">
         <v>22</v>
       </c>
       <c r="I353">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J353">
         <v>210</v>
       </c>
       <c r="K353">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L353" s="1">
-        <v>43416</v>
+        <v>37690</v>
       </c>
       <c r="M353" s="2">
-        <v>9788536264929</v>
+        <v>9788536203812</v>
       </c>
       <c r="N353" t="s" s="3">
         <v>1040</v>
       </c>
       <c r="O353" s="4">
-        <v>49.90</v>
+        <v>69.90</v>
       </c>
       <c r="P353" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
     </row>
     <row r="354">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354">
-        <v>20961</v>
+        <v>28716</v>
       </c>
       <c r="C354" t="s">
         <v>1041</v>
       </c>
       <c r="D354" t="s">
         <v>1042</v>
       </c>
-      <c r="E354" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F354">
-        <v>274</v>
+        <v>202</v>
       </c>
       <c r="G354">
-        <v>350</v>
+        <v>251</v>
       </c>
       <c r="H354" t="s">
         <v>22</v>
       </c>
       <c r="I354">
         <v>150</v>
       </c>
       <c r="J354">
         <v>210</v>
       </c>
       <c r="K354">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="L354" s="1">
-        <v>39798</v>
+        <v>44109</v>
       </c>
       <c r="M354" s="2">
-        <v>9788536222998</v>
+        <v>9786556052571</v>
       </c>
       <c r="N354" t="s" s="3">
         <v>1043</v>
       </c>
       <c r="O354" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P354" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="355">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355">
-        <v>31471</v>
+        <v>25920</v>
       </c>
       <c r="C355" t="s">
         <v>1044</v>
       </c>
       <c r="D355" t="s">
         <v>1045</v>
       </c>
       <c r="F355">
-        <v>90</v>
+        <v>246</v>
       </c>
       <c r="G355">
-        <v>112</v>
+        <v>305</v>
       </c>
       <c r="H355" t="s">
         <v>22</v>
       </c>
       <c r="I355">
         <v>150</v>
       </c>
       <c r="J355">
         <v>210</v>
       </c>
       <c r="K355">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="L355" s="1">
-        <v>45712</v>
+        <v>42921</v>
       </c>
       <c r="M355" s="2">
-        <v>9786526315729</v>
+        <v>9788536270142</v>
       </c>
       <c r="N355" t="s" s="3">
         <v>1046</v>
       </c>
       <c r="O355" s="4">
-        <v>79.90</v>
+        <v>107.70</v>
       </c>
       <c r="P355" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="356">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356">
+        <v>27414</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E356" t="s">
+        <v>96</v>
+      </c>
+      <c r="F356">
+        <v>28</v>
+      </c>
+      <c r="G356">
+        <v>176</v>
+      </c>
+      <c r="H356" t="s">
+        <v>22</v>
+      </c>
+      <c r="I356">
+        <v>300</v>
+      </c>
+      <c r="J356">
+        <v>210</v>
+      </c>
+      <c r="K356">
+        <v>3</v>
+      </c>
+      <c r="L356" s="1">
+        <v>43416</v>
+      </c>
+      <c r="M356" s="2">
+        <v>9788536264929</v>
+      </c>
+      <c r="N356" t="s" s="3">
+        <v>1049</v>
+      </c>
+      <c r="O356" s="4">
+        <v>49.90</v>
+      </c>
+      <c r="P356" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357">
+        <v>356</v>
+      </c>
+      <c r="B357">
+        <v>20961</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E357" t="s">
+        <v>96</v>
+      </c>
+      <c r="F357">
+        <v>274</v>
+      </c>
+      <c r="G357">
+        <v>350</v>
+      </c>
+      <c r="H357" t="s">
+        <v>22</v>
+      </c>
+      <c r="I357">
+        <v>150</v>
+      </c>
+      <c r="J357">
+        <v>210</v>
+      </c>
+      <c r="K357">
+        <v>15</v>
+      </c>
+      <c r="L357" s="1">
+        <v>39798</v>
+      </c>
+      <c r="M357" s="2">
+        <v>9788536222998</v>
+      </c>
+      <c r="N357" t="s" s="3">
+        <v>1052</v>
+      </c>
+      <c r="O357" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P357" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358">
+        <v>357</v>
+      </c>
+      <c r="B358">
+        <v>31471</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F358">
+        <v>90</v>
+      </c>
+      <c r="G358">
+        <v>112</v>
+      </c>
+      <c r="H358" t="s">
+        <v>22</v>
+      </c>
+      <c r="I358">
+        <v>150</v>
+      </c>
+      <c r="J358">
+        <v>210</v>
+      </c>
+      <c r="K358">
+        <v>5</v>
+      </c>
+      <c r="L358" s="1">
+        <v>45712</v>
+      </c>
+      <c r="M358" s="2">
+        <v>9786526315729</v>
+      </c>
+      <c r="N358" t="s" s="3">
+        <v>1055</v>
+      </c>
+      <c r="O358" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P358" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359">
+        <v>358</v>
+      </c>
+      <c r="B359">
         <v>28170</v>
       </c>
-      <c r="C356" t="inlineStr">
+      <c r="C359" t="inlineStr">
         <is>
           <t>Filiação Biológica, Filiação Socioafetiva e Multiparentalidade - Diretrizes para a Definição dos Direitos Sucessórios nos Casos de Adoção Regular e de “Adoção de Fato” - Efeitos do Julgamento da Repercussão Geral 622 pelo STF</t>
         </is>
       </c>
-      <c r="D356" t="s">
-[...2 lines deleted...]
-      <c r="F356">
+      <c r="D359" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F359">
         <v>330</v>
       </c>
-      <c r="G356">
+      <c r="G359">
         <v>409</v>
       </c>
-      <c r="H356" t="s">
-[...8 lines deleted...]
-      <c r="K356">
+      <c r="H359" t="s">
+        <v>22</v>
+      </c>
+      <c r="I359">
+        <v>150</v>
+      </c>
+      <c r="J359">
+        <v>210</v>
+      </c>
+      <c r="K359">
         <v>17</v>
       </c>
-      <c r="L356" s="1">
+      <c r="L359" s="1">
         <v>43780</v>
       </c>
-      <c r="M356" s="2">
+      <c r="M359" s="2">
         <v>9788536292151</v>
       </c>
-      <c r="N356" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O356" s="4">
+      <c r="N359" t="s" s="3">
+        <v>1057</v>
+      </c>
+      <c r="O359" s="4">
         <v>159.90</v>
       </c>
-      <c r="P356" t="s">
+      <c r="P359" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="357">
-[...3 lines deleted...]
-      <c r="B357">
+    <row r="360">
+      <c r="A360">
+        <v>359</v>
+      </c>
+      <c r="B360">
         <v>20532</v>
       </c>
-      <c r="C357" t="s">
-[...5 lines deleted...]
-      <c r="F357">
+      <c r="C360" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F360">
         <v>166</v>
       </c>
-      <c r="G357">
+      <c r="G360">
         <v>175</v>
       </c>
-      <c r="H357" t="s">
-[...8 lines deleted...]
-      <c r="K357">
+      <c r="H360" t="s">
+        <v>22</v>
+      </c>
+      <c r="I360">
+        <v>150</v>
+      </c>
+      <c r="J360">
+        <v>210</v>
+      </c>
+      <c r="K360">
         <v>9</v>
       </c>
-      <c r="L357" s="1">
+      <c r="L360" s="1">
         <v>39455</v>
       </c>
-      <c r="M357" s="2">
+      <c r="M360" s="2">
         <v>9788536218373</v>
       </c>
-      <c r="N357" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O357" s="4">
+      <c r="N360" t="s" s="3">
+        <v>1060</v>
+      </c>
+      <c r="O360" s="4">
         <v>94.70</v>
       </c>
-      <c r="P357" t="s">
+      <c r="P360" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="358">
-[...3 lines deleted...]
-      <c r="B358">
+    <row r="361">
+      <c r="A361">
+        <v>360</v>
+      </c>
+      <c r="B361">
         <v>20632</v>
       </c>
-      <c r="C358" t="s">
-[...5 lines deleted...]
-      <c r="F358">
+      <c r="C361" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F361">
         <v>170</v>
       </c>
-      <c r="G358">
+      <c r="G361">
         <v>120</v>
       </c>
-      <c r="H358" t="s">
-[...8 lines deleted...]
-      <c r="K358">
+      <c r="H361" t="s">
+        <v>22</v>
+      </c>
+      <c r="I361">
+        <v>150</v>
+      </c>
+      <c r="J361">
+        <v>210</v>
+      </c>
+      <c r="K361">
         <v>10</v>
       </c>
-      <c r="L358" s="1">
+      <c r="L361" s="1">
         <v>39535</v>
       </c>
-      <c r="M358" s="2">
+      <c r="M361" s="2">
         <v>9788536219097</v>
       </c>
-      <c r="N358" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O358" s="4">
+      <c r="N361" t="s" s="3">
+        <v>1063</v>
+      </c>
+      <c r="O361" s="4">
         <v>94.70</v>
       </c>
-      <c r="P358" t="s">
+      <c r="P361" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="359">
-[...3 lines deleted...]
-      <c r="B359">
+    <row r="362">
+      <c r="A362">
+        <v>361</v>
+      </c>
+      <c r="B362">
         <v>24311</v>
       </c>
-      <c r="C359" t="inlineStr">
+      <c r="C362" t="inlineStr">
         <is>
           <t>Finanças Pessoais - O Diferencial da Atitude - Minibook - Uma Abordagem Bem-Humorada sobre Aspectos Financeiros do Dia a Dia e suas Implicações no Futuro e na Vida</t>
         </is>
       </c>
-      <c r="D359" t="s">
-[...2 lines deleted...]
-      <c r="F359">
+      <c r="D362" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F362">
         <v>160</v>
       </c>
-      <c r="G359">
+      <c r="G362">
         <v>198</v>
       </c>
-      <c r="H359" t="s">
-[...2 lines deleted...]
-      <c r="I359">
+      <c r="H362" t="s">
+        <v>22</v>
+      </c>
+      <c r="I362">
         <v>100</v>
       </c>
-      <c r="J359">
+      <c r="J362">
         <v>160</v>
       </c>
-      <c r="K359">
+      <c r="K362">
         <v>9</v>
       </c>
-      <c r="L359" s="1">
+      <c r="L362" s="1">
         <v>42320</v>
       </c>
-      <c r="M359" s="2">
+      <c r="M362" s="2">
         <v>9788536254852</v>
       </c>
-      <c r="N359" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O359" s="4">
+      <c r="N362" t="s" s="3">
+        <v>1065</v>
+      </c>
+      <c r="O362" s="4">
         <v>59.90</v>
       </c>
-      <c r="P359" t="s">
-[...139 lines deleted...]
-      </c>
       <c r="P362" t="s">
-        <v>36</v>
+        <v>379</v>
       </c>
     </row>
     <row r="363">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363">
-        <v>23845</v>
+        <v>23850</v>
       </c>
       <c r="C363" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D363" t="s">
-        <v>1066</v>
+        <v>167</v>
       </c>
       <c r="F363">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G363">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="H363" t="s">
         <v>22</v>
       </c>
       <c r="I363">
         <v>150</v>
       </c>
       <c r="J363">
         <v>210</v>
       </c>
       <c r="K363">
         <v>7</v>
       </c>
       <c r="L363" s="1">
-        <v>42087</v>
+        <v>42090</v>
       </c>
       <c r="M363" s="2">
-        <v>9788536250618</v>
+        <v>9788536250625</v>
       </c>
       <c r="N363" t="s" s="3">
         <v>1067</v>
       </c>
       <c r="O363" s="4">
         <v>69.90</v>
       </c>
       <c r="P363" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="364">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364">
-        <v>26088</v>
+        <v>22800</v>
       </c>
       <c r="C364" t="s">
         <v>1068</v>
       </c>
       <c r="D364" t="s">
-        <v>59</v>
+        <v>1069</v>
       </c>
       <c r="F364">
-        <v>162</v>
+        <v>116</v>
       </c>
       <c r="G364">
-        <v>201</v>
+        <v>165</v>
       </c>
       <c r="H364" t="s">
         <v>22</v>
       </c>
       <c r="I364">
         <v>150</v>
       </c>
       <c r="J364">
         <v>210</v>
       </c>
       <c r="K364">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L364" s="1">
-        <v>42970</v>
+        <v>41192</v>
       </c>
       <c r="M364" s="2">
-        <v>9788536271835</v>
+        <v>9788536239187</v>
       </c>
       <c r="N364" t="s" s="3">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="O364" s="4">
-        <v>89.90</v>
+        <v>74.70</v>
       </c>
       <c r="P364" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="365">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365">
-        <v>29876</v>
+        <v>26368</v>
       </c>
       <c r="C365" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="D365" t="s">
-        <v>299</v>
+        <v>1072</v>
       </c>
       <c r="F365">
-        <v>60</v>
+        <v>226</v>
       </c>
       <c r="G365">
-        <v>74</v>
+        <v>280</v>
       </c>
       <c r="H365" t="s">
         <v>22</v>
       </c>
       <c r="I365">
         <v>150</v>
       </c>
       <c r="J365">
         <v>210</v>
       </c>
       <c r="K365">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="L365" s="1">
-        <v>44754</v>
+        <v>43067</v>
       </c>
       <c r="M365" s="2">
-        <v>9788536299013</v>
+        <v>9788536274447</v>
       </c>
       <c r="N365" t="s" s="3">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="O365" s="4">
-        <v>59.90</v>
+        <v>119.90</v>
       </c>
       <c r="P365" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="366">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366">
-        <v>23452</v>
+        <v>23845</v>
       </c>
       <c r="C366" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="D366" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="F366">
-        <v>372</v>
+        <v>114</v>
       </c>
       <c r="G366">
-        <v>461</v>
+        <v>142</v>
       </c>
       <c r="H366" t="s">
         <v>22</v>
       </c>
       <c r="I366">
         <v>150</v>
       </c>
       <c r="J366">
         <v>210</v>
       </c>
       <c r="K366">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="L366" s="1">
-        <v>41789</v>
+        <v>42087</v>
       </c>
       <c r="M366" s="2">
-        <v>9788536246765</v>
+        <v>9788536250618</v>
       </c>
       <c r="N366" t="s" s="3">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="O366" s="4">
-        <v>149.90</v>
+        <v>69.90</v>
       </c>
       <c r="P366" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="367">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367">
-        <v>31427</v>
+        <v>26088</v>
       </c>
       <c r="C367" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="D367" t="s">
-        <v>1076</v>
+        <v>59</v>
       </c>
       <c r="F367">
-        <v>286</v>
+        <v>162</v>
       </c>
       <c r="G367">
-        <v>355</v>
+        <v>201</v>
       </c>
       <c r="H367" t="s">
         <v>22</v>
       </c>
       <c r="I367">
         <v>150</v>
       </c>
       <c r="J367">
         <v>210</v>
       </c>
       <c r="K367">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="L367" s="1">
-        <v>45684</v>
+        <v>42970</v>
       </c>
       <c r="M367" s="2">
-        <v>9786526315330</v>
+        <v>9788536271835</v>
       </c>
       <c r="N367" t="s" s="3">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="O367" s="4">
-        <v>149.90</v>
+        <v>89.90</v>
       </c>
       <c r="P367" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="368">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368">
-        <v>20692</v>
+        <v>29876</v>
       </c>
       <c r="C368" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="D368" t="s">
-        <v>1079</v>
+        <v>299</v>
       </c>
       <c r="F368">
-        <v>160</v>
+        <v>60</v>
       </c>
       <c r="G368">
-        <v>157</v>
+        <v>74</v>
       </c>
       <c r="H368" t="s">
         <v>22</v>
       </c>
       <c r="I368">
         <v>150</v>
       </c>
       <c r="J368">
         <v>210</v>
       </c>
       <c r="K368">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="L368" s="1">
-        <v>39587</v>
+        <v>44754</v>
       </c>
       <c r="M368" s="2">
-        <v>9788536220017</v>
+        <v>9788536299013</v>
       </c>
       <c r="N368" t="s" s="3">
         <v>1080</v>
       </c>
       <c r="O368" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P368" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="369">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369">
-        <v>23006</v>
+        <v>23452</v>
       </c>
       <c r="C369" t="s">
         <v>1081</v>
       </c>
       <c r="D369" t="s">
         <v>1082</v>
       </c>
       <c r="F369">
-        <v>80</v>
+        <v>372</v>
       </c>
       <c r="G369">
-        <v>125</v>
+        <v>461</v>
       </c>
       <c r="H369" t="s">
         <v>22</v>
       </c>
       <c r="I369">
         <v>150</v>
       </c>
       <c r="J369">
         <v>210</v>
       </c>
       <c r="K369">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="L369" s="1">
-        <v>41381</v>
+        <v>41789</v>
       </c>
       <c r="M369" s="2">
-        <v>9788536240718</v>
+        <v>9788536246765</v>
       </c>
       <c r="N369" t="s" s="3">
         <v>1083</v>
       </c>
       <c r="O369" s="4">
-        <v>59.90</v>
+        <v>149.90</v>
       </c>
       <c r="P369" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="370">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370">
+        <v>31427</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F370">
+        <v>286</v>
+      </c>
+      <c r="G370">
+        <v>355</v>
+      </c>
+      <c r="H370" t="s">
+        <v>22</v>
+      </c>
+      <c r="I370">
+        <v>150</v>
+      </c>
+      <c r="J370">
+        <v>210</v>
+      </c>
+      <c r="K370">
+        <v>14</v>
+      </c>
+      <c r="L370" s="1">
+        <v>45684</v>
+      </c>
+      <c r="M370" s="2">
+        <v>9786526315330</v>
+      </c>
+      <c r="N370" t="s" s="3">
+        <v>1086</v>
+      </c>
+      <c r="O370" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P370" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371">
+        <v>370</v>
+      </c>
+      <c r="B371">
+        <v>20692</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F371">
+        <v>160</v>
+      </c>
+      <c r="G371">
+        <v>157</v>
+      </c>
+      <c r="H371" t="s">
+        <v>22</v>
+      </c>
+      <c r="I371">
+        <v>150</v>
+      </c>
+      <c r="J371">
+        <v>210</v>
+      </c>
+      <c r="K371">
+        <v>9</v>
+      </c>
+      <c r="L371" s="1">
+        <v>39587</v>
+      </c>
+      <c r="M371" s="2">
+        <v>9788536220017</v>
+      </c>
+      <c r="N371" t="s" s="3">
+        <v>1089</v>
+      </c>
+      <c r="O371" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P371" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372">
+        <v>371</v>
+      </c>
+      <c r="B372">
+        <v>23006</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F372">
+        <v>80</v>
+      </c>
+      <c r="G372">
+        <v>125</v>
+      </c>
+      <c r="H372" t="s">
+        <v>22</v>
+      </c>
+      <c r="I372">
+        <v>150</v>
+      </c>
+      <c r="J372">
+        <v>210</v>
+      </c>
+      <c r="K372">
+        <v>5</v>
+      </c>
+      <c r="L372" s="1">
+        <v>41381</v>
+      </c>
+      <c r="M372" s="2">
+        <v>9788536240718</v>
+      </c>
+      <c r="N372" t="s" s="3">
+        <v>1092</v>
+      </c>
+      <c r="O372" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P372" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373">
+        <v>372</v>
+      </c>
+      <c r="B373">
         <v>23859</v>
       </c>
-      <c r="C370" t="inlineStr">
+      <c r="C373" t="inlineStr">
         <is>
           <t>Francisco Pão e Água - O Papa e as Relações Internacionais - As Relações Internacionais da Igreja - Diplomacia e Tradições Imperfeitas - As Reformas nas Encruzilhadas do Poder - Indigenismo e Pastoral</t>
         </is>
       </c>
-      <c r="D370" t="s">
-[...2 lines deleted...]
-      <c r="E370" t="s">
+      <c r="D373" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E373" t="s">
         <v>96</v>
       </c>
-      <c r="F370">
+      <c r="F373">
         <v>128</v>
       </c>
-      <c r="G370">
+      <c r="G373">
         <v>159</v>
       </c>
-      <c r="H370" t="s">
-[...8 lines deleted...]
-      <c r="K370">
+      <c r="H373" t="s">
+        <v>22</v>
+      </c>
+      <c r="I373">
+        <v>150</v>
+      </c>
+      <c r="J373">
+        <v>210</v>
+      </c>
+      <c r="K373">
         <v>8</v>
       </c>
-      <c r="L370" s="1">
+      <c r="L373" s="1">
         <v>42100</v>
       </c>
-      <c r="M370" s="2">
+      <c r="M373" s="2">
         <v>9788536250748</v>
       </c>
-      <c r="N370" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O370" s="4">
+      <c r="N373" t="s" s="3">
+        <v>1094</v>
+      </c>
+      <c r="O373" s="4">
         <v>74.70</v>
       </c>
-      <c r="P370" t="s">
+      <c r="P373" t="s">
         <v>36</v>
-      </c>
-[...139 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="374">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374">
-        <v>24732</v>
+        <v>23146</v>
       </c>
       <c r="C374" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="D374" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="F374">
-        <v>212</v>
+        <v>91</v>
       </c>
       <c r="G374">
-        <v>263</v>
+        <v>140</v>
       </c>
       <c r="H374" t="s">
         <v>22</v>
       </c>
       <c r="I374">
         <v>150</v>
       </c>
       <c r="J374">
         <v>210</v>
       </c>
       <c r="K374">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="L374" s="1">
-        <v>42529</v>
+        <v>41498</v>
       </c>
       <c r="M374" s="2">
-        <v>9788536258768</v>
+        <v>9788536243436</v>
       </c>
       <c r="N374" t="s" s="3">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="O374" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P374" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="375">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375">
-        <v>13080</v>
+        <v>12343</v>
       </c>
       <c r="C375" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D375" t="s">
-        <v>1098</v>
+        <v>637</v>
       </c>
       <c r="F375">
-        <v>200</v>
+        <v>170</v>
       </c>
       <c r="G375">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="H375" t="s">
         <v>22</v>
       </c>
       <c r="I375">
         <v>150</v>
       </c>
       <c r="J375">
         <v>210</v>
       </c>
       <c r="K375">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L375" s="1">
-        <v>38370</v>
+        <v>37376</v>
       </c>
       <c r="M375" s="2">
-        <v>9788536208947</v>
+        <v>9788536200484</v>
       </c>
       <c r="N375" t="s" s="3">
         <v>1099</v>
       </c>
       <c r="O375" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P375" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="376">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376">
-        <v>25226</v>
+        <v>22006</v>
       </c>
       <c r="C376" t="s">
         <v>1100</v>
       </c>
       <c r="D376" t="s">
         <v>1101</v>
       </c>
       <c r="F376">
-        <v>200</v>
+        <v>228</v>
       </c>
       <c r="G376">
-        <v>248</v>
+        <v>287</v>
       </c>
       <c r="H376" t="s">
         <v>22</v>
       </c>
       <c r="I376">
         <v>150</v>
       </c>
       <c r="J376">
         <v>210</v>
       </c>
       <c r="K376">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L376" s="1">
-        <v>42691</v>
+        <v>40448</v>
       </c>
       <c r="M376" s="2">
-        <v>9788536263366</v>
+        <v>9788536231365</v>
       </c>
       <c r="N376" t="s" s="3">
         <v>1102</v>
       </c>
       <c r="O376" s="4">
         <v>99.90</v>
       </c>
       <c r="P376" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="377">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377">
-        <v>27935</v>
+        <v>24732</v>
       </c>
       <c r="C377" t="s">
         <v>1103</v>
       </c>
       <c r="D377" t="s">
         <v>1104</v>
       </c>
       <c r="F377">
-        <v>122</v>
+        <v>212</v>
       </c>
       <c r="G377">
-        <v>151</v>
+        <v>263</v>
       </c>
       <c r="H377" t="s">
         <v>22</v>
       </c>
       <c r="I377">
         <v>150</v>
       </c>
       <c r="J377">
         <v>210</v>
       </c>
       <c r="K377">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="L377" s="1">
-        <v>43669</v>
+        <v>42529</v>
       </c>
       <c r="M377" s="2">
-        <v>9788536289854</v>
+        <v>9788536258768</v>
       </c>
       <c r="N377" t="s" s="3">
         <v>1105</v>
       </c>
       <c r="O377" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P377" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="378">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378">
-        <v>20241</v>
+        <v>13080</v>
       </c>
       <c r="C378" t="s">
         <v>1106</v>
       </c>
       <c r="D378" t="s">
         <v>1107</v>
       </c>
       <c r="F378">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="G378">
-        <v>160</v>
+        <v>274</v>
       </c>
       <c r="H378" t="s">
         <v>22</v>
       </c>
       <c r="I378">
         <v>150</v>
       </c>
       <c r="J378">
         <v>210</v>
       </c>
       <c r="K378">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L378" s="1">
-        <v>39188</v>
+        <v>38370</v>
       </c>
       <c r="M378" s="2">
-        <v>9788536215112</v>
+        <v>9788536208947</v>
       </c>
       <c r="N378" t="s" s="3">
         <v>1108</v>
       </c>
       <c r="O378" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P378" t="s">
-        <v>897</v>
+        <v>64</v>
       </c>
     </row>
     <row r="379">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379">
-        <v>28559</v>
+        <v>25226</v>
       </c>
       <c r="C379" t="s">
         <v>1109</v>
       </c>
       <c r="D379" t="s">
         <v>1110</v>
       </c>
       <c r="F379">
-        <v>86</v>
+        <v>200</v>
       </c>
       <c r="G379">
-        <v>116</v>
+        <v>248</v>
       </c>
       <c r="H379" t="s">
         <v>22</v>
       </c>
       <c r="I379">
         <v>150</v>
       </c>
       <c r="J379">
         <v>210</v>
       </c>
       <c r="K379">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="L379" s="1">
-        <v>44005</v>
+        <v>42691</v>
       </c>
       <c r="M379" s="2">
-        <v>9786556050539</v>
+        <v>9788536263366</v>
       </c>
       <c r="N379" t="s" s="3">
         <v>1111</v>
       </c>
       <c r="O379" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P379" t="s">
-        <v>897</v>
+        <v>64</v>
       </c>
     </row>
     <row r="380">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380">
-        <v>12878</v>
+        <v>27935</v>
       </c>
       <c r="C380" t="s">
         <v>1112</v>
       </c>
       <c r="D380" t="s">
-        <v>170</v>
+        <v>1113</v>
       </c>
       <c r="F380">
-        <v>166</v>
+        <v>122</v>
       </c>
       <c r="G380">
-        <v>285</v>
+        <v>151</v>
       </c>
       <c r="H380" t="s">
         <v>22</v>
       </c>
       <c r="I380">
         <v>150</v>
       </c>
       <c r="J380">
         <v>210</v>
       </c>
       <c r="K380">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L380" s="1">
-        <v>38140</v>
+        <v>43669</v>
       </c>
       <c r="M380" s="2">
-        <v>9788536207063</v>
-[...2 lines deleted...]
-        <v>1113</v>
+        <v>9788536289854</v>
+      </c>
+      <c r="N380" t="s" s="3">
+        <v>1114</v>
       </c>
       <c r="O380" s="4">
-        <v>94.70</v>
+        <v>69.90</v>
       </c>
       <c r="P380" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="381">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381">
+        <v>20241</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F381">
+        <v>120</v>
+      </c>
+      <c r="G381">
+        <v>160</v>
+      </c>
+      <c r="H381" t="s">
+        <v>22</v>
+      </c>
+      <c r="I381">
+        <v>150</v>
+      </c>
+      <c r="J381">
+        <v>210</v>
+      </c>
+      <c r="K381">
+        <v>7</v>
+      </c>
+      <c r="L381" s="1">
+        <v>39188</v>
+      </c>
+      <c r="M381" s="2">
+        <v>9788536215112</v>
+      </c>
+      <c r="N381" t="s" s="3">
+        <v>1117</v>
+      </c>
+      <c r="O381" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P381" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382">
+        <v>381</v>
+      </c>
+      <c r="B382">
+        <v>28559</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F382">
+        <v>86</v>
+      </c>
+      <c r="G382">
+        <v>116</v>
+      </c>
+      <c r="H382" t="s">
+        <v>22</v>
+      </c>
+      <c r="I382">
+        <v>150</v>
+      </c>
+      <c r="J382">
+        <v>210</v>
+      </c>
+      <c r="K382">
+        <v>5</v>
+      </c>
+      <c r="L382" s="1">
+        <v>44005</v>
+      </c>
+      <c r="M382" s="2">
+        <v>9786556050539</v>
+      </c>
+      <c r="N382" t="s" s="3">
+        <v>1120</v>
+      </c>
+      <c r="O382" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P382" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383">
+        <v>382</v>
+      </c>
+      <c r="B383">
+        <v>12878</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D383" t="s">
+        <v>170</v>
+      </c>
+      <c r="F383">
+        <v>166</v>
+      </c>
+      <c r="G383">
+        <v>285</v>
+      </c>
+      <c r="H383" t="s">
+        <v>22</v>
+      </c>
+      <c r="I383">
+        <v>150</v>
+      </c>
+      <c r="J383">
+        <v>210</v>
+      </c>
+      <c r="K383">
+        <v>9</v>
+      </c>
+      <c r="L383" s="1">
+        <v>38140</v>
+      </c>
+      <c r="M383" s="2">
+        <v>9788536207063</v>
+      </c>
+      <c r="N383" t="s">
+        <v>1122</v>
+      </c>
+      <c r="O383" s="4">
+        <v>94.70</v>
+      </c>
+      <c r="P383" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384">
+        <v>383</v>
+      </c>
+      <c r="B384">
         <v>27041</v>
       </c>
-      <c r="C381" t="inlineStr">
+      <c r="C384" t="inlineStr">
         <is>
           <t>Galileu Galilei - A Ciência no Banco dos Réus - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D381" t="s">
-[...2 lines deleted...]
-      <c r="F381">
+      <c r="D384" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F384">
         <v>190</v>
       </c>
-      <c r="G381">
+      <c r="G384">
         <v>119</v>
       </c>
-      <c r="H381" t="s">
-[...2 lines deleted...]
-      <c r="I381">
+      <c r="H384" t="s">
+        <v>22</v>
+      </c>
+      <c r="I384">
         <v>100</v>
       </c>
-      <c r="J381">
+      <c r="J384">
         <v>160</v>
       </c>
-      <c r="K381">
+      <c r="K384">
         <v>10</v>
       </c>
-      <c r="L381" s="1">
+      <c r="L384" s="1">
         <v>43311</v>
       </c>
-      <c r="M381" s="2">
+      <c r="M384" s="2">
         <v>9788536280912</v>
       </c>
-      <c r="N381" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O381" s="4">
+      <c r="N384" t="s" s="3">
+        <v>1124</v>
+      </c>
+      <c r="O384" s="4">
         <v>49.90</v>
       </c>
-      <c r="P381" t="s">
+      <c r="P384" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="382">
-[...3 lines deleted...]
-      <c r="B382">
+    <row r="385">
+      <c r="A385">
+        <v>384</v>
+      </c>
+      <c r="B385">
         <v>27930</v>
       </c>
-      <c r="C382" t="s">
-[...5 lines deleted...]
-      <c r="F382">
+      <c r="C385" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F385">
         <v>28</v>
       </c>
-      <c r="G382">
+      <c r="G385">
         <v>176</v>
       </c>
-      <c r="H382" t="s">
-[...2 lines deleted...]
-      <c r="I382">
+      <c r="H385" t="s">
+        <v>22</v>
+      </c>
+      <c r="I385">
         <v>300</v>
       </c>
-      <c r="J382">
-[...2 lines deleted...]
-      <c r="K382">
+      <c r="J385">
+        <v>210</v>
+      </c>
+      <c r="K385">
         <v>3</v>
       </c>
-      <c r="L382" s="1">
+      <c r="L385" s="1">
         <v>43672</v>
       </c>
-      <c r="M382" s="2">
+      <c r="M385" s="2">
         <v>9788536289557</v>
       </c>
-      <c r="N382" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O382" s="4">
+      <c r="N385" t="s" s="3">
+        <v>1127</v>
+      </c>
+      <c r="O385" s="4">
         <v>49.70</v>
       </c>
-      <c r="P382" t="s">
-[...7 lines deleted...]
-      <c r="B383">
+      <c r="P385" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386">
+        <v>385</v>
+      </c>
+      <c r="B386">
         <v>31484</v>
       </c>
-      <c r="C383" t="s">
-[...20 lines deleted...]
-      <c r="K383">
+      <c r="C386" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F386">
+        <v>150</v>
+      </c>
+      <c r="G386">
+        <v>210</v>
+      </c>
+      <c r="H386" t="s">
+        <v>22</v>
+      </c>
+      <c r="I386">
+        <v>150</v>
+      </c>
+      <c r="J386">
+        <v>210</v>
+      </c>
+      <c r="K386">
         <v>8</v>
       </c>
-      <c r="L383" s="1">
+      <c r="L386" s="1">
         <v>45721</v>
       </c>
-      <c r="M383" s="2">
+      <c r="M386" s="2">
         <v>9786526314562</v>
       </c>
-      <c r="N383" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O383" s="4">
+      <c r="N386" t="s" s="3">
+        <v>1130</v>
+      </c>
+      <c r="O386" s="4">
         <v>89.90</v>
       </c>
-      <c r="P383" t="s">
+      <c r="P386" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="384">
-[...3 lines deleted...]
-      <c r="B384">
+    <row r="387">
+      <c r="A387">
+        <v>386</v>
+      </c>
+      <c r="B387">
         <v>30015</v>
       </c>
-      <c r="C384" t="inlineStr">
+      <c r="C387" t="inlineStr">
         <is>
           <t>Gerenciamento de Fusões e Aquisições - Aspectos Societários, Tributários, Contábeis, Regulatórios e de Governança - Enfoque Multidisciplinar e Estratégico - Análise de Casos Reais</t>
         </is>
       </c>
-      <c r="D384" t="s">
-[...2 lines deleted...]
-      <c r="F384">
+      <c r="D387" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F387">
         <v>220</v>
       </c>
-      <c r="G384">
+      <c r="G387">
         <v>273</v>
       </c>
-      <c r="H384" t="s">
-[...8 lines deleted...]
-      <c r="K384">
+      <c r="H387" t="s">
+        <v>22</v>
+      </c>
+      <c r="I387">
+        <v>150</v>
+      </c>
+      <c r="J387">
+        <v>210</v>
+      </c>
+      <c r="K387">
         <v>11</v>
       </c>
-      <c r="L384" s="1">
+      <c r="L387" s="1">
         <v>44806</v>
       </c>
-      <c r="M384" s="2">
+      <c r="M387" s="2">
         <v>9786526301104</v>
       </c>
-      <c r="N384" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O384" s="4">
+      <c r="N387" t="s" s="3">
+        <v>1132</v>
+      </c>
+      <c r="O387" s="4">
         <v>99.90</v>
       </c>
-      <c r="P384" t="s">
+      <c r="P387" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="385">
-[...3 lines deleted...]
-      <c r="B385">
+    <row r="388">
+      <c r="A388">
+        <v>387</v>
+      </c>
+      <c r="B388">
         <v>21009</v>
       </c>
-      <c r="C385" t="s">
-[...5 lines deleted...]
-      <c r="F385">
+      <c r="C388" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F388">
         <v>194</v>
       </c>
-      <c r="G385">
+      <c r="G388">
         <v>235</v>
       </c>
-      <c r="H385" t="s">
-[...8 lines deleted...]
-      <c r="K385">
+      <c r="H388" t="s">
+        <v>22</v>
+      </c>
+      <c r="I388">
+        <v>150</v>
+      </c>
+      <c r="J388">
+        <v>210</v>
+      </c>
+      <c r="K388">
         <v>11</v>
       </c>
-      <c r="L385" s="1">
+      <c r="L388" s="1">
         <v>39862</v>
       </c>
-      <c r="M385" s="2">
+      <c r="M388" s="2">
         <v>9788536223520</v>
       </c>
-      <c r="N385" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O385" s="4">
+      <c r="N388" t="s" s="3">
+        <v>1135</v>
+      </c>
+      <c r="O388" s="4">
         <v>84.70</v>
       </c>
-      <c r="P385" t="s">
+      <c r="P388" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="386">
-[...3 lines deleted...]
-      <c r="B386">
+    <row r="389">
+      <c r="A389">
+        <v>388</v>
+      </c>
+      <c r="B389">
         <v>21092</v>
       </c>
-      <c r="C386" t="s">
-[...5 lines deleted...]
-      <c r="E386" t="s">
+      <c r="C389" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E389" t="s">
         <v>34</v>
       </c>
-      <c r="F386">
+      <c r="F389">
         <v>246</v>
       </c>
-      <c r="G386">
+      <c r="G389">
         <v>315</v>
       </c>
-      <c r="H386" t="s">
-[...8 lines deleted...]
-      <c r="K386">
+      <c r="H389" t="s">
+        <v>22</v>
+      </c>
+      <c r="I389">
+        <v>150</v>
+      </c>
+      <c r="J389">
+        <v>210</v>
+      </c>
+      <c r="K389">
         <v>13</v>
       </c>
-      <c r="L386" s="1">
+      <c r="L389" s="1">
         <v>39916</v>
       </c>
-      <c r="M386" s="2">
+      <c r="M389" s="2">
         <v>9788536222615</v>
       </c>
-      <c r="N386" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O386" s="4">
+      <c r="N389" t="s" s="3">
+        <v>1138</v>
+      </c>
+      <c r="O389" s="4">
         <v>99.90</v>
       </c>
-      <c r="P386" t="s">
+      <c r="P389" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="387">
-[...3 lines deleted...]
-      <c r="B387">
+    <row r="390">
+      <c r="A390">
+        <v>389</v>
+      </c>
+      <c r="B390">
         <v>20905</v>
       </c>
-      <c r="C387" t="inlineStr">
+      <c r="C390" t="inlineStr">
         <is>
           <t>Gestão Estratégica da Informação, do Conhecimento e das Competências no Ambiente Educacional - Vencendo Desafios na Busca de Novas Oportunidades de Aprendizado, Inovação e Competitividade</t>
         </is>
       </c>
-      <c r="D387" t="s">
-[...2 lines deleted...]
-      <c r="F387">
+      <c r="D390" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F390">
         <v>152</v>
       </c>
-      <c r="G387">
-[...11 lines deleted...]
-      <c r="K387">
+      <c r="G390">
+        <v>210</v>
+      </c>
+      <c r="H390" t="s">
+        <v>22</v>
+      </c>
+      <c r="I390">
+        <v>150</v>
+      </c>
+      <c r="J390">
+        <v>210</v>
+      </c>
+      <c r="K390">
         <v>9</v>
       </c>
-      <c r="L387" s="1">
+      <c r="L390" s="1">
         <v>39741</v>
       </c>
-      <c r="M387" s="2">
+      <c r="M390" s="2">
         <v>9788536222363</v>
       </c>
-      <c r="N387" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O387" s="4">
+      <c r="N390" t="s" s="3">
+        <v>1140</v>
+      </c>
+      <c r="O390" s="4">
         <v>69.90</v>
       </c>
-      <c r="P387" t="s">
+      <c r="P390" t="s">
         <v>47</v>
-      </c>
-[...139 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="391">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391">
+        <v>21597</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F391">
+        <v>498</v>
+      </c>
+      <c r="G391">
+        <v>607</v>
+      </c>
+      <c r="H391" t="s">
+        <v>22</v>
+      </c>
+      <c r="I391">
+        <v>150</v>
+      </c>
+      <c r="J391">
+        <v>210</v>
+      </c>
+      <c r="K391">
+        <v>25</v>
+      </c>
+      <c r="L391" s="1">
+        <v>40254</v>
+      </c>
+      <c r="M391" s="2">
+        <v>9788536228785</v>
+      </c>
+      <c r="N391" t="s" s="3">
+        <v>1143</v>
+      </c>
+      <c r="O391" s="4">
+        <v>209.90</v>
+      </c>
+      <c r="P391" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392">
+        <v>391</v>
+      </c>
+      <c r="B392">
+        <v>13381</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F392">
+        <v>112</v>
+      </c>
+      <c r="G392">
+        <v>300</v>
+      </c>
+      <c r="H392" t="s">
+        <v>22</v>
+      </c>
+      <c r="I392">
+        <v>150</v>
+      </c>
+      <c r="J392">
+        <v>210</v>
+      </c>
+      <c r="K392">
+        <v>7</v>
+      </c>
+      <c r="L392" s="1">
+        <v>38786</v>
+      </c>
+      <c r="M392" s="2">
+        <v>9788536212067</v>
+      </c>
+      <c r="N392" t="s" s="3">
+        <v>1146</v>
+      </c>
+      <c r="O392" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P392" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393">
+        <v>392</v>
+      </c>
+      <c r="B393">
+        <v>20843</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D393" t="s">
+        <v>414</v>
+      </c>
+      <c r="F393">
+        <v>340</v>
+      </c>
+      <c r="G393">
+        <v>425</v>
+      </c>
+      <c r="H393" t="s">
+        <v>22</v>
+      </c>
+      <c r="I393">
+        <v>150</v>
+      </c>
+      <c r="J393">
+        <v>210</v>
+      </c>
+      <c r="K393">
+        <v>18</v>
+      </c>
+      <c r="L393" s="1">
+        <v>39688</v>
+      </c>
+      <c r="M393" s="2">
+        <v>9788536220918</v>
+      </c>
+      <c r="N393" t="s" s="3">
+        <v>1148</v>
+      </c>
+      <c r="O393" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P393" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394">
+        <v>393</v>
+      </c>
+      <c r="B394">
         <v>25670</v>
       </c>
-      <c r="C391" t="inlineStr">
+      <c r="C394" t="inlineStr">
         <is>
           <t>Giordano Bruno &amp; Tommaso Campanella - Por uma Análise da Condenação de Visões-de-Mundo - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D391" t="s">
-[...2 lines deleted...]
-      <c r="F391">
+      <c r="D394" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F394">
         <v>196</v>
       </c>
-      <c r="G391">
+      <c r="G394">
         <v>128</v>
       </c>
-      <c r="H391" t="s">
-[...2 lines deleted...]
-      <c r="I391">
+      <c r="H394" t="s">
+        <v>22</v>
+      </c>
+      <c r="I394">
         <v>100</v>
       </c>
-      <c r="J391">
+      <c r="J394">
         <v>160</v>
       </c>
-      <c r="K391">
+      <c r="K394">
         <v>11</v>
       </c>
-      <c r="L391" s="1">
+      <c r="L394" s="1">
         <v>42842</v>
       </c>
-      <c r="M391" s="2">
+      <c r="M394" s="2">
         <v>9788536267371</v>
       </c>
-      <c r="N391" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O391" s="4">
+      <c r="N394" t="s" s="3">
+        <v>1150</v>
+      </c>
+      <c r="O394" s="4">
         <v>59.90</v>
       </c>
-      <c r="P391" t="s">
+      <c r="P394" t="s">
         <v>297</v>
-      </c>
-[...139 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="395">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395">
-        <v>10273</v>
+        <v>11087</v>
       </c>
       <c r="C395" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D395" t="s">
-        <v>543</v>
+        <v>1152</v>
       </c>
       <c r="F395">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="G395">
         <v>220</v>
       </c>
       <c r="H395" t="s">
         <v>22</v>
       </c>
       <c r="I395">
         <v>150</v>
       </c>
       <c r="J395">
         <v>210</v>
       </c>
       <c r="K395">
         <v>9</v>
       </c>
       <c r="L395" s="1">
-        <v>36476</v>
+        <v>37088</v>
       </c>
       <c r="M395" s="2">
-        <v>9788573942972</v>
+        <v>9788573948301</v>
       </c>
       <c r="N395" t="s" s="3">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="O395" s="4">
         <v>89.90</v>
       </c>
       <c r="P395" t="s">
-        <v>507</v>
+        <v>297</v>
       </c>
     </row>
     <row r="396">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396">
+        <v>23155</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D396" t="s">
+        <v>331</v>
+      </c>
+      <c r="F396">
+        <v>276</v>
+      </c>
+      <c r="G396">
+        <v>255</v>
+      </c>
+      <c r="H396" t="s">
+        <v>22</v>
+      </c>
+      <c r="I396">
+        <v>150</v>
+      </c>
+      <c r="J396">
+        <v>210</v>
+      </c>
+      <c r="K396">
+        <v>15</v>
+      </c>
+      <c r="L396" s="1">
+        <v>41502</v>
+      </c>
+      <c r="M396" s="2">
+        <v>9788536243597</v>
+      </c>
+      <c r="N396" t="s" s="3">
+        <v>1155</v>
+      </c>
+      <c r="O396" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P396" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397">
+        <v>396</v>
+      </c>
+      <c r="B397">
+        <v>26991</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F397">
+        <v>232</v>
+      </c>
+      <c r="G397">
+        <v>288</v>
+      </c>
+      <c r="H397" t="s">
+        <v>22</v>
+      </c>
+      <c r="I397">
+        <v>150</v>
+      </c>
+      <c r="J397">
+        <v>210</v>
+      </c>
+      <c r="K397">
+        <v>12</v>
+      </c>
+      <c r="L397" s="1">
+        <v>43291</v>
+      </c>
+      <c r="M397" s="2">
+        <v>9788536280646</v>
+      </c>
+      <c r="N397" t="s" s="3">
+        <v>1158</v>
+      </c>
+      <c r="O397" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P397" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398">
+        <v>397</v>
+      </c>
+      <c r="B398">
+        <v>10273</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D398" t="s">
+        <v>548</v>
+      </c>
+      <c r="F398">
+        <v>158</v>
+      </c>
+      <c r="G398">
+        <v>220</v>
+      </c>
+      <c r="H398" t="s">
+        <v>22</v>
+      </c>
+      <c r="I398">
+        <v>150</v>
+      </c>
+      <c r="J398">
+        <v>210</v>
+      </c>
+      <c r="K398">
+        <v>9</v>
+      </c>
+      <c r="L398" s="1">
+        <v>36476</v>
+      </c>
+      <c r="M398" s="2">
+        <v>9788573942972</v>
+      </c>
+      <c r="N398" t="s" s="3">
+        <v>1160</v>
+      </c>
+      <c r="O398" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P398" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399">
+        <v>398</v>
+      </c>
+      <c r="B399">
         <v>31844</v>
       </c>
-      <c r="C396" t="inlineStr">
+      <c r="C399" t="inlineStr">
         <is>
           <t>Guerra Anglo-Zulu - Colonialismo, Poder e Resistências no Sul da África - Prefácio de Icles Rodrigues - Coleção História FM - Organizador da Coleção: Icles Rodrigues</t>
         </is>
       </c>
-      <c r="D396" t="s">
-[...2 lines deleted...]
-      <c r="F396">
+      <c r="D399" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F399">
         <v>148</v>
       </c>
-      <c r="G396">
-[...11 lines deleted...]
-      <c r="K396">
+      <c r="G399">
+        <v>210</v>
+      </c>
+      <c r="H399" t="s">
+        <v>22</v>
+      </c>
+      <c r="I399">
+        <v>150</v>
+      </c>
+      <c r="J399">
+        <v>210</v>
+      </c>
+      <c r="K399">
         <v>7</v>
       </c>
-      <c r="L396" s="1">
+      <c r="L399" s="1">
         <v>45950</v>
       </c>
-      <c r="M396" s="2">
+      <c r="M399" s="2">
         <v>9786526320907</v>
       </c>
-      <c r="N396" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O396" s="4">
+      <c r="N399" t="s" s="3">
+        <v>1162</v>
+      </c>
+      <c r="O399" s="4">
         <v>87.90</v>
       </c>
-      <c r="P396" t="s">
+      <c r="P399" t="s">
         <v>19</v>
-      </c>
-[...139 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="400">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400">
-        <v>12295</v>
+        <v>12286</v>
       </c>
       <c r="C400" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="D400" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F400">
-        <v>114</v>
+        <v>140</v>
       </c>
       <c r="G400">
-        <v>160</v>
+        <v>196</v>
       </c>
       <c r="H400" t="s">
         <v>22</v>
       </c>
       <c r="I400">
         <v>150</v>
       </c>
       <c r="J400">
         <v>210</v>
       </c>
       <c r="K400">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L400" s="1">
-        <v>37285</v>
+        <v>37273</v>
       </c>
       <c r="M400" s="2">
-        <v>9788573949759</v>
+        <v>9788573949780</v>
       </c>
       <c r="N400" t="s" s="3">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="O400" s="4">
-        <v>44.70</v>
+        <v>69.90</v>
       </c>
       <c r="P400" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="401">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401">
-        <v>12394</v>
+        <v>12287</v>
       </c>
       <c r="C401" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="D401" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F401">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="G401">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="H401" t="s">
         <v>22</v>
       </c>
       <c r="I401">
         <v>150</v>
       </c>
       <c r="J401">
         <v>210</v>
       </c>
       <c r="K401">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L401" s="1">
-        <v>37467</v>
+        <v>37273</v>
       </c>
       <c r="M401" s="2">
-        <v>9788573949742</v>
+        <v>9788573949773</v>
       </c>
       <c r="N401" t="s" s="3">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="O401" s="4">
-        <v>44.70</v>
+        <v>49.90</v>
       </c>
       <c r="P401" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="402">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402">
-        <v>12513</v>
+        <v>12288</v>
       </c>
       <c r="C402" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="D402" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F402">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="G402">
         <v>142</v>
       </c>
       <c r="H402" t="s">
         <v>22</v>
       </c>
       <c r="I402">
         <v>150</v>
       </c>
       <c r="J402">
         <v>210</v>
       </c>
       <c r="K402">
         <v>6</v>
       </c>
       <c r="L402" s="1">
-        <v>37666</v>
+        <v>37273</v>
       </c>
       <c r="M402" s="2">
-        <v>9788573949735</v>
+        <v>9788573949766</v>
       </c>
       <c r="N402" t="s" s="3">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="O402" s="4">
-        <v>44.70</v>
+        <v>47.70</v>
       </c>
       <c r="P402" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="403">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403">
-        <v>12514</v>
+        <v>12295</v>
       </c>
       <c r="C403" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="D403" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F403">
-        <v>88</v>
+        <v>114</v>
       </c>
       <c r="G403">
-        <v>134</v>
+        <v>160</v>
       </c>
       <c r="H403" t="s">
         <v>22</v>
       </c>
       <c r="I403">
         <v>150</v>
       </c>
       <c r="J403">
         <v>210</v>
       </c>
       <c r="K403">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L403" s="1">
-        <v>37666</v>
+        <v>37285</v>
       </c>
       <c r="M403" s="2">
-        <v>9788573949728</v>
+        <v>9788573949759</v>
       </c>
       <c r="N403" t="s" s="3">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="O403" s="4">
         <v>44.70</v>
       </c>
       <c r="P403" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="404">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404">
-        <v>31784</v>
+        <v>12394</v>
       </c>
       <c r="C404" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="D404" t="s">
-        <v>1169</v>
+        <v>351</v>
       </c>
       <c r="F404">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G404">
-        <v>143</v>
+        <v>160</v>
       </c>
       <c r="H404" t="s">
         <v>22</v>
       </c>
       <c r="I404">
         <v>150</v>
       </c>
       <c r="J404">
         <v>210</v>
       </c>
       <c r="K404">
         <v>6</v>
       </c>
       <c r="L404" s="1">
-        <v>45912</v>
+        <v>37467</v>
       </c>
       <c r="M404" s="2">
-        <v>9786526316894</v>
+        <v>9788573949742</v>
       </c>
       <c r="N404" t="s" s="3">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="O404" s="4">
-        <v>79.90</v>
+        <v>44.70</v>
       </c>
       <c r="P404" t="s">
-        <v>733</v>
+        <v>294</v>
       </c>
     </row>
     <row r="405">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405">
-        <v>31460</v>
+        <v>12513</v>
       </c>
       <c r="C405" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D405" t="s">
-        <v>530</v>
+        <v>351</v>
       </c>
       <c r="F405">
-        <v>176</v>
+        <v>92</v>
       </c>
       <c r="G405">
-        <v>240</v>
+        <v>142</v>
       </c>
       <c r="H405" t="s">
         <v>22</v>
       </c>
       <c r="I405">
         <v>150</v>
       </c>
       <c r="J405">
         <v>210</v>
       </c>
       <c r="K405">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L405" s="1">
-        <v>45705</v>
+        <v>37666</v>
       </c>
       <c r="M405" s="2">
-        <v>9786526315590</v>
+        <v>9788573949735</v>
       </c>
       <c r="N405" t="s" s="3">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="O405" s="4">
-        <v>99.90</v>
+        <v>44.70</v>
       </c>
       <c r="P405" t="s">
-        <v>68</v>
+        <v>294</v>
       </c>
     </row>
     <row r="406">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406">
-        <v>20762</v>
+        <v>12514</v>
       </c>
       <c r="C406" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="D406" t="s">
-        <v>1174</v>
+        <v>351</v>
       </c>
       <c r="F406">
-        <v>240</v>
+        <v>88</v>
       </c>
       <c r="G406">
-        <v>310</v>
+        <v>134</v>
       </c>
       <c r="H406" t="s">
         <v>22</v>
       </c>
       <c r="I406">
         <v>150</v>
       </c>
       <c r="J406">
         <v>210</v>
       </c>
       <c r="K406">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="L406" s="1">
-        <v>39644</v>
+        <v>37666</v>
       </c>
       <c r="M406" s="2">
-        <v>9788536220734</v>
+        <v>9788573949728</v>
       </c>
       <c r="N406" t="s" s="3">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="O406" s="4">
-        <v>119.90</v>
+        <v>44.70</v>
       </c>
       <c r="P406" t="s">
-        <v>64</v>
+        <v>294</v>
       </c>
     </row>
     <row r="407">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407">
-        <v>22646</v>
+        <v>31784</v>
       </c>
       <c r="C407" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D407" t="s">
-        <v>302</v>
+        <v>1178</v>
       </c>
       <c r="F407">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="G407">
-        <v>230</v>
+        <v>143</v>
       </c>
       <c r="H407" t="s">
         <v>22</v>
       </c>
       <c r="I407">
         <v>150</v>
       </c>
       <c r="J407">
         <v>210</v>
       </c>
       <c r="K407">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L407" s="1">
-        <v>41066</v>
+        <v>45912</v>
       </c>
       <c r="M407" s="2">
-        <v>9788536238241</v>
+        <v>9786526316894</v>
       </c>
       <c r="N407" t="s" s="3">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="O407" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P407" t="s">
-        <v>68</v>
+        <v>739</v>
       </c>
     </row>
     <row r="408">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408">
-        <v>12390</v>
+        <v>31460</v>
       </c>
       <c r="C408" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="D408" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>535</v>
       </c>
       <c r="F408">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="G408">
-        <v>266</v>
+        <v>240</v>
       </c>
       <c r="H408" t="s">
         <v>22</v>
       </c>
       <c r="I408">
         <v>150</v>
       </c>
       <c r="J408">
         <v>210</v>
       </c>
       <c r="K408">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L408" s="1">
-        <v>37460</v>
+        <v>45705</v>
       </c>
       <c r="M408" s="2">
-        <v>9788536201245</v>
-[...2 lines deleted...]
-        <v>1180</v>
+        <v>9786526315590</v>
+      </c>
+      <c r="N408" t="s" s="3">
+        <v>1181</v>
       </c>
       <c r="O408" s="4">
         <v>99.90</v>
       </c>
       <c r="P408" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
     </row>
     <row r="409">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409">
-        <v>25715</v>
+        <v>20762</v>
       </c>
       <c r="C409" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D409" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>1183</v>
       </c>
       <c r="F409">
-        <v>130</v>
+        <v>240</v>
       </c>
       <c r="G409">
-        <v>161</v>
+        <v>310</v>
       </c>
       <c r="H409" t="s">
         <v>22</v>
       </c>
       <c r="I409">
         <v>150</v>
       </c>
       <c r="J409">
         <v>210</v>
       </c>
       <c r="K409">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="L409" s="1">
-        <v>42866</v>
+        <v>39644</v>
       </c>
       <c r="M409" s="2">
-        <v>9788536268026</v>
+        <v>9788536220734</v>
       </c>
       <c r="N409" t="s" s="3">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="O409" s="4">
-        <v>74.70</v>
+        <v>119.90</v>
       </c>
       <c r="P409" t="s">
-        <v>897</v>
+        <v>64</v>
       </c>
     </row>
     <row r="410">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410">
-        <v>25244</v>
+        <v>22646</v>
       </c>
       <c r="C410" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="D410" t="s">
-        <v>1185</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>302</v>
       </c>
       <c r="F410">
-        <v>132</v>
+        <v>116</v>
       </c>
       <c r="G410">
-        <v>164</v>
+        <v>230</v>
       </c>
       <c r="H410" t="s">
         <v>22</v>
       </c>
       <c r="I410">
         <v>150</v>
       </c>
       <c r="J410">
         <v>210</v>
       </c>
       <c r="K410">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L410" s="1">
-        <v>42696</v>
+        <v>41066</v>
       </c>
       <c r="M410" s="2">
-        <v>9788536263823</v>
+        <v>9788536238241</v>
       </c>
       <c r="N410" t="s" s="3">
         <v>1186</v>
       </c>
       <c r="O410" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P410" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="411">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411">
-        <v>22924</v>
+        <v>12390</v>
       </c>
       <c r="C411" t="s">
         <v>1187</v>
       </c>
       <c r="D411" t="s">
-        <v>38</v>
+        <v>1188</v>
+      </c>
+      <c r="E411" t="s">
+        <v>34</v>
       </c>
       <c r="F411">
-        <v>58</v>
+        <v>204</v>
       </c>
       <c r="G411">
-        <v>105</v>
+        <v>266</v>
       </c>
       <c r="H411" t="s">
         <v>22</v>
       </c>
       <c r="I411">
         <v>150</v>
       </c>
       <c r="J411">
         <v>210</v>
       </c>
       <c r="K411">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="L411" s="1">
-        <v>41316</v>
+        <v>37460</v>
       </c>
       <c r="M411" s="2">
-        <v>9788536241074</v>
-[...2 lines deleted...]
-        <v>1188</v>
+        <v>9788536201245</v>
+      </c>
+      <c r="N411" t="s">
+        <v>1189</v>
       </c>
       <c r="O411" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P411" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="412">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412">
-        <v>27981</v>
+        <v>25715</v>
       </c>
       <c r="C412" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D412" t="s">
-        <v>1190</v>
+        <v>1191</v>
+      </c>
+      <c r="E412" t="s">
+        <v>96</v>
       </c>
       <c r="F412">
-        <v>92</v>
+        <v>130</v>
       </c>
       <c r="G412">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="H412" t="s">
         <v>22</v>
       </c>
       <c r="I412">
         <v>150</v>
       </c>
       <c r="J412">
         <v>210</v>
       </c>
       <c r="K412">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L412" s="1">
-        <v>43696</v>
+        <v>42866</v>
       </c>
       <c r="M412" s="2">
-        <v>9788536290171</v>
+        <v>9788536268026</v>
       </c>
       <c r="N412" t="s" s="3">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="O412" s="4">
-        <v>69.90</v>
+        <v>74.70</v>
       </c>
       <c r="P412" t="s">
-        <v>47</v>
+        <v>906</v>
       </c>
     </row>
     <row r="413">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413">
+        <v>25244</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E413" t="s">
+        <v>96</v>
+      </c>
+      <c r="F413">
+        <v>132</v>
+      </c>
+      <c r="G413">
+        <v>164</v>
+      </c>
+      <c r="H413" t="s">
+        <v>22</v>
+      </c>
+      <c r="I413">
+        <v>150</v>
+      </c>
+      <c r="J413">
+        <v>210</v>
+      </c>
+      <c r="K413">
+        <v>8</v>
+      </c>
+      <c r="L413" s="1">
+        <v>42696</v>
+      </c>
+      <c r="M413" s="2">
+        <v>9788536263823</v>
+      </c>
+      <c r="N413" t="s" s="3">
+        <v>1195</v>
+      </c>
+      <c r="O413" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P413" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414">
+        <v>413</v>
+      </c>
+      <c r="B414">
+        <v>22924</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D414" t="s">
+        <v>38</v>
+      </c>
+      <c r="F414">
+        <v>58</v>
+      </c>
+      <c r="G414">
+        <v>105</v>
+      </c>
+      <c r="H414" t="s">
+        <v>22</v>
+      </c>
+      <c r="I414">
+        <v>150</v>
+      </c>
+      <c r="J414">
+        <v>210</v>
+      </c>
+      <c r="K414">
+        <v>4</v>
+      </c>
+      <c r="L414" s="1">
+        <v>41316</v>
+      </c>
+      <c r="M414" s="2">
+        <v>9788536241074</v>
+      </c>
+      <c r="N414" t="s" s="3">
+        <v>1197</v>
+      </c>
+      <c r="O414" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P414" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415">
+        <v>414</v>
+      </c>
+      <c r="B415">
+        <v>27981</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1199</v>
+      </c>
+      <c r="F415">
+        <v>92</v>
+      </c>
+      <c r="G415">
+        <v>114</v>
+      </c>
+      <c r="H415" t="s">
+        <v>22</v>
+      </c>
+      <c r="I415">
+        <v>150</v>
+      </c>
+      <c r="J415">
+        <v>210</v>
+      </c>
+      <c r="K415">
+        <v>6</v>
+      </c>
+      <c r="L415" s="1">
+        <v>43696</v>
+      </c>
+      <c r="M415" s="2">
+        <v>9788536290171</v>
+      </c>
+      <c r="N415" t="s" s="3">
+        <v>1200</v>
+      </c>
+      <c r="O415" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P415" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416">
+        <v>415</v>
+      </c>
+      <c r="B416">
         <v>24865</v>
       </c>
-      <c r="C413" t="inlineStr">
+      <c r="C416" t="inlineStr">
         <is>
           <t>Habla Don Quixote de la Mancha - Los Más Famosos Discursos, Consejos y Reflexiones del Ingenioso y Andante Caballero con Algún Razonamiento de Añadidura de Sancho Panza su Escudero - Semeando Livros</t>
         </is>
       </c>
-      <c r="D413" t="s">
-[...2 lines deleted...]
-      <c r="F413">
+      <c r="D416" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F416">
         <v>94</v>
       </c>
-      <c r="G413">
+      <c r="G416">
         <v>116</v>
       </c>
-      <c r="H413" t="s">
-[...8 lines deleted...]
-      <c r="K413">
+      <c r="H416" t="s">
+        <v>22</v>
+      </c>
+      <c r="I416">
+        <v>150</v>
+      </c>
+      <c r="J416">
+        <v>210</v>
+      </c>
+      <c r="K416">
         <v>6</v>
       </c>
-      <c r="L413" s="1">
+      <c r="L416" s="1">
         <v>42576</v>
       </c>
-      <c r="M413" s="2">
+      <c r="M416" s="2">
         <v>9788536260044</v>
       </c>
-      <c r="N413" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O413" s="4">
+      <c r="N416" t="s" s="3">
+        <v>1202</v>
+      </c>
+      <c r="O416" s="4">
         <v>79.90</v>
       </c>
-      <c r="P413" t="s">
+      <c r="P416" t="s">
         <v>36</v>
-      </c>
-[...139 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="417">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417">
-        <v>21866</v>
+        <v>21194</v>
       </c>
       <c r="C417" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="D417" t="s">
-        <v>947</v>
+        <v>460</v>
       </c>
       <c r="F417">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="G417">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="H417" t="s">
         <v>22</v>
       </c>
       <c r="I417">
         <v>150</v>
       </c>
       <c r="J417">
         <v>210</v>
       </c>
       <c r="K417">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L417" s="1">
-        <v>40389</v>
+        <v>40000</v>
       </c>
       <c r="M417" s="2">
-        <v>9788536230351</v>
+        <v>9788536225241</v>
       </c>
       <c r="N417" t="s" s="3">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="O417" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P417" t="s">
-        <v>897</v>
+        <v>36</v>
       </c>
     </row>
     <row r="418">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418">
-        <v>20588</v>
+        <v>22403</v>
       </c>
       <c r="C418" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D418" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="F418">
-        <v>260</v>
+        <v>82</v>
       </c>
       <c r="G418">
-        <v>350</v>
+        <v>168</v>
       </c>
       <c r="H418" t="s">
         <v>22</v>
       </c>
       <c r="I418">
         <v>150</v>
       </c>
       <c r="J418">
         <v>210</v>
       </c>
       <c r="K418">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="L418" s="1">
-        <v>39498</v>
+        <v>40842</v>
       </c>
       <c r="M418" s="2">
-        <v>9788536218847</v>
+        <v>9788536234182</v>
       </c>
       <c r="N418" t="s" s="3">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="O418" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P418" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="419">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419">
-        <v>20344</v>
+        <v>31862</v>
       </c>
       <c r="C419" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D419" t="s">
-        <v>1208</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1209</v>
       </c>
       <c r="F419">
-        <v>184</v>
+        <v>292</v>
       </c>
       <c r="G419">
-        <v>248</v>
+        <v>382</v>
       </c>
       <c r="H419" t="s">
         <v>22</v>
       </c>
       <c r="I419">
         <v>150</v>
       </c>
       <c r="J419">
         <v>210</v>
       </c>
       <c r="K419">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L419" s="1">
-        <v>39281</v>
+        <v>45960</v>
       </c>
       <c r="M419" s="2">
-        <v>9788536216454</v>
+        <v>9786526316825</v>
       </c>
       <c r="N419" t="s" s="3">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="O419" s="4">
-        <v>99.90</v>
+        <v>149.90</v>
       </c>
       <c r="P419" t="s">
-        <v>1210</v>
+        <v>19</v>
       </c>
     </row>
     <row r="420">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420">
-        <v>20484</v>
+        <v>21866</v>
       </c>
       <c r="C420" t="s">
         <v>1211</v>
       </c>
       <c r="D420" t="s">
+        <v>956</v>
+      </c>
+      <c r="F420">
+        <v>150</v>
+      </c>
+      <c r="G420">
+        <v>200</v>
+      </c>
+      <c r="H420" t="s">
+        <v>22</v>
+      </c>
+      <c r="I420">
+        <v>150</v>
+      </c>
+      <c r="J420">
+        <v>210</v>
+      </c>
+      <c r="K420">
+        <v>9</v>
+      </c>
+      <c r="L420" s="1">
+        <v>40389</v>
+      </c>
+      <c r="M420" s="2">
+        <v>9788536230351</v>
+      </c>
+      <c r="N420" t="s" s="3">
         <v>1212</v>
       </c>
-      <c r="F420">
-[...25 lines deleted...]
-      </c>
       <c r="O420" s="4">
-        <v>159.90</v>
+        <v>79.90</v>
       </c>
       <c r="P420" t="s">
-        <v>19</v>
+        <v>906</v>
       </c>
     </row>
     <row r="421">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421">
-        <v>22349</v>
+        <v>20588</v>
       </c>
       <c r="C421" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D421" t="s">
         <v>1214</v>
       </c>
-      <c r="D421" t="s">
+      <c r="F421">
+        <v>260</v>
+      </c>
+      <c r="G421">
+        <v>350</v>
+      </c>
+      <c r="H421" t="s">
+        <v>22</v>
+      </c>
+      <c r="I421">
+        <v>150</v>
+      </c>
+      <c r="J421">
+        <v>210</v>
+      </c>
+      <c r="K421">
+        <v>14</v>
+      </c>
+      <c r="L421" s="1">
+        <v>39498</v>
+      </c>
+      <c r="M421" s="2">
+        <v>9788536218847</v>
+      </c>
+      <c r="N421" t="s" s="3">
         <v>1215</v>
       </c>
-      <c r="F421">
-[...25 lines deleted...]
-      </c>
       <c r="O421" s="4">
-        <v>74.70</v>
+        <v>119.90</v>
       </c>
       <c r="P421" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="422">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422">
-        <v>30768</v>
+        <v>20344</v>
       </c>
       <c r="C422" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D422" t="s">
         <v>1217</v>
       </c>
-      <c r="D422" t="s">
+      <c r="E422" t="s">
+        <v>34</v>
+      </c>
+      <c r="F422">
+        <v>184</v>
+      </c>
+      <c r="G422">
+        <v>248</v>
+      </c>
+      <c r="H422" t="s">
+        <v>22</v>
+      </c>
+      <c r="I422">
+        <v>150</v>
+      </c>
+      <c r="J422">
+        <v>210</v>
+      </c>
+      <c r="K422">
+        <v>10</v>
+      </c>
+      <c r="L422" s="1">
+        <v>39281</v>
+      </c>
+      <c r="M422" s="2">
+        <v>9788536216454</v>
+      </c>
+      <c r="N422" t="s" s="3">
         <v>1218</v>
       </c>
-      <c r="F422">
-[...23 lines deleted...]
-      <c r="N422" t="s" s="3">
+      <c r="O422" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P422" t="s">
         <v>1219</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="423">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423">
-        <v>10973</v>
+        <v>20484</v>
       </c>
       <c r="C423" t="s">
         <v>1220</v>
       </c>
       <c r="D423" t="s">
         <v>1221</v>
       </c>
       <c r="F423">
-        <v>204</v>
+        <v>358</v>
       </c>
       <c r="G423">
-        <v>270</v>
+        <v>526</v>
       </c>
       <c r="H423" t="s">
         <v>22</v>
       </c>
       <c r="I423">
         <v>150</v>
       </c>
       <c r="J423">
         <v>210</v>
       </c>
       <c r="K423">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="L423" s="1">
-        <v>36910</v>
+        <v>39399</v>
       </c>
       <c r="M423" s="2">
-        <v>9788573947397</v>
-[...1 lines deleted...]
-      <c r="N423" t="s">
+        <v>9788536217987</v>
+      </c>
+      <c r="N423" t="s" s="3">
         <v>1222</v>
       </c>
       <c r="O423" s="4">
-        <v>99.90</v>
+        <v>159.90</v>
       </c>
       <c r="P423" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="424">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424">
-        <v>29830</v>
+        <v>22349</v>
       </c>
       <c r="C424" t="s">
         <v>1223</v>
       </c>
       <c r="D424" t="s">
-        <v>1205</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1224</v>
       </c>
       <c r="F424">
-        <v>288</v>
+        <v>130</v>
       </c>
       <c r="G424">
-        <v>357</v>
+        <v>154</v>
       </c>
       <c r="H424" t="s">
         <v>22</v>
       </c>
       <c r="I424">
         <v>150</v>
       </c>
       <c r="J424">
         <v>210</v>
       </c>
       <c r="K424">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="L424" s="1">
-        <v>44733</v>
+        <v>40791</v>
       </c>
       <c r="M424" s="2">
-        <v>9788536297750</v>
+        <v>9788536234700</v>
       </c>
       <c r="N424" t="s" s="3">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="O424" s="4">
-        <v>129.90</v>
+        <v>74.70</v>
       </c>
       <c r="P424" t="s">
-        <v>294</v>
+        <v>19</v>
       </c>
     </row>
     <row r="425">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425">
+        <v>30768</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F425">
+        <v>188</v>
+      </c>
+      <c r="G425">
+        <v>283</v>
+      </c>
+      <c r="H425" t="s">
+        <v>22</v>
+      </c>
+      <c r="I425">
+        <v>150</v>
+      </c>
+      <c r="J425">
+        <v>210</v>
+      </c>
+      <c r="K425">
+        <v>11</v>
+      </c>
+      <c r="L425" s="1">
+        <v>45222</v>
+      </c>
+      <c r="M425" s="2">
+        <v>9786526307137</v>
+      </c>
+      <c r="N425" t="s" s="3">
+        <v>1228</v>
+      </c>
+      <c r="O425" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P425" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426">
+        <v>425</v>
+      </c>
+      <c r="B426">
+        <v>10973</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F426">
+        <v>204</v>
+      </c>
+      <c r="G426">
+        <v>270</v>
+      </c>
+      <c r="H426" t="s">
+        <v>22</v>
+      </c>
+      <c r="I426">
+        <v>150</v>
+      </c>
+      <c r="J426">
+        <v>210</v>
+      </c>
+      <c r="K426">
+        <v>11</v>
+      </c>
+      <c r="L426" s="1">
+        <v>36910</v>
+      </c>
+      <c r="M426" s="2">
+        <v>9788573947397</v>
+      </c>
+      <c r="N426" t="s">
+        <v>1231</v>
+      </c>
+      <c r="O426" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P426" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427">
+        <v>426</v>
+      </c>
+      <c r="B427">
+        <v>29830</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E427" t="s">
+        <v>34</v>
+      </c>
+      <c r="F427">
+        <v>288</v>
+      </c>
+      <c r="G427">
+        <v>357</v>
+      </c>
+      <c r="H427" t="s">
+        <v>22</v>
+      </c>
+      <c r="I427">
+        <v>150</v>
+      </c>
+      <c r="J427">
+        <v>210</v>
+      </c>
+      <c r="K427">
+        <v>15</v>
+      </c>
+      <c r="L427" s="1">
+        <v>44733</v>
+      </c>
+      <c r="M427" s="2">
+        <v>9788536297750</v>
+      </c>
+      <c r="N427" t="s" s="3">
+        <v>1233</v>
+      </c>
+      <c r="O427" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P427" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428">
+        <v>427</v>
+      </c>
+      <c r="B428">
         <v>30164</v>
       </c>
-      <c r="C425" t="inlineStr">
+      <c r="C428" t="inlineStr">
         <is>
           <t>Hobby Lobby - Liberdade Religiosa e Precedentes Estreitos - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D425" t="s">
-[...2 lines deleted...]
-      <c r="F425">
+      <c r="D428" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F428">
         <v>144</v>
       </c>
-      <c r="G425">
+      <c r="G428">
         <v>90</v>
       </c>
-      <c r="H425" t="s">
-[...2 lines deleted...]
-      <c r="I425">
+      <c r="H428" t="s">
+        <v>22</v>
+      </c>
+      <c r="I428">
         <v>100</v>
       </c>
-      <c r="J425">
-[...2 lines deleted...]
-      <c r="K425">
+      <c r="J428">
+        <v>150</v>
+      </c>
+      <c r="K428">
         <v>8</v>
       </c>
-      <c r="L425" s="1">
+      <c r="L428" s="1">
         <v>44869</v>
       </c>
-      <c r="M425" s="2">
+      <c r="M428" s="2">
         <v>9786526301241</v>
       </c>
-      <c r="N425" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O425" s="4">
+      <c r="N428" t="s" s="3">
+        <v>1235</v>
+      </c>
+      <c r="O428" s="4">
         <v>49.90</v>
       </c>
-      <c r="P425" t="s">
+      <c r="P428" t="s">
         <v>297</v>
-      </c>
-[...142 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="429">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429">
-        <v>24289</v>
+        <v>20646</v>
       </c>
       <c r="C429" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D429" t="s">
         <v>1237</v>
       </c>
-      <c r="D429" t="s">
+      <c r="F429">
+        <v>126</v>
+      </c>
+      <c r="G429">
+        <v>117</v>
+      </c>
+      <c r="H429" t="s">
+        <v>22</v>
+      </c>
+      <c r="I429">
+        <v>150</v>
+      </c>
+      <c r="J429">
+        <v>210</v>
+      </c>
+      <c r="K429">
+        <v>7</v>
+      </c>
+      <c r="L429" s="1">
+        <v>39552</v>
+      </c>
+      <c r="M429" s="2">
+        <v>9788536219608</v>
+      </c>
+      <c r="N429" t="s" s="3">
         <v>1238</v>
       </c>
-      <c r="E429" t="s">
+      <c r="O429" s="4">
+        <v>74.70</v>
+      </c>
+      <c r="P429" t="s">
         <v>1239</v>
-      </c>
-[...31 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="430">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430">
-        <v>31013</v>
+        <v>22244</v>
       </c>
       <c r="C430" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D430" t="s">
         <v>1241</v>
       </c>
-      <c r="D430" t="s">
+      <c r="E430" t="s">
+        <v>34</v>
+      </c>
+      <c r="F430">
+        <v>170</v>
+      </c>
+      <c r="G430">
+        <v>207</v>
+      </c>
+      <c r="H430" t="s">
+        <v>22</v>
+      </c>
+      <c r="I430">
+        <v>150</v>
+      </c>
+      <c r="J430">
+        <v>210</v>
+      </c>
+      <c r="K430">
+        <v>10</v>
+      </c>
+      <c r="L430" s="1">
+        <v>40695</v>
+      </c>
+      <c r="M430" s="2">
+        <v>9788536233567</v>
+      </c>
+      <c r="N430" t="s" s="3">
         <v>1242</v>
       </c>
-      <c r="E430" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O430" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P430" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="431">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431">
-        <v>30196</v>
+        <v>12479</v>
       </c>
       <c r="C431" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D431" t="s">
         <v>1244</v>
       </c>
-      <c r="D431" t="s">
+      <c r="F431">
+        <v>164</v>
+      </c>
+      <c r="G431">
+        <v>228</v>
+      </c>
+      <c r="H431" t="s">
+        <v>22</v>
+      </c>
+      <c r="I431">
+        <v>150</v>
+      </c>
+      <c r="J431">
+        <v>210</v>
+      </c>
+      <c r="K431">
+        <v>9</v>
+      </c>
+      <c r="L431" s="1">
+        <v>37610</v>
+      </c>
+      <c r="M431" s="2">
+        <v>9788536201726</v>
+      </c>
+      <c r="N431" t="s">
         <v>1245</v>
       </c>
-      <c r="F431">
-[...25 lines deleted...]
-      </c>
       <c r="O431" s="4">
-        <v>44.90</v>
+        <v>79.90</v>
       </c>
       <c r="P431" t="s">
-        <v>36</v>
+        <v>481</v>
       </c>
     </row>
     <row r="432">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432">
-        <v>26661</v>
+        <v>24289</v>
       </c>
       <c r="C432" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D432" t="s">
         <v>1247</v>
       </c>
-      <c r="D432" t="s">
+      <c r="E432" t="s">
         <v>1248</v>
       </c>
       <c r="F432">
-        <v>128</v>
+        <v>428</v>
       </c>
       <c r="G432">
-        <v>159</v>
+        <v>531</v>
       </c>
       <c r="H432" t="s">
         <v>22</v>
       </c>
       <c r="I432">
         <v>150</v>
       </c>
       <c r="J432">
         <v>210</v>
       </c>
       <c r="K432">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="L432" s="1">
-        <v>43178</v>
+        <v>42307</v>
       </c>
       <c r="M432" s="2">
-        <v>9788536277509</v>
+        <v>9788536254715</v>
       </c>
       <c r="N432" t="s" s="3">
         <v>1249</v>
       </c>
       <c r="O432" s="4">
-        <v>89.90</v>
+        <v>199.90</v>
       </c>
       <c r="P432" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="433">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433">
-        <v>12553</v>
+        <v>31013</v>
       </c>
       <c r="C433" t="s">
         <v>1250</v>
       </c>
       <c r="D433" t="s">
         <v>1251</v>
       </c>
+      <c r="E433" t="s">
+        <v>96</v>
+      </c>
       <c r="F433">
-        <v>150</v>
+        <v>166</v>
       </c>
       <c r="G433">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="H433" t="s">
         <v>22</v>
       </c>
       <c r="I433">
         <v>150</v>
       </c>
       <c r="J433">
         <v>210</v>
       </c>
       <c r="K433">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L433" s="1">
-        <v>37714</v>
+        <v>45401</v>
       </c>
       <c r="M433" s="2">
-        <v>9788536202860</v>
+        <v>9786526309469</v>
       </c>
       <c r="N433" t="s" s="3">
         <v>1252</v>
       </c>
       <c r="O433" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P433" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
     </row>
     <row r="434">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434">
-        <v>20419</v>
+        <v>30196</v>
       </c>
       <c r="C434" t="s">
         <v>1253</v>
       </c>
       <c r="D434" t="s">
         <v>1254</v>
       </c>
       <c r="F434">
-        <v>296</v>
+        <v>96</v>
       </c>
       <c r="G434">
-        <v>480</v>
+        <v>62</v>
       </c>
       <c r="H434" t="s">
         <v>22</v>
       </c>
       <c r="I434">
         <v>150</v>
       </c>
       <c r="J434">
         <v>210</v>
       </c>
       <c r="K434">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="L434" s="1">
-        <v>39364</v>
+        <v>44886</v>
       </c>
       <c r="M434" s="2">
-        <v>9788536217192</v>
+        <v>9786526301142</v>
       </c>
       <c r="N434" t="s" s="3">
         <v>1255</v>
       </c>
       <c r="O434" s="4">
-        <v>139.90</v>
+        <v>44.90</v>
       </c>
       <c r="P434" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="435">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435">
-        <v>12285</v>
+        <v>26661</v>
       </c>
       <c r="C435" t="s">
         <v>1256</v>
       </c>
       <c r="D435" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="F435">
-        <v>162</v>
+        <v>128</v>
       </c>
       <c r="G435">
-        <v>224</v>
+        <v>159</v>
       </c>
       <c r="H435" t="s">
         <v>22</v>
       </c>
       <c r="I435">
         <v>150</v>
       </c>
       <c r="J435">
         <v>210</v>
       </c>
       <c r="K435">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L435" s="1">
-        <v>37273</v>
+        <v>43178</v>
       </c>
       <c r="M435" s="2">
-        <v>9788573948707</v>
+        <v>9788536277509</v>
       </c>
       <c r="N435" t="s" s="3">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="O435" s="4">
         <v>89.90</v>
       </c>
       <c r="P435" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
     </row>
     <row r="436">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436">
-        <v>24138</v>
+        <v>12553</v>
       </c>
       <c r="C436" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="D436" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="F436">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="G436">
-        <v>298</v>
+        <v>210</v>
       </c>
       <c r="H436" t="s">
         <v>22</v>
       </c>
       <c r="I436">
         <v>150</v>
       </c>
       <c r="J436">
         <v>210</v>
       </c>
       <c r="K436">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L436" s="1">
-        <v>42230</v>
+        <v>37714</v>
       </c>
       <c r="M436" s="2">
-        <v>9788536253282</v>
+        <v>9788536202860</v>
       </c>
       <c r="N436" t="s" s="3">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="O436" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P436" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="437">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437">
-        <v>20737</v>
+        <v>20419</v>
       </c>
       <c r="C437" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D437" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="F437">
-        <v>132</v>
+        <v>296</v>
       </c>
       <c r="G437">
-        <v>180</v>
+        <v>480</v>
       </c>
       <c r="H437" t="s">
         <v>22</v>
       </c>
       <c r="I437">
         <v>150</v>
       </c>
       <c r="J437">
         <v>210</v>
       </c>
       <c r="K437">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="L437" s="1">
-        <v>39619</v>
+        <v>39364</v>
       </c>
       <c r="M437" s="2">
-        <v>9788536220406</v>
+        <v>9788536217192</v>
       </c>
       <c r="N437" t="s" s="3">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="O437" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P437" t="s">
-        <v>1264</v>
+        <v>64</v>
       </c>
     </row>
     <row r="438">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438">
-        <v>25914</v>
+        <v>12285</v>
       </c>
       <c r="C438" t="s">
         <v>1265</v>
       </c>
       <c r="D438" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F438">
+        <v>162</v>
+      </c>
+      <c r="G438">
+        <v>224</v>
+      </c>
+      <c r="H438" t="s">
+        <v>22</v>
+      </c>
+      <c r="I438">
+        <v>150</v>
+      </c>
+      <c r="J438">
+        <v>210</v>
+      </c>
+      <c r="K438">
+        <v>9</v>
+      </c>
+      <c r="L438" s="1">
+        <v>37273</v>
+      </c>
+      <c r="M438" s="2">
+        <v>9788573948707</v>
+      </c>
+      <c r="N438" t="s" s="3">
         <v>1266</v>
       </c>
-      <c r="F438">
-[...25 lines deleted...]
-      </c>
       <c r="O438" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P438" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="439">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439">
-        <v>22814</v>
+        <v>24138</v>
       </c>
       <c r="C439" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D439" t="s">
         <v>1268</v>
       </c>
-      <c r="D439" t="s">
+      <c r="F439">
+        <v>240</v>
+      </c>
+      <c r="G439">
+        <v>298</v>
+      </c>
+      <c r="H439" t="s">
+        <v>22</v>
+      </c>
+      <c r="I439">
+        <v>150</v>
+      </c>
+      <c r="J439">
+        <v>210</v>
+      </c>
+      <c r="K439">
+        <v>13</v>
+      </c>
+      <c r="L439" s="1">
+        <v>42230</v>
+      </c>
+      <c r="M439" s="2">
+        <v>9788536253282</v>
+      </c>
+      <c r="N439" t="s" s="3">
         <v>1269</v>
       </c>
-      <c r="F439">
-[...25 lines deleted...]
-      </c>
       <c r="O439" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P439" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
     </row>
     <row r="440">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440">
-        <v>27789</v>
+        <v>20737</v>
       </c>
       <c r="C440" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D440" t="s">
         <v>1271</v>
       </c>
-      <c r="D440" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F440">
+        <v>132</v>
+      </c>
+      <c r="G440">
         <v>180</v>
       </c>
-      <c r="G440">
-[...1 lines deleted...]
-      </c>
       <c r="H440" t="s">
         <v>22</v>
       </c>
       <c r="I440">
         <v>150</v>
       </c>
       <c r="J440">
         <v>210</v>
       </c>
       <c r="K440">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L440" s="1">
-        <v>43593</v>
+        <v>39619</v>
       </c>
       <c r="M440" s="2">
-        <v>9788536287928</v>
+        <v>9788536220406</v>
       </c>
       <c r="N440" t="s" s="3">
         <v>1272</v>
       </c>
       <c r="O440" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P440" t="s">
-        <v>19</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="441">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441">
-        <v>31420</v>
+        <v>25914</v>
       </c>
       <c r="C441" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="D441" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="F441">
-        <v>198</v>
+        <v>112</v>
       </c>
       <c r="G441">
-        <v>246</v>
+        <v>139</v>
       </c>
       <c r="H441" t="s">
         <v>22</v>
       </c>
       <c r="I441">
         <v>150</v>
       </c>
       <c r="J441">
         <v>210</v>
       </c>
       <c r="K441">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L441" s="1">
-        <v>45679</v>
+        <v>42915</v>
       </c>
       <c r="M441" s="2">
-        <v>9786526315651</v>
+        <v>9788536270081</v>
       </c>
       <c r="N441" t="s" s="3">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="O441" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P441" t="s">
-        <v>897</v>
+        <v>19</v>
       </c>
     </row>
     <row r="442">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442">
-        <v>23129</v>
+        <v>22814</v>
       </c>
       <c r="C442" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="D442" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="F442">
-        <v>182</v>
+        <v>130</v>
       </c>
       <c r="G442">
-        <v>255</v>
+        <v>185</v>
       </c>
       <c r="H442" t="s">
         <v>22</v>
       </c>
       <c r="I442">
         <v>150</v>
       </c>
       <c r="J442">
         <v>210</v>
       </c>
       <c r="K442">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L442" s="1">
-        <v>41486</v>
+        <v>41208</v>
       </c>
       <c r="M442" s="2">
-        <v>9788536242927</v>
+        <v>9788536239590</v>
       </c>
       <c r="N442" t="s" s="3">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="O442" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P442" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443">
-        <v>31416</v>
+        <v>27789</v>
       </c>
       <c r="C443" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="D443" t="s">
-        <v>1280</v>
+        <v>1278</v>
       </c>
       <c r="F443">
-        <v>232</v>
+        <v>180</v>
       </c>
       <c r="G443">
-        <v>288</v>
+        <v>370</v>
       </c>
       <c r="H443" t="s">
         <v>22</v>
       </c>
       <c r="I443">
         <v>150</v>
       </c>
       <c r="J443">
         <v>210</v>
       </c>
       <c r="K443">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L443" s="1">
-        <v>45677</v>
+        <v>43593</v>
       </c>
       <c r="M443" s="2">
-        <v>9786526312018</v>
+        <v>9788536287928</v>
       </c>
       <c r="N443" t="s" s="3">
         <v>1281</v>
       </c>
       <c r="O443" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P443" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="444">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444">
-        <v>26246</v>
+        <v>31420</v>
       </c>
       <c r="C444" t="s">
         <v>1282</v>
       </c>
       <c r="D444" t="s">
         <v>1283</v>
       </c>
       <c r="F444">
-        <v>218</v>
+        <v>198</v>
       </c>
       <c r="G444">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="H444" t="s">
         <v>22</v>
       </c>
       <c r="I444">
         <v>150</v>
       </c>
       <c r="J444">
         <v>210</v>
       </c>
       <c r="K444">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L444" s="1">
-        <v>43018</v>
+        <v>45679</v>
       </c>
       <c r="M444" s="2">
-        <v>9788536273303</v>
+        <v>9786526315651</v>
       </c>
       <c r="N444" t="s" s="3">
         <v>1284</v>
       </c>
       <c r="O444" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P444" t="s">
-        <v>57</v>
+        <v>906</v>
       </c>
     </row>
     <row r="445">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445">
-        <v>27647</v>
+        <v>23129</v>
       </c>
       <c r="C445" t="s">
         <v>1285</v>
       </c>
       <c r="D445" t="s">
         <v>1286</v>
       </c>
       <c r="F445">
-        <v>92</v>
+        <v>182</v>
       </c>
       <c r="G445">
-        <v>114</v>
+        <v>255</v>
       </c>
       <c r="H445" t="s">
         <v>22</v>
       </c>
       <c r="I445">
         <v>150</v>
       </c>
       <c r="J445">
         <v>210</v>
       </c>
       <c r="K445">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L445" s="1">
-        <v>43536</v>
+        <v>41486</v>
       </c>
       <c r="M445" s="2">
-        <v>9788536286648</v>
+        <v>9788536242927</v>
       </c>
       <c r="N445" t="s" s="3">
         <v>1287</v>
       </c>
       <c r="O445" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P445" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="446">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446">
-        <v>21221</v>
+        <v>31416</v>
       </c>
       <c r="C446" t="s">
         <v>1288</v>
       </c>
       <c r="D446" t="s">
         <v>1289</v>
       </c>
       <c r="F446">
-        <v>134</v>
+        <v>232</v>
       </c>
       <c r="G446">
-        <v>185</v>
+        <v>288</v>
       </c>
       <c r="H446" t="s">
         <v>22</v>
       </c>
       <c r="I446">
         <v>150</v>
       </c>
       <c r="J446">
         <v>210</v>
       </c>
       <c r="K446">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L446" s="1">
-        <v>40017</v>
+        <v>45677</v>
       </c>
       <c r="M446" s="2">
-        <v>9788536223599</v>
+        <v>9786526312018</v>
       </c>
       <c r="N446" t="s" s="3">
         <v>1290</v>
       </c>
       <c r="O446" s="4">
-        <v>69.90</v>
+        <v>129.90</v>
       </c>
       <c r="P446" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="447">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447">
-        <v>27091</v>
+        <v>26246</v>
       </c>
       <c r="C447" t="s">
         <v>1291</v>
       </c>
       <c r="D447" t="s">
-        <v>1023</v>
+        <v>1292</v>
       </c>
       <c r="F447">
-        <v>100</v>
+        <v>218</v>
       </c>
       <c r="G447">
-        <v>124</v>
+        <v>270</v>
       </c>
       <c r="H447" t="s">
         <v>22</v>
       </c>
       <c r="I447">
         <v>150</v>
       </c>
       <c r="J447">
         <v>210</v>
       </c>
       <c r="K447">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="L447" s="1">
-        <v>43321</v>
+        <v>43018</v>
       </c>
       <c r="M447" s="2">
-        <v>9788536281650</v>
+        <v>9788536273303</v>
       </c>
       <c r="N447" t="s" s="3">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="O447" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P447" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
     </row>
     <row r="448">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448">
-        <v>13423</v>
+        <v>27647</v>
       </c>
       <c r="C448" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D448" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="F448">
-        <v>132</v>
+        <v>92</v>
       </c>
       <c r="G448">
-        <v>176</v>
+        <v>114</v>
       </c>
       <c r="H448" t="s">
         <v>22</v>
       </c>
       <c r="I448">
         <v>150</v>
       </c>
       <c r="J448">
         <v>210</v>
       </c>
       <c r="K448">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L448" s="1">
-        <v>38833</v>
+        <v>43536</v>
       </c>
       <c r="M448" s="2">
-        <v>9788536211831</v>
+        <v>9788536286648</v>
       </c>
       <c r="N448" t="s" s="3">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="O448" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P448" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="449">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449">
-        <v>13280</v>
+        <v>21221</v>
       </c>
       <c r="C449" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="D449" t="s">
-        <v>455</v>
+        <v>1298</v>
       </c>
       <c r="F449">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G449">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="H449" t="s">
         <v>22</v>
       </c>
       <c r="I449">
         <v>150</v>
       </c>
       <c r="J449">
         <v>210</v>
       </c>
       <c r="K449">
         <v>8</v>
       </c>
       <c r="L449" s="1">
-        <v>38625</v>
+        <v>40017</v>
       </c>
       <c r="M449" s="2">
-        <v>9788536210933</v>
+        <v>9788536223599</v>
       </c>
       <c r="N449" t="s" s="3">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="O449" s="4">
-        <v>74.70</v>
+        <v>69.90</v>
       </c>
       <c r="P449" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="450">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450">
-        <v>23858</v>
+        <v>27091</v>
       </c>
       <c r="C450" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="D450" t="s">
-        <v>1299</v>
+        <v>1032</v>
       </c>
       <c r="F450">
-        <v>174</v>
+        <v>100</v>
       </c>
       <c r="G450">
-        <v>216</v>
+        <v>124</v>
       </c>
       <c r="H450" t="s">
         <v>22</v>
       </c>
       <c r="I450">
         <v>150</v>
       </c>
       <c r="J450">
         <v>210</v>
       </c>
       <c r="K450">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L450" s="1">
-        <v>42096</v>
+        <v>43321</v>
       </c>
       <c r="M450" s="2">
-        <v>9788536250670</v>
+        <v>9788536281650</v>
       </c>
       <c r="N450" t="s" s="3">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="O450" s="4">
-        <v>94.70</v>
+        <v>69.90</v>
       </c>
       <c r="P450" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="451">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451">
-        <v>20553</v>
+        <v>13423</v>
       </c>
       <c r="C451" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D451" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="F451">
-        <v>252</v>
+        <v>132</v>
       </c>
       <c r="G451">
-        <v>280</v>
+        <v>176</v>
       </c>
       <c r="H451" t="s">
         <v>22</v>
       </c>
       <c r="I451">
         <v>150</v>
       </c>
       <c r="J451">
         <v>210</v>
       </c>
       <c r="K451">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L451" s="1">
-        <v>39480</v>
+        <v>38833</v>
       </c>
       <c r="M451" s="2">
-        <v>9788536218786</v>
+        <v>9788536211831</v>
       </c>
       <c r="N451" t="s" s="3">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="O451" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P451" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="452">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452">
-        <v>23391</v>
+        <v>13280</v>
       </c>
       <c r="C452" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="D452" t="s">
-        <v>1305</v>
+        <v>460</v>
       </c>
       <c r="F452">
-        <v>94</v>
+        <v>130</v>
       </c>
       <c r="G452">
-        <v>119</v>
+        <v>178</v>
       </c>
       <c r="H452" t="s">
         <v>22</v>
       </c>
       <c r="I452">
         <v>150</v>
       </c>
       <c r="J452">
         <v>210</v>
       </c>
       <c r="K452">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L452" s="1">
-        <v>41754</v>
+        <v>38625</v>
       </c>
       <c r="M452" s="2">
-        <v>9788536246284</v>
+        <v>9788536210933</v>
       </c>
       <c r="N452" t="s" s="3">
         <v>1306</v>
       </c>
       <c r="O452" s="4">
-        <v>69.90</v>
+        <v>74.70</v>
       </c>
       <c r="P452" t="s">
-        <v>297</v>
+        <v>36</v>
       </c>
     </row>
     <row r="453">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453">
-        <v>26339</v>
+        <v>23858</v>
       </c>
       <c r="C453" t="s">
         <v>1307</v>
       </c>
       <c r="D453" t="s">
         <v>1308</v>
       </c>
       <c r="F453">
-        <v>132</v>
+        <v>174</v>
       </c>
       <c r="G453">
-        <v>164</v>
+        <v>216</v>
       </c>
       <c r="H453" t="s">
         <v>22</v>
       </c>
       <c r="I453">
         <v>150</v>
       </c>
       <c r="J453">
         <v>210</v>
       </c>
       <c r="K453">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L453" s="1">
-        <v>43049</v>
+        <v>42096</v>
       </c>
       <c r="M453" s="2">
-        <v>9788536274416</v>
+        <v>9788536250670</v>
       </c>
       <c r="N453" t="s" s="3">
         <v>1309</v>
       </c>
       <c r="O453" s="4">
-        <v>79.90</v>
+        <v>94.70</v>
       </c>
       <c r="P453" t="s">
-        <v>377</v>
+        <v>36</v>
       </c>
     </row>
     <row r="454">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454">
-        <v>24926</v>
+        <v>20553</v>
       </c>
       <c r="C454" t="s">
         <v>1310</v>
       </c>
       <c r="D454" t="s">
         <v>1311</v>
       </c>
       <c r="F454">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="G454">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="H454" t="s">
         <v>22</v>
       </c>
       <c r="I454">
         <v>150</v>
       </c>
       <c r="J454">
         <v>210</v>
       </c>
       <c r="K454">
         <v>13</v>
       </c>
       <c r="L454" s="1">
-        <v>42592</v>
+        <v>39480</v>
       </c>
       <c r="M454" s="2">
-        <v>9788536260716</v>
+        <v>9788536218786</v>
       </c>
       <c r="N454" t="s" s="3">
         <v>1312</v>
       </c>
       <c r="O454" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P454" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
     </row>
     <row r="455">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455">
-        <v>20367</v>
+        <v>23391</v>
       </c>
       <c r="C455" t="s">
         <v>1313</v>
       </c>
       <c r="D455" t="s">
         <v>1314</v>
       </c>
       <c r="F455">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="G455">
-        <v>148</v>
+        <v>119</v>
       </c>
       <c r="H455" t="s">
         <v>22</v>
       </c>
       <c r="I455">
         <v>150</v>
       </c>
       <c r="J455">
         <v>210</v>
       </c>
       <c r="K455">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L455" s="1">
-        <v>39301</v>
+        <v>41754</v>
       </c>
       <c r="M455" s="2">
-        <v>9788536216737</v>
+        <v>9788536246284</v>
       </c>
       <c r="N455" t="s" s="3">
         <v>1315</v>
       </c>
       <c r="O455" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P455" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="456">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456">
-        <v>20830</v>
+        <v>26339</v>
       </c>
       <c r="C456" t="s">
         <v>1316</v>
       </c>
       <c r="D456" t="s">
         <v>1317</v>
       </c>
       <c r="F456">
-        <v>206</v>
+        <v>132</v>
       </c>
       <c r="G456">
-        <v>196</v>
+        <v>164</v>
       </c>
       <c r="H456" t="s">
         <v>22</v>
       </c>
       <c r="I456">
         <v>150</v>
       </c>
       <c r="J456">
         <v>210</v>
       </c>
       <c r="K456">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L456" s="1">
-        <v>39680</v>
+        <v>43049</v>
       </c>
       <c r="M456" s="2">
-        <v>9788536221458</v>
+        <v>9788536274416</v>
       </c>
       <c r="N456" t="s" s="3">
         <v>1318</v>
       </c>
       <c r="O456" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P456" t="s">
-        <v>57</v>
+        <v>379</v>
       </c>
     </row>
     <row r="457">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457">
-        <v>21397</v>
+        <v>24926</v>
       </c>
       <c r="C457" t="s">
         <v>1319</v>
       </c>
       <c r="D457" t="s">
-        <v>1050</v>
+        <v>1320</v>
       </c>
       <c r="F457">
-        <v>166</v>
+        <v>242</v>
       </c>
       <c r="G457">
-        <v>220</v>
+        <v>300</v>
       </c>
       <c r="H457" t="s">
         <v>22</v>
       </c>
       <c r="I457">
         <v>150</v>
       </c>
       <c r="J457">
         <v>210</v>
       </c>
       <c r="K457">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="L457" s="1">
-        <v>40128</v>
+        <v>42592</v>
       </c>
       <c r="M457" s="2">
-        <v>9788536226446</v>
+        <v>9788536260716</v>
       </c>
       <c r="N457" t="s" s="3">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="O457" s="4">
-        <v>94.70</v>
+        <v>129.90</v>
       </c>
       <c r="P457" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="458">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458">
-        <v>22299</v>
+        <v>20367</v>
       </c>
       <c r="C458" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D458" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="F458">
-        <v>262</v>
+        <v>108</v>
       </c>
       <c r="G458">
-        <v>345</v>
+        <v>148</v>
       </c>
       <c r="H458" t="s">
         <v>22</v>
       </c>
       <c r="I458">
         <v>150</v>
       </c>
       <c r="J458">
         <v>210</v>
       </c>
       <c r="K458">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="L458" s="1">
-        <v>40753</v>
+        <v>39301</v>
       </c>
       <c r="M458" s="2">
-        <v>9788536234106</v>
+        <v>9788536216737</v>
       </c>
       <c r="N458" t="s" s="3">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="O458" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P458" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="459">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459">
-        <v>31165</v>
+        <v>20830</v>
       </c>
       <c r="C459" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D459" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="F459">
-        <v>106</v>
+        <v>206</v>
       </c>
       <c r="G459">
-        <v>131</v>
+        <v>196</v>
       </c>
       <c r="H459" t="s">
         <v>22</v>
       </c>
       <c r="I459">
         <v>150</v>
       </c>
       <c r="J459">
         <v>210</v>
       </c>
       <c r="K459">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="L459" s="1">
-        <v>45503</v>
+        <v>39680</v>
       </c>
       <c r="M459" s="2">
-        <v>9786526313602</v>
+        <v>9788536221458</v>
       </c>
       <c r="N459" t="s" s="3">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="O459" s="4">
-        <v>49.90</v>
+        <v>109.90</v>
       </c>
       <c r="P459" t="s">
-        <v>329</v>
+        <v>57</v>
       </c>
     </row>
     <row r="460">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460">
+        <v>21397</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F460">
+        <v>166</v>
+      </c>
+      <c r="G460">
+        <v>220</v>
+      </c>
+      <c r="H460" t="s">
+        <v>22</v>
+      </c>
+      <c r="I460">
+        <v>150</v>
+      </c>
+      <c r="J460">
+        <v>210</v>
+      </c>
+      <c r="K460">
+        <v>9</v>
+      </c>
+      <c r="L460" s="1">
+        <v>40128</v>
+      </c>
+      <c r="M460" s="2">
+        <v>9788536226446</v>
+      </c>
+      <c r="N460" t="s" s="3">
+        <v>1329</v>
+      </c>
+      <c r="O460" s="4">
+        <v>94.70</v>
+      </c>
+      <c r="P460" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461">
+        <v>460</v>
+      </c>
+      <c r="B461">
+        <v>22299</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F461">
+        <v>262</v>
+      </c>
+      <c r="G461">
+        <v>345</v>
+      </c>
+      <c r="H461" t="s">
+        <v>22</v>
+      </c>
+      <c r="I461">
+        <v>150</v>
+      </c>
+      <c r="J461">
+        <v>210</v>
+      </c>
+      <c r="K461">
+        <v>14</v>
+      </c>
+      <c r="L461" s="1">
+        <v>40753</v>
+      </c>
+      <c r="M461" s="2">
+        <v>9788536234106</v>
+      </c>
+      <c r="N461" t="s" s="3">
+        <v>1332</v>
+      </c>
+      <c r="O461" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P461" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462">
+        <v>461</v>
+      </c>
+      <c r="B462">
+        <v>31165</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F462">
+        <v>106</v>
+      </c>
+      <c r="G462">
+        <v>131</v>
+      </c>
+      <c r="H462" t="s">
+        <v>22</v>
+      </c>
+      <c r="I462">
+        <v>150</v>
+      </c>
+      <c r="J462">
+        <v>210</v>
+      </c>
+      <c r="K462">
+        <v>5</v>
+      </c>
+      <c r="L462" s="1">
+        <v>45503</v>
+      </c>
+      <c r="M462" s="2">
+        <v>9786526313602</v>
+      </c>
+      <c r="N462" t="s" s="3">
+        <v>1335</v>
+      </c>
+      <c r="O462" s="4">
+        <v>49.90</v>
+      </c>
+      <c r="P462" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463">
+        <v>462</v>
+      </c>
+      <c r="B463">
         <v>31823</v>
       </c>
-      <c r="C460" t="s">
-[...2 lines deleted...]
-      <c r="D460" t="inlineStr">
+      <c r="C463" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D463" t="inlineStr">
         <is>
           <t>Stéfane Beloni Correa Dielle Dias, Victor Nikolaevich Seluianov, Luís Altino Souza Lopes, Eduardo Lopes, Marco Aurelio Cota Junior - Revisão Científica: Fabio da Silva Ferreira Vieira</t>
         </is>
       </c>
-      <c r="E460" t="s">
+      <c r="E463" t="s">
         <v>34</v>
       </c>
-      <c r="F460">
+      <c r="F463">
         <v>162</v>
       </c>
-      <c r="G460">
-[...11 lines deleted...]
-      <c r="K460">
+      <c r="G463">
+        <v>228</v>
+      </c>
+      <c r="H463" t="s">
+        <v>22</v>
+      </c>
+      <c r="I463">
+        <v>150</v>
+      </c>
+      <c r="J463">
+        <v>210</v>
+      </c>
+      <c r="K463">
         <v>8</v>
       </c>
-      <c r="L460" s="1">
+      <c r="L463" s="1">
         <v>45933</v>
       </c>
-      <c r="M460" s="2">
+      <c r="M463" s="2">
         <v>9786526316764</v>
       </c>
-      <c r="N460" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O460" s="4">
+      <c r="N463" t="s" s="3">
+        <v>1337</v>
+      </c>
+      <c r="O463" s="4">
         <v>99.90</v>
       </c>
-      <c r="P460" t="s">
+      <c r="P463" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="461">
-[...3 lines deleted...]
-      <c r="B461">
+    <row r="464">
+      <c r="A464">
+        <v>463</v>
+      </c>
+      <c r="B464">
         <v>23813</v>
       </c>
-      <c r="C461" t="inlineStr">
+      <c r="C464" t="inlineStr">
         <is>
           <t>Israel e Palestina - O Papel do Poder Político e da Ideologia na Construção da Paz - Biblioteca Juruá Diplomacia e Política Exterior - Coordenador: Argemiro Procópio</t>
         </is>
       </c>
-      <c r="D461" t="s">
-[...139 lines deleted...]
-      </c>
       <c r="D464" t="s">
         <v>1338</v>
       </c>
       <c r="F464">
-        <v>92</v>
+        <v>304</v>
       </c>
       <c r="G464">
-        <v>140</v>
+        <v>377</v>
       </c>
       <c r="H464" t="s">
         <v>22</v>
       </c>
       <c r="I464">
         <v>150</v>
       </c>
       <c r="J464">
         <v>210</v>
       </c>
       <c r="K464">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="L464" s="1">
-        <v>41443</v>
+        <v>42058</v>
       </c>
       <c r="M464" s="2">
-        <v>9788536242811</v>
+        <v>9788536250304</v>
       </c>
       <c r="N464" t="s" s="3">
         <v>1339</v>
       </c>
       <c r="O464" s="4">
-        <v>69.90</v>
+        <v>159.90</v>
       </c>
       <c r="P464" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="465">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465">
+        <v>13475</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F465">
+        <v>140</v>
+      </c>
+      <c r="G465">
+        <v>186</v>
+      </c>
+      <c r="H465" t="s">
+        <v>22</v>
+      </c>
+      <c r="I465">
+        <v>150</v>
+      </c>
+      <c r="J465">
+        <v>210</v>
+      </c>
+      <c r="K465">
+        <v>8</v>
+      </c>
+      <c r="L465" s="1">
+        <v>38891</v>
+      </c>
+      <c r="M465" s="2">
+        <v>9788536212920</v>
+      </c>
+      <c r="N465" t="s" s="3">
+        <v>1342</v>
+      </c>
+      <c r="O465" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P465" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466">
+        <v>465</v>
+      </c>
+      <c r="B466">
+        <v>12370</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D466" t="s">
+        <v>414</v>
+      </c>
+      <c r="F466">
+        <v>158</v>
+      </c>
+      <c r="G466">
+        <v>208</v>
+      </c>
+      <c r="H466" t="s">
+        <v>22</v>
+      </c>
+      <c r="I466">
+        <v>150</v>
+      </c>
+      <c r="J466">
+        <v>210</v>
+      </c>
+      <c r="K466">
+        <v>9</v>
+      </c>
+      <c r="L466" s="1">
+        <v>37419</v>
+      </c>
+      <c r="M466" s="2">
+        <v>9788573949704</v>
+      </c>
+      <c r="N466" t="s" s="3">
+        <v>1345</v>
+      </c>
+      <c r="O466" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P466" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467">
+        <v>466</v>
+      </c>
+      <c r="B467">
+        <v>23076</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F467">
+        <v>92</v>
+      </c>
+      <c r="G467">
+        <v>140</v>
+      </c>
+      <c r="H467" t="s">
+        <v>22</v>
+      </c>
+      <c r="I467">
+        <v>150</v>
+      </c>
+      <c r="J467">
+        <v>210</v>
+      </c>
+      <c r="K467">
+        <v>6</v>
+      </c>
+      <c r="L467" s="1">
+        <v>41443</v>
+      </c>
+      <c r="M467" s="2">
+        <v>9788536242811</v>
+      </c>
+      <c r="N467" t="s" s="3">
+        <v>1348</v>
+      </c>
+      <c r="O467" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P467" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468">
+        <v>467</v>
+      </c>
+      <c r="B468">
         <v>27043</v>
       </c>
-      <c r="C465" t="inlineStr">
+      <c r="C468" t="inlineStr">
         <is>
           <t>Jean Calas - No Tribunal da Intolerância - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D465" t="s">
-[...2 lines deleted...]
-      <c r="F465">
+      <c r="D468" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F468">
         <v>216</v>
       </c>
-      <c r="G465">
+      <c r="G468">
         <v>136</v>
       </c>
-      <c r="H465" t="s">
-[...2 lines deleted...]
-      <c r="I465">
+      <c r="H468" t="s">
+        <v>22</v>
+      </c>
+      <c r="I468">
         <v>100</v>
       </c>
-      <c r="J465">
+      <c r="J468">
         <v>160</v>
       </c>
-      <c r="K465">
+      <c r="K468">
         <v>12</v>
       </c>
-      <c r="L465" s="1">
+      <c r="L468" s="1">
         <v>43311</v>
       </c>
-      <c r="M465" s="2">
+      <c r="M468" s="2">
         <v>9788536281063</v>
       </c>
-      <c r="N465" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O465" s="4">
+      <c r="N468" t="s" s="3">
+        <v>1350</v>
+      </c>
+      <c r="O468" s="4">
         <v>59.90</v>
       </c>
-      <c r="P465" t="s">
+      <c r="P468" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="466">
-[...3 lines deleted...]
-      <c r="B466">
+    <row r="469">
+      <c r="A469">
+        <v>468</v>
+      </c>
+      <c r="B469">
         <v>27074</v>
       </c>
-      <c r="C466" t="inlineStr">
+      <c r="C469" t="inlineStr">
         <is>
           <t>Jesus Cristo - Verdade e Pós-Verdade - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D466" t="s">
-[...2 lines deleted...]
-      <c r="F466">
+      <c r="D469" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F469">
         <v>254</v>
       </c>
-      <c r="G466">
+      <c r="G469">
         <v>165</v>
       </c>
-      <c r="H466" t="s">
-[...2 lines deleted...]
-      <c r="I466">
+      <c r="H469" t="s">
+        <v>22</v>
+      </c>
+      <c r="I469">
         <v>100</v>
       </c>
-      <c r="J466">
+      <c r="J469">
         <v>160</v>
       </c>
-      <c r="K466">
+      <c r="K469">
         <v>14</v>
       </c>
-      <c r="L466" s="1">
+      <c r="L469" s="1">
         <v>43311</v>
       </c>
-      <c r="M466" s="2">
+      <c r="M469" s="2">
         <v>9788536281452</v>
       </c>
-      <c r="N466" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O466" s="4">
+      <c r="N469" t="s" s="3">
+        <v>1352</v>
+      </c>
+      <c r="O469" s="4">
         <v>59.90</v>
       </c>
-      <c r="P466" t="s">
-[...7 lines deleted...]
-      <c r="B467">
+      <c r="P469" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470">
+        <v>469</v>
+      </c>
+      <c r="B470">
         <v>25671</v>
       </c>
-      <c r="C467" t="inlineStr">
+      <c r="C470" t="inlineStr">
         <is>
           <t>Joana d’Arc - Julgamentos e a Relação entre Estado e Igreja na Idade Média Tardia - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D467" t="s">
-[...2 lines deleted...]
-      <c r="F467">
+      <c r="D470" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F470">
         <v>204</v>
       </c>
-      <c r="G467">
+      <c r="G470">
         <v>133</v>
       </c>
-      <c r="H467" t="s">
-[...2 lines deleted...]
-      <c r="I467">
+      <c r="H470" t="s">
+        <v>22</v>
+      </c>
+      <c r="I470">
         <v>100</v>
       </c>
-      <c r="J467">
+      <c r="J470">
         <v>160</v>
       </c>
-      <c r="K467">
+      <c r="K470">
         <v>11</v>
       </c>
-      <c r="L467" s="1">
+      <c r="L470" s="1">
         <v>42842</v>
       </c>
-      <c r="M467" s="2">
+      <c r="M470" s="2">
         <v>9788536267555</v>
-      </c>
-[...142 lines deleted...]
-        <v>9786556059372</v>
       </c>
       <c r="N470" t="s" s="3">
         <v>1355</v>
       </c>
       <c r="O470" s="4">
-        <v>99.90</v>
+        <v>59.90</v>
       </c>
       <c r="P470" t="s">
-        <v>57</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="471">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471">
-        <v>23966</v>
+        <v>10111</v>
       </c>
       <c r="C471" t="s">
         <v>1356</v>
       </c>
       <c r="D471" t="s">
         <v>1357</v>
       </c>
       <c r="F471">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="G471">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="H471" t="s">
         <v>22</v>
       </c>
       <c r="I471">
         <v>150</v>
       </c>
       <c r="J471">
         <v>210</v>
       </c>
       <c r="K471">
         <v>11</v>
       </c>
       <c r="L471" s="1">
-        <v>42151</v>
+        <v>35947</v>
       </c>
       <c r="M471" s="2">
-        <v>9788536251714</v>
+        <v>9788573941357</v>
       </c>
       <c r="N471" t="s" s="3">
         <v>1358</v>
       </c>
       <c r="O471" s="4">
         <v>99.90</v>
       </c>
       <c r="P471" t="s">
-        <v>36</v>
+        <v>379</v>
       </c>
     </row>
     <row r="472">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472">
-        <v>23096</v>
+        <v>22856</v>
       </c>
       <c r="C472" t="s">
         <v>1359</v>
       </c>
       <c r="D472" t="s">
         <v>1360</v>
       </c>
-      <c r="E472" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F472">
-        <v>199</v>
+        <v>250</v>
       </c>
       <c r="G472">
-        <v>265</v>
+        <v>305</v>
       </c>
       <c r="H472" t="s">
         <v>22</v>
       </c>
       <c r="I472">
         <v>150</v>
       </c>
       <c r="J472">
         <v>210</v>
       </c>
       <c r="K472">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="L472" s="1">
-        <v>41464</v>
+        <v>41242</v>
       </c>
       <c r="M472" s="2">
-        <v>9788536243009</v>
+        <v>9788536240299</v>
       </c>
       <c r="N472" t="s" s="3">
         <v>1361</v>
       </c>
       <c r="O472" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P472" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="473">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473">
-        <v>22419</v>
+        <v>29417</v>
       </c>
       <c r="C473" t="s">
         <v>1362</v>
       </c>
       <c r="D473" t="s">
+        <v>770</v>
+      </c>
+      <c r="E473" t="s">
         <v>1363</v>
       </c>
-      <c r="E473" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F473">
-        <v>82</v>
+        <v>170</v>
       </c>
       <c r="G473">
-        <v>138</v>
+        <v>211</v>
       </c>
       <c r="H473" t="s">
         <v>22</v>
       </c>
       <c r="I473">
         <v>150</v>
       </c>
       <c r="J473">
         <v>210</v>
       </c>
       <c r="K473">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L473" s="1">
-        <v>40858</v>
+        <v>44547</v>
       </c>
       <c r="M473" s="2">
-        <v>9788536234137</v>
+        <v>9786556059372</v>
       </c>
       <c r="N473" t="s" s="3">
         <v>1364</v>
       </c>
       <c r="O473" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P473" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="474">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474">
-        <v>23079</v>
+        <v>23966</v>
       </c>
       <c r="C474" t="s">
         <v>1365</v>
       </c>
       <c r="D474" t="s">
         <v>1366</v>
       </c>
       <c r="F474">
-        <v>100</v>
+        <v>204</v>
       </c>
       <c r="G474">
-        <v>143</v>
+        <v>253</v>
       </c>
       <c r="H474" t="s">
         <v>22</v>
       </c>
       <c r="I474">
         <v>150</v>
       </c>
       <c r="J474">
         <v>210</v>
       </c>
       <c r="K474">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L474" s="1">
-        <v>41445</v>
+        <v>42151</v>
       </c>
       <c r="M474" s="2">
-        <v>9788536242682</v>
+        <v>9788536251714</v>
       </c>
       <c r="N474" t="s" s="3">
         <v>1367</v>
       </c>
       <c r="O474" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P474" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="475">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475">
-        <v>25149</v>
+        <v>23096</v>
       </c>
       <c r="C475" t="s">
         <v>1368</v>
       </c>
       <c r="D475" t="s">
         <v>1369</v>
       </c>
+      <c r="E475" t="s">
+        <v>96</v>
+      </c>
       <c r="F475">
-        <v>132</v>
+        <v>199</v>
       </c>
       <c r="G475">
-        <v>164</v>
+        <v>265</v>
       </c>
       <c r="H475" t="s">
         <v>22</v>
       </c>
       <c r="I475">
         <v>150</v>
       </c>
       <c r="J475">
         <v>210</v>
       </c>
       <c r="K475">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L475" s="1">
-        <v>42661</v>
+        <v>41464</v>
       </c>
       <c r="M475" s="2">
-        <v>9788536262772</v>
+        <v>9788536243009</v>
       </c>
       <c r="N475" t="s" s="3">
         <v>1370</v>
       </c>
       <c r="O475" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P475" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="476">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476">
-        <v>26370</v>
+        <v>22419</v>
       </c>
       <c r="C476" t="s">
         <v>1371</v>
       </c>
       <c r="D476" t="s">
-        <v>1369</v>
+        <v>1372</v>
+      </c>
+      <c r="E476" t="s">
+        <v>530</v>
       </c>
       <c r="F476">
-        <v>132</v>
+        <v>82</v>
       </c>
       <c r="G476">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="H476" t="s">
         <v>22</v>
       </c>
       <c r="I476">
         <v>150</v>
       </c>
       <c r="J476">
         <v>210</v>
       </c>
       <c r="K476">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L476" s="1">
-        <v>43059</v>
+        <v>40858</v>
       </c>
       <c r="M476" s="2">
-        <v>9788536274812</v>
+        <v>9788536234137</v>
       </c>
       <c r="N476" t="s" s="3">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="O476" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P476" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="477">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477">
-        <v>27643</v>
+        <v>23079</v>
       </c>
       <c r="C477" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="D477" t="s">
-        <v>1369</v>
+        <v>1375</v>
       </c>
       <c r="F477">
-        <v>126</v>
+        <v>100</v>
       </c>
       <c r="G477">
-        <v>156</v>
+        <v>143</v>
       </c>
       <c r="H477" t="s">
         <v>22</v>
       </c>
       <c r="I477">
         <v>150</v>
       </c>
       <c r="J477">
         <v>210</v>
       </c>
       <c r="K477">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L477" s="1">
-        <v>43542</v>
+        <v>41445</v>
       </c>
       <c r="M477" s="2">
-        <v>9788536286846</v>
+        <v>9788536242682</v>
       </c>
       <c r="N477" t="s" s="3">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="O477" s="4">
         <v>79.90</v>
       </c>
       <c r="P477" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="478">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478">
-        <v>29419</v>
+        <v>25149</v>
       </c>
       <c r="C478" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="D478" t="s">
-        <v>1369</v>
+        <v>1378</v>
       </c>
       <c r="F478">
-        <v>244</v>
+        <v>132</v>
       </c>
       <c r="G478">
-        <v>303</v>
+        <v>164</v>
       </c>
       <c r="H478" t="s">
         <v>22</v>
       </c>
       <c r="I478">
         <v>150</v>
       </c>
       <c r="J478">
         <v>210</v>
       </c>
       <c r="K478">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L478" s="1">
-        <v>44551</v>
+        <v>42661</v>
       </c>
       <c r="M478" s="2">
-        <v>9786556059938</v>
+        <v>9788536262772</v>
       </c>
       <c r="N478" t="s" s="3">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="O478" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P478" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="479">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479">
-        <v>31344</v>
+        <v>26370</v>
       </c>
       <c r="C479" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="D479" t="s">
-        <v>1369</v>
+        <v>1378</v>
       </c>
       <c r="F479">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="G479">
-        <v>151</v>
+        <v>108</v>
       </c>
       <c r="H479" t="s">
         <v>22</v>
       </c>
       <c r="I479">
         <v>150</v>
       </c>
       <c r="J479">
         <v>210</v>
       </c>
       <c r="K479">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L479" s="1">
-        <v>45621</v>
+        <v>43059</v>
       </c>
       <c r="M479" s="2">
-        <v>9786526316085</v>
+        <v>9788536274812</v>
       </c>
       <c r="N479" t="s" s="3">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="O479" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P479" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="480">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480">
-        <v>23620</v>
+        <v>27643</v>
       </c>
       <c r="C480" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="D480" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
       <c r="F480">
-        <v>112</v>
+        <v>126</v>
       </c>
       <c r="G480">
-        <v>139</v>
+        <v>156</v>
       </c>
       <c r="H480" t="s">
         <v>22</v>
       </c>
       <c r="I480">
         <v>150</v>
       </c>
       <c r="J480">
         <v>210</v>
       </c>
       <c r="K480">
         <v>7</v>
       </c>
       <c r="L480" s="1">
-        <v>41912</v>
+        <v>43542</v>
       </c>
       <c r="M480" s="2">
-        <v>9788536248448</v>
+        <v>9788536286846</v>
       </c>
       <c r="N480" t="s" s="3">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="O480" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P480" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="481">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481">
-        <v>21765</v>
+        <v>29419</v>
       </c>
       <c r="C481" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D481" t="s">
-        <v>299</v>
+        <v>1378</v>
       </c>
       <c r="F481">
-        <v>118</v>
+        <v>244</v>
       </c>
       <c r="G481">
-        <v>142</v>
+        <v>303</v>
       </c>
       <c r="H481" t="s">
         <v>22</v>
       </c>
       <c r="I481">
         <v>150</v>
       </c>
       <c r="J481">
         <v>210</v>
       </c>
       <c r="K481">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="L481" s="1">
-        <v>40312</v>
+        <v>44551</v>
       </c>
       <c r="M481" s="2">
-        <v>9788536229751</v>
+        <v>9786556059938</v>
       </c>
       <c r="N481" t="s" s="3">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="O481" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P481" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="482">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482">
-        <v>24271</v>
+        <v>31344</v>
       </c>
       <c r="C482" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="D482" t="s">
-        <v>1385</v>
+        <v>1378</v>
       </c>
       <c r="F482">
-        <v>164</v>
+        <v>122</v>
       </c>
       <c r="G482">
-        <v>203</v>
+        <v>151</v>
       </c>
       <c r="H482" t="s">
         <v>22</v>
       </c>
       <c r="I482">
         <v>150</v>
       </c>
       <c r="J482">
         <v>210</v>
       </c>
       <c r="K482">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L482" s="1">
-        <v>42299</v>
+        <v>45621</v>
       </c>
       <c r="M482" s="2">
-        <v>9788536254609</v>
+        <v>9786526316085</v>
       </c>
       <c r="N482" t="s" s="3">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="O482" s="4">
         <v>89.90</v>
       </c>
       <c r="P482" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="483">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483">
-        <v>10288</v>
+        <v>23620</v>
       </c>
       <c r="C483" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="D483" t="s">
-        <v>552</v>
+        <v>1389</v>
       </c>
       <c r="F483">
-        <v>580</v>
+        <v>112</v>
       </c>
       <c r="G483">
-        <v>730</v>
+        <v>139</v>
       </c>
       <c r="H483" t="s">
         <v>22</v>
       </c>
       <c r="I483">
         <v>150</v>
       </c>
       <c r="J483">
         <v>210</v>
       </c>
       <c r="K483">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="L483" s="1">
-        <v>36524</v>
+        <v>41912</v>
       </c>
       <c r="M483" s="2">
-        <v>9788573943245</v>
+        <v>9788536248448</v>
       </c>
       <c r="N483" t="s" s="3">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="O483" s="4">
-        <v>249.90</v>
+        <v>69.90</v>
       </c>
       <c r="P483" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="484">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484">
-        <v>10216</v>
+        <v>21765</v>
       </c>
       <c r="C484" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="D484" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>1390</v>
+        <v>299</v>
       </c>
       <c r="F484">
-        <v>218</v>
+        <v>118</v>
       </c>
       <c r="G484">
-        <v>290</v>
+        <v>142</v>
       </c>
       <c r="H484" t="s">
         <v>22</v>
       </c>
       <c r="I484">
         <v>150</v>
       </c>
       <c r="J484">
         <v>210</v>
       </c>
       <c r="K484">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L484" s="1">
-        <v>38026</v>
+        <v>40312</v>
       </c>
       <c r="M484" s="2">
-        <v>9788536206578</v>
+        <v>9788536229751</v>
       </c>
       <c r="N484" t="s" s="3">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="O484" s="4">
-        <v>99.70</v>
+        <v>69.90</v>
       </c>
       <c r="P484" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="485">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485">
-        <v>20076</v>
+        <v>24271</v>
       </c>
       <c r="C485" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="D485" t="s">
-        <v>580</v>
+        <v>1394</v>
       </c>
       <c r="F485">
-        <v>102</v>
+        <v>164</v>
       </c>
       <c r="G485">
-        <v>151</v>
+        <v>203</v>
       </c>
       <c r="H485" t="s">
         <v>22</v>
       </c>
       <c r="I485">
         <v>150</v>
       </c>
       <c r="J485">
         <v>210</v>
       </c>
       <c r="K485">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L485" s="1">
-        <v>38992</v>
+        <v>42299</v>
       </c>
       <c r="M485" s="2">
-        <v>9788536213835</v>
+        <v>9788536254609</v>
       </c>
       <c r="N485" t="s" s="3">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="O485" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P485" t="s">
-        <v>582</v>
+        <v>19</v>
       </c>
     </row>
     <row r="486">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486">
-        <v>31131</v>
+        <v>10288</v>
       </c>
       <c r="C486" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="D486" t="s">
-        <v>1395</v>
+        <v>557</v>
       </c>
       <c r="F486">
-        <v>124</v>
+        <v>580</v>
       </c>
       <c r="G486">
-        <v>154</v>
+        <v>730</v>
       </c>
       <c r="H486" t="s">
         <v>22</v>
       </c>
       <c r="I486">
         <v>150</v>
       </c>
       <c r="J486">
         <v>210</v>
       </c>
       <c r="K486">
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="L486" s="1">
-        <v>45483</v>
+        <v>36524</v>
       </c>
       <c r="M486" s="2">
-        <v>9786526313268</v>
+        <v>9788573943245</v>
       </c>
       <c r="N486" t="s" s="3">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="O486" s="4">
-        <v>89.90</v>
+        <v>249.90</v>
       </c>
       <c r="P486" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="487">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487">
-        <v>31308</v>
+        <v>10216</v>
       </c>
       <c r="C487" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D487" t="s">
-        <v>1398</v>
+        <v>164</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1399</v>
       </c>
       <c r="F487">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="G487">
-        <v>265</v>
+        <v>290</v>
       </c>
       <c r="H487" t="s">
         <v>22</v>
       </c>
       <c r="I487">
         <v>150</v>
       </c>
       <c r="J487">
         <v>210</v>
       </c>
       <c r="K487">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L487" s="1">
-        <v>45587</v>
+        <v>38026</v>
       </c>
       <c r="M487" s="2">
-        <v>9786526311332</v>
+        <v>9788536206578</v>
       </c>
       <c r="N487" t="s" s="3">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="O487" s="4">
-        <v>109.90</v>
+        <v>99.70</v>
       </c>
       <c r="P487" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="488">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488">
-        <v>12944</v>
+        <v>20076</v>
       </c>
       <c r="C488" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="D488" t="s">
-        <v>1401</v>
+        <v>585</v>
       </c>
       <c r="F488">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="G488">
-        <v>192</v>
+        <v>151</v>
       </c>
       <c r="H488" t="s">
         <v>22</v>
       </c>
       <c r="I488">
         <v>150</v>
       </c>
       <c r="J488">
         <v>210</v>
       </c>
       <c r="K488">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L488" s="1">
-        <v>38217</v>
+        <v>38992</v>
       </c>
       <c r="M488" s="2">
-        <v>9788536207742</v>
+        <v>9788536213835</v>
       </c>
       <c r="N488" t="s" s="3">
         <v>1402</v>
       </c>
       <c r="O488" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P488" t="s">
-        <v>24</v>
+        <v>587</v>
       </c>
     </row>
     <row r="489">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489">
-        <v>22167</v>
+        <v>31131</v>
       </c>
       <c r="C489" t="s">
         <v>1403</v>
       </c>
       <c r="D489" t="s">
-        <v>299</v>
+        <v>1404</v>
       </c>
       <c r="F489">
-        <v>90</v>
+        <v>124</v>
       </c>
       <c r="G489">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="H489" t="s">
         <v>22</v>
       </c>
       <c r="I489">
         <v>150</v>
       </c>
       <c r="J489">
         <v>210</v>
       </c>
       <c r="K489">
         <v>6</v>
       </c>
       <c r="L489" s="1">
-        <v>40604</v>
+        <v>45483</v>
       </c>
       <c r="M489" s="2">
-        <v>9788536233017</v>
+        <v>9786526313268</v>
       </c>
       <c r="N489" t="s" s="3">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="O489" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P489" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="490">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490">
-        <v>11010</v>
+        <v>31308</v>
       </c>
       <c r="C490" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D490" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>1407</v>
       </c>
       <c r="F490">
-        <v>110</v>
+        <v>214</v>
       </c>
       <c r="G490">
-        <v>152</v>
+        <v>265</v>
       </c>
       <c r="H490" t="s">
         <v>22</v>
       </c>
       <c r="I490">
         <v>150</v>
       </c>
       <c r="J490">
         <v>210</v>
       </c>
       <c r="K490">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L490" s="1">
-        <v>36970</v>
+        <v>45587</v>
       </c>
       <c r="M490" s="2">
-        <v>9788573947052</v>
+        <v>9786526311332</v>
       </c>
       <c r="N490" t="s" s="3">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="O490" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P490" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="491">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491">
-        <v>23709</v>
+        <v>12944</v>
       </c>
       <c r="C491" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D491" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="F491">
-        <v>216</v>
+        <v>138</v>
       </c>
       <c r="G491">
-        <v>268</v>
+        <v>192</v>
       </c>
       <c r="H491" t="s">
         <v>22</v>
       </c>
       <c r="I491">
         <v>150</v>
       </c>
       <c r="J491">
         <v>210</v>
       </c>
       <c r="K491">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L491" s="1">
-        <v>41969</v>
+        <v>38217</v>
       </c>
       <c r="M491" s="2">
-        <v>9788536249186</v>
+        <v>9788536207742</v>
       </c>
       <c r="N491" t="s" s="3">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="O491" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P491" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="492">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492">
-        <v>22809</v>
+        <v>22167</v>
       </c>
       <c r="C492" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="D492" t="s">
-        <v>1411</v>
+        <v>299</v>
       </c>
       <c r="F492">
-        <v>146</v>
+        <v>90</v>
       </c>
       <c r="G492">
-        <v>175</v>
+        <v>110</v>
       </c>
       <c r="H492" t="s">
         <v>22</v>
       </c>
       <c r="I492">
         <v>150</v>
       </c>
       <c r="J492">
         <v>210</v>
       </c>
       <c r="K492">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L492" s="1">
-        <v>41204</v>
+        <v>40604</v>
       </c>
       <c r="M492" s="2">
-        <v>9788536239750</v>
+        <v>9788536233017</v>
       </c>
       <c r="N492" t="s" s="3">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="O492" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P492" t="s">
-        <v>314</v>
+        <v>36</v>
       </c>
     </row>
     <row r="493">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493">
-        <v>30330</v>
+        <v>11010</v>
       </c>
       <c r="C493" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D493" t="s">
-        <v>1414</v>
+        <v>557</v>
+      </c>
+      <c r="E493" t="s">
+        <v>306</v>
       </c>
       <c r="F493">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G493">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="H493" t="s">
         <v>22</v>
       </c>
       <c r="I493">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J493">
         <v>210</v>
       </c>
       <c r="K493">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L493" s="1">
-        <v>44980</v>
+        <v>36970</v>
       </c>
       <c r="M493" s="2">
-        <v>9786526303795</v>
+        <v>9788573947052</v>
       </c>
       <c r="N493" t="s" s="3">
         <v>1415</v>
       </c>
       <c r="O493" s="4">
-        <v>47.70</v>
+        <v>69.90</v>
       </c>
       <c r="P493" t="s">
-        <v>1416</v>
+        <v>19</v>
       </c>
     </row>
     <row r="494">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494">
-        <v>23476</v>
+        <v>23709</v>
       </c>
       <c r="C494" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D494" t="s">
         <v>1417</v>
       </c>
-      <c r="D494" t="s">
+      <c r="F494">
+        <v>216</v>
+      </c>
+      <c r="G494">
+        <v>268</v>
+      </c>
+      <c r="H494" t="s">
+        <v>22</v>
+      </c>
+      <c r="I494">
+        <v>150</v>
+      </c>
+      <c r="J494">
+        <v>210</v>
+      </c>
+      <c r="K494">
+        <v>12</v>
+      </c>
+      <c r="L494" s="1">
+        <v>41969</v>
+      </c>
+      <c r="M494" s="2">
+        <v>9788536249186</v>
+      </c>
+      <c r="N494" t="s" s="3">
         <v>1418</v>
       </c>
-      <c r="F494">
-[...25 lines deleted...]
-      </c>
       <c r="O494" s="4">
-        <v>139.90</v>
+        <v>109.90</v>
       </c>
       <c r="P494" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="495">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495">
-        <v>22916</v>
+        <v>22809</v>
       </c>
       <c r="C495" t="s">
+        <v>1419</v>
+      </c>
+      <c r="D495" t="s">
         <v>1420</v>
       </c>
-      <c r="D495" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F495">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G495">
-        <v>205</v>
+        <v>175</v>
       </c>
       <c r="H495" t="s">
         <v>22</v>
       </c>
       <c r="I495">
         <v>150</v>
       </c>
       <c r="J495">
         <v>210</v>
       </c>
       <c r="K495">
         <v>8</v>
       </c>
       <c r="L495" s="1">
-        <v>41310</v>
+        <v>41204</v>
       </c>
       <c r="M495" s="2">
-        <v>9788536239781</v>
+        <v>9788536239750</v>
       </c>
       <c r="N495" t="s" s="3">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="O495" s="4">
         <v>79.90</v>
       </c>
       <c r="P495" t="s">
-        <v>404</v>
+        <v>314</v>
       </c>
     </row>
     <row r="496">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496">
-        <v>12415</v>
+        <v>30330</v>
       </c>
       <c r="C496" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D496" t="s">
         <v>1423</v>
       </c>
-      <c r="D496" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F496">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="G496">
-        <v>290</v>
+        <v>164</v>
       </c>
       <c r="H496" t="s">
         <v>22</v>
       </c>
       <c r="I496">
         <v>300</v>
       </c>
       <c r="J496">
         <v>210</v>
       </c>
       <c r="K496">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L496" s="1">
-        <v>37523</v>
+        <v>44980</v>
       </c>
       <c r="M496" s="2">
-        <v>9788536202341</v>
+        <v>9786526303795</v>
       </c>
       <c r="N496" t="s" s="3">
         <v>1424</v>
       </c>
       <c r="O496" s="4">
-        <v>59.90</v>
+        <v>47.70</v>
       </c>
       <c r="P496" t="s">
-        <v>437</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="497">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497">
-        <v>22271</v>
+        <v>23476</v>
       </c>
       <c r="C497" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="D497" t="s">
-        <v>49</v>
+        <v>1427</v>
       </c>
       <c r="F497">
-        <v>42</v>
+        <v>276</v>
       </c>
       <c r="G497">
-        <v>265</v>
+        <v>342</v>
       </c>
       <c r="H497" t="s">
         <v>22</v>
       </c>
       <c r="I497">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J497">
         <v>210</v>
       </c>
       <c r="K497">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="L497" s="1">
-        <v>40721</v>
+        <v>41808</v>
       </c>
       <c r="M497" s="2">
-        <v>9788536234045</v>
+        <v>9788536247076</v>
       </c>
       <c r="N497" t="s" s="3">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="O497" s="4">
-        <v>49.90</v>
+        <v>139.90</v>
       </c>
       <c r="P497" t="s">
-        <v>437</v>
+        <v>57</v>
       </c>
     </row>
     <row r="498">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498">
-        <v>28256</v>
+        <v>22916</v>
       </c>
       <c r="C498" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="D498" t="s">
-        <v>533</v>
+        <v>1430</v>
       </c>
       <c r="F498">
-        <v>64</v>
+        <v>144</v>
       </c>
       <c r="G498">
-        <v>80</v>
+        <v>205</v>
       </c>
       <c r="H498" t="s">
         <v>22</v>
       </c>
       <c r="I498">
         <v>150</v>
       </c>
       <c r="J498">
         <v>210</v>
       </c>
       <c r="K498">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L498" s="1">
-        <v>43810</v>
+        <v>41310</v>
       </c>
       <c r="M498" s="2">
-        <v>9788536292502</v>
+        <v>9788536239781</v>
       </c>
       <c r="N498" t="s" s="3">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="O498" s="4">
-        <v>39.90</v>
+        <v>79.90</v>
       </c>
       <c r="P498" t="s">
-        <v>28</v>
+        <v>406</v>
       </c>
     </row>
     <row r="499">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499">
-        <v>12580</v>
+        <v>12415</v>
       </c>
       <c r="C499" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
       <c r="D499" t="s">
-        <v>1430</v>
+        <v>49</v>
       </c>
       <c r="F499">
-        <v>148</v>
+        <v>82</v>
       </c>
       <c r="G499">
-        <v>204</v>
+        <v>290</v>
       </c>
       <c r="H499" t="s">
         <v>22</v>
       </c>
       <c r="I499">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J499">
         <v>210</v>
       </c>
       <c r="K499">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L499" s="1">
-        <v>37763</v>
+        <v>37523</v>
       </c>
       <c r="M499" s="2">
-        <v>9788536204451</v>
+        <v>9788536202341</v>
       </c>
       <c r="N499" t="s" s="3">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="O499" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P499" t="s">
-        <v>47</v>
+        <v>439</v>
       </c>
     </row>
     <row r="500">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500">
-        <v>28853</v>
+        <v>22271</v>
       </c>
       <c r="C500" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="D500" t="s">
-        <v>1433</v>
+        <v>49</v>
       </c>
       <c r="F500">
-        <v>272</v>
+        <v>42</v>
       </c>
       <c r="G500">
-        <v>176</v>
+        <v>265</v>
       </c>
       <c r="H500" t="s">
         <v>22</v>
       </c>
       <c r="I500">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J500">
         <v>210</v>
       </c>
       <c r="K500">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="L500" s="1">
-        <v>44194</v>
+        <v>40721</v>
       </c>
       <c r="M500" s="2">
-        <v>9786556053233</v>
+        <v>9788536234045</v>
       </c>
       <c r="N500" t="s" s="3">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="O500" s="4">
-        <v>59.90</v>
+        <v>49.90</v>
       </c>
       <c r="P500" t="s">
-        <v>297</v>
+        <v>439</v>
       </c>
     </row>
     <row r="501">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501">
-        <v>23358</v>
+        <v>28256</v>
       </c>
       <c r="C501" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D501" t="s">
-        <v>1436</v>
-[...1 lines deleted...]
-      <c r="E501" t="s">
+        <v>538</v>
+      </c>
+      <c r="F501">
+        <v>64</v>
+      </c>
+      <c r="G501">
+        <v>80</v>
+      </c>
+      <c r="H501" t="s">
+        <v>22</v>
+      </c>
+      <c r="I501">
+        <v>150</v>
+      </c>
+      <c r="J501">
+        <v>210</v>
+      </c>
+      <c r="K501">
+        <v>4</v>
+      </c>
+      <c r="L501" s="1">
+        <v>43810</v>
+      </c>
+      <c r="M501" s="2">
+        <v>9788536292502</v>
+      </c>
+      <c r="N501" t="s" s="3">
         <v>1437</v>
       </c>
-      <c r="F501">
-[...25 lines deleted...]
-      </c>
       <c r="O501" s="4">
-        <v>109.90</v>
+        <v>39.90</v>
       </c>
       <c r="P501" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="502">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502">
-        <v>22427</v>
+        <v>12580</v>
       </c>
       <c r="C502" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D502" t="s">
         <v>1439</v>
       </c>
-      <c r="D502" t="s">
+      <c r="F502">
+        <v>148</v>
+      </c>
+      <c r="G502">
+        <v>204</v>
+      </c>
+      <c r="H502" t="s">
+        <v>22</v>
+      </c>
+      <c r="I502">
+        <v>150</v>
+      </c>
+      <c r="J502">
+        <v>210</v>
+      </c>
+      <c r="K502">
+        <v>8</v>
+      </c>
+      <c r="L502" s="1">
+        <v>37763</v>
+      </c>
+      <c r="M502" s="2">
+        <v>9788536204451</v>
+      </c>
+      <c r="N502" t="s" s="3">
         <v>1440</v>
       </c>
-      <c r="F502">
-[...25 lines deleted...]
-      </c>
       <c r="O502" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P502" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="503">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503">
-        <v>12316</v>
+        <v>28853</v>
       </c>
       <c r="C503" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D503" t="s">
         <v>1442</v>
       </c>
-      <c r="D503" t="s">
+      <c r="F503">
+        <v>272</v>
+      </c>
+      <c r="G503">
+        <v>176</v>
+      </c>
+      <c r="H503" t="s">
+        <v>22</v>
+      </c>
+      <c r="I503">
+        <v>150</v>
+      </c>
+      <c r="J503">
+        <v>210</v>
+      </c>
+      <c r="K503">
+        <v>14</v>
+      </c>
+      <c r="L503" s="1">
+        <v>44194</v>
+      </c>
+      <c r="M503" s="2">
+        <v>9786556053233</v>
+      </c>
+      <c r="N503" t="s" s="3">
         <v>1443</v>
       </c>
-      <c r="F503">
-[...25 lines deleted...]
-      </c>
       <c r="O503" s="4">
-        <v>99.90</v>
+        <v>59.90</v>
       </c>
       <c r="P503" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="504">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504">
-        <v>12621</v>
+        <v>23358</v>
       </c>
       <c r="C504" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D504" t="s">
         <v>1445</v>
       </c>
-      <c r="D504" t="s">
+      <c r="E504" t="s">
         <v>1446</v>
       </c>
       <c r="F504">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="G504">
-        <v>172</v>
+        <v>322</v>
       </c>
       <c r="H504" t="s">
         <v>22</v>
       </c>
       <c r="I504">
         <v>150</v>
       </c>
       <c r="J504">
         <v>210</v>
       </c>
       <c r="K504">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="L504" s="1">
-        <v>37831</v>
+        <v>41724</v>
       </c>
       <c r="M504" s="2">
-        <v>9788536204376</v>
+        <v>9788536245898</v>
       </c>
       <c r="N504" t="s" s="3">
         <v>1447</v>
       </c>
       <c r="O504" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P504" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="505">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505">
-        <v>25399</v>
+        <v>22427</v>
       </c>
       <c r="C505" t="s">
         <v>1448</v>
       </c>
       <c r="D505" t="s">
         <v>1449</v>
       </c>
       <c r="F505">
-        <v>124</v>
+        <v>272</v>
       </c>
       <c r="G505">
-        <v>154</v>
+        <v>364</v>
       </c>
       <c r="H505" t="s">
         <v>22</v>
       </c>
       <c r="I505">
         <v>150</v>
       </c>
       <c r="J505">
         <v>210</v>
       </c>
       <c r="K505">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="L505" s="1">
-        <v>42767</v>
+        <v>40865</v>
       </c>
       <c r="M505" s="2">
-        <v>9788536265056</v>
+        <v>9788536235608</v>
       </c>
       <c r="N505" t="s" s="3">
         <v>1450</v>
       </c>
       <c r="O505" s="4">
-        <v>74.70</v>
+        <v>119.90</v>
       </c>
       <c r="P505" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="506">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506">
-        <v>22971</v>
+        <v>12316</v>
       </c>
       <c r="C506" t="s">
         <v>1451</v>
       </c>
       <c r="D506" t="s">
         <v>1452</v>
       </c>
       <c r="F506">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="G506">
-        <v>150</v>
+        <v>240</v>
       </c>
       <c r="H506" t="s">
         <v>22</v>
       </c>
       <c r="I506">
         <v>150</v>
       </c>
       <c r="J506">
         <v>210</v>
       </c>
       <c r="K506">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L506" s="1">
-        <v>41355</v>
+        <v>37329</v>
       </c>
       <c r="M506" s="2">
-        <v>9788536241081</v>
-[...1 lines deleted...]
-      <c r="N506" t="s" s="3">
+        <v>9788536200095</v>
+      </c>
+      <c r="N506" t="s">
         <v>1453</v>
       </c>
       <c r="O506" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P506" t="s">
-        <v>377</v>
+        <v>36</v>
       </c>
     </row>
     <row r="507">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507">
-        <v>21230</v>
+        <v>12621</v>
       </c>
       <c r="C507" t="s">
         <v>1454</v>
       </c>
       <c r="D507" t="s">
         <v>1455</v>
       </c>
       <c r="F507">
-        <v>162</v>
+        <v>120</v>
       </c>
       <c r="G507">
-        <v>220</v>
+        <v>172</v>
       </c>
       <c r="H507" t="s">
         <v>22</v>
       </c>
       <c r="I507">
         <v>150</v>
       </c>
       <c r="J507">
         <v>210</v>
       </c>
       <c r="K507">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L507" s="1">
-        <v>40029</v>
+        <v>37831</v>
       </c>
       <c r="M507" s="2">
-        <v>9788536225579</v>
+        <v>9788536204376</v>
       </c>
       <c r="N507" t="s" s="3">
         <v>1456</v>
       </c>
       <c r="O507" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P507" t="s">
-        <v>377</v>
+        <v>47</v>
       </c>
     </row>
     <row r="508">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508">
-        <v>29266</v>
+        <v>25399</v>
       </c>
       <c r="C508" t="s">
         <v>1457</v>
       </c>
       <c r="D508" t="s">
         <v>1458</v>
       </c>
       <c r="F508">
-        <v>192</v>
+        <v>124</v>
       </c>
       <c r="G508">
-        <v>238</v>
+        <v>154</v>
       </c>
       <c r="H508" t="s">
         <v>22</v>
       </c>
       <c r="I508">
         <v>150</v>
       </c>
       <c r="J508">
         <v>210</v>
       </c>
       <c r="K508">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L508" s="1">
-        <v>44462</v>
+        <v>42767</v>
       </c>
       <c r="M508" s="2">
-        <v>9786556057729</v>
+        <v>9788536265056</v>
       </c>
       <c r="N508" t="s" s="3">
         <v>1459</v>
       </c>
       <c r="O508" s="4">
-        <v>89.90</v>
+        <v>74.70</v>
       </c>
       <c r="P508" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
     </row>
     <row r="509">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509">
-        <v>20710</v>
+        <v>31926</v>
       </c>
       <c r="C509" t="s">
         <v>1460</v>
       </c>
       <c r="D509" t="s">
-        <v>305</v>
+        <v>1461</v>
       </c>
       <c r="F509">
+        <v>158</v>
+      </c>
+      <c r="G509">
         <v>216</v>
       </c>
-      <c r="G509">
-[...1 lines deleted...]
-      </c>
       <c r="H509" t="s">
         <v>22</v>
       </c>
       <c r="I509">
         <v>150</v>
       </c>
       <c r="J509">
         <v>210</v>
       </c>
       <c r="K509">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="L509" s="1">
-        <v>39601</v>
+        <v>45995</v>
       </c>
       <c r="M509" s="2">
-        <v>9788536220239</v>
+        <v>9786526316412</v>
       </c>
       <c r="N509" t="s" s="3">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="O509" s="4">
-        <v>109.90</v>
+        <v>49.90</v>
       </c>
       <c r="P509" t="s">
-        <v>404</v>
+        <v>329</v>
       </c>
     </row>
     <row r="510">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510">
-        <v>31669</v>
+        <v>22971</v>
       </c>
       <c r="C510" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D510" t="s">
-        <v>272</v>
+        <v>1464</v>
       </c>
       <c r="F510">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="G510">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H510" t="s">
         <v>22</v>
       </c>
       <c r="I510">
         <v>150</v>
       </c>
       <c r="J510">
         <v>210</v>
       </c>
       <c r="K510">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L510" s="1">
-        <v>45846</v>
+        <v>41355</v>
       </c>
       <c r="M510" s="2">
-        <v>9786526317945</v>
+        <v>9788536241081</v>
       </c>
       <c r="N510" t="s" s="3">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="O510" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P510" t="s">
-        <v>36</v>
+        <v>379</v>
       </c>
     </row>
     <row r="511">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511">
-        <v>26756</v>
+        <v>21230</v>
       </c>
       <c r="C511" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="D511" t="s">
-        <v>1322</v>
+        <v>1467</v>
       </c>
       <c r="F511">
-        <v>203</v>
+        <v>162</v>
       </c>
       <c r="G511">
-        <v>248</v>
+        <v>220</v>
       </c>
       <c r="H511" t="s">
         <v>22</v>
       </c>
       <c r="I511">
         <v>150</v>
       </c>
       <c r="J511">
         <v>210</v>
       </c>
       <c r="K511">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L511" s="1">
-        <v>43208</v>
+        <v>40029</v>
       </c>
       <c r="M511" s="2">
-        <v>9788536278247</v>
+        <v>9788536225579</v>
       </c>
       <c r="N511" t="s" s="3">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="O511" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P511" t="s">
-        <v>40</v>
+        <v>379</v>
       </c>
     </row>
     <row r="512">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512">
-        <v>20518</v>
+        <v>29266</v>
       </c>
       <c r="C512" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="D512" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="F512">
-        <v>120</v>
+        <v>192</v>
       </c>
       <c r="G512">
-        <v>147</v>
+        <v>238</v>
       </c>
       <c r="H512" t="s">
         <v>22</v>
       </c>
       <c r="I512">
         <v>150</v>
       </c>
       <c r="J512">
         <v>210</v>
       </c>
       <c r="K512">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L512" s="1">
-        <v>39428</v>
+        <v>44462</v>
       </c>
       <c r="M512" s="2">
-        <v>9788536218113</v>
+        <v>9786556057729</v>
       </c>
       <c r="N512" t="s" s="3">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="O512" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P512" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="513">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513">
-        <v>12550</v>
+        <v>20710</v>
       </c>
       <c r="C513" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="D513" t="s">
-        <v>1470</v>
+        <v>305</v>
       </c>
       <c r="F513">
-        <v>96</v>
+        <v>216</v>
       </c>
       <c r="G513">
-        <v>138</v>
+        <v>237</v>
       </c>
       <c r="H513" t="s">
         <v>22</v>
       </c>
       <c r="I513">
         <v>150</v>
       </c>
       <c r="J513">
         <v>210</v>
       </c>
       <c r="K513">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="L513" s="1">
-        <v>37713</v>
+        <v>39601</v>
       </c>
       <c r="M513" s="2">
-        <v>9788536203089</v>
+        <v>9788536220239</v>
       </c>
       <c r="N513" t="s" s="3">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="O513" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P513" t="s">
-        <v>47</v>
+        <v>406</v>
       </c>
     </row>
     <row r="514">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514">
-        <v>10992</v>
+        <v>31669</v>
       </c>
       <c r="C514" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="D514" t="s">
-        <v>1473</v>
+        <v>272</v>
       </c>
       <c r="F514">
-        <v>504</v>
+        <v>92</v>
       </c>
       <c r="G514">
-        <v>618</v>
+        <v>145</v>
       </c>
       <c r="H514" t="s">
         <v>22</v>
       </c>
       <c r="I514">
         <v>150</v>
       </c>
       <c r="J514">
         <v>210</v>
       </c>
       <c r="K514">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="L514" s="1">
-        <v>36952</v>
+        <v>45846</v>
       </c>
       <c r="M514" s="2">
-        <v>9788573947779</v>
+        <v>9786526317945</v>
       </c>
       <c r="N514" t="s" s="3">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="O514" s="4">
-        <v>169.90</v>
+        <v>79.90</v>
       </c>
       <c r="P514" t="s">
-        <v>476</v>
+        <v>36</v>
       </c>
     </row>
     <row r="515">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515">
-        <v>20915</v>
+        <v>26756</v>
       </c>
       <c r="C515" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="D515" t="s">
-        <v>1476</v>
+        <v>1331</v>
       </c>
       <c r="F515">
-        <v>98</v>
+        <v>203</v>
       </c>
       <c r="G515">
-        <v>140</v>
+        <v>248</v>
       </c>
       <c r="H515" t="s">
         <v>22</v>
       </c>
       <c r="I515">
         <v>150</v>
       </c>
       <c r="J515">
         <v>210</v>
       </c>
       <c r="K515">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L515" s="1">
-        <v>39750</v>
+        <v>43208</v>
       </c>
       <c r="M515" s="2">
-        <v>9788536221922</v>
+        <v>9788536278247</v>
       </c>
       <c r="N515" t="s" s="3">
         <v>1477</v>
       </c>
       <c r="O515" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P515" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="516">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516">
-        <v>12620</v>
+        <v>20518</v>
       </c>
       <c r="C516" t="s">
         <v>1478</v>
       </c>
       <c r="D516" t="s">
         <v>1479</v>
       </c>
       <c r="F516">
-        <v>79</v>
+        <v>120</v>
       </c>
       <c r="G516">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="H516" t="s">
         <v>22</v>
       </c>
       <c r="I516">
         <v>150</v>
       </c>
       <c r="J516">
         <v>210</v>
       </c>
       <c r="K516">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L516" s="1">
-        <v>37826</v>
+        <v>39428</v>
       </c>
       <c r="M516" s="2">
-        <v>9788536204758</v>
+        <v>9788536218113</v>
       </c>
       <c r="N516" t="s" s="3">
         <v>1480</v>
       </c>
       <c r="O516" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P516" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="517">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517">
+        <v>12550</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F517">
+        <v>96</v>
+      </c>
+      <c r="G517">
+        <v>138</v>
+      </c>
+      <c r="H517" t="s">
+        <v>22</v>
+      </c>
+      <c r="I517">
+        <v>150</v>
+      </c>
+      <c r="J517">
+        <v>210</v>
+      </c>
+      <c r="K517">
+        <v>6</v>
+      </c>
+      <c r="L517" s="1">
+        <v>37713</v>
+      </c>
+      <c r="M517" s="2">
+        <v>9788536203089</v>
+      </c>
+      <c r="N517" t="s" s="3">
+        <v>1483</v>
+      </c>
+      <c r="O517" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P517" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518">
+        <v>517</v>
+      </c>
+      <c r="B518">
+        <v>10992</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F518">
+        <v>504</v>
+      </c>
+      <c r="G518">
+        <v>618</v>
+      </c>
+      <c r="H518" t="s">
+        <v>22</v>
+      </c>
+      <c r="I518">
+        <v>150</v>
+      </c>
+      <c r="J518">
+        <v>210</v>
+      </c>
+      <c r="K518">
+        <v>26</v>
+      </c>
+      <c r="L518" s="1">
+        <v>36952</v>
+      </c>
+      <c r="M518" s="2">
+        <v>9788573947779</v>
+      </c>
+      <c r="N518" t="s" s="3">
+        <v>1486</v>
+      </c>
+      <c r="O518" s="4">
+        <v>169.90</v>
+      </c>
+      <c r="P518" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519">
+        <v>518</v>
+      </c>
+      <c r="B519">
+        <v>20915</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F519">
+        <v>98</v>
+      </c>
+      <c r="G519">
+        <v>140</v>
+      </c>
+      <c r="H519" t="s">
+        <v>22</v>
+      </c>
+      <c r="I519">
+        <v>150</v>
+      </c>
+      <c r="J519">
+        <v>210</v>
+      </c>
+      <c r="K519">
+        <v>6</v>
+      </c>
+      <c r="L519" s="1">
+        <v>39750</v>
+      </c>
+      <c r="M519" s="2">
+        <v>9788536221922</v>
+      </c>
+      <c r="N519" t="s" s="3">
+        <v>1489</v>
+      </c>
+      <c r="O519" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P519" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520">
+        <v>519</v>
+      </c>
+      <c r="B520">
+        <v>12620</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F520">
+        <v>79</v>
+      </c>
+      <c r="G520">
+        <v>126</v>
+      </c>
+      <c r="H520" t="s">
+        <v>22</v>
+      </c>
+      <c r="I520">
+        <v>150</v>
+      </c>
+      <c r="J520">
+        <v>210</v>
+      </c>
+      <c r="K520">
+        <v>5</v>
+      </c>
+      <c r="L520" s="1">
+        <v>37826</v>
+      </c>
+      <c r="M520" s="2">
+        <v>9788536204758</v>
+      </c>
+      <c r="N520" t="s" s="3">
+        <v>1492</v>
+      </c>
+      <c r="O520" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P520" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521">
+        <v>520</v>
+      </c>
+      <c r="B521">
         <v>11003</v>
       </c>
-      <c r="C517" t="inlineStr">
+      <c r="C521" t="inlineStr">
         <is>
           <t>Manual da Inquisição - Para Uso das Inquisições de Espanha e Portugal - Compêndio da Obra Intitulada “Diretório dos Inquisidores” de Nicolau Eymerico, Inquisidor Geral de Aragão - 1525</t>
         </is>
       </c>
-      <c r="D517" t="s">
-[...2 lines deleted...]
-      <c r="F517">
+      <c r="D521" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F521">
         <v>154</v>
       </c>
-      <c r="G517">
+      <c r="G521">
         <v>218</v>
       </c>
-      <c r="H517" t="s">
-[...8 lines deleted...]
-      <c r="K517">
+      <c r="H521" t="s">
+        <v>22</v>
+      </c>
+      <c r="I521">
+        <v>150</v>
+      </c>
+      <c r="J521">
+        <v>210</v>
+      </c>
+      <c r="K521">
         <v>9</v>
       </c>
-      <c r="L517" s="1">
+      <c r="L521" s="1">
         <v>36959</v>
       </c>
-      <c r="M517" s="2">
+      <c r="M521" s="2">
         <v>9788573943429</v>
       </c>
-      <c r="N517" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O517" s="4">
+      <c r="N521" t="s" s="3">
+        <v>1494</v>
+      </c>
+      <c r="O521" s="4">
         <v>89.90</v>
       </c>
-      <c r="P517" t="s">
-[...186 lines deleted...]
-      </c>
       <c r="P521" t="s">
-        <v>28</v>
+        <v>368</v>
       </c>
     </row>
     <row r="522">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522">
-        <v>20240</v>
+        <v>12591</v>
       </c>
       <c r="C522" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="D522" t="s">
-        <v>1493</v>
+        <v>1496</v>
       </c>
       <c r="F522">
-        <v>196</v>
+        <v>100</v>
       </c>
       <c r="G522">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="H522" t="s">
         <v>22</v>
       </c>
       <c r="I522">
         <v>150</v>
       </c>
       <c r="J522">
         <v>210</v>
       </c>
       <c r="K522">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L522" s="1">
-        <v>39185</v>
+        <v>37781</v>
       </c>
       <c r="M522" s="2">
-        <v>9788536215228</v>
+        <v>9788536204987</v>
       </c>
       <c r="N522" t="s" s="3">
-        <v>1494</v>
+        <v>1497</v>
       </c>
       <c r="O522" s="4">
         <v>69.90</v>
       </c>
       <c r="P522" t="s">
-        <v>64</v>
+        <v>379</v>
       </c>
     </row>
     <row r="523">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523">
+        <v>20272</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D523" t="s">
+        <v>45</v>
+      </c>
+      <c r="F523">
+        <v>176</v>
+      </c>
+      <c r="G523">
+        <v>238</v>
+      </c>
+      <c r="H523" t="s">
+        <v>22</v>
+      </c>
+      <c r="I523">
+        <v>150</v>
+      </c>
+      <c r="J523">
+        <v>210</v>
+      </c>
+      <c r="K523">
+        <v>10</v>
+      </c>
+      <c r="L523" s="1">
+        <v>39219</v>
+      </c>
+      <c r="M523" s="2">
+        <v>9788536215815</v>
+      </c>
+      <c r="N523" t="s" s="3">
+        <v>1499</v>
+      </c>
+      <c r="O523" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P523" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524">
+        <v>523</v>
+      </c>
+      <c r="B524">
+        <v>23181</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D524" t="s">
+        <v>538</v>
+      </c>
+      <c r="F524">
+        <v>166</v>
+      </c>
+      <c r="G524">
+        <v>215</v>
+      </c>
+      <c r="H524" t="s">
+        <v>22</v>
+      </c>
+      <c r="I524">
+        <v>150</v>
+      </c>
+      <c r="J524">
+        <v>210</v>
+      </c>
+      <c r="K524">
+        <v>9</v>
+      </c>
+      <c r="L524" s="1">
+        <v>41529</v>
+      </c>
+      <c r="M524" s="2">
+        <v>9788536244143</v>
+      </c>
+      <c r="N524" t="s" s="3">
+        <v>1501</v>
+      </c>
+      <c r="O524" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P524" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525">
+        <v>524</v>
+      </c>
+      <c r="B525">
+        <v>23458</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D525" t="s">
+        <v>538</v>
+      </c>
+      <c r="F525">
+        <v>175</v>
+      </c>
+      <c r="G525">
+        <v>217</v>
+      </c>
+      <c r="H525" t="s">
+        <v>22</v>
+      </c>
+      <c r="I525">
+        <v>150</v>
+      </c>
+      <c r="J525">
+        <v>210</v>
+      </c>
+      <c r="K525">
+        <v>10</v>
+      </c>
+      <c r="L525" s="1">
+        <v>41794</v>
+      </c>
+      <c r="M525" s="2">
+        <v>9788536246727</v>
+      </c>
+      <c r="N525" t="s" s="3">
+        <v>1503</v>
+      </c>
+      <c r="O525" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P525" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526">
+        <v>525</v>
+      </c>
+      <c r="B526">
+        <v>20240</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F526">
+        <v>196</v>
+      </c>
+      <c r="G526">
+        <v>150</v>
+      </c>
+      <c r="H526" t="s">
+        <v>22</v>
+      </c>
+      <c r="I526">
+        <v>150</v>
+      </c>
+      <c r="J526">
+        <v>210</v>
+      </c>
+      <c r="K526">
+        <v>11</v>
+      </c>
+      <c r="L526" s="1">
+        <v>39185</v>
+      </c>
+      <c r="M526" s="2">
+        <v>9788536215228</v>
+      </c>
+      <c r="N526" t="s" s="3">
+        <v>1506</v>
+      </c>
+      <c r="O526" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P526" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527">
+        <v>526</v>
+      </c>
+      <c r="B527">
         <v>29151</v>
       </c>
-      <c r="C523" t="inlineStr">
+      <c r="C527" t="inlineStr">
         <is>
           <t>Manual de Games e Gamificação no Ensino Superior - Teoria e Prática - Novas Metodologias para que os Educadores Possam Tornar suas Aulas Mais Atrativas e Edificantes - Prefácio da Professora Ms. Liliam Ferreira Manocchi</t>
         </is>
       </c>
-      <c r="D523" t="s">
-[...2 lines deleted...]
-      <c r="F523">
+      <c r="D527" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F527">
         <v>94</v>
       </c>
-      <c r="G523">
+      <c r="G527">
         <v>116</v>
       </c>
-      <c r="H523" t="s">
-[...8 lines deleted...]
-      <c r="K523">
+      <c r="H527" t="s">
+        <v>22</v>
+      </c>
+      <c r="I527">
+        <v>150</v>
+      </c>
+      <c r="J527">
+        <v>210</v>
+      </c>
+      <c r="K527">
         <v>5</v>
       </c>
-      <c r="L523" s="1">
+      <c r="L527" s="1">
         <v>44385</v>
       </c>
-      <c r="M523" s="2">
+      <c r="M527" s="2">
         <v>9786556056258</v>
       </c>
-      <c r="N523" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O523" s="4">
+      <c r="N527" t="s" s="3">
+        <v>1508</v>
+      </c>
+      <c r="O527" s="4">
         <v>69.90</v>
       </c>
-      <c r="P523" t="s">
+      <c r="P527" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="524">
-[...3 lines deleted...]
-      <c r="B524">
+    <row r="528">
+      <c r="A528">
+        <v>527</v>
+      </c>
+      <c r="B528">
         <v>21440</v>
       </c>
-      <c r="C524" t="s">
-[...2 lines deleted...]
-      <c r="D524" t="s">
+      <c r="C528" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D528" t="s">
         <v>45</v>
       </c>
-      <c r="F524">
+      <c r="F528">
         <v>192</v>
       </c>
-      <c r="G524">
+      <c r="G528">
         <v>207</v>
       </c>
-      <c r="H524" t="s">
-[...8 lines deleted...]
-      <c r="K524">
+      <c r="H528" t="s">
+        <v>22</v>
+      </c>
+      <c r="I528">
+        <v>150</v>
+      </c>
+      <c r="J528">
+        <v>210</v>
+      </c>
+      <c r="K528">
         <v>11</v>
       </c>
-      <c r="L524" s="1">
+      <c r="L528" s="1">
         <v>40151</v>
       </c>
-      <c r="M524" s="2">
+      <c r="M528" s="2">
         <v>9788536227085</v>
       </c>
-      <c r="N524" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O524" s="4">
+      <c r="N528" t="s" s="3">
+        <v>1510</v>
+      </c>
+      <c r="O528" s="4">
         <v>99.90</v>
       </c>
-      <c r="P524" t="s">
+      <c r="P528" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="525">
-[...3 lines deleted...]
-      <c r="B525">
+    <row r="529">
+      <c r="A529">
+        <v>528</v>
+      </c>
+      <c r="B529">
         <v>27011</v>
       </c>
-      <c r="C525" t="s">
-[...5 lines deleted...]
-      <c r="F525">
+      <c r="C529" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F529">
         <v>360</v>
       </c>
-      <c r="G525">
+      <c r="G529">
         <v>446</v>
       </c>
-      <c r="H525" t="s">
-[...8 lines deleted...]
-      <c r="K525">
+      <c r="H529" t="s">
+        <v>22</v>
+      </c>
+      <c r="I529">
+        <v>150</v>
+      </c>
+      <c r="J529">
+        <v>210</v>
+      </c>
+      <c r="K529">
         <v>17</v>
       </c>
-      <c r="L525" s="1">
+      <c r="L529" s="1">
         <v>43297</v>
       </c>
-      <c r="M525" s="2">
+      <c r="M529" s="2">
         <v>9788536280851</v>
       </c>
-      <c r="N525" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O525" s="4">
+      <c r="N529" t="s" s="3">
+        <v>1513</v>
+      </c>
+      <c r="O529" s="4">
         <v>179.90</v>
       </c>
-      <c r="P525" t="s">
+      <c r="P529" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="526">
-[...3 lines deleted...]
-      <c r="B526">
+    <row r="530">
+      <c r="A530">
+        <v>529</v>
+      </c>
+      <c r="B530">
         <v>31520</v>
       </c>
-      <c r="C526" t="inlineStr">
+      <c r="C530" t="inlineStr">
         <is>
           <t>Manual Prático em Transações de Captação e Investimento - Venda, Diluição e Compra de Participação Acionária Middle Market e Startup - Guia Técnico Consultivo para Executivos</t>
         </is>
       </c>
-      <c r="D526" t="s">
-[...2 lines deleted...]
-      <c r="F526">
+      <c r="D530" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F530">
         <v>672</v>
       </c>
-      <c r="G526">
+      <c r="G530">
         <v>970</v>
       </c>
-      <c r="H526" t="s">
-[...8 lines deleted...]
-      <c r="K526">
+      <c r="H530" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I530">
+        <v>150</v>
+      </c>
+      <c r="J530">
+        <v>210</v>
+      </c>
+      <c r="K530">
         <v>50</v>
       </c>
-      <c r="L526" s="1">
+      <c r="L530" s="1">
         <v>45744</v>
       </c>
-      <c r="M526" s="2">
+      <c r="M530" s="2">
         <v>9786526314708</v>
       </c>
-      <c r="N526" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O526" s="4">
+      <c r="N530" t="s" s="3">
+        <v>1516</v>
+      </c>
+      <c r="O530" s="4">
         <v>329.90</v>
       </c>
-      <c r="P526" t="s">
+      <c r="P530" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="527">
-[...3 lines deleted...]
-      <c r="B527">
+    <row r="531">
+      <c r="A531">
+        <v>530</v>
+      </c>
+      <c r="B531">
         <v>22008</v>
       </c>
-      <c r="C527" t="s">
-[...5 lines deleted...]
-      <c r="F527">
+      <c r="C531" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F531">
         <v>126</v>
       </c>
-      <c r="G527">
+      <c r="G531">
         <v>148</v>
       </c>
-      <c r="H527" t="s">
-[...8 lines deleted...]
-      <c r="K527">
+      <c r="H531" t="s">
+        <v>22</v>
+      </c>
+      <c r="I531">
+        <v>150</v>
+      </c>
+      <c r="J531">
+        <v>210</v>
+      </c>
+      <c r="K531">
         <v>7</v>
       </c>
-      <c r="L527" s="1">
+      <c r="L531" s="1">
         <v>40451</v>
       </c>
-      <c r="M527" s="2">
+      <c r="M531" s="2">
         <v>9788536231266</v>
       </c>
-      <c r="N527" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O527" s="4">
+      <c r="N531" t="s" s="3">
+        <v>1519</v>
+      </c>
+      <c r="O531" s="4">
         <v>74.70</v>
       </c>
-      <c r="P527" t="s">
+      <c r="P531" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="528">
-[...3 lines deleted...]
-      <c r="B528">
+    <row r="532">
+      <c r="A532">
+        <v>531</v>
+      </c>
+      <c r="B532">
         <v>11049</v>
       </c>
-      <c r="C528" t="s">
-[...5 lines deleted...]
-      <c r="E528" t="s">
+      <c r="C532" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D532" t="s">
+        <v>585</v>
+      </c>
+      <c r="E532" t="s">
         <v>34</v>
       </c>
-      <c r="F528">
+      <c r="F532">
         <v>196</v>
       </c>
-      <c r="G528">
+      <c r="G532">
         <v>264</v>
       </c>
-      <c r="H528" t="s">
-[...8 lines deleted...]
-      <c r="K528">
+      <c r="H532" t="s">
+        <v>22</v>
+      </c>
+      <c r="I532">
+        <v>150</v>
+      </c>
+      <c r="J532">
+        <v>210</v>
+      </c>
+      <c r="K532">
         <v>11</v>
       </c>
-      <c r="L528" s="1">
+      <c r="L532" s="1">
         <v>37028</v>
       </c>
-      <c r="M528" s="2">
+      <c r="M532" s="2">
         <v>9788573946086</v>
       </c>
-      <c r="N528" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O528" s="4">
+      <c r="N532" t="s" s="3">
+        <v>1521</v>
+      </c>
+      <c r="O532" s="4">
         <v>99.90</v>
       </c>
-      <c r="P528" t="s">
+      <c r="P532" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="529">
-[...3 lines deleted...]
-      <c r="B529">
+    <row r="533">
+      <c r="A533">
+        <v>532</v>
+      </c>
+      <c r="B533">
         <v>20264</v>
       </c>
-      <c r="C529" t="s">
-[...5 lines deleted...]
-      <c r="F529">
+      <c r="C533" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F533">
         <v>132</v>
       </c>
-      <c r="G529">
+      <c r="G533">
         <v>181</v>
       </c>
-      <c r="H529" t="s">
-[...8 lines deleted...]
-      <c r="K529">
+      <c r="H533" t="s">
+        <v>22</v>
+      </c>
+      <c r="I533">
+        <v>150</v>
+      </c>
+      <c r="J533">
+        <v>210</v>
+      </c>
+      <c r="K533">
         <v>8</v>
       </c>
-      <c r="L529" s="1">
+      <c r="L533" s="1">
         <v>39210</v>
       </c>
-      <c r="M529" s="2">
+      <c r="M533" s="2">
         <v>9788536215761</v>
       </c>
-      <c r="N529" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O529" s="4">
+      <c r="N533" t="s" s="3">
+        <v>1524</v>
+      </c>
+      <c r="O533" s="4">
         <v>79.90</v>
       </c>
-      <c r="P529" t="s">
+      <c r="P533" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="530">
-[...3 lines deleted...]
-      <c r="B530">
+    <row r="534">
+      <c r="A534">
+        <v>533</v>
+      </c>
+      <c r="B534">
         <v>25747</v>
       </c>
-      <c r="C530" t="inlineStr">
+      <c r="C534" t="inlineStr">
         <is>
           <t>Marbury versus Madison - Uma Leitura Crítica - Minibook - Prefácio de René Ariel Dotti - Apresentação de Roberto Gargarella - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D530" t="s">
-[...2 lines deleted...]
-      <c r="F530">
+      <c r="D534" t="s">
+        <v>1525</v>
+      </c>
+      <c r="F534">
         <v>172</v>
       </c>
-      <c r="G530">
+      <c r="G534">
         <v>112</v>
       </c>
-      <c r="H530" t="s">
-[...2 lines deleted...]
-      <c r="I530">
+      <c r="H534" t="s">
+        <v>22</v>
+      </c>
+      <c r="I534">
         <v>100</v>
       </c>
-      <c r="J530">
+      <c r="J534">
         <v>160</v>
       </c>
-      <c r="K530">
+      <c r="K534">
         <v>10</v>
       </c>
-      <c r="L530" s="1">
+      <c r="L534" s="1">
         <v>42871</v>
       </c>
-      <c r="M530" s="2">
+      <c r="M534" s="2">
         <v>9788536268453</v>
       </c>
-      <c r="N530" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O530" s="4">
+      <c r="N534" t="s" s="3">
+        <v>1526</v>
+      </c>
+      <c r="O534" s="4">
         <v>49.90</v>
       </c>
-      <c r="P530" t="s">
+      <c r="P534" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="531">
-[...3 lines deleted...]
-      <c r="B531">
+    <row r="535">
+      <c r="A535">
+        <v>534</v>
+      </c>
+      <c r="B535">
         <v>12551</v>
       </c>
-      <c r="C531" t="s">
-[...8 lines deleted...]
-      <c r="G531">
+      <c r="C535" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F535">
+        <v>150</v>
+      </c>
+      <c r="G535">
         <v>208</v>
       </c>
-      <c r="H531" t="s">
-[...8 lines deleted...]
-      <c r="K531">
+      <c r="H535" t="s">
+        <v>22</v>
+      </c>
+      <c r="I535">
+        <v>150</v>
+      </c>
+      <c r="J535">
+        <v>210</v>
+      </c>
+      <c r="K535">
         <v>9</v>
       </c>
-      <c r="L531" s="1">
+      <c r="L535" s="1">
         <v>37713</v>
       </c>
-      <c r="M531" s="2">
+      <c r="M535" s="2">
         <v>9788536203201</v>
       </c>
-      <c r="N531" t="s">
-[...2 lines deleted...]
-      <c r="O531" s="4">
+      <c r="N535" t="s">
+        <v>1529</v>
+      </c>
+      <c r="O535" s="4">
         <v>79.90</v>
       </c>
-      <c r="P531" t="s">
+      <c r="P535" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="532">
-[...3 lines deleted...]
-      <c r="B532">
+    <row r="536">
+      <c r="A536">
+        <v>535</v>
+      </c>
+      <c r="B536">
         <v>25677</v>
       </c>
-      <c r="C532" t="inlineStr">
+      <c r="C536" t="inlineStr">
         <is>
           <t>Marie Lafarge - O Passado e o Presente da Mulher no Banco dos Réus - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D532" t="s">
-[...2 lines deleted...]
-      <c r="F532">
+      <c r="D536" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F536">
         <v>144</v>
       </c>
-      <c r="G532">
+      <c r="G536">
         <v>94</v>
       </c>
-      <c r="H532" t="s">
-[...2 lines deleted...]
-      <c r="I532">
+      <c r="H536" t="s">
+        <v>22</v>
+      </c>
+      <c r="I536">
         <v>100</v>
       </c>
-      <c r="J532">
+      <c r="J536">
         <v>160</v>
       </c>
-      <c r="K532">
+      <c r="K536">
         <v>8</v>
       </c>
-      <c r="L532" s="1">
+      <c r="L536" s="1">
         <v>42842</v>
       </c>
-      <c r="M532" s="2">
+      <c r="M536" s="2">
         <v>9788536267302</v>
       </c>
-      <c r="N532" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O532" s="4">
+      <c r="N536" t="s" s="3">
+        <v>1531</v>
+      </c>
+      <c r="O536" s="4">
         <v>49.90</v>
       </c>
-      <c r="P532" t="s">
+      <c r="P536" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="533">
-[...3 lines deleted...]
-      <c r="B533">
+    <row r="537">
+      <c r="A537">
+        <v>536</v>
+      </c>
+      <c r="B537">
         <v>24244</v>
       </c>
-      <c r="C533" t="inlineStr">
+      <c r="C537" t="inlineStr">
         <is>
           <t>Mário Meireles - Historiador e Poeta - Homenagem ao Centenário de Nascimento do Patrono da Cadeira Nº 31 da Academia Ludovicense de Letras – Com Textos Inéditos - Semeando Livros</t>
         </is>
       </c>
-      <c r="D533" t="s">
+      <c r="D537" t="s">
         <v>16</v>
       </c>
-      <c r="F533">
+      <c r="F537">
         <v>134</v>
       </c>
-      <c r="G533">
+      <c r="G537">
         <v>166</v>
       </c>
-      <c r="H533" t="s">
-[...8 lines deleted...]
-      <c r="K533">
+      <c r="H537" t="s">
+        <v>22</v>
+      </c>
+      <c r="I537">
+        <v>150</v>
+      </c>
+      <c r="J537">
+        <v>210</v>
+      </c>
+      <c r="K537">
         <v>8</v>
       </c>
-      <c r="L533" s="1">
+      <c r="L537" s="1">
         <v>42278</v>
       </c>
-      <c r="M533" s="2">
+      <c r="M537" s="2">
         <v>9788536254173</v>
-      </c>
-[...195 lines deleted...]
-        <v>9788536214078</v>
       </c>
       <c r="N537" t="s" s="3">
         <v>1532</v>
       </c>
       <c r="O537" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P537" t="s">
-        <v>28</v>
+        <v>297</v>
       </c>
     </row>
     <row r="538">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538">
-        <v>24790</v>
+        <v>29361</v>
       </c>
       <c r="C538" t="s">
         <v>1533</v>
       </c>
       <c r="D538" t="s">
-        <v>970</v>
+        <v>1534</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1535</v>
       </c>
       <c r="F538">
-        <v>146</v>
+        <v>214</v>
       </c>
       <c r="G538">
-        <v>181</v>
+        <v>265</v>
       </c>
       <c r="H538" t="s">
         <v>22</v>
       </c>
       <c r="I538">
         <v>150</v>
       </c>
       <c r="J538">
         <v>210</v>
       </c>
       <c r="K538">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L538" s="1">
-        <v>42551</v>
+        <v>44517</v>
       </c>
       <c r="M538" s="2">
-        <v>9788536259420</v>
+        <v>9786556059914</v>
       </c>
       <c r="N538" t="s" s="3">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="O538" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P538" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="539">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539">
+        <v>26391</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E539" t="s">
+        <v>96</v>
+      </c>
+      <c r="F539">
+        <v>240</v>
+      </c>
+      <c r="G539">
+        <v>298</v>
+      </c>
+      <c r="H539" t="s">
+        <v>22</v>
+      </c>
+      <c r="I539">
+        <v>150</v>
+      </c>
+      <c r="J539">
+        <v>210</v>
+      </c>
+      <c r="K539">
+        <v>13</v>
+      </c>
+      <c r="L539" s="1">
+        <v>43066</v>
+      </c>
+      <c r="M539" s="2">
+        <v>9788536274829</v>
+      </c>
+      <c r="N539" t="s" s="3">
+        <v>1539</v>
+      </c>
+      <c r="O539" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P539" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540">
+        <v>539</v>
+      </c>
+      <c r="B540">
+        <v>20854</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D540" t="s">
+        <v>170</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F540">
+        <v>242</v>
+      </c>
+      <c r="G540">
+        <v>440</v>
+      </c>
+      <c r="H540" t="s">
+        <v>17</v>
+      </c>
+      <c r="I540">
+        <v>165</v>
+      </c>
+      <c r="J540">
+        <v>215</v>
+      </c>
+      <c r="K540">
+        <v>19</v>
+      </c>
+      <c r="L540" s="1">
+        <v>39703</v>
+      </c>
+      <c r="M540" s="2">
+        <v>9788536221809</v>
+      </c>
+      <c r="N540" t="s" s="3">
+        <v>1542</v>
+      </c>
+      <c r="O540" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P540" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541">
+        <v>540</v>
+      </c>
+      <c r="B541">
+        <v>20098</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D541" t="s">
+        <v>170</v>
+      </c>
+      <c r="F541">
+        <v>256</v>
+      </c>
+      <c r="G541">
+        <v>442</v>
+      </c>
+      <c r="H541" t="s">
+        <v>17</v>
+      </c>
+      <c r="I541">
+        <v>165</v>
+      </c>
+      <c r="J541">
+        <v>215</v>
+      </c>
+      <c r="K541">
+        <v>20</v>
+      </c>
+      <c r="L541" s="1">
+        <v>39017</v>
+      </c>
+      <c r="M541" s="2">
+        <v>9788536214078</v>
+      </c>
+      <c r="N541" t="s" s="3">
+        <v>1544</v>
+      </c>
+      <c r="O541" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P541" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542">
+        <v>541</v>
+      </c>
+      <c r="B542">
+        <v>24790</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D542" t="s">
+        <v>979</v>
+      </c>
+      <c r="F542">
+        <v>146</v>
+      </c>
+      <c r="G542">
+        <v>181</v>
+      </c>
+      <c r="H542" t="s">
+        <v>22</v>
+      </c>
+      <c r="I542">
+        <v>150</v>
+      </c>
+      <c r="J542">
+        <v>210</v>
+      </c>
+      <c r="K542">
+        <v>8</v>
+      </c>
+      <c r="L542" s="1">
+        <v>42551</v>
+      </c>
+      <c r="M542" s="2">
+        <v>9788536259420</v>
+      </c>
+      <c r="N542" t="s" s="3">
+        <v>1546</v>
+      </c>
+      <c r="O542" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P542" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543">
+        <v>542</v>
+      </c>
+      <c r="B543">
         <v>29818</v>
       </c>
-      <c r="C539" t="inlineStr">
+      <c r="C543" t="inlineStr">
         <is>
           <t>Martin Luther - The Protestant Reformation and the Trial at Worms - Minibook - Preface by René Ariel Dotti - Great Trials in History Collection - Coordinators: Luiz Eduardo Gunther, Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D539" t="s">
-[...2 lines deleted...]
-      <c r="F539">
+      <c r="D543" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F543">
         <v>152</v>
       </c>
-      <c r="G539">
+      <c r="G543">
         <v>95</v>
       </c>
-      <c r="H539" t="s">
-[...2 lines deleted...]
-      <c r="I539">
+      <c r="H543" t="s">
+        <v>22</v>
+      </c>
+      <c r="I543">
         <v>100</v>
       </c>
-      <c r="J539">
+      <c r="J543">
         <v>160</v>
       </c>
-      <c r="K539">
+      <c r="K543">
         <v>8</v>
       </c>
-      <c r="L539" s="1">
+      <c r="L543" s="1">
         <v>44732</v>
       </c>
-      <c r="M539" s="2">
+      <c r="M543" s="2">
         <v>9788536296869</v>
       </c>
-      <c r="N539" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O539" s="4">
+      <c r="N543" t="s" s="3">
+        <v>1548</v>
+      </c>
+      <c r="O543" s="4">
         <v>49.90</v>
       </c>
-      <c r="P539" t="s">
+      <c r="P543" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="540">
-[...3 lines deleted...]
-      <c r="B540">
+    <row r="544">
+      <c r="A544">
+        <v>543</v>
+      </c>
+      <c r="B544">
         <v>27039</v>
       </c>
-      <c r="C540" t="inlineStr">
+      <c r="C544" t="inlineStr">
         <is>
           <t>Martinho Lutero - Reforma Protestante e o Julgamento em Worms - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D540" t="s">
-[...2 lines deleted...]
-      <c r="F540">
+      <c r="D544" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F544">
         <v>180</v>
       </c>
-      <c r="G540">
+      <c r="G544">
         <v>114</v>
       </c>
-      <c r="H540" t="s">
-[...2 lines deleted...]
-      <c r="I540">
+      <c r="H544" t="s">
+        <v>22</v>
+      </c>
+      <c r="I544">
         <v>100</v>
       </c>
-      <c r="J540">
+      <c r="J544">
         <v>160</v>
       </c>
-      <c r="K540">
+      <c r="K544">
         <v>10</v>
       </c>
-      <c r="L540" s="1">
+      <c r="L544" s="1">
         <v>43311</v>
       </c>
-      <c r="M540" s="2">
+      <c r="M544" s="2">
         <v>9788536280899</v>
-      </c>
-[...186 lines deleted...]
-        <v>9788536217932</v>
       </c>
       <c r="N544" t="s" s="3">
         <v>1549</v>
       </c>
       <c r="O544" s="4">
         <v>59.90</v>
       </c>
       <c r="P544" t="s">
-        <v>507</v>
+        <v>297</v>
       </c>
     </row>
     <row r="545">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545">
-        <v>22627</v>
+        <v>31713</v>
       </c>
       <c r="C545" t="s">
         <v>1550</v>
       </c>
       <c r="D545" t="s">
         <v>1551</v>
       </c>
-      <c r="E545" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F545">
-        <v>80</v>
+        <v>130</v>
       </c>
       <c r="G545">
-        <v>122</v>
+        <v>190</v>
       </c>
       <c r="H545" t="s">
         <v>22</v>
       </c>
       <c r="I545">
         <v>150</v>
       </c>
       <c r="J545">
         <v>210</v>
       </c>
       <c r="K545">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L545" s="1">
-        <v>41058</v>
+        <v>45877</v>
       </c>
       <c r="M545" s="2">
-        <v>9788536238036</v>
+        <v>9786526317341</v>
       </c>
       <c r="N545" t="s" s="3">
         <v>1552</v>
       </c>
       <c r="O545" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P545" t="s">
-        <v>36</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="546">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546">
-        <v>31608</v>
+        <v>22257</v>
       </c>
       <c r="C546" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D546" t="s">
-        <v>1554</v>
+        <v>690</v>
       </c>
       <c r="F546">
-        <v>148</v>
+        <v>198</v>
       </c>
       <c r="G546">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="H546" t="s">
         <v>22</v>
       </c>
       <c r="I546">
         <v>150</v>
       </c>
       <c r="J546">
         <v>210</v>
       </c>
       <c r="K546">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L546" s="1">
-        <v>45811</v>
+        <v>40704</v>
       </c>
       <c r="M546" s="2">
-        <v>9786526314302</v>
+        <v>9788536233826</v>
       </c>
       <c r="N546" t="s" s="3">
         <v>1555</v>
       </c>
       <c r="O546" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P546" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="547">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547">
-        <v>12471</v>
+        <v>21746</v>
       </c>
       <c r="C547" t="s">
         <v>1556</v>
       </c>
       <c r="D547" t="s">
         <v>1557</v>
       </c>
       <c r="F547">
-        <v>128</v>
+        <v>216</v>
       </c>
       <c r="G547">
-        <v>174</v>
+        <v>280</v>
       </c>
       <c r="H547" t="s">
         <v>22</v>
       </c>
       <c r="I547">
         <v>150</v>
       </c>
       <c r="J547">
         <v>210</v>
       </c>
       <c r="K547">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L547" s="1">
-        <v>37599</v>
+        <v>40301</v>
       </c>
       <c r="M547" s="2">
-        <v>9788536200897</v>
+        <v>9788536229584</v>
       </c>
       <c r="N547" t="s" s="3">
         <v>1558</v>
       </c>
       <c r="O547" s="4">
-        <v>74.70</v>
+        <v>109.90</v>
       </c>
       <c r="P547" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="548">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548">
-        <v>20509</v>
+        <v>20511</v>
       </c>
       <c r="C548" t="s">
         <v>1559</v>
       </c>
       <c r="D548" t="s">
-        <v>455</v>
+        <v>1560</v>
       </c>
       <c r="F548">
-        <v>158</v>
+        <v>58</v>
       </c>
       <c r="G548">
-        <v>199</v>
+        <v>85</v>
       </c>
       <c r="H548" t="s">
         <v>22</v>
       </c>
       <c r="I548">
         <v>150</v>
       </c>
       <c r="J548">
         <v>210</v>
       </c>
       <c r="K548">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="L548" s="1">
-        <v>39427</v>
+        <v>39428</v>
       </c>
       <c r="M548" s="2">
-        <v>9788536218120</v>
+        <v>9788536217932</v>
       </c>
       <c r="N548" t="s" s="3">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="O548" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P548" t="s">
-        <v>36</v>
+        <v>512</v>
       </c>
     </row>
     <row r="549">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549">
-        <v>29336</v>
+        <v>22627</v>
       </c>
       <c r="C549" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="D549" t="s">
-        <v>1562</v>
+        <v>1563</v>
+      </c>
+      <c r="E549" t="s">
+        <v>34</v>
       </c>
       <c r="F549">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="G549">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="H549" t="s">
         <v>22</v>
       </c>
       <c r="I549">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J549">
         <v>210</v>
       </c>
       <c r="K549">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L549" s="1">
-        <v>44510</v>
+        <v>41058</v>
       </c>
       <c r="M549" s="2">
-        <v>9786556058320</v>
+        <v>9788536238036</v>
       </c>
       <c r="N549" t="s" s="3">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="O549" s="4">
-        <v>49.70</v>
+        <v>59.90</v>
       </c>
       <c r="P549" t="s">
-        <v>397</v>
+        <v>36</v>
       </c>
     </row>
     <row r="550">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550">
-        <v>23585</v>
+        <v>31608</v>
       </c>
       <c r="C550" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="D550" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="F550">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="G550">
-        <v>171</v>
+        <v>207</v>
       </c>
       <c r="H550" t="s">
         <v>22</v>
       </c>
       <c r="I550">
         <v>150</v>
       </c>
       <c r="J550">
         <v>210</v>
       </c>
       <c r="K550">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L550" s="1">
-        <v>41886</v>
+        <v>45811</v>
       </c>
       <c r="M550" s="2">
-        <v>9788536248080</v>
+        <v>9786526314302</v>
       </c>
       <c r="N550" t="s" s="3">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="O550" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P550" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
     </row>
     <row r="551">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551">
-        <v>31835</v>
+        <v>12471</v>
       </c>
       <c r="C551" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="D551" t="s">
-        <v>767</v>
+        <v>1569</v>
       </c>
       <c r="F551">
-        <v>138</v>
+        <v>128</v>
       </c>
       <c r="G551">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="H551" t="s">
         <v>22</v>
       </c>
       <c r="I551">
         <v>150</v>
       </c>
       <c r="J551">
         <v>210</v>
       </c>
       <c r="K551">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L551" s="1">
-        <v>45944</v>
+        <v>37599</v>
       </c>
       <c r="M551" s="2">
-        <v>9786526317174</v>
+        <v>9788536200897</v>
       </c>
       <c r="N551" t="s" s="3">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="O551" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P551" t="s">
-        <v>1541</v>
+        <v>36</v>
       </c>
     </row>
     <row r="552">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552">
-        <v>12932</v>
+        <v>20509</v>
       </c>
       <c r="C552" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="D552" t="s">
-        <v>1570</v>
+        <v>460</v>
       </c>
       <c r="F552">
-        <v>278</v>
+        <v>158</v>
       </c>
       <c r="G552">
-        <v>384</v>
+        <v>199</v>
       </c>
       <c r="H552" t="s">
         <v>22</v>
       </c>
       <c r="I552">
         <v>150</v>
       </c>
       <c r="J552">
         <v>210</v>
       </c>
       <c r="K552">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L552" s="1">
-        <v>38201</v>
+        <v>39427</v>
       </c>
       <c r="M552" s="2">
-        <v>9788536207728</v>
+        <v>9788536218120</v>
       </c>
       <c r="N552" t="s" s="3">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="O552" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P552" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="553">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553">
-        <v>27671</v>
+        <v>29336</v>
       </c>
       <c r="C553" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="D553" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="F553">
-        <v>106</v>
+        <v>22</v>
       </c>
       <c r="G553">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="H553" t="s">
         <v>22</v>
       </c>
       <c r="I553">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J553">
         <v>210</v>
       </c>
       <c r="K553">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="L553" s="1">
-        <v>43545</v>
+        <v>44510</v>
       </c>
       <c r="M553" s="2">
-        <v>9788536287034</v>
+        <v>9786556058320</v>
       </c>
       <c r="N553" t="s" s="3">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="O553" s="4">
-        <v>69.90</v>
+        <v>49.70</v>
       </c>
       <c r="P553" t="s">
-        <v>36</v>
+        <v>399</v>
       </c>
     </row>
     <row r="554">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554">
-        <v>24319</v>
+        <v>23585</v>
       </c>
       <c r="C554" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="D554" t="s">
-        <v>1576</v>
-[...1 lines deleted...]
-      <c r="E554" t="s">
         <v>1577</v>
       </c>
       <c r="F554">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="G554">
-        <v>154</v>
+        <v>171</v>
       </c>
       <c r="H554" t="s">
         <v>22</v>
       </c>
       <c r="I554">
         <v>150</v>
       </c>
       <c r="J554">
         <v>210</v>
       </c>
       <c r="K554">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L554" s="1">
-        <v>42328</v>
+        <v>41886</v>
       </c>
       <c r="M554" s="2">
-        <v>9788536254906</v>
+        <v>9788536248080</v>
       </c>
       <c r="N554" t="s" s="3">
         <v>1578</v>
       </c>
       <c r="O554" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P554" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="555">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555">
-        <v>22150</v>
+        <v>31835</v>
       </c>
       <c r="C555" t="s">
         <v>1579</v>
       </c>
       <c r="D555" t="s">
+        <v>773</v>
+      </c>
+      <c r="F555">
+        <v>138</v>
+      </c>
+      <c r="G555">
+        <v>200</v>
+      </c>
+      <c r="H555" t="s">
+        <v>22</v>
+      </c>
+      <c r="I555">
+        <v>150</v>
+      </c>
+      <c r="J555">
+        <v>210</v>
+      </c>
+      <c r="K555">
+        <v>7</v>
+      </c>
+      <c r="L555" s="1">
+        <v>45944</v>
+      </c>
+      <c r="M555" s="2">
+        <v>9786526317174</v>
+      </c>
+      <c r="N555" t="s" s="3">
         <v>1580</v>
       </c>
-      <c r="E555" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O555" s="4">
-        <v>169.90</v>
+        <v>79.90</v>
       </c>
       <c r="P555" t="s">
-        <v>47</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="556">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556">
-        <v>28925</v>
+        <v>12932</v>
       </c>
       <c r="C556" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D556" t="s">
         <v>1582</v>
       </c>
-      <c r="D556" t="s">
+      <c r="F556">
+        <v>278</v>
+      </c>
+      <c r="G556">
+        <v>384</v>
+      </c>
+      <c r="H556" t="s">
+        <v>22</v>
+      </c>
+      <c r="I556">
+        <v>150</v>
+      </c>
+      <c r="J556">
+        <v>210</v>
+      </c>
+      <c r="K556">
+        <v>15</v>
+      </c>
+      <c r="L556" s="1">
+        <v>38201</v>
+      </c>
+      <c r="M556" s="2">
+        <v>9788536207728</v>
+      </c>
+      <c r="N556" t="s" s="3">
         <v>1583</v>
       </c>
-      <c r="F556">
-[...25 lines deleted...]
-      </c>
       <c r="O556" s="4">
-        <v>49.70</v>
+        <v>129.90</v>
       </c>
       <c r="P556" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
     </row>
     <row r="557">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557">
-        <v>28830</v>
+        <v>27671</v>
       </c>
       <c r="C557" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D557" t="s">
         <v>1585</v>
       </c>
-      <c r="D557" t="s">
+      <c r="F557">
+        <v>106</v>
+      </c>
+      <c r="G557">
+        <v>131</v>
+      </c>
+      <c r="H557" t="s">
+        <v>22</v>
+      </c>
+      <c r="I557">
+        <v>150</v>
+      </c>
+      <c r="J557">
+        <v>210</v>
+      </c>
+      <c r="K557">
+        <v>6</v>
+      </c>
+      <c r="L557" s="1">
+        <v>43545</v>
+      </c>
+      <c r="M557" s="2">
+        <v>9788536287034</v>
+      </c>
+      <c r="N557" t="s" s="3">
         <v>1586</v>
       </c>
-      <c r="F557">
+      <c r="O557" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P557" t="s">
         <v>36</v>
-      </c>
-[...28 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="558">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558">
-        <v>29649</v>
+        <v>24319</v>
       </c>
       <c r="C558" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D558" t="s">
         <v>1588</v>
       </c>
-      <c r="D558" t="s">
+      <c r="E558" t="s">
         <v>1589</v>
       </c>
       <c r="F558">
-        <v>24</v>
+        <v>124</v>
       </c>
       <c r="G558">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="H558" t="s">
         <v>22</v>
       </c>
       <c r="I558">
         <v>150</v>
       </c>
       <c r="J558">
         <v>210</v>
       </c>
       <c r="K558">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="L558" s="1">
-        <v>44669</v>
+        <v>42328</v>
       </c>
       <c r="M558" s="2">
-        <v>9788536296838</v>
+        <v>9788536254906</v>
       </c>
       <c r="N558" t="s" s="3">
         <v>1590</v>
       </c>
       <c r="O558" s="4">
-        <v>49.70</v>
+        <v>79.90</v>
       </c>
       <c r="P558" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
     </row>
     <row r="559">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559">
-        <v>26572</v>
+        <v>22150</v>
       </c>
       <c r="C559" t="s">
         <v>1591</v>
       </c>
       <c r="D559" t="s">
         <v>1592</v>
       </c>
+      <c r="E559" t="s">
+        <v>742</v>
+      </c>
       <c r="F559">
-        <v>30</v>
+        <v>366</v>
       </c>
       <c r="G559">
-        <v>189</v>
+        <v>407</v>
       </c>
       <c r="H559" t="s">
         <v>22</v>
       </c>
       <c r="I559">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J559">
         <v>210</v>
       </c>
       <c r="K559">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="L559" s="1">
-        <v>43133</v>
+        <v>40592</v>
       </c>
       <c r="M559" s="2">
-        <v>9788536275772</v>
+        <v>9788536232850</v>
       </c>
       <c r="N559" t="s" s="3">
         <v>1593</v>
       </c>
       <c r="O559" s="4">
-        <v>39.90</v>
+        <v>169.90</v>
       </c>
       <c r="P559" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
     </row>
     <row r="560">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560">
-        <v>29123</v>
+        <v>28925</v>
       </c>
       <c r="C560" t="s">
         <v>1594</v>
       </c>
       <c r="D560" t="s">
         <v>1595</v>
       </c>
       <c r="F560">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="G560">
-        <v>202</v>
+        <v>221</v>
       </c>
       <c r="H560" t="s">
         <v>22</v>
       </c>
       <c r="I560">
+        <v>210</v>
+      </c>
+      <c r="J560">
         <v>300</v>
       </c>
-      <c r="J560">
-[...1 lines deleted...]
-      </c>
       <c r="K560">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L560" s="1">
-        <v>44370</v>
+        <v>44245</v>
       </c>
       <c r="M560" s="2">
-        <v>9786556056371</v>
+        <v>9786556054490</v>
       </c>
       <c r="N560" t="s" s="3">
         <v>1596</v>
       </c>
       <c r="O560" s="4">
         <v>49.70</v>
       </c>
       <c r="P560" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="561">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561">
-        <v>28780</v>
+        <v>28830</v>
       </c>
       <c r="C561" t="s">
         <v>1597</v>
       </c>
       <c r="D561" t="s">
-        <v>299</v>
+        <v>1598</v>
       </c>
       <c r="F561">
-        <v>102</v>
+        <v>36</v>
       </c>
       <c r="G561">
-        <v>127</v>
+        <v>227</v>
       </c>
       <c r="H561" t="s">
         <v>22</v>
       </c>
       <c r="I561">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J561">
-        <v>210</v>
+        <v>21</v>
       </c>
       <c r="K561">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L561" s="1">
-        <v>44147</v>
+        <v>44181</v>
       </c>
       <c r="M561" s="2">
-        <v>9786556053875</v>
+        <v>9786556053516</v>
       </c>
       <c r="N561" t="s" s="3">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="O561" s="4">
-        <v>69.90</v>
+        <v>44.70</v>
       </c>
       <c r="P561" t="s">
-        <v>19</v>
+        <v>399</v>
       </c>
     </row>
     <row r="562">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562">
-        <v>28136</v>
+        <v>29649</v>
       </c>
       <c r="C562" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D562" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="F562">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="G562">
-        <v>169</v>
+        <v>150</v>
       </c>
       <c r="H562" t="s">
         <v>22</v>
       </c>
       <c r="I562">
         <v>150</v>
       </c>
       <c r="J562">
         <v>210</v>
       </c>
       <c r="K562">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="L562" s="1">
-        <v>43760</v>
+        <v>44669</v>
       </c>
       <c r="M562" s="2">
-        <v>9788536292038</v>
+        <v>9788536296838</v>
       </c>
       <c r="N562" t="s" s="3">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="O562" s="4">
-        <v>79.90</v>
+        <v>49.70</v>
       </c>
       <c r="P562" t="s">
-        <v>64</v>
+        <v>399</v>
       </c>
     </row>
     <row r="563">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563">
-        <v>20261</v>
+        <v>26572</v>
       </c>
       <c r="C563" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="D563" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="F563">
-        <v>188</v>
+        <v>30</v>
       </c>
       <c r="G563">
-        <v>238</v>
+        <v>189</v>
       </c>
       <c r="H563" t="s">
         <v>22</v>
       </c>
       <c r="I563">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J563">
         <v>210</v>
       </c>
       <c r="K563">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="L563" s="1">
-        <v>39205</v>
+        <v>43133</v>
       </c>
       <c r="M563" s="2">
-        <v>9788536215716</v>
+        <v>9788536275772</v>
       </c>
       <c r="N563" t="s" s="3">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="O563" s="4">
-        <v>99.90</v>
+        <v>39.90</v>
       </c>
       <c r="P563" t="s">
-        <v>28</v>
+        <v>399</v>
       </c>
     </row>
     <row r="564">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564">
-        <v>30930</v>
+        <v>29123</v>
       </c>
       <c r="C564" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D564" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="F564">
-        <v>134</v>
+        <v>32</v>
       </c>
       <c r="G564">
-        <v>166</v>
+        <v>202</v>
       </c>
       <c r="H564" t="s">
         <v>22</v>
       </c>
       <c r="I564">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J564">
         <v>210</v>
       </c>
       <c r="K564">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="L564" s="1">
-        <v>45348</v>
+        <v>44370</v>
       </c>
       <c r="M564" s="2">
-        <v>9786526311059</v>
+        <v>9786556056371</v>
       </c>
       <c r="N564" t="s" s="3">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="O564" s="4">
-        <v>59.90</v>
+        <v>49.70</v>
       </c>
       <c r="P564" t="s">
-        <v>329</v>
+        <v>399</v>
       </c>
     </row>
     <row r="565">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565">
-        <v>30932</v>
+        <v>28780</v>
       </c>
       <c r="C565" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D565" t="s">
-        <v>1606</v>
+        <v>299</v>
       </c>
       <c r="F565">
-        <v>156</v>
+        <v>102</v>
       </c>
       <c r="G565">
-        <v>193</v>
+        <v>127</v>
       </c>
       <c r="H565" t="s">
         <v>22</v>
       </c>
       <c r="I565">
         <v>150</v>
       </c>
       <c r="J565">
         <v>210</v>
       </c>
       <c r="K565">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L565" s="1">
-        <v>45348</v>
+        <v>44147</v>
       </c>
       <c r="M565" s="2">
-        <v>9786526311066</v>
+        <v>9786556053875</v>
       </c>
       <c r="N565" t="s" s="3">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="O565" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P565" t="s">
-        <v>329</v>
+        <v>19</v>
       </c>
     </row>
     <row r="566">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566">
-        <v>30934</v>
+        <v>28136</v>
       </c>
       <c r="C566" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D566" t="s">
-        <v>1606</v>
+        <v>1612</v>
       </c>
       <c r="F566">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="G566">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="H566" t="s">
         <v>22</v>
       </c>
       <c r="I566">
         <v>150</v>
       </c>
       <c r="J566">
         <v>210</v>
       </c>
       <c r="K566">
         <v>8</v>
       </c>
       <c r="L566" s="1">
-        <v>45348</v>
+        <v>43760</v>
       </c>
       <c r="M566" s="2">
-        <v>9786526310168</v>
+        <v>9788536292038</v>
       </c>
       <c r="N566" t="s" s="3">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="O566" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P566" t="s">
-        <v>329</v>
+        <v>64</v>
       </c>
     </row>
     <row r="567">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567">
-        <v>12512</v>
+        <v>20261</v>
       </c>
       <c r="C567" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="D567" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="F567">
-        <v>98</v>
+        <v>188</v>
       </c>
       <c r="G567">
-        <v>144</v>
+        <v>238</v>
       </c>
       <c r="H567" t="s">
         <v>22</v>
       </c>
       <c r="I567">
         <v>150</v>
       </c>
       <c r="J567">
         <v>210</v>
       </c>
       <c r="K567">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L567" s="1">
-        <v>37666</v>
+        <v>39205</v>
       </c>
       <c r="M567" s="2">
-        <v>9788536203515</v>
-[...2 lines deleted...]
-        <v>1614</v>
+        <v>9788536215716</v>
+      </c>
+      <c r="N567" t="s" s="3">
+        <v>1616</v>
       </c>
       <c r="O567" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P567" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
     </row>
     <row r="568">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568">
-        <v>30527</v>
+        <v>30930</v>
       </c>
       <c r="C568" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="D568" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="F568">
-        <v>196</v>
+        <v>134</v>
       </c>
       <c r="G568">
-        <v>243</v>
+        <v>166</v>
       </c>
       <c r="H568" t="s">
         <v>22</v>
       </c>
       <c r="I568">
         <v>150</v>
       </c>
       <c r="J568">
         <v>210</v>
       </c>
       <c r="K568">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L568" s="1">
-        <v>45097</v>
+        <v>45348</v>
       </c>
       <c r="M568" s="2">
-        <v>9786526305744</v>
+        <v>9786526311059</v>
       </c>
       <c r="N568" t="s" s="3">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="O568" s="4">
-        <v>89.90</v>
+        <v>59.90</v>
       </c>
       <c r="P568" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="569">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569">
-        <v>13328</v>
+        <v>30932</v>
       </c>
       <c r="C569" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D569" t="s">
         <v>1618</v>
       </c>
-      <c r="D569" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F569">
-        <v>62</v>
+        <v>156</v>
       </c>
       <c r="G569">
-        <v>104</v>
+        <v>193</v>
       </c>
       <c r="H569" t="s">
         <v>22</v>
       </c>
       <c r="I569">
         <v>150</v>
       </c>
       <c r="J569">
         <v>210</v>
       </c>
       <c r="K569">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L569" s="1">
-        <v>38707</v>
+        <v>45348</v>
       </c>
       <c r="M569" s="2">
-        <v>9788536211428</v>
+        <v>9786526311066</v>
       </c>
       <c r="N569" t="s" s="3">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="O569" s="4">
         <v>59.90</v>
       </c>
       <c r="P569" t="s">
-        <v>897</v>
+        <v>329</v>
       </c>
     </row>
     <row r="570">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570">
-        <v>10357</v>
+        <v>30934</v>
       </c>
       <c r="C570" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="D570" t="s">
-        <v>1622</v>
+        <v>1618</v>
       </c>
       <c r="F570">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="G570">
-        <v>162</v>
+        <v>186</v>
       </c>
       <c r="H570" t="s">
         <v>22</v>
       </c>
       <c r="I570">
         <v>150</v>
       </c>
       <c r="J570">
         <v>210</v>
       </c>
       <c r="K570">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L570" s="1">
-        <v>36738</v>
+        <v>45348</v>
       </c>
       <c r="M570" s="2">
-        <v>9788573942927</v>
+        <v>9786526310168</v>
       </c>
       <c r="N570" t="s" s="3">
         <v>1623</v>
       </c>
       <c r="O570" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P570" t="s">
-        <v>57</v>
+        <v>329</v>
       </c>
     </row>
     <row r="571">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571">
-        <v>30950</v>
-[...4 lines deleted...]
-        </is>
+        <v>12512</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1624</v>
       </c>
       <c r="D571" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="F571">
-        <v>228</v>
+        <v>98</v>
       </c>
       <c r="G571">
-        <v>283</v>
+        <v>144</v>
       </c>
       <c r="H571" t="s">
         <v>22</v>
       </c>
       <c r="I571">
         <v>150</v>
       </c>
       <c r="J571">
         <v>210</v>
       </c>
       <c r="K571">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L571" s="1">
-        <v>45357</v>
+        <v>37666</v>
       </c>
       <c r="M571" s="2">
-        <v>9786526309926</v>
-[...2 lines deleted...]
-        <v>1625</v>
+        <v>9788536203515</v>
+      </c>
+      <c r="N571" t="s">
+        <v>1626</v>
       </c>
       <c r="O571" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P571" t="s">
-        <v>329</v>
+        <v>64</v>
       </c>
     </row>
     <row r="572">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572">
-        <v>27155</v>
+        <v>30527</v>
       </c>
       <c r="C572" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D572" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="F572">
-        <v>264</v>
+        <v>196</v>
       </c>
       <c r="G572">
-        <v>327</v>
+        <v>243</v>
       </c>
       <c r="H572" t="s">
         <v>22</v>
       </c>
       <c r="I572">
         <v>150</v>
       </c>
       <c r="J572">
         <v>210</v>
       </c>
       <c r="K572">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L572" s="1">
-        <v>43346</v>
+        <v>45097</v>
       </c>
       <c r="M572" s="2">
-        <v>9788536282169</v>
+        <v>9786526305744</v>
       </c>
       <c r="N572" t="s" s="3">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="O572" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P572" t="s">
-        <v>1629</v>
+        <v>329</v>
       </c>
     </row>
     <row r="573">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573">
-        <v>23305</v>
+        <v>13328</v>
       </c>
       <c r="C573" t="s">
         <v>1630</v>
       </c>
       <c r="D573" t="s">
         <v>1631</v>
       </c>
       <c r="F573">
-        <v>270</v>
+        <v>62</v>
       </c>
       <c r="G573">
-        <v>336</v>
+        <v>104</v>
       </c>
       <c r="H573" t="s">
         <v>22</v>
       </c>
       <c r="I573">
         <v>150</v>
       </c>
       <c r="J573">
         <v>210</v>
       </c>
       <c r="K573">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="L573" s="1">
-        <v>41675</v>
+        <v>38707</v>
       </c>
       <c r="M573" s="2">
-        <v>9788536245461</v>
+        <v>9788536211428</v>
       </c>
       <c r="N573" t="s" s="3">
         <v>1632</v>
       </c>
       <c r="O573" s="4">
-        <v>129.90</v>
+        <v>59.90</v>
       </c>
       <c r="P573" t="s">
-        <v>36</v>
+        <v>906</v>
       </c>
     </row>
     <row r="574">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574">
-        <v>10155</v>
+        <v>10357</v>
       </c>
       <c r="C574" t="s">
         <v>1633</v>
       </c>
       <c r="D574" t="s">
         <v>1634</v>
       </c>
       <c r="F574">
-        <v>288</v>
+        <v>112</v>
       </c>
       <c r="G574">
-        <v>372</v>
+        <v>162</v>
       </c>
       <c r="H574" t="s">
         <v>22</v>
       </c>
       <c r="I574">
         <v>150</v>
       </c>
       <c r="J574">
         <v>210</v>
       </c>
       <c r="K574">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="L574" s="1">
-        <v>36039</v>
+        <v>36738</v>
       </c>
       <c r="M574" s="2">
-        <v>9788573941562</v>
+        <v>9788573942927</v>
       </c>
       <c r="N574" t="s" s="3">
         <v>1635</v>
       </c>
       <c r="O574" s="4">
-        <v>129.90</v>
+        <v>69.90</v>
       </c>
       <c r="P574" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="575">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575">
-        <v>20570</v>
+        <v>27155</v>
       </c>
       <c r="C575" t="s">
         <v>1636</v>
       </c>
       <c r="D575" t="s">
         <v>1637</v>
       </c>
       <c r="F575">
-        <v>278</v>
+        <v>264</v>
       </c>
       <c r="G575">
-        <v>282</v>
+        <v>327</v>
       </c>
       <c r="H575" t="s">
         <v>22</v>
       </c>
       <c r="I575">
         <v>150</v>
       </c>
       <c r="J575">
         <v>210</v>
       </c>
       <c r="K575">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L575" s="1">
-        <v>39490</v>
+        <v>43346</v>
       </c>
       <c r="M575" s="2">
-        <v>9788536218670</v>
+        <v>9788536282169</v>
       </c>
       <c r="N575" t="s" s="3">
         <v>1638</v>
       </c>
       <c r="O575" s="4">
         <v>129.90</v>
       </c>
       <c r="P575" t="s">
-        <v>507</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="576">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576">
-        <v>29231</v>
+        <v>23305</v>
       </c>
       <c r="C576" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="D576" t="s">
-        <v>1640</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>1641</v>
       </c>
       <c r="F576">
-        <v>94</v>
+        <v>270</v>
       </c>
       <c r="G576">
-        <v>116</v>
+        <v>336</v>
       </c>
       <c r="H576" t="s">
         <v>22</v>
       </c>
       <c r="I576">
         <v>150</v>
       </c>
       <c r="J576">
         <v>210</v>
       </c>
       <c r="K576">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="L576" s="1">
-        <v>44440</v>
+        <v>41675</v>
       </c>
       <c r="M576" s="2">
-        <v>9786556057071</v>
+        <v>9788536245461</v>
       </c>
       <c r="N576" t="s" s="3">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="O576" s="4">
-        <v>59.90</v>
+        <v>129.90</v>
       </c>
       <c r="P576" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="577">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577">
-        <v>11155</v>
+        <v>10155</v>
       </c>
       <c r="C577" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="D577" t="s">
-        <v>455</v>
+        <v>1644</v>
       </c>
       <c r="F577">
-        <v>202</v>
+        <v>288</v>
       </c>
       <c r="G577">
-        <v>264</v>
+        <v>372</v>
       </c>
       <c r="H577" t="s">
         <v>22</v>
       </c>
       <c r="I577">
         <v>150</v>
       </c>
       <c r="J577">
         <v>210</v>
       </c>
       <c r="K577">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="L577" s="1">
-        <v>37200</v>
+        <v>36039</v>
       </c>
       <c r="M577" s="2">
-        <v>9788536200163</v>
+        <v>9788573941562</v>
       </c>
       <c r="N577" t="s" s="3">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="O577" s="4">
-        <v>99.90</v>
+        <v>129.90</v>
       </c>
       <c r="P577" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="578">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578">
-        <v>20759</v>
+        <v>20570</v>
       </c>
       <c r="C578" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="D578" t="s">
-        <v>331</v>
+        <v>1647</v>
       </c>
       <c r="F578">
-        <v>382</v>
+        <v>278</v>
       </c>
       <c r="G578">
-        <v>485</v>
+        <v>282</v>
       </c>
       <c r="H578" t="s">
         <v>22</v>
       </c>
       <c r="I578">
         <v>150</v>
       </c>
       <c r="J578">
         <v>210</v>
       </c>
       <c r="K578">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="L578" s="1">
-        <v>39639</v>
+        <v>39490</v>
       </c>
       <c r="M578" s="2">
-        <v>9788536220581</v>
+        <v>9788536218670</v>
       </c>
       <c r="N578" t="s" s="3">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="O578" s="4">
-        <v>159.90</v>
+        <v>129.90</v>
       </c>
       <c r="P578" t="s">
-        <v>314</v>
+        <v>512</v>
       </c>
     </row>
     <row r="579">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579">
-        <v>23974</v>
+        <v>29231</v>
       </c>
       <c r="C579" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="D579" t="s">
-        <v>1647</v>
+        <v>1650</v>
+      </c>
+      <c r="E579" t="s">
+        <v>90</v>
       </c>
       <c r="F579">
-        <v>188</v>
+        <v>94</v>
       </c>
       <c r="G579">
-        <v>188</v>
+        <v>116</v>
       </c>
       <c r="H579" t="s">
         <v>22</v>
       </c>
       <c r="I579">
         <v>150</v>
       </c>
       <c r="J579">
         <v>210</v>
       </c>
       <c r="K579">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="L579" s="1">
-        <v>42152</v>
+        <v>44440</v>
       </c>
       <c r="M579" s="2">
-        <v>9788536251769</v>
+        <v>9786556057071</v>
       </c>
       <c r="N579" t="s" s="3">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="O579" s="4">
-        <v>99.90</v>
+        <v>59.90</v>
       </c>
       <c r="P579" t="s">
-        <v>451</v>
+        <v>47</v>
       </c>
     </row>
     <row r="580">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580">
-        <v>10141</v>
+        <v>11155</v>
       </c>
       <c r="C580" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="D580" t="s">
-        <v>1650</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>460</v>
       </c>
       <c r="F580">
-        <v>144</v>
+        <v>202</v>
       </c>
       <c r="G580">
-        <v>192</v>
+        <v>264</v>
       </c>
       <c r="H580" t="s">
         <v>22</v>
       </c>
       <c r="I580">
         <v>150</v>
       </c>
       <c r="J580">
         <v>210</v>
       </c>
       <c r="K580">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L580" s="1">
-        <v>36039</v>
+        <v>37200</v>
       </c>
       <c r="M580" s="2">
-        <v>9788573940398</v>
+        <v>9788536200163</v>
       </c>
       <c r="N580" t="s" s="3">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="O580" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P580" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="581">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581">
-        <v>23445</v>
+        <v>20759</v>
       </c>
       <c r="C581" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="D581" t="s">
         <v>331</v>
       </c>
       <c r="F581">
-        <v>228</v>
+        <v>382</v>
       </c>
       <c r="G581">
-        <v>283</v>
+        <v>485</v>
       </c>
       <c r="H581" t="s">
         <v>22</v>
       </c>
       <c r="I581">
         <v>150</v>
       </c>
       <c r="J581">
         <v>210</v>
       </c>
       <c r="K581">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="L581" s="1">
-        <v>41782</v>
+        <v>39639</v>
       </c>
       <c r="M581" s="2">
-        <v>9788536246673</v>
+        <v>9788536220581</v>
       </c>
       <c r="N581" t="s" s="3">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="O581" s="4">
-        <v>109.90</v>
+        <v>159.90</v>
       </c>
       <c r="P581" t="s">
-        <v>36</v>
+        <v>314</v>
       </c>
     </row>
     <row r="582">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582">
-        <v>12992</v>
+        <v>23974</v>
       </c>
       <c r="C582" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="D582" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="F582">
-        <v>202</v>
+        <v>188</v>
       </c>
       <c r="G582">
-        <v>276</v>
+        <v>188</v>
       </c>
       <c r="H582" t="s">
         <v>22</v>
       </c>
       <c r="I582">
         <v>150</v>
       </c>
       <c r="J582">
         <v>210</v>
       </c>
       <c r="K582">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L582" s="1">
-        <v>38264</v>
+        <v>42152</v>
       </c>
       <c r="M582" s="2">
-        <v>9788536208084</v>
+        <v>9788536251769</v>
       </c>
       <c r="N582" t="s" s="3">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="O582" s="4">
         <v>99.90</v>
       </c>
       <c r="P582" t="s">
-        <v>19</v>
+        <v>453</v>
       </c>
     </row>
     <row r="583">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583">
-        <v>13084</v>
+        <v>10141</v>
       </c>
       <c r="C583" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="D583" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="E583" t="s">
-        <v>525</v>
+        <v>34</v>
       </c>
       <c r="F583">
-        <v>102</v>
+        <v>144</v>
       </c>
       <c r="G583">
-        <v>158</v>
+        <v>192</v>
       </c>
       <c r="H583" t="s">
         <v>22</v>
       </c>
       <c r="I583">
         <v>150</v>
       </c>
       <c r="J583">
         <v>210</v>
       </c>
       <c r="K583">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L583" s="1">
-        <v>38371</v>
+        <v>36039</v>
       </c>
       <c r="M583" s="2">
-        <v>9788536208954</v>
+        <v>9788573940398</v>
       </c>
       <c r="N583" t="s" s="3">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="O583" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P583" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="584">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584">
-        <v>20560</v>
+        <v>23445</v>
       </c>
       <c r="C584" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="D584" t="s">
-        <v>1661</v>
+        <v>331</v>
       </c>
       <c r="F584">
-        <v>140</v>
+        <v>228</v>
       </c>
       <c r="G584">
-        <v>135</v>
+        <v>283</v>
       </c>
       <c r="H584" t="s">
         <v>22</v>
       </c>
       <c r="I584">
         <v>150</v>
       </c>
       <c r="J584">
         <v>210</v>
       </c>
       <c r="K584">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L584" s="1">
-        <v>39482</v>
+        <v>41782</v>
       </c>
       <c r="M584" s="2">
-        <v>9788536218809</v>
+        <v>9788536246673</v>
       </c>
       <c r="N584" t="s" s="3">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="O584" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P584" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="585">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585">
-        <v>23810</v>
+        <v>12992</v>
       </c>
       <c r="C585" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="D585" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="F585">
-        <v>252</v>
+        <v>202</v>
       </c>
       <c r="G585">
-        <v>313</v>
+        <v>276</v>
       </c>
       <c r="H585" t="s">
         <v>22</v>
       </c>
       <c r="I585">
         <v>150</v>
       </c>
       <c r="J585">
         <v>210</v>
       </c>
       <c r="K585">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="L585" s="1">
-        <v>42055</v>
+        <v>38264</v>
       </c>
       <c r="M585" s="2">
-        <v>9788536250229</v>
+        <v>9788536208084</v>
       </c>
       <c r="N585" t="s" s="3">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="O585" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P585" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="586">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586">
-        <v>31514</v>
+        <v>13084</v>
       </c>
       <c r="C586" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="D586" t="s">
-        <v>1667</v>
+        <v>1668</v>
+      </c>
+      <c r="E586" t="s">
+        <v>530</v>
       </c>
       <c r="F586">
-        <v>184</v>
+        <v>102</v>
       </c>
       <c r="G586">
-        <v>240</v>
+        <v>158</v>
       </c>
       <c r="H586" t="s">
         <v>22</v>
       </c>
       <c r="I586">
         <v>150</v>
       </c>
       <c r="J586">
         <v>210</v>
       </c>
       <c r="K586">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L586" s="1">
-        <v>45744</v>
+        <v>38371</v>
       </c>
       <c r="M586" s="2">
-        <v>9786526314869</v>
+        <v>9788536208954</v>
       </c>
       <c r="N586" t="s" s="3">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="O586" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P586" t="s">
-        <v>582</v>
+        <v>28</v>
       </c>
     </row>
     <row r="587">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587">
-        <v>22451</v>
+        <v>20560</v>
       </c>
       <c r="C587" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D587" t="s">
-        <v>1363</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1671</v>
       </c>
       <c r="F587">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="G587">
-        <v>207</v>
+        <v>135</v>
       </c>
       <c r="H587" t="s">
         <v>22</v>
       </c>
       <c r="I587">
         <v>150</v>
       </c>
       <c r="J587">
         <v>210</v>
       </c>
       <c r="K587">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L587" s="1">
-        <v>40892</v>
+        <v>39482</v>
       </c>
       <c r="M587" s="2">
-        <v>9788536235868</v>
+        <v>9788536218809</v>
       </c>
       <c r="N587" t="s" s="3">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="O587" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P587" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="588">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588">
-        <v>30566</v>
+        <v>23810</v>
       </c>
       <c r="C588" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="D588" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="F588">
-        <v>124</v>
+        <v>252</v>
       </c>
       <c r="G588">
-        <v>154</v>
+        <v>313</v>
       </c>
       <c r="H588" t="s">
         <v>22</v>
       </c>
       <c r="I588">
         <v>150</v>
       </c>
       <c r="J588">
         <v>210</v>
       </c>
       <c r="K588">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L588" s="1">
-        <v>45119</v>
+        <v>42055</v>
       </c>
       <c r="M588" s="2">
-        <v>9786526305393</v>
+        <v>9788536250229</v>
       </c>
       <c r="N588" t="s" s="3">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="O588" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P588" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="589">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589">
-        <v>31105</v>
+        <v>31514</v>
       </c>
       <c r="C589" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="D589" t="s">
-        <v>1539</v>
+        <v>1677</v>
       </c>
       <c r="F589">
-        <v>106</v>
+        <v>184</v>
       </c>
       <c r="G589">
-        <v>131</v>
+        <v>240</v>
       </c>
       <c r="H589" t="s">
         <v>22</v>
       </c>
       <c r="I589">
         <v>150</v>
       </c>
       <c r="J589">
         <v>210</v>
       </c>
       <c r="K589">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L589" s="1">
-        <v>45464</v>
+        <v>45744</v>
       </c>
       <c r="M589" s="2">
-        <v>9786526313381</v>
+        <v>9786526314869</v>
       </c>
       <c r="N589" t="s" s="3">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="O589" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P589" t="s">
-        <v>36</v>
+        <v>587</v>
       </c>
     </row>
     <row r="590">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590">
-        <v>23353</v>
+        <v>22451</v>
       </c>
       <c r="C590" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="D590" t="s">
-        <v>1677</v>
+        <v>1372</v>
+      </c>
+      <c r="E590" t="s">
+        <v>34</v>
       </c>
       <c r="F590">
-        <v>216</v>
+        <v>156</v>
       </c>
       <c r="G590">
-        <v>269</v>
+        <v>207</v>
       </c>
       <c r="H590" t="s">
         <v>22</v>
       </c>
       <c r="I590">
         <v>150</v>
       </c>
       <c r="J590">
         <v>210</v>
       </c>
       <c r="K590">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L590" s="1">
-        <v>41722</v>
+        <v>40892</v>
       </c>
       <c r="M590" s="2">
-        <v>9788536246017</v>
+        <v>9788536235868</v>
       </c>
       <c r="N590" t="s" s="3">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="O590" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P590" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="591">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591">
-        <v>30802</v>
+        <v>30566</v>
       </c>
       <c r="C591" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="D591" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="F591">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="G591">
-        <v>196</v>
+        <v>154</v>
       </c>
       <c r="H591" t="s">
         <v>22</v>
       </c>
       <c r="I591">
         <v>150</v>
       </c>
       <c r="J591">
         <v>210</v>
       </c>
       <c r="K591">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L591" s="1">
-        <v>45247</v>
+        <v>45119</v>
       </c>
       <c r="M591" s="2">
-        <v>9786526306505</v>
+        <v>9786526305393</v>
       </c>
       <c r="N591" t="s" s="3">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="O591" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P591" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="592">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592">
-        <v>31366</v>
+        <v>31105</v>
       </c>
       <c r="C592" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="D592" t="s">
-        <v>1539</v>
+        <v>1551</v>
       </c>
       <c r="F592">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G592">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H592" t="s">
         <v>22</v>
       </c>
       <c r="I592">
         <v>150</v>
       </c>
       <c r="J592">
         <v>210</v>
       </c>
       <c r="K592">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L592" s="1">
-        <v>45635</v>
+        <v>45464</v>
       </c>
       <c r="M592" s="2">
-        <v>9786526315637</v>
+        <v>9786526313381</v>
       </c>
       <c r="N592" t="s" s="3">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="O592" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P592" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="593">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593">
-        <v>31360</v>
+        <v>23353</v>
       </c>
       <c r="C593" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="D593" t="s">
-        <v>1539</v>
+        <v>1687</v>
       </c>
       <c r="F593">
-        <v>126</v>
+        <v>216</v>
       </c>
       <c r="G593">
-        <v>156</v>
+        <v>269</v>
       </c>
       <c r="H593" t="s">
         <v>22</v>
       </c>
       <c r="I593">
         <v>150</v>
       </c>
       <c r="J593">
         <v>210</v>
       </c>
       <c r="K593">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="L593" s="1">
-        <v>45630</v>
+        <v>41722</v>
       </c>
       <c r="M593" s="2">
-        <v>9786526315699</v>
+        <v>9788536246017</v>
       </c>
       <c r="N593" t="s" s="3">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="O593" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P593" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="594">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594">
-        <v>30321</v>
+        <v>30802</v>
       </c>
       <c r="C594" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="D594" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="F594">
-        <v>134</v>
+        <v>158</v>
       </c>
       <c r="G594">
-        <v>166</v>
+        <v>196</v>
       </c>
       <c r="H594" t="s">
         <v>22</v>
       </c>
       <c r="I594">
         <v>150</v>
       </c>
       <c r="J594">
         <v>210</v>
       </c>
       <c r="K594">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L594" s="1">
-        <v>44972</v>
+        <v>45247</v>
       </c>
       <c r="M594" s="2">
-        <v>9786526302224</v>
+        <v>9786526306505</v>
       </c>
       <c r="N594" t="s" s="3">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="O594" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P594" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="595">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595">
-        <v>20604</v>
+        <v>31366</v>
       </c>
       <c r="C595" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="D595" t="s">
-        <v>1690</v>
+        <v>1551</v>
       </c>
       <c r="F595">
-        <v>212</v>
+        <v>104</v>
       </c>
       <c r="G595">
-        <v>204</v>
+        <v>129</v>
       </c>
       <c r="H595" t="s">
         <v>22</v>
       </c>
       <c r="I595">
         <v>150</v>
       </c>
       <c r="J595">
         <v>210</v>
       </c>
       <c r="K595">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="L595" s="1">
-        <v>39511</v>
+        <v>45635</v>
       </c>
       <c r="M595" s="2">
-        <v>9788536219189</v>
+        <v>9786526315637</v>
       </c>
       <c r="N595" t="s" s="3">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="O595" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P595" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="596">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596">
-        <v>20722</v>
+        <v>31360</v>
       </c>
       <c r="C596" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="D596" t="s">
-        <v>1693</v>
+        <v>1551</v>
       </c>
       <c r="F596">
-        <v>608</v>
+        <v>126</v>
       </c>
       <c r="G596">
-        <v>765</v>
+        <v>156</v>
       </c>
       <c r="H596" t="s">
         <v>22</v>
       </c>
       <c r="I596">
         <v>150</v>
       </c>
       <c r="J596">
         <v>210</v>
       </c>
       <c r="K596">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="L596" s="1">
-        <v>39769</v>
+        <v>45630</v>
       </c>
       <c r="M596" s="2">
-        <v>9788536220482</v>
+        <v>9786526315699</v>
       </c>
       <c r="N596" t="s" s="3">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="O596" s="4">
-        <v>239.90</v>
+        <v>79.90</v>
       </c>
       <c r="P596" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="597">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597">
-        <v>10326</v>
+        <v>30321</v>
       </c>
       <c r="C597" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="D597" t="s">
-        <v>379</v>
+        <v>1697</v>
       </c>
       <c r="F597">
-        <v>330</v>
+        <v>134</v>
       </c>
       <c r="G597">
-        <v>410</v>
+        <v>166</v>
       </c>
       <c r="H597" t="s">
         <v>22</v>
       </c>
       <c r="I597">
         <v>150</v>
       </c>
       <c r="J597">
         <v>210</v>
       </c>
       <c r="K597">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="L597" s="1">
-        <v>36655</v>
+        <v>44972</v>
       </c>
       <c r="M597" s="2">
-        <v>9788573943146</v>
+        <v>9786526302224</v>
       </c>
       <c r="N597" t="s" s="3">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="O597" s="4">
-        <v>149.90</v>
+        <v>69.90</v>
       </c>
       <c r="P597" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="598">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598">
-        <v>31541</v>
+        <v>20604</v>
       </c>
       <c r="C598" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="D598" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="F598">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="G598">
-        <v>272</v>
+        <v>204</v>
       </c>
       <c r="H598" t="s">
         <v>22</v>
       </c>
       <c r="I598">
         <v>150</v>
       </c>
       <c r="J598">
         <v>210</v>
       </c>
       <c r="K598">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L598" s="1">
-        <v>45757</v>
+        <v>39511</v>
       </c>
       <c r="M598" s="2">
-        <v>9786526312582</v>
+        <v>9788536219189</v>
       </c>
       <c r="N598" t="s" s="3">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="O598" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P598" t="s">
-        <v>329</v>
+        <v>64</v>
       </c>
     </row>
     <row r="599">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599">
-        <v>31538</v>
+        <v>20722</v>
       </c>
       <c r="C599" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="D599" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="F599">
-        <v>206</v>
+        <v>608</v>
       </c>
       <c r="G599">
-        <v>272</v>
+        <v>765</v>
       </c>
       <c r="H599" t="s">
         <v>22</v>
       </c>
       <c r="I599">
         <v>150</v>
       </c>
       <c r="J599">
         <v>210</v>
       </c>
       <c r="K599">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="L599" s="1">
-        <v>45761</v>
+        <v>39769</v>
       </c>
       <c r="M599" s="2">
-        <v>9786526312285</v>
+        <v>9788536220482</v>
       </c>
       <c r="N599" t="s" s="3">
-        <v>1701</v>
+        <v>1704</v>
       </c>
       <c r="O599" s="4">
-        <v>79.90</v>
+        <v>239.90</v>
       </c>
       <c r="P599" t="s">
-        <v>329</v>
+        <v>64</v>
       </c>
     </row>
     <row r="600">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600">
-        <v>22441</v>
+        <v>10326</v>
       </c>
       <c r="C600" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
       <c r="D600" t="s">
-        <v>1703</v>
+        <v>381</v>
       </c>
       <c r="F600">
-        <v>174</v>
+        <v>330</v>
       </c>
       <c r="G600">
-        <v>297</v>
+        <v>410</v>
       </c>
       <c r="H600" t="s">
         <v>22</v>
       </c>
       <c r="I600">
         <v>150</v>
       </c>
       <c r="J600">
         <v>210</v>
       </c>
       <c r="K600">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="L600" s="1">
-        <v>40878</v>
+        <v>36655</v>
       </c>
       <c r="M600" s="2">
-        <v>9788536234861</v>
+        <v>9788573943146</v>
       </c>
       <c r="N600" t="s" s="3">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="O600" s="4">
-        <v>94.70</v>
+        <v>149.90</v>
       </c>
       <c r="P600" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="601">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601">
-        <v>11142</v>
+        <v>31541</v>
       </c>
       <c r="C601" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="D601" t="s">
-        <v>1658</v>
+        <v>1708</v>
       </c>
       <c r="F601">
-        <v>138</v>
+        <v>206</v>
       </c>
       <c r="G601">
-        <v>190</v>
+        <v>272</v>
       </c>
       <c r="H601" t="s">
         <v>22</v>
       </c>
       <c r="I601">
         <v>150</v>
       </c>
       <c r="J601">
         <v>210</v>
       </c>
       <c r="K601">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L601" s="1">
-        <v>37173</v>
+        <v>45757</v>
       </c>
       <c r="M601" s="2">
-        <v>9788573949179</v>
+        <v>9786526312582</v>
       </c>
       <c r="N601" t="s" s="3">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="O601" s="4">
         <v>79.90</v>
       </c>
       <c r="P601" t="s">
-        <v>28</v>
+        <v>329</v>
       </c>
     </row>
     <row r="602">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602">
-        <v>31620</v>
+        <v>31538</v>
       </c>
       <c r="C602" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="D602" t="s">
         <v>1708</v>
       </c>
       <c r="F602">
-        <v>116</v>
+        <v>206</v>
       </c>
       <c r="G602">
-        <v>170</v>
+        <v>272</v>
       </c>
       <c r="H602" t="s">
         <v>22</v>
       </c>
       <c r="I602">
         <v>150</v>
       </c>
       <c r="J602">
         <v>210</v>
       </c>
       <c r="K602">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="L602" s="1">
-        <v>45825</v>
+        <v>45761</v>
       </c>
       <c r="M602" s="2">
-        <v>9786526312186</v>
+        <v>9786526312285</v>
       </c>
       <c r="N602" t="s" s="3">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="O602" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P602" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="603">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603">
-        <v>23310</v>
+        <v>22441</v>
       </c>
       <c r="C603" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="D603" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="F603">
-        <v>196</v>
+        <v>174</v>
       </c>
       <c r="G603">
-        <v>244</v>
+        <v>297</v>
       </c>
       <c r="H603" t="s">
         <v>22</v>
       </c>
       <c r="I603">
         <v>150</v>
       </c>
       <c r="J603">
         <v>210</v>
       </c>
       <c r="K603">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L603" s="1">
-        <v>41680</v>
+        <v>40878</v>
       </c>
       <c r="M603" s="2">
-        <v>9788536245485</v>
+        <v>9788536234861</v>
       </c>
       <c r="N603" t="s" s="3">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="O603" s="4">
-        <v>99.90</v>
+        <v>94.70</v>
       </c>
       <c r="P603" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="604">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604">
-        <v>25358</v>
+        <v>11142</v>
       </c>
       <c r="C604" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="D604" t="s">
-        <v>1714</v>
+        <v>1668</v>
       </c>
       <c r="F604">
         <v>138</v>
       </c>
       <c r="G604">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="H604" t="s">
         <v>22</v>
       </c>
       <c r="I604">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J604">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K604">
         <v>8</v>
       </c>
       <c r="L604" s="1">
-        <v>42747</v>
+        <v>37173</v>
       </c>
       <c r="M604" s="2">
-        <v>9788536264882</v>
+        <v>9788573949179</v>
       </c>
       <c r="N604" t="s" s="3">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="O604" s="4">
-        <v>39.90</v>
+        <v>79.90</v>
       </c>
       <c r="P604" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="605">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605">
-        <v>22307</v>
+        <v>31620</v>
       </c>
       <c r="C605" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D605" t="s">
-        <v>533</v>
+        <v>1718</v>
       </c>
       <c r="F605">
-        <v>155</v>
+        <v>116</v>
       </c>
       <c r="G605">
-        <v>197</v>
+        <v>170</v>
       </c>
       <c r="H605" t="s">
         <v>22</v>
       </c>
       <c r="I605">
         <v>150</v>
       </c>
       <c r="J605">
         <v>210</v>
       </c>
       <c r="K605">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L605" s="1">
-        <v>40779</v>
+        <v>45825</v>
       </c>
       <c r="M605" s="2">
-        <v>9788536234113</v>
+        <v>9786526312186</v>
       </c>
       <c r="N605" t="s" s="3">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="O605" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P605" t="s">
-        <v>28</v>
+        <v>329</v>
       </c>
     </row>
     <row r="606">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606">
-        <v>21128</v>
+        <v>23310</v>
       </c>
       <c r="C606" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="D606" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="F606">
-        <v>84</v>
+        <v>196</v>
       </c>
       <c r="G606">
-        <v>102</v>
+        <v>244</v>
       </c>
       <c r="H606" t="s">
         <v>22</v>
       </c>
       <c r="I606">
         <v>150</v>
       </c>
       <c r="J606">
         <v>210</v>
       </c>
       <c r="K606">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="L606" s="1">
-        <v>39945</v>
+        <v>41680</v>
       </c>
       <c r="M606" s="2">
-        <v>9788536224886</v>
+        <v>9788536245485</v>
       </c>
       <c r="N606" t="s" s="3">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="O606" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P606" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="607">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607">
-        <v>24668</v>
+        <v>25358</v>
       </c>
       <c r="C607" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="D607" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="F607">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="G607">
-        <v>129</v>
+        <v>171</v>
       </c>
       <c r="H607" t="s">
         <v>22</v>
       </c>
       <c r="I607">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J607">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K607">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L607" s="1">
-        <v>42509</v>
+        <v>42747</v>
       </c>
       <c r="M607" s="2">
-        <v>9788536258232</v>
+        <v>9788536264882</v>
       </c>
       <c r="N607" t="s" s="3">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="O607" s="4">
-        <v>69.90</v>
+        <v>39.90</v>
       </c>
       <c r="P607" t="s">
-        <v>1724</v>
+        <v>28</v>
       </c>
     </row>
     <row r="608">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608">
-        <v>24083</v>
+        <v>22307</v>
       </c>
       <c r="C608" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="D608" t="s">
-        <v>1726</v>
+        <v>538</v>
       </c>
       <c r="F608">
-        <v>146</v>
+        <v>155</v>
       </c>
       <c r="G608">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="H608" t="s">
         <v>22</v>
       </c>
       <c r="I608">
         <v>150</v>
       </c>
       <c r="J608">
         <v>210</v>
       </c>
       <c r="K608">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L608" s="1">
-        <v>42202</v>
+        <v>40779</v>
       </c>
       <c r="M608" s="2">
-        <v>9788536252636</v>
+        <v>9788536234113</v>
       </c>
       <c r="N608" t="s" s="3">
         <v>1727</v>
       </c>
       <c r="O608" s="4">
         <v>79.90</v>
       </c>
       <c r="P608" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="609">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609">
-        <v>27106</v>
+        <v>21128</v>
       </c>
       <c r="C609" t="s">
         <v>1728</v>
       </c>
       <c r="D609" t="s">
         <v>1729</v>
       </c>
       <c r="F609">
-        <v>338</v>
+        <v>84</v>
       </c>
       <c r="G609">
-        <v>419</v>
+        <v>102</v>
       </c>
       <c r="H609" t="s">
         <v>22</v>
       </c>
       <c r="I609">
         <v>150</v>
       </c>
       <c r="J609">
         <v>210</v>
       </c>
       <c r="K609">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="L609" s="1">
-        <v>43327</v>
+        <v>39945</v>
       </c>
       <c r="M609" s="2">
-        <v>9788536281674</v>
+        <v>9788536224886</v>
       </c>
       <c r="N609" t="s" s="3">
         <v>1730</v>
       </c>
       <c r="O609" s="4">
-        <v>149.90</v>
+        <v>79.90</v>
       </c>
       <c r="P609" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="610">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610">
-        <v>23448</v>
+        <v>24668</v>
       </c>
       <c r="C610" t="s">
         <v>1731</v>
       </c>
       <c r="D610" t="s">
         <v>1732</v>
       </c>
       <c r="F610">
-        <v>158</v>
+        <v>104</v>
       </c>
       <c r="G610">
-        <v>196</v>
+        <v>129</v>
       </c>
       <c r="H610" t="s">
         <v>22</v>
       </c>
       <c r="I610">
         <v>150</v>
       </c>
       <c r="J610">
         <v>210</v>
       </c>
       <c r="K610">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L610" s="1">
-        <v>41786</v>
+        <v>42509</v>
       </c>
       <c r="M610" s="2">
-        <v>9788536246109</v>
+        <v>9788536258232</v>
       </c>
       <c r="N610" t="s" s="3">
         <v>1733</v>
       </c>
       <c r="O610" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P610" t="s">
-        <v>36</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="611">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611">
-        <v>13329</v>
+        <v>24083</v>
       </c>
       <c r="C611" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="D611" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="F611">
-        <v>64</v>
+        <v>146</v>
       </c>
       <c r="G611">
-        <v>105</v>
+        <v>181</v>
       </c>
       <c r="H611" t="s">
         <v>22</v>
       </c>
       <c r="I611">
         <v>150</v>
       </c>
       <c r="J611">
         <v>210</v>
       </c>
       <c r="K611">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L611" s="1">
-        <v>38712</v>
+        <v>42202</v>
       </c>
       <c r="M611" s="2">
-        <v>9788536211442</v>
-[...2 lines deleted...]
-        <v>1736</v>
+        <v>9788536252636</v>
+      </c>
+      <c r="N611" t="s" s="3">
+        <v>1737</v>
       </c>
       <c r="O611" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P611" t="s">
-        <v>897</v>
+        <v>47</v>
       </c>
     </row>
     <row r="612">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612">
-        <v>28066</v>
+        <v>27106</v>
       </c>
       <c r="C612" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="D612" t="s">
-        <v>1738</v>
-[...2 lines deleted...]
-        <v>841</v>
+        <v>1739</v>
       </c>
       <c r="F612">
-        <v>106</v>
+        <v>338</v>
       </c>
       <c r="G612">
-        <v>131</v>
+        <v>419</v>
       </c>
       <c r="H612" t="s">
         <v>22</v>
       </c>
       <c r="I612">
         <v>150</v>
       </c>
       <c r="J612">
         <v>210</v>
       </c>
       <c r="K612">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="L612" s="1">
-        <v>43733</v>
+        <v>43327</v>
       </c>
       <c r="M612" s="2">
-        <v>9788536291208</v>
+        <v>9788536281674</v>
       </c>
       <c r="N612" t="s" s="3">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="O612" s="4">
-        <v>69.90</v>
+        <v>149.90</v>
       </c>
       <c r="P612" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="613">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613">
-        <v>20296</v>
+        <v>23448</v>
       </c>
       <c r="C613" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="D613" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="F613">
-        <v>68</v>
+        <v>158</v>
       </c>
       <c r="G613">
-        <v>90</v>
+        <v>196</v>
       </c>
       <c r="H613" t="s">
         <v>22</v>
       </c>
       <c r="I613">
         <v>150</v>
       </c>
       <c r="J613">
         <v>210</v>
       </c>
       <c r="K613">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L613" s="1">
-        <v>39252</v>
+        <v>41786</v>
       </c>
       <c r="M613" s="2">
-        <v>9788536216102</v>
+        <v>9788536246109</v>
       </c>
       <c r="N613" t="s" s="3">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="O613" s="4">
-        <v>59.90</v>
+        <v>89.90</v>
       </c>
       <c r="P613" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="614">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614">
-        <v>10227</v>
+        <v>13329</v>
       </c>
       <c r="C614" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="D614" t="s">
-        <v>1650</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1745</v>
       </c>
       <c r="F614">
-        <v>144</v>
+        <v>64</v>
       </c>
       <c r="G614">
-        <v>190</v>
+        <v>105</v>
       </c>
       <c r="H614" t="s">
         <v>22</v>
       </c>
       <c r="I614">
         <v>150</v>
       </c>
       <c r="J614">
         <v>210</v>
       </c>
       <c r="K614">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="L614" s="1">
-        <v>36220</v>
+        <v>38712</v>
       </c>
       <c r="M614" s="2">
-        <v>9788573941876</v>
-[...2 lines deleted...]
-        <v>1744</v>
+        <v>9788536211442</v>
+      </c>
+      <c r="N614" t="s">
+        <v>1746</v>
       </c>
       <c r="O614" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P614" t="s">
-        <v>24</v>
+        <v>906</v>
       </c>
     </row>
     <row r="615">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615">
-        <v>23014</v>
+        <v>28066</v>
       </c>
       <c r="C615" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="D615" t="s">
-        <v>1746</v>
+        <v>1748</v>
+      </c>
+      <c r="E615" t="s">
+        <v>847</v>
       </c>
       <c r="F615">
-        <v>122</v>
+        <v>106</v>
       </c>
       <c r="G615">
-        <v>175</v>
+        <v>131</v>
       </c>
       <c r="H615" t="s">
         <v>22</v>
       </c>
       <c r="I615">
         <v>150</v>
       </c>
       <c r="J615">
         <v>210</v>
       </c>
       <c r="K615">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L615" s="1">
-        <v>41387</v>
+        <v>43733</v>
       </c>
       <c r="M615" s="2">
-        <v>9788536241616</v>
+        <v>9788536291208</v>
       </c>
       <c r="N615" t="s" s="3">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="O615" s="4">
-        <v>74.70</v>
+        <v>69.90</v>
       </c>
       <c r="P615" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
     </row>
     <row r="616">
       <c r="A616">
         <v>615</v>
       </c>
       <c r="B616">
-        <v>21410</v>
+        <v>20296</v>
       </c>
       <c r="C616" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="D616" t="s">
-        <v>170</v>
+        <v>1751</v>
       </c>
       <c r="F616">
-        <v>204</v>
+        <v>68</v>
       </c>
       <c r="G616">
-        <v>287</v>
+        <v>90</v>
       </c>
       <c r="H616" t="s">
         <v>22</v>
       </c>
       <c r="I616">
         <v>150</v>
       </c>
       <c r="J616">
         <v>210</v>
       </c>
       <c r="K616">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="L616" s="1">
-        <v>40137</v>
+        <v>39252</v>
       </c>
       <c r="M616" s="2">
-        <v>9788536227092</v>
+        <v>9788536216102</v>
       </c>
       <c r="N616" t="s" s="3">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="O616" s="4">
-        <v>109.90</v>
+        <v>59.90</v>
       </c>
       <c r="P616" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="617">
       <c r="A617">
         <v>616</v>
       </c>
       <c r="B617">
-        <v>26935</v>
+        <v>10227</v>
       </c>
       <c r="C617" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="D617" t="s">
-        <v>1751</v>
+        <v>1660</v>
       </c>
       <c r="E617" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="F617">
         <v>144</v>
       </c>
       <c r="G617">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="H617" t="s">
         <v>22</v>
       </c>
       <c r="I617">
         <v>150</v>
       </c>
       <c r="J617">
         <v>210</v>
       </c>
       <c r="K617">
         <v>8</v>
       </c>
       <c r="L617" s="1">
-        <v>43272</v>
+        <v>36220</v>
       </c>
       <c r="M617" s="2">
-        <v>9788536280134</v>
+        <v>9788573941876</v>
       </c>
       <c r="N617" t="s" s="3">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="O617" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P617" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="618">
       <c r="A618">
         <v>617</v>
       </c>
       <c r="B618">
-        <v>24248</v>
+        <v>23014</v>
       </c>
       <c r="C618" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="D618" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="F618">
-        <v>190</v>
+        <v>122</v>
       </c>
       <c r="G618">
-        <v>236</v>
+        <v>175</v>
       </c>
       <c r="H618" t="s">
         <v>22</v>
       </c>
       <c r="I618">
         <v>150</v>
       </c>
       <c r="J618">
         <v>210</v>
       </c>
       <c r="K618">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L618" s="1">
-        <v>42282</v>
+        <v>41387</v>
       </c>
       <c r="M618" s="2">
-        <v>9788536254197</v>
+        <v>9788536241616</v>
       </c>
       <c r="N618" t="s" s="3">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="O618" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P618" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="619">
       <c r="A619">
         <v>618</v>
       </c>
       <c r="B619">
-        <v>31263</v>
+        <v>21410</v>
       </c>
       <c r="C619" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="D619" t="s">
-        <v>1757</v>
+        <v>170</v>
       </c>
       <c r="F619">
-        <v>84</v>
+        <v>204</v>
       </c>
       <c r="G619">
-        <v>104</v>
+        <v>287</v>
       </c>
       <c r="H619" t="s">
         <v>22</v>
       </c>
       <c r="I619">
         <v>150</v>
       </c>
       <c r="J619">
         <v>210</v>
       </c>
       <c r="K619">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="L619" s="1">
-        <v>45573</v>
+        <v>40137</v>
       </c>
       <c r="M619" s="2">
-        <v>9786526312834</v>
+        <v>9788536227092</v>
       </c>
       <c r="N619" t="s" s="3">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="O619" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P619" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
     </row>
     <row r="620">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620">
+        <v>26935</v>
+      </c>
+      <c r="C620" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E620" t="s">
+        <v>96</v>
+      </c>
+      <c r="F620">
+        <v>144</v>
+      </c>
+      <c r="G620">
+        <v>178</v>
+      </c>
+      <c r="H620" t="s">
+        <v>22</v>
+      </c>
+      <c r="I620">
+        <v>150</v>
+      </c>
+      <c r="J620">
+        <v>210</v>
+      </c>
+      <c r="K620">
+        <v>8</v>
+      </c>
+      <c r="L620" s="1">
+        <v>43272</v>
+      </c>
+      <c r="M620" s="2">
+        <v>9788536280134</v>
+      </c>
+      <c r="N620" t="s" s="3">
+        <v>1762</v>
+      </c>
+      <c r="O620" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P620" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="621">
+      <c r="A621">
+        <v>620</v>
+      </c>
+      <c r="B621">
+        <v>24248</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F621">
+        <v>190</v>
+      </c>
+      <c r="G621">
+        <v>236</v>
+      </c>
+      <c r="H621" t="s">
+        <v>22</v>
+      </c>
+      <c r="I621">
+        <v>150</v>
+      </c>
+      <c r="J621">
+        <v>210</v>
+      </c>
+      <c r="K621">
+        <v>10</v>
+      </c>
+      <c r="L621" s="1">
+        <v>42282</v>
+      </c>
+      <c r="M621" s="2">
+        <v>9788536254197</v>
+      </c>
+      <c r="N621" t="s" s="3">
+        <v>1765</v>
+      </c>
+      <c r="O621" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P621" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="622">
+      <c r="A622">
+        <v>621</v>
+      </c>
+      <c r="B622">
+        <v>31263</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F622">
+        <v>84</v>
+      </c>
+      <c r="G622">
+        <v>104</v>
+      </c>
+      <c r="H622" t="s">
+        <v>22</v>
+      </c>
+      <c r="I622">
+        <v>150</v>
+      </c>
+      <c r="J622">
+        <v>210</v>
+      </c>
+      <c r="K622">
+        <v>4</v>
+      </c>
+      <c r="L622" s="1">
+        <v>45573</v>
+      </c>
+      <c r="M622" s="2">
+        <v>9786526312834</v>
+      </c>
+      <c r="N622" t="s" s="3">
+        <v>1768</v>
+      </c>
+      <c r="O622" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P622" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="623">
+      <c r="A623">
+        <v>622</v>
+      </c>
+      <c r="B623">
         <v>24374</v>
       </c>
-      <c r="C620" t="inlineStr">
+      <c r="C623" t="inlineStr">
         <is>
           <t>O Que era Doce Virou Amargo!!! Volume 3 - Nem Mesmo a Morte Consegue Destruir uma Relação de Amor! Prefácio de Cristina Bertaco e Paulo Henrique Camargo de Souza - Semeando Livros</t>
         </is>
       </c>
-      <c r="D620" t="s">
-[...2 lines deleted...]
-      <c r="F620">
+      <c r="D623" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F623">
         <v>292</v>
       </c>
-      <c r="G620">
+      <c r="G623">
         <v>362</v>
       </c>
-      <c r="H620" t="s">
-[...8 lines deleted...]
-      <c r="K620">
+      <c r="H623" t="s">
+        <v>22</v>
+      </c>
+      <c r="I623">
+        <v>150</v>
+      </c>
+      <c r="J623">
+        <v>210</v>
+      </c>
+      <c r="K623">
         <v>15</v>
       </c>
-      <c r="L620" s="1">
+      <c r="L623" s="1">
         <v>42390</v>
       </c>
-      <c r="M620" s="2">
+      <c r="M623" s="2">
         <v>9788536255477</v>
       </c>
-      <c r="N620" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O620" s="4">
+      <c r="N623" t="s" s="3">
+        <v>1769</v>
+      </c>
+      <c r="O623" s="4">
         <v>129.90</v>
       </c>
-      <c r="P620" t="s">
+      <c r="P623" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="621">
-[...3 lines deleted...]
-      <c r="B621">
+    <row r="624">
+      <c r="A624">
+        <v>623</v>
+      </c>
+      <c r="B624">
         <v>22998</v>
       </c>
-      <c r="C621" t="s">
-[...5 lines deleted...]
-      <c r="F621">
+      <c r="C624" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F624">
         <v>290</v>
       </c>
-      <c r="G621">
+      <c r="G624">
         <v>365</v>
       </c>
-      <c r="H621" t="s">
-[...8 lines deleted...]
-      <c r="K621">
+      <c r="H624" t="s">
+        <v>22</v>
+      </c>
+      <c r="I624">
+        <v>150</v>
+      </c>
+      <c r="J624">
+        <v>210</v>
+      </c>
+      <c r="K624">
         <v>15</v>
       </c>
-      <c r="L621" s="1">
+      <c r="L624" s="1">
         <v>41375</v>
       </c>
-      <c r="M621" s="2">
+      <c r="M624" s="2">
         <v>9788536239842</v>
       </c>
-      <c r="N621" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O621" s="4">
+      <c r="N624" t="s" s="3">
+        <v>1771</v>
+      </c>
+      <c r="O624" s="4">
         <v>129.90</v>
       </c>
-      <c r="P621" t="s">
+      <c r="P624" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="622">
-[...3 lines deleted...]
-      <c r="B622">
+    <row r="625">
+      <c r="A625">
+        <v>624</v>
+      </c>
+      <c r="B625">
         <v>23769</v>
       </c>
-      <c r="C622" t="inlineStr">
+      <c r="C625" t="inlineStr">
         <is>
           <t>O que Era Doce, Virou Amargo!!! Volume 2 - Uma História de Amor... Um Estudo sobre Relacionamentos - Prefácio da Jornalista e Escritora Ellen Dastry - Semeando Livros</t>
         </is>
       </c>
-      <c r="D622" t="s">
-[...2 lines deleted...]
-      <c r="F622">
+      <c r="D625" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F625">
         <v>216</v>
       </c>
-      <c r="G622">
+      <c r="G625">
         <v>268</v>
       </c>
-      <c r="H622" t="s">
-[...8 lines deleted...]
-      <c r="K622">
+      <c r="H625" t="s">
+        <v>22</v>
+      </c>
+      <c r="I625">
+        <v>150</v>
+      </c>
+      <c r="J625">
+        <v>210</v>
+      </c>
+      <c r="K625">
         <v>12</v>
       </c>
-      <c r="L622" s="1">
+      <c r="L625" s="1">
         <v>42031</v>
       </c>
-      <c r="M622" s="2">
+      <c r="M625" s="2">
         <v>9788536249889</v>
       </c>
-      <c r="N622" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O622" s="4">
+      <c r="N625" t="s" s="3">
+        <v>1772</v>
+      </c>
+      <c r="O625" s="4">
         <v>109.90</v>
       </c>
-      <c r="P622" t="s">
+      <c r="P625" t="s">
         <v>36</v>
-      </c>
-[...142 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="626">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626">
-        <v>22087</v>
+        <v>25401</v>
       </c>
       <c r="C626" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="D626" t="s">
-        <v>1772</v>
+        <v>38</v>
+      </c>
+      <c r="E626" t="s">
+        <v>34</v>
       </c>
       <c r="F626">
-        <v>116</v>
+        <v>70</v>
       </c>
       <c r="G626">
-        <v>127</v>
+        <v>87</v>
       </c>
       <c r="H626" t="s">
         <v>22</v>
       </c>
       <c r="I626">
         <v>150</v>
       </c>
       <c r="J626">
         <v>210</v>
       </c>
       <c r="K626">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="L626" s="1">
-        <v>40512</v>
+        <v>42762</v>
       </c>
       <c r="M626" s="2">
-        <v>9788536231990</v>
+        <v>9788536265049</v>
       </c>
       <c r="N626" t="s" s="3">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="O626" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P626" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="627">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627">
-        <v>29941</v>
+        <v>26005</v>
       </c>
       <c r="C627" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="D627" t="s">
-        <v>767</v>
+        <v>1776</v>
       </c>
       <c r="F627">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="G627">
-        <v>104</v>
+        <v>139</v>
       </c>
       <c r="H627" t="s">
         <v>22</v>
       </c>
       <c r="I627">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J627">
         <v>210</v>
       </c>
       <c r="K627">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L627" s="1">
-        <v>44788</v>
+        <v>42948</v>
       </c>
       <c r="M627" s="2">
-        <v>9788536299754</v>
+        <v>9788536270364</v>
       </c>
       <c r="N627" t="s" s="3">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="O627" s="4">
-        <v>49.90</v>
+        <v>44.70</v>
       </c>
       <c r="P627" t="s">
-        <v>36</v>
+        <v>439</v>
       </c>
     </row>
     <row r="628">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628">
-        <v>20512</v>
+        <v>25482</v>
       </c>
       <c r="C628" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="D628" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="F628">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="G628">
-        <v>152</v>
+        <v>99</v>
       </c>
       <c r="H628" t="s">
         <v>22</v>
       </c>
       <c r="I628">
         <v>150</v>
       </c>
       <c r="J628">
         <v>210</v>
       </c>
       <c r="K628">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L628" s="1">
-        <v>39430</v>
+        <v>42807</v>
       </c>
       <c r="M628" s="2">
-        <v>9788536218083</v>
+        <v>9788536265872</v>
       </c>
       <c r="N628" t="s" s="3">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="O628" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P628" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="629">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629">
-        <v>27583</v>
+        <v>22087</v>
       </c>
       <c r="C629" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="D629" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="F629">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="G629">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="H629" t="s">
         <v>22</v>
       </c>
       <c r="I629">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J629">
         <v>210</v>
       </c>
       <c r="K629">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="L629" s="1">
-        <v>43535</v>
+        <v>40512</v>
       </c>
       <c r="M629" s="2">
-        <v>9788536286419</v>
+        <v>9788536231990</v>
       </c>
       <c r="N629" t="s" s="3">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="O629" s="4">
-        <v>44.70</v>
+        <v>69.90</v>
       </c>
       <c r="P629" t="s">
-        <v>397</v>
+        <v>47</v>
       </c>
     </row>
     <row r="630">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630">
-        <v>20412</v>
+        <v>29941</v>
       </c>
       <c r="C630" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="D630" t="s">
-        <v>1783</v>
+        <v>773</v>
       </c>
       <c r="F630">
-        <v>160</v>
+        <v>84</v>
       </c>
       <c r="G630">
-        <v>210</v>
+        <v>104</v>
       </c>
       <c r="H630" t="s">
         <v>22</v>
       </c>
       <c r="I630">
         <v>150</v>
       </c>
       <c r="J630">
         <v>210</v>
       </c>
       <c r="K630">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="L630" s="1">
-        <v>39371</v>
+        <v>44788</v>
       </c>
       <c r="M630" s="2">
-        <v>9788536217161</v>
+        <v>9788536299754</v>
       </c>
       <c r="N630" t="s" s="3">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="O630" s="4">
-        <v>89.90</v>
+        <v>49.90</v>
       </c>
       <c r="P630" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="631">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631">
-        <v>22774</v>
+        <v>20512</v>
       </c>
       <c r="C631" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="D631" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="F631">
-        <v>496</v>
+        <v>100</v>
       </c>
       <c r="G631">
-        <v>540</v>
+        <v>152</v>
       </c>
       <c r="H631" t="s">
         <v>22</v>
       </c>
       <c r="I631">
         <v>150</v>
       </c>
       <c r="J631">
         <v>210</v>
       </c>
       <c r="K631">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="L631" s="1">
-        <v>41173</v>
+        <v>39430</v>
       </c>
       <c r="M631" s="2">
-        <v>9788536239323</v>
+        <v>9788536218083</v>
       </c>
       <c r="N631" t="s" s="3">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="O631" s="4">
-        <v>209.90</v>
+        <v>69.90</v>
       </c>
       <c r="P631" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="632">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632">
-        <v>10359</v>
+        <v>27583</v>
       </c>
       <c r="C632" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="D632" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="F632">
-        <v>260</v>
+        <v>21</v>
       </c>
       <c r="G632">
-        <v>320</v>
+        <v>132</v>
       </c>
       <c r="H632" t="s">
         <v>22</v>
       </c>
       <c r="I632">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J632">
         <v>210</v>
       </c>
       <c r="K632">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="L632" s="1">
-        <v>36741</v>
+        <v>43535</v>
       </c>
       <c r="M632" s="2">
-        <v>9788573945171</v>
+        <v>9788536286419</v>
       </c>
       <c r="N632" t="s" s="3">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="O632" s="4">
-        <v>119.90</v>
+        <v>44.70</v>
       </c>
       <c r="P632" t="s">
-        <v>47</v>
+        <v>399</v>
       </c>
     </row>
     <row r="633">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633">
-        <v>21908</v>
+        <v>20412</v>
       </c>
       <c r="C633" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D633" t="s">
-        <v>82</v>
+        <v>1793</v>
       </c>
       <c r="F633">
-        <v>124</v>
+        <v>160</v>
       </c>
       <c r="G633">
-        <v>148</v>
+        <v>210</v>
       </c>
       <c r="H633" t="s">
         <v>22</v>
       </c>
       <c r="I633">
         <v>150</v>
       </c>
       <c r="J633">
         <v>210</v>
       </c>
       <c r="K633">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L633" s="1">
-        <v>40420</v>
+        <v>39371</v>
       </c>
       <c r="M633" s="2">
-        <v>9788536231068</v>
+        <v>9788536217161</v>
       </c>
       <c r="N633" t="s" s="3">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="O633" s="4">
-        <v>67.90</v>
+        <v>89.90</v>
       </c>
       <c r="P633" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="634">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634">
-        <v>31486</v>
+        <v>22774</v>
       </c>
       <c r="C634" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="D634" t="s">
-        <v>1794</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>1796</v>
       </c>
       <c r="F634">
-        <v>198</v>
+        <v>496</v>
       </c>
       <c r="G634">
-        <v>265</v>
+        <v>540</v>
       </c>
       <c r="H634" t="s">
         <v>22</v>
       </c>
       <c r="I634">
         <v>150</v>
       </c>
       <c r="J634">
         <v>210</v>
       </c>
       <c r="K634">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="L634" s="1">
-        <v>45723</v>
+        <v>41173</v>
       </c>
       <c r="M634" s="2">
-        <v>9786526315071</v>
+        <v>9788536239323</v>
       </c>
       <c r="N634" t="s" s="3">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="O634" s="4">
-        <v>99.90</v>
+        <v>209.90</v>
       </c>
       <c r="P634" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="635">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635">
-        <v>23759</v>
+        <v>10359</v>
       </c>
       <c r="C635" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="D635" t="s">
-        <v>1338</v>
+        <v>1799</v>
       </c>
       <c r="F635">
-        <v>234</v>
+        <v>260</v>
       </c>
       <c r="G635">
-        <v>290</v>
+        <v>320</v>
       </c>
       <c r="H635" t="s">
         <v>22</v>
       </c>
       <c r="I635">
         <v>150</v>
       </c>
       <c r="J635">
         <v>210</v>
       </c>
       <c r="K635">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="L635" s="1">
-        <v>42024</v>
+        <v>36741</v>
       </c>
       <c r="M635" s="2">
-        <v>9788536249681</v>
+        <v>9788573945171</v>
       </c>
       <c r="N635" t="s" s="3">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="O635" s="4">
         <v>119.90</v>
       </c>
       <c r="P635" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="636">
       <c r="A636">
         <v>635</v>
       </c>
       <c r="B636">
-        <v>20845</v>
+        <v>21908</v>
       </c>
       <c r="C636" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="D636" t="s">
-        <v>201</v>
+        <v>82</v>
       </c>
       <c r="F636">
-        <v>158</v>
+        <v>124</v>
       </c>
       <c r="G636">
-        <v>198</v>
+        <v>148</v>
       </c>
       <c r="H636" t="s">
         <v>22</v>
       </c>
       <c r="I636">
         <v>150</v>
       </c>
       <c r="J636">
         <v>210</v>
       </c>
       <c r="K636">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L636" s="1">
-        <v>39689</v>
+        <v>40420</v>
       </c>
       <c r="M636" s="2">
-        <v>9788536220765</v>
+        <v>9788536231068</v>
       </c>
       <c r="N636" t="s" s="3">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="O636" s="4">
-        <v>77.70</v>
+        <v>67.90</v>
       </c>
       <c r="P636" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="637">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637">
-        <v>20566</v>
+        <v>31486</v>
       </c>
       <c r="C637" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
       <c r="D637" t="s">
-        <v>201</v>
+        <v>1804</v>
+      </c>
+      <c r="E637" t="s">
+        <v>96</v>
       </c>
       <c r="F637">
-        <v>124</v>
+        <v>198</v>
       </c>
       <c r="G637">
-        <v>170</v>
+        <v>265</v>
       </c>
       <c r="H637" t="s">
         <v>22</v>
       </c>
       <c r="I637">
         <v>150</v>
       </c>
       <c r="J637">
         <v>210</v>
       </c>
       <c r="K637">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L637" s="1">
-        <v>39486</v>
+        <v>45723</v>
       </c>
       <c r="M637" s="2">
-        <v>9788536218724</v>
+        <v>9786526315071</v>
       </c>
       <c r="N637" t="s" s="3">
-        <v>1801</v>
+        <v>1805</v>
       </c>
       <c r="O637" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P637" t="s">
-        <v>314</v>
+        <v>36</v>
       </c>
     </row>
     <row r="638">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638">
+        <v>23759</v>
+      </c>
+      <c r="C638" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F638">
+        <v>234</v>
+      </c>
+      <c r="G638">
+        <v>290</v>
+      </c>
+      <c r="H638" t="s">
+        <v>22</v>
+      </c>
+      <c r="I638">
+        <v>150</v>
+      </c>
+      <c r="J638">
+        <v>210</v>
+      </c>
+      <c r="K638">
+        <v>13</v>
+      </c>
+      <c r="L638" s="1">
+        <v>42024</v>
+      </c>
+      <c r="M638" s="2">
+        <v>9788536249681</v>
+      </c>
+      <c r="N638" t="s" s="3">
+        <v>1807</v>
+      </c>
+      <c r="O638" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P638" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="639">
+      <c r="A639">
+        <v>638</v>
+      </c>
+      <c r="B639">
+        <v>20845</v>
+      </c>
+      <c r="C639" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D639" t="s">
+        <v>201</v>
+      </c>
+      <c r="F639">
+        <v>158</v>
+      </c>
+      <c r="G639">
+        <v>198</v>
+      </c>
+      <c r="H639" t="s">
+        <v>22</v>
+      </c>
+      <c r="I639">
+        <v>150</v>
+      </c>
+      <c r="J639">
+        <v>210</v>
+      </c>
+      <c r="K639">
+        <v>9</v>
+      </c>
+      <c r="L639" s="1">
+        <v>39689</v>
+      </c>
+      <c r="M639" s="2">
+        <v>9788536220765</v>
+      </c>
+      <c r="N639" t="s" s="3">
+        <v>1809</v>
+      </c>
+      <c r="O639" s="4">
+        <v>77.70</v>
+      </c>
+      <c r="P639" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="640">
+      <c r="A640">
+        <v>639</v>
+      </c>
+      <c r="B640">
+        <v>20566</v>
+      </c>
+      <c r="C640" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D640" t="s">
+        <v>201</v>
+      </c>
+      <c r="F640">
+        <v>124</v>
+      </c>
+      <c r="G640">
+        <v>170</v>
+      </c>
+      <c r="H640" t="s">
+        <v>22</v>
+      </c>
+      <c r="I640">
+        <v>150</v>
+      </c>
+      <c r="J640">
+        <v>210</v>
+      </c>
+      <c r="K640">
+        <v>7</v>
+      </c>
+      <c r="L640" s="1">
+        <v>39486</v>
+      </c>
+      <c r="M640" s="2">
+        <v>9788536218724</v>
+      </c>
+      <c r="N640" t="s" s="3">
+        <v>1811</v>
+      </c>
+      <c r="O640" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P640" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="641">
+      <c r="A641">
+        <v>640</v>
+      </c>
+      <c r="B641">
         <v>28999</v>
       </c>
-      <c r="C638" t="inlineStr">
+      <c r="C641" t="inlineStr">
         <is>
           <t>Oscar Wilde - A Moralidade Sexual Dentro dos Tribunais - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D638" t="s">
-[...2 lines deleted...]
-      <c r="F638">
+      <c r="D641" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F641">
         <v>130</v>
       </c>
-      <c r="G638">
+      <c r="G641">
         <v>161</v>
       </c>
-      <c r="H638" t="s">
-[...2 lines deleted...]
-      <c r="I638">
+      <c r="H641" t="s">
+        <v>22</v>
+      </c>
+      <c r="I641">
         <v>100</v>
       </c>
-      <c r="J638">
+      <c r="J641">
         <v>160</v>
       </c>
-      <c r="K638">
+      <c r="K641">
         <v>7</v>
       </c>
-      <c r="L638" s="1">
+      <c r="L641" s="1">
         <v>44279</v>
       </c>
-      <c r="M638" s="2">
+      <c r="M641" s="2">
         <v>9786556054124</v>
       </c>
-      <c r="N638" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O638" s="4">
+      <c r="N641" t="s" s="3">
+        <v>1813</v>
+      </c>
+      <c r="O641" s="4">
         <v>49.90</v>
       </c>
-      <c r="P638" t="s">
+      <c r="P641" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="639">
-[...3 lines deleted...]
-      <c r="B639">
+    <row r="642">
+      <c r="A642">
+        <v>641</v>
+      </c>
+      <c r="B642">
         <v>23422</v>
       </c>
-      <c r="C639" t="s">
-[...5 lines deleted...]
-      <c r="F639">
+      <c r="C642" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D642" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F642">
         <v>170</v>
       </c>
-      <c r="G639">
+      <c r="G642">
         <v>212</v>
       </c>
-      <c r="H639" t="s">
-[...8 lines deleted...]
-      <c r="K639">
+      <c r="H642" t="s">
+        <v>22</v>
+      </c>
+      <c r="I642">
+        <v>150</v>
+      </c>
+      <c r="J642">
+        <v>210</v>
+      </c>
+      <c r="K642">
         <v>10</v>
       </c>
-      <c r="L639" s="1">
+      <c r="L642" s="1">
         <v>41766</v>
       </c>
-      <c r="M639" s="2">
+      <c r="M642" s="2">
         <v>9788536246437</v>
       </c>
-      <c r="N639" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O639" s="4">
+      <c r="N642" t="s" s="3">
+        <v>1816</v>
+      </c>
+      <c r="O642" s="4">
         <v>89.90</v>
       </c>
-      <c r="P639" t="s">
+      <c r="P642" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="640">
-[...3 lines deleted...]
-      <c r="B640">
+    <row r="643">
+      <c r="A643">
+        <v>642</v>
+      </c>
+      <c r="B643">
         <v>10325</v>
       </c>
-      <c r="C640" t="s">
-[...5 lines deleted...]
-      <c r="F640">
+      <c r="C643" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D643" t="s">
+        <v>745</v>
+      </c>
+      <c r="F643">
         <v>196</v>
       </c>
-      <c r="G640">
+      <c r="G643">
         <v>258</v>
       </c>
-      <c r="H640" t="s">
-[...8 lines deleted...]
-      <c r="K640">
+      <c r="H643" t="s">
+        <v>22</v>
+      </c>
+      <c r="I643">
+        <v>150</v>
+      </c>
+      <c r="J643">
+        <v>210</v>
+      </c>
+      <c r="K643">
         <v>11</v>
       </c>
-      <c r="L640" s="1">
+      <c r="L643" s="1">
         <v>36651</v>
       </c>
-      <c r="M640" s="2">
+      <c r="M643" s="2">
         <v>9788573943436</v>
       </c>
-      <c r="N640" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O640" s="4">
+      <c r="N643" t="s" s="3">
+        <v>1818</v>
+      </c>
+      <c r="O643" s="4">
         <v>99.90</v>
       </c>
-      <c r="P640" t="s">
+      <c r="P643" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="641">
-[...3 lines deleted...]
-      <c r="B641">
+    <row r="644">
+      <c r="A644">
+        <v>643</v>
+      </c>
+      <c r="B644">
         <v>27874</v>
       </c>
-      <c r="C641" t="inlineStr">
+      <c r="C644" t="inlineStr">
         <is>
           <t>Padre Cícero - Para Fazer Valer a Justiça e a Verdade - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D641" t="s">
-[...2 lines deleted...]
-      <c r="F641">
+      <c r="D644" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F644">
         <v>236</v>
       </c>
-      <c r="G641">
+      <c r="G644">
         <v>293</v>
       </c>
-      <c r="H641" t="s">
-[...2 lines deleted...]
-      <c r="I641">
+      <c r="H644" t="s">
+        <v>22</v>
+      </c>
+      <c r="I644">
         <v>100</v>
       </c>
-      <c r="J641">
+      <c r="J644">
         <v>160</v>
       </c>
-      <c r="K641">
+      <c r="K644">
         <v>13</v>
       </c>
-      <c r="L641" s="1">
+      <c r="L644" s="1">
         <v>43634</v>
       </c>
-      <c r="M641" s="2">
+      <c r="M644" s="2">
         <v>9788536289151</v>
       </c>
-      <c r="N641" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O641" s="4">
+      <c r="N644" t="s" s="3">
+        <v>1819</v>
+      </c>
+      <c r="O644" s="4">
         <v>59.90</v>
       </c>
-      <c r="P641" t="s">
+      <c r="P644" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="642">
-[...3 lines deleted...]
-      <c r="B642">
+    <row r="645">
+      <c r="A645">
+        <v>644</v>
+      </c>
+      <c r="B645">
         <v>25673</v>
       </c>
-      <c r="C642" t="inlineStr">
+      <c r="C645" t="inlineStr">
         <is>
           <t>Padre Vieira - A Inquisição Contra a Ciência do Futuro - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D642" t="s">
-[...2 lines deleted...]
-      <c r="F642">
+      <c r="D645" t="s">
+        <v>1820</v>
+      </c>
+      <c r="F645">
         <v>160</v>
       </c>
-      <c r="G642">
+      <c r="G645">
         <v>105</v>
       </c>
-      <c r="H642" t="s">
-[...2 lines deleted...]
-      <c r="I642">
+      <c r="H645" t="s">
+        <v>22</v>
+      </c>
+      <c r="I645">
         <v>100</v>
       </c>
-      <c r="J642">
+      <c r="J645">
         <v>160</v>
       </c>
-      <c r="K642">
+      <c r="K645">
         <v>9</v>
       </c>
-      <c r="L642" s="1">
+      <c r="L645" s="1">
         <v>42842</v>
       </c>
-      <c r="M642" s="2">
+      <c r="M645" s="2">
         <v>9788536267272</v>
       </c>
-      <c r="N642" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O642" s="4">
+      <c r="N645" t="s" s="3">
+        <v>1821</v>
+      </c>
+      <c r="O645" s="4">
         <v>49.90</v>
       </c>
-      <c r="P642" t="s">
+      <c r="P645" t="s">
         <v>297</v>
-      </c>
-[...139 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="646">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646">
-        <v>11042</v>
+        <v>23634</v>
       </c>
       <c r="C646" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="D646" t="s">
-        <v>164</v>
+        <v>1823</v>
       </c>
       <c r="F646">
-        <v>274</v>
+        <v>102</v>
       </c>
       <c r="G646">
-        <v>362</v>
+        <v>127</v>
       </c>
       <c r="H646" t="s">
         <v>22</v>
       </c>
       <c r="I646">
         <v>150</v>
       </c>
       <c r="J646">
         <v>210</v>
       </c>
       <c r="K646">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L646" s="1">
-        <v>37015</v>
+        <v>41920</v>
       </c>
       <c r="M646" s="2">
-        <v>9788573948127</v>
+        <v>9788536248493</v>
       </c>
       <c r="N646" t="s" s="3">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="O646" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P646" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="647">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647">
-        <v>28242</v>
+        <v>21417</v>
       </c>
       <c r="C647" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="D647" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="F647">
-        <v>170</v>
+        <v>104</v>
       </c>
       <c r="G647">
-        <v>211</v>
+        <v>134</v>
       </c>
       <c r="H647" t="s">
         <v>22</v>
       </c>
       <c r="I647">
         <v>150</v>
       </c>
       <c r="J647">
         <v>210</v>
       </c>
       <c r="K647">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L647" s="1">
-        <v>43816</v>
+        <v>40140</v>
       </c>
       <c r="M647" s="2">
-        <v>9788536291987</v>
+        <v>9788536227313</v>
       </c>
       <c r="N647" t="s" s="3">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="O647" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P647" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="648">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648">
-        <v>12931</v>
+        <v>10372</v>
       </c>
       <c r="C648" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="D648" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="F648">
-        <v>126</v>
+        <v>144</v>
       </c>
       <c r="G648">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="H648" t="s">
         <v>22</v>
       </c>
       <c r="I648">
         <v>150</v>
       </c>
       <c r="J648">
         <v>210</v>
       </c>
       <c r="K648">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L648" s="1">
-        <v>38201</v>
+        <v>36781</v>
       </c>
       <c r="M648" s="2">
-        <v>9788536207674</v>
+        <v>9788573945720</v>
       </c>
       <c r="N648" t="s" s="3">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="O648" s="4">
-        <v>74.70</v>
+        <v>79.90</v>
       </c>
       <c r="P648" t="s">
-        <v>36</v>
+        <v>379</v>
       </c>
     </row>
     <row r="649">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649">
-        <v>28164</v>
+        <v>11042</v>
       </c>
       <c r="C649" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="D649" t="s">
-        <v>1828</v>
+        <v>164</v>
       </c>
       <c r="F649">
-        <v>58</v>
+        <v>274</v>
       </c>
       <c r="G649">
-        <v>83</v>
+        <v>362</v>
       </c>
       <c r="H649" t="s">
         <v>22</v>
       </c>
       <c r="I649">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J649">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K649">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="L649" s="1">
-        <v>43774</v>
+        <v>37015</v>
       </c>
       <c r="M649" s="2">
-        <v>9788536291833</v>
+        <v>9788573948127</v>
       </c>
       <c r="N649" t="s" s="3">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="O649" s="4">
-        <v>44.90</v>
+        <v>119.90</v>
       </c>
       <c r="P649" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="650">
       <c r="A650">
         <v>649</v>
       </c>
       <c r="B650">
-        <v>28341</v>
+        <v>28242</v>
       </c>
       <c r="C650" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="D650" t="s">
-        <v>201</v>
+        <v>1833</v>
       </c>
       <c r="F650">
-        <v>122</v>
+        <v>170</v>
       </c>
       <c r="G650">
-        <v>151</v>
+        <v>211</v>
       </c>
       <c r="H650" t="s">
         <v>22</v>
       </c>
       <c r="I650">
         <v>150</v>
       </c>
       <c r="J650">
         <v>210</v>
       </c>
       <c r="K650">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L650" s="1">
-        <v>43873</v>
+        <v>43816</v>
       </c>
       <c r="M650" s="2">
-        <v>9788536293202</v>
+        <v>9788536291987</v>
       </c>
       <c r="N650" t="s" s="3">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="O650" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P650" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="651">
       <c r="A651">
         <v>650</v>
       </c>
       <c r="B651">
-        <v>12599</v>
+        <v>12931</v>
       </c>
       <c r="C651" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="D651" t="s">
-        <v>1833</v>
+        <v>460</v>
       </c>
       <c r="F651">
-        <v>190</v>
+        <v>126</v>
       </c>
       <c r="G651">
-        <v>262</v>
+        <v>180</v>
       </c>
       <c r="H651" t="s">
         <v>22</v>
       </c>
       <c r="I651">
         <v>150</v>
       </c>
       <c r="J651">
         <v>210</v>
       </c>
       <c r="K651">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L651" s="1">
-        <v>37798</v>
+        <v>38201</v>
       </c>
       <c r="M651" s="2">
-        <v>9788536202174</v>
+        <v>9788536207674</v>
       </c>
       <c r="N651" t="s" s="3">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="O651" s="4">
-        <v>99.90</v>
+        <v>74.70</v>
       </c>
       <c r="P651" t="s">
-        <v>507</v>
+        <v>36</v>
       </c>
     </row>
     <row r="652">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652">
-        <v>22631</v>
+        <v>28164</v>
       </c>
       <c r="C652" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="D652" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1838</v>
       </c>
       <c r="F652">
-        <v>159</v>
+        <v>58</v>
       </c>
       <c r="G652">
-        <v>280</v>
+        <v>83</v>
       </c>
       <c r="H652" t="s">
         <v>22</v>
       </c>
       <c r="I652">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J652">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K652">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="L652" s="1">
-        <v>41058</v>
+        <v>43774</v>
       </c>
       <c r="M652" s="2">
-        <v>9788536238043</v>
+        <v>9788536291833</v>
       </c>
       <c r="N652" t="s" s="3">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="O652" s="4">
-        <v>89.90</v>
+        <v>44.90</v>
       </c>
       <c r="P652" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="653">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653">
-        <v>25767</v>
+        <v>28341</v>
       </c>
       <c r="C653" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="D653" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>201</v>
       </c>
       <c r="F653">
-        <v>94</v>
+        <v>122</v>
       </c>
       <c r="G653">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="H653" t="s">
         <v>22</v>
       </c>
       <c r="I653">
         <v>150</v>
       </c>
       <c r="J653">
         <v>210</v>
       </c>
       <c r="K653">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L653" s="1">
-        <v>42878</v>
+        <v>43873</v>
       </c>
       <c r="M653" s="2">
-        <v>9788536268743</v>
+        <v>9788536293202</v>
       </c>
       <c r="N653" t="s" s="3">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="O653" s="4">
-        <v>67.90</v>
+        <v>79.90</v>
       </c>
       <c r="P653" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
     </row>
     <row r="654">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654">
-        <v>24177</v>
+        <v>12599</v>
       </c>
       <c r="C654" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="D654" t="s">
-        <v>283</v>
+        <v>1843</v>
       </c>
       <c r="F654">
-        <v>110</v>
+        <v>190</v>
       </c>
       <c r="G654">
-        <v>136</v>
+        <v>262</v>
       </c>
       <c r="H654" t="s">
         <v>22</v>
       </c>
       <c r="I654">
         <v>150</v>
       </c>
       <c r="J654">
         <v>210</v>
       </c>
       <c r="K654">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L654" s="1">
-        <v>42243</v>
+        <v>37798</v>
       </c>
       <c r="M654" s="2">
-        <v>9788536253503</v>
+        <v>9788536202174</v>
       </c>
       <c r="N654" t="s" s="3">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="O654" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P654" t="s">
-        <v>47</v>
+        <v>512</v>
       </c>
     </row>
     <row r="655">
       <c r="A655">
         <v>654</v>
       </c>
       <c r="B655">
-        <v>12596</v>
+        <v>22631</v>
       </c>
       <c r="C655" t="s">
-        <v>1841</v>
+        <v>1845</v>
       </c>
       <c r="D655" t="s">
-        <v>1842</v>
+        <v>861</v>
+      </c>
+      <c r="E655" t="s">
+        <v>34</v>
       </c>
       <c r="F655">
-        <v>106</v>
+        <v>159</v>
       </c>
       <c r="G655">
-        <v>158</v>
+        <v>280</v>
       </c>
       <c r="H655" t="s">
         <v>22</v>
       </c>
       <c r="I655">
         <v>150</v>
       </c>
       <c r="J655">
         <v>210</v>
       </c>
       <c r="K655">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L655" s="1">
-        <v>37788</v>
+        <v>41058</v>
       </c>
       <c r="M655" s="2">
-        <v>9788536204185</v>
+        <v>9788536238043</v>
       </c>
       <c r="N655" t="s" s="3">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="O655" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P655" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="656">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656">
-        <v>30962</v>
+        <v>25767</v>
       </c>
       <c r="C656" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="D656" t="s">
-        <v>1580</v>
+        <v>283</v>
+      </c>
+      <c r="E656" t="s">
+        <v>530</v>
       </c>
       <c r="F656">
-        <v>258</v>
+        <v>94</v>
       </c>
       <c r="G656">
-        <v>320</v>
+        <v>116</v>
       </c>
       <c r="H656" t="s">
         <v>22</v>
       </c>
       <c r="I656">
         <v>150</v>
       </c>
       <c r="J656">
         <v>210</v>
       </c>
       <c r="K656">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L656" s="1">
-        <v>45365</v>
+        <v>42878</v>
       </c>
       <c r="M656" s="2">
-        <v>9786526310076</v>
+        <v>9788536268743</v>
       </c>
       <c r="N656" t="s" s="3">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="O656" s="4">
-        <v>119.90</v>
+        <v>67.90</v>
       </c>
       <c r="P656" t="s">
-        <v>678</v>
+        <v>68</v>
       </c>
     </row>
     <row r="657">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657">
-        <v>23547</v>
+        <v>24177</v>
       </c>
       <c r="C657" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="D657" t="s">
-        <v>1847</v>
+        <v>283</v>
       </c>
       <c r="F657">
-        <v>168</v>
+        <v>110</v>
       </c>
       <c r="G657">
-        <v>208</v>
+        <v>136</v>
       </c>
       <c r="H657" t="s">
         <v>22</v>
       </c>
       <c r="I657">
         <v>150</v>
       </c>
       <c r="J657">
         <v>210</v>
       </c>
       <c r="K657">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L657" s="1">
-        <v>41864</v>
+        <v>42243</v>
       </c>
       <c r="M657" s="2">
-        <v>9788536245690</v>
+        <v>9788536253503</v>
       </c>
       <c r="N657" t="s" s="3">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="O657" s="4">
-        <v>84.70</v>
+        <v>69.90</v>
       </c>
       <c r="P657" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
     </row>
     <row r="658">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658">
-        <v>20603</v>
+        <v>12596</v>
       </c>
       <c r="C658" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="D658" t="s">
-        <v>266</v>
+        <v>1852</v>
       </c>
       <c r="F658">
-        <v>208</v>
+        <v>106</v>
       </c>
       <c r="G658">
-        <v>220</v>
+        <v>158</v>
       </c>
       <c r="H658" t="s">
         <v>22</v>
       </c>
       <c r="I658">
         <v>150</v>
       </c>
       <c r="J658">
         <v>210</v>
       </c>
       <c r="K658">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L658" s="1">
-        <v>39512</v>
+        <v>37788</v>
       </c>
       <c r="M658" s="2">
-        <v>9788536219219</v>
+        <v>9788536204185</v>
       </c>
       <c r="N658" t="s" s="3">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="O658" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P658" t="s">
-        <v>314</v>
+        <v>47</v>
       </c>
     </row>
     <row r="659">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659">
-        <v>21135</v>
+        <v>30962</v>
       </c>
       <c r="C659" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="D659" t="s">
-        <v>1852</v>
+        <v>1592</v>
       </c>
       <c r="F659">
-        <v>118</v>
+        <v>258</v>
       </c>
       <c r="G659">
-        <v>180</v>
+        <v>320</v>
       </c>
       <c r="H659" t="s">
         <v>22</v>
       </c>
       <c r="I659">
         <v>150</v>
       </c>
       <c r="J659">
         <v>210</v>
       </c>
       <c r="K659">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="L659" s="1">
-        <v>39946</v>
+        <v>45365</v>
       </c>
       <c r="M659" s="2">
-        <v>9788536224411</v>
+        <v>9786526310076</v>
       </c>
       <c r="N659" t="s" s="3">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="O659" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P659" t="s">
-        <v>1854</v>
+        <v>683</v>
       </c>
     </row>
     <row r="660">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660">
-        <v>12947</v>
+        <v>23547</v>
       </c>
       <c r="C660" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="D660" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="F660">
-        <v>250</v>
+        <v>168</v>
       </c>
       <c r="G660">
-        <v>336</v>
+        <v>208</v>
       </c>
       <c r="H660" t="s">
         <v>22</v>
       </c>
       <c r="I660">
         <v>150</v>
       </c>
       <c r="J660">
         <v>210</v>
       </c>
       <c r="K660">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="L660" s="1">
-        <v>38222</v>
+        <v>41864</v>
       </c>
       <c r="M660" s="2">
-        <v>9788536207551</v>
+        <v>9788536245690</v>
       </c>
       <c r="N660" t="s" s="3">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="O660" s="4">
-        <v>119.90</v>
+        <v>84.70</v>
       </c>
       <c r="P660" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="661">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661">
-        <v>22670</v>
+        <v>20603</v>
       </c>
       <c r="C661" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="D661" t="s">
-        <v>1859</v>
+        <v>266</v>
       </c>
       <c r="F661">
-        <v>106</v>
+        <v>208</v>
       </c>
       <c r="G661">
-        <v>155</v>
+        <v>220</v>
       </c>
       <c r="H661" t="s">
         <v>22</v>
       </c>
       <c r="I661">
         <v>150</v>
       </c>
       <c r="J661">
         <v>210</v>
       </c>
       <c r="K661">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L661" s="1">
-        <v>41092</v>
+        <v>39512</v>
       </c>
       <c r="M661" s="2">
-        <v>9788536238227</v>
+        <v>9788536219219</v>
       </c>
       <c r="N661" t="s" s="3">
         <v>1860</v>
       </c>
       <c r="O661" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P661" t="s">
-        <v>36</v>
+        <v>314</v>
       </c>
     </row>
     <row r="662">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662">
-        <v>21553</v>
+        <v>31950</v>
       </c>
       <c r="C662" t="s">
         <v>1861</v>
       </c>
       <c r="D662" t="s">
         <v>1862</v>
       </c>
       <c r="F662">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="G662">
-        <v>224</v>
+        <v>272</v>
       </c>
       <c r="H662" t="s">
         <v>22</v>
       </c>
       <c r="I662">
         <v>150</v>
       </c>
       <c r="J662">
         <v>210</v>
       </c>
       <c r="K662">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L662" s="1">
-        <v>40220</v>
+        <v>46034</v>
       </c>
       <c r="M662" s="2">
-        <v>9788536227900</v>
+        <v>9786526321003</v>
       </c>
       <c r="N662" t="s" s="3">
         <v>1863</v>
       </c>
       <c r="O662" s="4">
         <v>99.90</v>
       </c>
       <c r="P662" t="s">
-        <v>19</v>
+        <v>329</v>
       </c>
     </row>
     <row r="663">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663">
-        <v>21368</v>
+        <v>21135</v>
       </c>
       <c r="C663" t="s">
         <v>1864</v>
       </c>
       <c r="D663" t="s">
         <v>1865</v>
       </c>
       <c r="F663">
-        <v>146</v>
+        <v>118</v>
       </c>
       <c r="G663">
-        <v>215</v>
+        <v>180</v>
       </c>
       <c r="H663" t="s">
         <v>22</v>
       </c>
       <c r="I663">
         <v>150</v>
       </c>
       <c r="J663">
         <v>210</v>
       </c>
       <c r="K663">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L663" s="1">
-        <v>40108</v>
+        <v>39946</v>
       </c>
       <c r="M663" s="2">
-        <v>9788536226613</v>
+        <v>9788536224411</v>
       </c>
       <c r="N663" t="s" s="3">
         <v>1866</v>
       </c>
       <c r="O663" s="4">
         <v>79.90</v>
       </c>
       <c r="P663" t="s">
-        <v>47</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="664">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664">
-        <v>21056</v>
+        <v>12947</v>
       </c>
       <c r="C664" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="D664" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="F664">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="G664">
-        <v>390</v>
+        <v>336</v>
       </c>
       <c r="H664" t="s">
         <v>22</v>
       </c>
       <c r="I664">
         <v>150</v>
       </c>
       <c r="J664">
         <v>210</v>
       </c>
       <c r="K664">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L664" s="1">
-        <v>39890</v>
+        <v>38222</v>
       </c>
       <c r="M664" s="2">
-        <v>9788536224305</v>
+        <v>9788536207551</v>
       </c>
       <c r="N664" t="s" s="3">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="O664" s="4">
-        <v>109.70</v>
+        <v>119.90</v>
       </c>
       <c r="P664" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="665">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665">
-        <v>21136</v>
+        <v>22670</v>
       </c>
       <c r="C665" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="D665" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="F665">
-        <v>206</v>
+        <v>106</v>
       </c>
       <c r="G665">
-        <v>260</v>
+        <v>155</v>
       </c>
       <c r="H665" t="s">
         <v>22</v>
       </c>
       <c r="I665">
         <v>150</v>
       </c>
       <c r="J665">
         <v>210</v>
       </c>
       <c r="K665">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L665" s="1">
-        <v>39947</v>
+        <v>41092</v>
       </c>
       <c r="M665" s="2">
-        <v>9788536221212</v>
+        <v>9788536238227</v>
       </c>
       <c r="N665" t="s" s="3">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="O665" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P665" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="666">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666">
-        <v>23145</v>
+        <v>21553</v>
       </c>
       <c r="C666" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="D666" t="s">
-        <v>655</v>
+        <v>1875</v>
       </c>
       <c r="F666">
-        <v>118</v>
+        <v>202</v>
       </c>
       <c r="G666">
-        <v>180</v>
+        <v>224</v>
       </c>
       <c r="H666" t="s">
         <v>22</v>
       </c>
       <c r="I666">
         <v>150</v>
       </c>
       <c r="J666">
         <v>210</v>
       </c>
       <c r="K666">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L666" s="1">
-        <v>41498</v>
+        <v>40220</v>
       </c>
       <c r="M666" s="2">
-        <v>9788536243542</v>
+        <v>9788536227900</v>
       </c>
       <c r="N666" t="s" s="3">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="O666" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P666" t="s">
-        <v>377</v>
+        <v>19</v>
       </c>
     </row>
     <row r="667">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667">
-        <v>10961</v>
+        <v>21368</v>
       </c>
       <c r="C667" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="D667" t="s">
-        <v>626</v>
+        <v>1878</v>
       </c>
       <c r="F667">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="G667">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="H667" t="s">
         <v>22</v>
       </c>
       <c r="I667">
         <v>150</v>
       </c>
       <c r="J667">
         <v>210</v>
       </c>
       <c r="K667">
         <v>8</v>
       </c>
       <c r="L667" s="1">
-        <v>36872</v>
+        <v>40108</v>
       </c>
       <c r="M667" s="2">
-        <v>9788573947298</v>
+        <v>9788536226613</v>
       </c>
       <c r="N667" t="s" s="3">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="O667" s="4">
-        <v>74.70</v>
+        <v>79.90</v>
       </c>
       <c r="P667" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="668">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668">
-        <v>12669</v>
+        <v>21056</v>
       </c>
       <c r="C668" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="D668" t="s">
-        <v>1878</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1881</v>
       </c>
       <c r="F668">
-        <v>138</v>
+        <v>274</v>
       </c>
       <c r="G668">
-        <v>194</v>
+        <v>390</v>
       </c>
       <c r="H668" t="s">
         <v>22</v>
       </c>
       <c r="I668">
         <v>150</v>
       </c>
       <c r="J668">
         <v>210</v>
       </c>
       <c r="K668">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L668" s="1">
-        <v>37909</v>
+        <v>39890</v>
       </c>
       <c r="M668" s="2">
-        <v>9788503625593</v>
+        <v>9788536224305</v>
       </c>
       <c r="N668" t="s" s="3">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="O668" s="4">
-        <v>79.90</v>
+        <v>109.70</v>
       </c>
       <c r="P668" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="669">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669">
-        <v>13453</v>
+        <v>21136</v>
       </c>
       <c r="C669" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="D669" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
       <c r="F669">
-        <v>320</v>
+        <v>206</v>
       </c>
       <c r="G669">
-        <v>516</v>
+        <v>260</v>
       </c>
       <c r="H669" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I669">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J669">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K669">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="L669" s="1">
-        <v>38868</v>
+        <v>39947</v>
       </c>
       <c r="M669" s="2">
-        <v>9788536212739</v>
-[...2 lines deleted...]
-        <v>1882</v>
+        <v>9788536221212</v>
+      </c>
+      <c r="N669" t="s" s="3">
+        <v>1885</v>
       </c>
       <c r="O669" s="4">
-        <v>149.90</v>
+        <v>89.90</v>
       </c>
       <c r="P669" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="670">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670">
-        <v>21428</v>
+        <v>23145</v>
       </c>
       <c r="C670" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="D670" t="s">
-        <v>1884</v>
+        <v>660</v>
       </c>
       <c r="F670">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G670">
-        <v>134</v>
+        <v>180</v>
       </c>
       <c r="H670" t="s">
         <v>22</v>
       </c>
       <c r="I670">
         <v>150</v>
       </c>
       <c r="J670">
         <v>210</v>
       </c>
       <c r="K670">
         <v>7</v>
       </c>
       <c r="L670" s="1">
-        <v>40147</v>
+        <v>41498</v>
       </c>
       <c r="M670" s="2">
-        <v>9788536227375</v>
+        <v>9788536243542</v>
       </c>
       <c r="N670" t="s" s="3">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="O670" s="4">
         <v>69.90</v>
       </c>
       <c r="P670" t="s">
-        <v>36</v>
+        <v>379</v>
       </c>
     </row>
     <row r="671">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671">
-        <v>28893</v>
+        <v>10961</v>
       </c>
       <c r="C671" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="D671" t="s">
-        <v>1887</v>
+        <v>631</v>
       </c>
       <c r="F671">
-        <v>70</v>
+        <v>132</v>
       </c>
       <c r="G671">
-        <v>87</v>
+        <v>190</v>
       </c>
       <c r="H671" t="s">
         <v>22</v>
       </c>
       <c r="I671">
         <v>150</v>
       </c>
       <c r="J671">
         <v>210</v>
       </c>
       <c r="K671">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L671" s="1">
-        <v>44218</v>
+        <v>36872</v>
       </c>
       <c r="M671" s="2">
-        <v>9786556054889</v>
+        <v>9788573947298</v>
       </c>
       <c r="N671" t="s" s="3">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="O671" s="4">
-        <v>69.90</v>
+        <v>74.70</v>
       </c>
       <c r="P671" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="672">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672">
-        <v>10323</v>
+        <v>12669</v>
       </c>
       <c r="C672" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="D672" t="s">
-        <v>1890</v>
+        <v>1891</v>
+      </c>
+      <c r="E672" t="s">
+        <v>34</v>
       </c>
       <c r="F672">
-        <v>180</v>
+        <v>138</v>
       </c>
       <c r="G672">
-        <v>244</v>
+        <v>194</v>
       </c>
       <c r="H672" t="s">
         <v>22</v>
       </c>
       <c r="I672">
         <v>150</v>
       </c>
       <c r="J672">
         <v>210</v>
       </c>
       <c r="K672">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L672" s="1">
-        <v>36651</v>
+        <v>37909</v>
       </c>
       <c r="M672" s="2">
-        <v>9788573943054</v>
-[...2 lines deleted...]
-        <v>1891</v>
+        <v>9788503625593</v>
+      </c>
+      <c r="N672" t="s" s="3">
+        <v>1892</v>
       </c>
       <c r="O672" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P672" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="673">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673">
-        <v>30853</v>
+        <v>13453</v>
       </c>
       <c r="C673" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="D673" t="s">
-        <v>1893</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1894</v>
       </c>
       <c r="F673">
-        <v>244</v>
+        <v>320</v>
       </c>
       <c r="G673">
-        <v>303</v>
+        <v>516</v>
       </c>
       <c r="H673" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I673">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J673">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K673">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="L673" s="1">
-        <v>45280</v>
+        <v>38868</v>
       </c>
       <c r="M673" s="2">
-        <v>9786526306260</v>
-[...2 lines deleted...]
-        <v>1894</v>
+        <v>9788536212739</v>
+      </c>
+      <c r="N673" t="s">
+        <v>1895</v>
       </c>
       <c r="O673" s="4">
-        <v>109.90</v>
+        <v>149.90</v>
       </c>
       <c r="P673" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="674">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674">
-        <v>10967</v>
+        <v>21428</v>
       </c>
       <c r="C674" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="D674" t="s">
-        <v>1573</v>
+        <v>1897</v>
       </c>
       <c r="F674">
-        <v>68</v>
+        <v>110</v>
       </c>
       <c r="G674">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="H674" t="s">
         <v>22</v>
       </c>
       <c r="I674">
         <v>150</v>
       </c>
       <c r="J674">
         <v>210</v>
       </c>
       <c r="K674">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L674" s="1">
-        <v>36894</v>
+        <v>40147</v>
       </c>
       <c r="M674" s="2">
-        <v>9788573946765</v>
+        <v>9788536227375</v>
       </c>
       <c r="N674" t="s" s="3">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="O674" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P674" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="675">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675">
-        <v>23791</v>
+        <v>28893</v>
       </c>
       <c r="C675" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="D675" t="s">
-        <v>1650</v>
+        <v>1900</v>
       </c>
       <c r="F675">
-        <v>406</v>
+        <v>70</v>
       </c>
       <c r="G675">
-        <v>503</v>
+        <v>87</v>
       </c>
       <c r="H675" t="s">
         <v>22</v>
       </c>
       <c r="I675">
         <v>150</v>
       </c>
       <c r="J675">
         <v>210</v>
       </c>
       <c r="K675">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="L675" s="1">
-        <v>42044</v>
+        <v>44218</v>
       </c>
       <c r="M675" s="2">
-        <v>9788536249377</v>
+        <v>9786556054889</v>
       </c>
       <c r="N675" t="s" s="3">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="O675" s="4">
-        <v>169.90</v>
+        <v>69.90</v>
       </c>
       <c r="P675" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="676">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676">
-        <v>24373</v>
+        <v>10323</v>
       </c>
       <c r="C676" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="D676" t="s">
-        <v>1573</v>
+        <v>1903</v>
       </c>
       <c r="F676">
-        <v>74</v>
+        <v>180</v>
       </c>
       <c r="G676">
-        <v>91</v>
+        <v>244</v>
       </c>
       <c r="H676" t="s">
         <v>22</v>
       </c>
       <c r="I676">
         <v>150</v>
       </c>
       <c r="J676">
         <v>210</v>
       </c>
       <c r="K676">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="L676" s="1">
-        <v>42389</v>
+        <v>36651</v>
       </c>
       <c r="M676" s="2">
-        <v>9788536255453</v>
-[...2 lines deleted...]
-        <v>1900</v>
+        <v>9788573943054</v>
+      </c>
+      <c r="N676" t="s">
+        <v>1904</v>
       </c>
       <c r="O676" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P676" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="677">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677">
-        <v>23725</v>
+        <v>30853</v>
       </c>
       <c r="C677" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
       <c r="D677" t="s">
-        <v>1087</v>
+        <v>1906</v>
+      </c>
+      <c r="E677" t="s">
+        <v>34</v>
       </c>
       <c r="F677">
-        <v>94</v>
+        <v>244</v>
       </c>
       <c r="G677">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="H677" t="s">
         <v>22</v>
       </c>
       <c r="I677">
         <v>150</v>
       </c>
       <c r="J677">
         <v>210</v>
       </c>
       <c r="K677">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="L677" s="1">
-        <v>41982</v>
+        <v>45280</v>
       </c>
       <c r="M677" s="2">
-        <v>9788536249469</v>
+        <v>9786526306260</v>
       </c>
       <c r="N677" t="s" s="3">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="O677" s="4">
-        <v>59.90</v>
+        <v>109.90</v>
       </c>
       <c r="P677" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="678">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678">
-        <v>22639</v>
+        <v>10967</v>
       </c>
       <c r="C678" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="D678" t="s">
-        <v>1904</v>
+        <v>1585</v>
       </c>
       <c r="F678">
-        <v>138</v>
+        <v>68</v>
       </c>
       <c r="G678">
-        <v>198</v>
+        <v>106</v>
       </c>
       <c r="H678" t="s">
         <v>22</v>
       </c>
       <c r="I678">
         <v>150</v>
       </c>
       <c r="J678">
         <v>210</v>
       </c>
       <c r="K678">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="L678" s="1">
-        <v>41060</v>
+        <v>36894</v>
       </c>
       <c r="M678" s="2">
-        <v>9788536238012</v>
+        <v>9788573946765</v>
       </c>
       <c r="N678" t="s" s="3">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="O678" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P678" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="679">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679">
-        <v>10239</v>
+        <v>23791</v>
       </c>
       <c r="C679" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
       <c r="D679" t="s">
-        <v>1907</v>
+        <v>1660</v>
       </c>
       <c r="F679">
-        <v>180</v>
+        <v>406</v>
       </c>
       <c r="G679">
-        <v>240</v>
+        <v>503</v>
       </c>
       <c r="H679" t="s">
         <v>22</v>
       </c>
       <c r="I679">
         <v>150</v>
       </c>
       <c r="J679">
         <v>210</v>
       </c>
       <c r="K679">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="L679" s="1">
-        <v>36299</v>
+        <v>42044</v>
       </c>
       <c r="M679" s="2">
-        <v>9788573942286</v>
+        <v>9788536249377</v>
       </c>
       <c r="N679" t="s" s="3">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="O679" s="4">
-        <v>99.90</v>
+        <v>169.90</v>
       </c>
       <c r="P679" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="680">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680">
-        <v>30449</v>
+        <v>24373</v>
       </c>
       <c r="C680" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="D680" t="s">
-        <v>1910</v>
+        <v>1585</v>
       </c>
       <c r="F680">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="G680">
-        <v>202</v>
+        <v>91</v>
       </c>
       <c r="H680" t="s">
         <v>22</v>
       </c>
       <c r="I680">
-        <v>210</v>
+        <v>150</v>
       </c>
       <c r="J680">
-        <v>300</v>
+        <v>210</v>
       </c>
       <c r="K680">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L680" s="1">
-        <v>45048</v>
+        <v>42389</v>
       </c>
       <c r="M680" s="2">
-        <v>9786526304488</v>
+        <v>9788536255453</v>
       </c>
       <c r="N680" t="s" s="3">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="O680" s="4">
         <v>59.90</v>
       </c>
       <c r="P680" t="s">
-        <v>397</v>
+        <v>36</v>
       </c>
     </row>
     <row r="681">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681">
-        <v>27908</v>
+        <v>23725</v>
       </c>
       <c r="C681" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="D681" t="s">
-        <v>38</v>
+        <v>1096</v>
       </c>
       <c r="F681">
         <v>94</v>
       </c>
       <c r="G681">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="H681" t="s">
         <v>22</v>
       </c>
       <c r="I681">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="J681">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K681">
         <v>6</v>
       </c>
       <c r="L681" s="1">
-        <v>43654</v>
+        <v>41982</v>
       </c>
       <c r="M681" s="2">
-        <v>9788536289571</v>
+        <v>9788536249469</v>
       </c>
       <c r="N681" t="s" s="3">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="O681" s="4">
         <v>59.90</v>
       </c>
       <c r="P681" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="682">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682">
-        <v>23748</v>
+        <v>22639</v>
       </c>
       <c r="C682" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="D682" t="s">
-        <v>82</v>
+        <v>1917</v>
       </c>
       <c r="F682">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="G682">
-        <v>129</v>
+        <v>198</v>
       </c>
       <c r="H682" t="s">
         <v>22</v>
       </c>
       <c r="I682">
         <v>150</v>
       </c>
       <c r="J682">
         <v>210</v>
       </c>
       <c r="K682">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L682" s="1">
-        <v>42011</v>
+        <v>41060</v>
       </c>
       <c r="M682" s="2">
-        <v>9788536249711</v>
+        <v>9788536238012</v>
       </c>
       <c r="N682" t="s" s="3">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="O682" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P682" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
     </row>
     <row r="683">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683">
-        <v>22094</v>
+        <v>10239</v>
       </c>
       <c r="C683" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="D683" t="s">
-        <v>1917</v>
+        <v>1920</v>
       </c>
       <c r="F683">
-        <v>264</v>
+        <v>180</v>
       </c>
       <c r="G683">
-        <v>335</v>
+        <v>240</v>
       </c>
       <c r="H683" t="s">
         <v>22</v>
       </c>
       <c r="I683">
         <v>150</v>
       </c>
       <c r="J683">
         <v>210</v>
       </c>
       <c r="K683">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L683" s="1">
-        <v>40527</v>
+        <v>36299</v>
       </c>
       <c r="M683" s="2">
-        <v>9788536232362</v>
+        <v>9788573942286</v>
       </c>
       <c r="N683" t="s" s="3">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="O683" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P683" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="684">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684">
-        <v>22388</v>
+        <v>30449</v>
       </c>
       <c r="C684" t="s">
-        <v>1919</v>
+        <v>1922</v>
       </c>
       <c r="D684" t="s">
-        <v>1920</v>
-[...2 lines deleted...]
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="F684">
-        <v>256</v>
+        <v>32</v>
       </c>
       <c r="G684">
-        <v>339</v>
+        <v>202</v>
       </c>
       <c r="H684" t="s">
         <v>22</v>
       </c>
       <c r="I684">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="J684">
-        <v>210</v>
+        <v>300</v>
       </c>
       <c r="K684">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="L684" s="1">
-        <v>40829</v>
+        <v>45048</v>
       </c>
       <c r="M684" s="2">
-        <v>9788536234564</v>
+        <v>9786526304488</v>
       </c>
       <c r="N684" t="s" s="3">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="O684" s="4">
-        <v>129.90</v>
+        <v>59.90</v>
       </c>
       <c r="P684" t="s">
-        <v>68</v>
+        <v>399</v>
       </c>
     </row>
     <row r="685">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685">
-        <v>12435</v>
+        <v>27908</v>
       </c>
       <c r="C685" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="D685" t="s">
-        <v>1232</v>
+        <v>38</v>
       </c>
       <c r="F685">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="G685">
-        <v>176</v>
+        <v>62</v>
       </c>
       <c r="H685" t="s">
         <v>22</v>
       </c>
       <c r="I685">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J685">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K685">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L685" s="1">
-        <v>37558</v>
+        <v>43654</v>
       </c>
       <c r="M685" s="2">
-        <v>9788536201597</v>
+        <v>9788536289571</v>
       </c>
       <c r="N685" t="s" s="3">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="O685" s="4">
-        <v>74.70</v>
+        <v>59.90</v>
       </c>
       <c r="P685" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="686">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686">
-        <v>24361</v>
+        <v>23748</v>
       </c>
       <c r="C686" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="D686" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>82</v>
       </c>
       <c r="F686">
-        <v>254</v>
+        <v>104</v>
       </c>
       <c r="G686">
-        <v>315</v>
+        <v>129</v>
       </c>
       <c r="H686" t="s">
         <v>22</v>
       </c>
       <c r="I686">
         <v>150</v>
       </c>
       <c r="J686">
         <v>210</v>
       </c>
       <c r="K686">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L686" s="1">
-        <v>42355</v>
+        <v>42011</v>
       </c>
       <c r="M686" s="2">
-        <v>9788536255026</v>
+        <v>9788536249711</v>
       </c>
       <c r="N686" t="s" s="3">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="O686" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P686" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="687">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687">
-        <v>30977</v>
+        <v>22094</v>
       </c>
       <c r="C687" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="D687" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="F687">
-        <v>162</v>
+        <v>264</v>
       </c>
       <c r="G687">
-        <v>201</v>
+        <v>335</v>
       </c>
       <c r="H687" t="s">
         <v>22</v>
       </c>
       <c r="I687">
         <v>150</v>
       </c>
       <c r="J687">
         <v>210</v>
       </c>
       <c r="K687">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L687" s="1">
-        <v>45376</v>
+        <v>40527</v>
       </c>
       <c r="M687" s="2">
-        <v>9786526309681</v>
+        <v>9788536232362</v>
       </c>
       <c r="N687" t="s" s="3">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="O687" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P687" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="688">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688">
-        <v>22614</v>
+        <v>22388</v>
       </c>
       <c r="C688" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="D688" t="s">
-        <v>1931</v>
+        <v>1933</v>
+      </c>
+      <c r="E688" t="s">
+        <v>1934</v>
       </c>
       <c r="F688">
-        <v>144</v>
+        <v>256</v>
       </c>
       <c r="G688">
-        <v>207</v>
+        <v>339</v>
       </c>
       <c r="H688" t="s">
         <v>22</v>
       </c>
       <c r="I688">
         <v>150</v>
       </c>
       <c r="J688">
         <v>210</v>
       </c>
       <c r="K688">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L688" s="1">
-        <v>41061</v>
+        <v>40829</v>
       </c>
       <c r="M688" s="2">
-        <v>9788536237978</v>
+        <v>9788536234564</v>
       </c>
       <c r="N688" t="s" s="3">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="O688" s="4">
-        <v>77.90</v>
+        <v>129.90</v>
       </c>
       <c r="P688" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="689">
       <c r="A689">
         <v>688</v>
       </c>
       <c r="B689">
-        <v>23054</v>
+        <v>12435</v>
       </c>
       <c r="C689" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="D689" t="s">
-        <v>1934</v>
+        <v>1241</v>
       </c>
       <c r="F689">
+        <v>126</v>
+      </c>
+      <c r="G689">
         <v>176</v>
       </c>
-      <c r="G689">
-[...1 lines deleted...]
-      </c>
       <c r="H689" t="s">
         <v>22</v>
       </c>
       <c r="I689">
         <v>150</v>
       </c>
       <c r="J689">
         <v>210</v>
       </c>
       <c r="K689">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L689" s="1">
-        <v>41421</v>
+        <v>37558</v>
       </c>
       <c r="M689" s="2">
-        <v>9788536242514</v>
+        <v>9788536201597</v>
       </c>
       <c r="N689" t="s" s="3">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="O689" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P689" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="690">
       <c r="A690">
         <v>689</v>
       </c>
       <c r="B690">
+        <v>24361</v>
+      </c>
+      <c r="C690" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D690" t="s">
+        <v>501</v>
+      </c>
+      <c r="E690" t="s">
+        <v>306</v>
+      </c>
+      <c r="F690">
+        <v>254</v>
+      </c>
+      <c r="G690">
+        <v>315</v>
+      </c>
+      <c r="H690" t="s">
+        <v>22</v>
+      </c>
+      <c r="I690">
+        <v>150</v>
+      </c>
+      <c r="J690">
+        <v>210</v>
+      </c>
+      <c r="K690">
+        <v>14</v>
+      </c>
+      <c r="L690" s="1">
+        <v>42355</v>
+      </c>
+      <c r="M690" s="2">
+        <v>9788536255026</v>
+      </c>
+      <c r="N690" t="s" s="3">
+        <v>1939</v>
+      </c>
+      <c r="O690" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P690" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="691">
+      <c r="A691">
+        <v>690</v>
+      </c>
+      <c r="B691">
+        <v>30977</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D691" t="s">
+        <v>1941</v>
+      </c>
+      <c r="F691">
+        <v>162</v>
+      </c>
+      <c r="G691">
+        <v>201</v>
+      </c>
+      <c r="H691" t="s">
+        <v>22</v>
+      </c>
+      <c r="I691">
+        <v>150</v>
+      </c>
+      <c r="J691">
+        <v>210</v>
+      </c>
+      <c r="K691">
+        <v>8</v>
+      </c>
+      <c r="L691" s="1">
+        <v>45376</v>
+      </c>
+      <c r="M691" s="2">
+        <v>9786526309681</v>
+      </c>
+      <c r="N691" t="s" s="3">
+        <v>1942</v>
+      </c>
+      <c r="O691" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P691" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="692">
+      <c r="A692">
+        <v>691</v>
+      </c>
+      <c r="B692">
+        <v>22614</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D692" t="s">
+        <v>1944</v>
+      </c>
+      <c r="F692">
+        <v>144</v>
+      </c>
+      <c r="G692">
+        <v>207</v>
+      </c>
+      <c r="H692" t="s">
+        <v>22</v>
+      </c>
+      <c r="I692">
+        <v>150</v>
+      </c>
+      <c r="J692">
+        <v>210</v>
+      </c>
+      <c r="K692">
+        <v>8</v>
+      </c>
+      <c r="L692" s="1">
+        <v>41061</v>
+      </c>
+      <c r="M692" s="2">
+        <v>9788536237978</v>
+      </c>
+      <c r="N692" t="s" s="3">
+        <v>1945</v>
+      </c>
+      <c r="O692" s="4">
+        <v>77.90</v>
+      </c>
+      <c r="P692" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="693">
+      <c r="A693">
+        <v>692</v>
+      </c>
+      <c r="B693">
+        <v>23054</v>
+      </c>
+      <c r="C693" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D693" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F693">
+        <v>176</v>
+      </c>
+      <c r="G693">
+        <v>235</v>
+      </c>
+      <c r="H693" t="s">
+        <v>22</v>
+      </c>
+      <c r="I693">
+        <v>150</v>
+      </c>
+      <c r="J693">
+        <v>210</v>
+      </c>
+      <c r="K693">
+        <v>10</v>
+      </c>
+      <c r="L693" s="1">
+        <v>41421</v>
+      </c>
+      <c r="M693" s="2">
+        <v>9788536242514</v>
+      </c>
+      <c r="N693" t="s" s="3">
+        <v>1948</v>
+      </c>
+      <c r="O693" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P693" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="694">
+      <c r="A694">
+        <v>693</v>
+      </c>
+      <c r="B694">
         <v>26062</v>
       </c>
-      <c r="C690" t="inlineStr">
+      <c r="C694" t="inlineStr">
         <is>
           <t>Precocidade e Superdotação Musical - Avaliação Comparativa em Educação e Música entre Crianças Precoces com Comportamento de Superdotação e Crianças com Desenvolvimento Típico</t>
         </is>
       </c>
-      <c r="D690" t="s">
-[...2 lines deleted...]
-      <c r="F690">
+      <c r="D694" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F694">
         <v>188</v>
       </c>
-      <c r="G690">
+      <c r="G694">
         <v>233</v>
       </c>
-      <c r="H690" t="s">
-[...8 lines deleted...]
-      <c r="K690">
+      <c r="H694" t="s">
+        <v>22</v>
+      </c>
+      <c r="I694">
+        <v>150</v>
+      </c>
+      <c r="J694">
+        <v>210</v>
+      </c>
+      <c r="K694">
         <v>10</v>
       </c>
-      <c r="L690" s="1">
+      <c r="L694" s="1">
         <v>42964</v>
       </c>
-      <c r="M690" s="2">
+      <c r="M694" s="2">
         <v>9788536271583</v>
       </c>
-      <c r="N690" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O690" s="4">
+      <c r="N694" t="s" s="3">
+        <v>1950</v>
+      </c>
+      <c r="O694" s="4">
         <v>89.90</v>
       </c>
-      <c r="P690" t="s">
+      <c r="P694" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="691">
-[...3 lines deleted...]
-      <c r="B691">
+    <row r="695">
+      <c r="A695">
+        <v>694</v>
+      </c>
+      <c r="B695">
         <v>30806</v>
       </c>
-      <c r="C691" t="s">
-[...2 lines deleted...]
-      <c r="D691" t="inlineStr">
+      <c r="C695" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D695" t="inlineStr">
         <is>
           <t>Dmitriy Maksimov, Sergey Tabakov, Vitaliy Rybakov, Cleyton Teixeira de Brito, Marco Aurélio Cota Júnior, Fábio da Silva Ferreira Vieira, Vagner Guimarães Pinheiro</t>
         </is>
       </c>
-      <c r="F691">
+      <c r="F695">
         <v>132</v>
       </c>
-      <c r="G691">
+      <c r="G695">
         <v>164</v>
       </c>
-      <c r="H691" t="s">
-[...8 lines deleted...]
-      <c r="K691">
+      <c r="H695" t="s">
+        <v>22</v>
+      </c>
+      <c r="I695">
+        <v>150</v>
+      </c>
+      <c r="J695">
+        <v>210</v>
+      </c>
+      <c r="K695">
         <v>7</v>
       </c>
-      <c r="L691" s="1">
+      <c r="L695" s="1">
         <v>45251</v>
       </c>
-      <c r="M691" s="2">
+      <c r="M695" s="2">
         <v>9786526307311</v>
       </c>
-      <c r="N691" t="s" s="3">
-[...189 lines deleted...]
-      </c>
       <c r="N695" t="s" s="3">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="O695" s="4">
         <v>79.90</v>
       </c>
       <c r="P695" t="s">
-        <v>64</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="696">
       <c r="A696">
         <v>695</v>
       </c>
       <c r="B696">
-        <v>21804</v>
+        <v>29070</v>
       </c>
       <c r="C696" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="D696" t="s">
-        <v>299</v>
+        <v>535</v>
+      </c>
+      <c r="E696" t="s">
+        <v>530</v>
       </c>
       <c r="F696">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="G696">
-        <v>108</v>
+        <v>144</v>
       </c>
       <c r="H696" t="s">
         <v>22</v>
       </c>
       <c r="I696">
         <v>150</v>
       </c>
       <c r="J696">
         <v>210</v>
       </c>
       <c r="K696">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L696" s="1">
-        <v>40345</v>
+        <v>44327</v>
       </c>
       <c r="M696" s="2">
-        <v>9788536229829</v>
+        <v>9786556055251</v>
       </c>
       <c r="N696" t="s" s="3">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="O696" s="4">
         <v>69.90</v>
       </c>
       <c r="P696" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="697">
       <c r="A697">
         <v>696</v>
       </c>
       <c r="B697">
-        <v>21819</v>
+        <v>21071</v>
       </c>
       <c r="C697" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="D697" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="F697">
-        <v>96</v>
+        <v>234</v>
       </c>
       <c r="G697">
-        <v>107</v>
+        <v>209</v>
       </c>
       <c r="H697" t="s">
         <v>22</v>
       </c>
       <c r="I697">
         <v>150</v>
       </c>
       <c r="J697">
         <v>210</v>
       </c>
       <c r="K697">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L697" s="1">
-        <v>40351</v>
+        <v>39902</v>
       </c>
       <c r="M697" s="2">
-        <v>9788536229935</v>
+        <v>9788536222493</v>
       </c>
       <c r="N697" t="s" s="3">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="O697" s="4">
-        <v>59.90</v>
+        <v>119.70</v>
       </c>
       <c r="P697" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="698">
       <c r="A698">
         <v>697</v>
       </c>
       <c r="B698">
-        <v>24696</v>
+        <v>10985</v>
       </c>
       <c r="C698" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="D698" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="F698">
-        <v>382</v>
+        <v>174</v>
       </c>
       <c r="G698">
-        <v>471</v>
+        <v>240</v>
       </c>
       <c r="H698" t="s">
         <v>22</v>
       </c>
       <c r="I698">
         <v>150</v>
       </c>
       <c r="J698">
         <v>210</v>
       </c>
       <c r="K698">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="L698" s="1">
-        <v>42514</v>
+        <v>36938</v>
       </c>
       <c r="M698" s="2">
-        <v>9788536255903</v>
+        <v>9788573944686</v>
       </c>
       <c r="N698" t="s" s="3">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="O698" s="4">
-        <v>169.90</v>
+        <v>69.90</v>
       </c>
       <c r="P698" t="s">
-        <v>1960</v>
+        <v>368</v>
       </c>
     </row>
     <row r="699">
       <c r="A699">
         <v>698</v>
       </c>
       <c r="B699">
-        <v>24698</v>
+        <v>29184</v>
       </c>
       <c r="C699" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="D699" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="F699">
-        <v>420</v>
+        <v>100</v>
       </c>
       <c r="G699">
-        <v>513</v>
+        <v>124</v>
       </c>
       <c r="H699" t="s">
         <v>22</v>
       </c>
       <c r="I699">
         <v>150</v>
       </c>
       <c r="J699">
         <v>210</v>
       </c>
       <c r="K699">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="L699" s="1">
-        <v>42514</v>
+        <v>44406</v>
       </c>
       <c r="M699" s="2">
-        <v>9788536255965</v>
+        <v>9786556056111</v>
       </c>
       <c r="N699" t="s" s="3">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="O699" s="4">
-        <v>179.90</v>
+        <v>79.90</v>
       </c>
       <c r="P699" t="s">
-        <v>1960</v>
+        <v>64</v>
       </c>
     </row>
     <row r="700">
       <c r="A700">
         <v>699</v>
       </c>
       <c r="B700">
-        <v>24700</v>
+        <v>21804</v>
       </c>
       <c r="C700" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="D700" t="s">
-        <v>1958</v>
+        <v>299</v>
       </c>
       <c r="F700">
-        <v>508</v>
+        <v>100</v>
       </c>
       <c r="G700">
-        <v>620</v>
+        <v>108</v>
       </c>
       <c r="H700" t="s">
         <v>22</v>
       </c>
       <c r="I700">
         <v>150</v>
       </c>
       <c r="J700">
         <v>210</v>
       </c>
       <c r="K700">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="L700" s="1">
-        <v>42514</v>
+        <v>40345</v>
       </c>
       <c r="M700" s="2">
-        <v>9788536256023</v>
+        <v>9788536229829</v>
       </c>
       <c r="N700" t="s" s="3">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="O700" s="4">
-        <v>209.90</v>
+        <v>69.90</v>
       </c>
       <c r="P700" t="s">
-        <v>1960</v>
+        <v>36</v>
       </c>
     </row>
     <row r="701">
       <c r="A701">
         <v>700</v>
       </c>
       <c r="B701">
-        <v>31689</v>
+        <v>21819</v>
       </c>
       <c r="C701" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="D701" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="F701">
-        <v>190</v>
+        <v>96</v>
       </c>
       <c r="G701">
-        <v>258</v>
+        <v>107</v>
       </c>
       <c r="H701" t="s">
         <v>22</v>
       </c>
       <c r="I701">
         <v>150</v>
       </c>
       <c r="J701">
         <v>210</v>
       </c>
       <c r="K701">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L701" s="1">
-        <v>45860</v>
+        <v>40351</v>
       </c>
       <c r="M701" s="2">
-        <v>9786526318461</v>
+        <v>9788536229935</v>
       </c>
       <c r="N701" t="s" s="3">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="O701" s="4">
-        <v>79.90</v>
+        <v>59.90</v>
       </c>
       <c r="P701" t="s">
-        <v>329</v>
+        <v>47</v>
       </c>
     </row>
     <row r="702">
       <c r="A702">
         <v>701</v>
       </c>
       <c r="B702">
-        <v>21016</v>
+        <v>24696</v>
       </c>
       <c r="C702" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="D702" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="F702">
-        <v>128</v>
+        <v>382</v>
       </c>
       <c r="G702">
-        <v>185</v>
+        <v>471</v>
       </c>
       <c r="H702" t="s">
         <v>22</v>
       </c>
       <c r="I702">
         <v>150</v>
       </c>
       <c r="J702">
         <v>210</v>
       </c>
       <c r="K702">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="L702" s="1">
-        <v>39861</v>
+        <v>42514</v>
       </c>
       <c r="M702" s="2">
-        <v>9788536223117</v>
+        <v>9788536255903</v>
       </c>
       <c r="N702" t="s" s="3">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="O702" s="4">
-        <v>79.90</v>
+        <v>169.90</v>
       </c>
       <c r="P702" t="s">
-        <v>19</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="703">
       <c r="A703">
         <v>702</v>
       </c>
       <c r="B703">
-        <v>20443</v>
+        <v>24698</v>
       </c>
       <c r="C703" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D703" t="s">
         <v>1971</v>
       </c>
-      <c r="D703" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F703">
-        <v>104</v>
+        <v>420</v>
       </c>
       <c r="G703">
-        <v>145</v>
+        <v>513</v>
       </c>
       <c r="H703" t="s">
         <v>22</v>
       </c>
       <c r="I703">
         <v>150</v>
       </c>
       <c r="J703">
         <v>210</v>
       </c>
       <c r="K703">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="L703" s="1">
-        <v>39371</v>
+        <v>42514</v>
       </c>
       <c r="M703" s="2">
-        <v>9788536217352</v>
+        <v>9788536255965</v>
       </c>
       <c r="N703" t="s" s="3">
+        <v>1975</v>
+      </c>
+      <c r="O703" s="4">
+        <v>179.90</v>
+      </c>
+      <c r="P703" t="s">
         <v>1973</v>
-      </c>
-[...4 lines deleted...]
-        <v>897</v>
       </c>
     </row>
     <row r="704">
       <c r="A704">
         <v>703</v>
       </c>
       <c r="B704">
-        <v>23822</v>
+        <v>24700</v>
       </c>
       <c r="C704" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="D704" t="s">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="F704">
-        <v>86</v>
+        <v>508</v>
       </c>
       <c r="G704">
-        <v>107</v>
+        <v>620</v>
       </c>
       <c r="H704" t="s">
         <v>22</v>
       </c>
       <c r="I704">
         <v>150</v>
       </c>
       <c r="J704">
         <v>210</v>
       </c>
       <c r="K704">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="L704" s="1">
-        <v>42067</v>
+        <v>42514</v>
       </c>
       <c r="M704" s="2">
-        <v>9788536250380</v>
+        <v>9788536256023</v>
       </c>
       <c r="N704" t="s" s="3">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="O704" s="4">
-        <v>69.90</v>
+        <v>209.90</v>
       </c>
       <c r="P704" t="s">
-        <v>47</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="705">
       <c r="A705">
         <v>704</v>
       </c>
       <c r="B705">
-        <v>27020</v>
+        <v>31689</v>
       </c>
       <c r="C705" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="D705" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="F705">
-        <v>106</v>
+        <v>190</v>
       </c>
       <c r="G705">
-        <v>131</v>
+        <v>258</v>
       </c>
       <c r="H705" t="s">
         <v>22</v>
       </c>
       <c r="I705">
         <v>150</v>
       </c>
       <c r="J705">
         <v>210</v>
       </c>
       <c r="K705">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L705" s="1">
-        <v>43301</v>
+        <v>45860</v>
       </c>
       <c r="M705" s="2">
-        <v>9788536280936</v>
+        <v>9786526318461</v>
       </c>
       <c r="N705" t="s" s="3">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="O705" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P705" t="s">
-        <v>1960</v>
+        <v>329</v>
       </c>
     </row>
     <row r="706">
       <c r="A706">
         <v>705</v>
       </c>
       <c r="B706">
-        <v>10971</v>
+        <v>21016</v>
       </c>
       <c r="C706" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="D706" t="s">
-        <v>1981</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1982</v>
       </c>
       <c r="F706">
-        <v>94</v>
+        <v>128</v>
       </c>
       <c r="G706">
-        <v>148</v>
+        <v>185</v>
       </c>
       <c r="H706" t="s">
         <v>22</v>
       </c>
       <c r="I706">
         <v>150</v>
       </c>
       <c r="J706">
         <v>210</v>
       </c>
       <c r="K706">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L706" s="1">
-        <v>36906</v>
+        <v>39861</v>
       </c>
       <c r="M706" s="2">
-        <v>9788573943481</v>
+        <v>9788536223117</v>
       </c>
       <c r="N706" t="s" s="3">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="O706" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P706" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="707">
       <c r="A707">
         <v>706</v>
       </c>
       <c r="B707">
-        <v>27904</v>
+        <v>20443</v>
       </c>
       <c r="C707" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="D707" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="F707">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="G707">
-        <v>181</v>
+        <v>145</v>
       </c>
       <c r="H707" t="s">
         <v>22</v>
       </c>
       <c r="I707">
         <v>150</v>
       </c>
       <c r="J707">
         <v>210</v>
       </c>
       <c r="K707">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L707" s="1">
-        <v>43657</v>
+        <v>39371</v>
       </c>
       <c r="M707" s="2">
-        <v>9788536289465</v>
+        <v>9788536217352</v>
       </c>
       <c r="N707" t="s" s="3">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="O707" s="4">
-        <v>77.70</v>
+        <v>69.90</v>
       </c>
       <c r="P707" t="s">
-        <v>47</v>
+        <v>906</v>
       </c>
     </row>
     <row r="708">
       <c r="A708">
         <v>707</v>
       </c>
       <c r="B708">
-        <v>28215</v>
+        <v>23822</v>
       </c>
       <c r="C708" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="D708" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="F708">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="G708">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="H708" t="s">
         <v>22</v>
       </c>
       <c r="I708">
         <v>150</v>
       </c>
       <c r="J708">
         <v>210</v>
       </c>
       <c r="K708">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L708" s="1">
-        <v>43802</v>
+        <v>42067</v>
       </c>
       <c r="M708" s="2">
-        <v>9788536292519</v>
+        <v>9788536250380</v>
       </c>
       <c r="N708" t="s" s="3">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="O708" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P708" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="709">
       <c r="A709">
         <v>708</v>
       </c>
       <c r="B709">
-        <v>28213</v>
+        <v>27020</v>
       </c>
       <c r="C709" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="D709" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="F709">
-        <v>182</v>
+        <v>106</v>
       </c>
       <c r="G709">
-        <v>226</v>
+        <v>131</v>
       </c>
       <c r="H709" t="s">
         <v>22</v>
       </c>
       <c r="I709">
         <v>150</v>
       </c>
       <c r="J709">
         <v>210</v>
       </c>
       <c r="K709">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L709" s="1">
-        <v>43803</v>
+        <v>43301</v>
       </c>
       <c r="M709" s="2">
-        <v>9788536292618</v>
+        <v>9788536280936</v>
       </c>
       <c r="N709" t="s" s="3">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="O709" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P709" t="s">
-        <v>47</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="710">
       <c r="A710">
         <v>709</v>
       </c>
       <c r="B710">
-        <v>31681</v>
+        <v>10971</v>
       </c>
       <c r="C710" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="D710" t="s">
-        <v>251</v>
+        <v>1994</v>
+      </c>
+      <c r="E710" t="s">
+        <v>34</v>
       </c>
       <c r="F710">
-        <v>180</v>
+        <v>94</v>
       </c>
       <c r="G710">
-        <v>238</v>
+        <v>148</v>
       </c>
       <c r="H710" t="s">
         <v>22</v>
       </c>
       <c r="I710">
         <v>150</v>
       </c>
       <c r="J710">
         <v>210</v>
       </c>
       <c r="K710">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L710" s="1">
-        <v>45854</v>
+        <v>36906</v>
       </c>
       <c r="M710" s="2">
-        <v>9786526317839</v>
+        <v>9788573943481</v>
       </c>
       <c r="N710" t="s" s="3">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="O710" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P710" t="s">
-        <v>1994</v>
+        <v>28</v>
       </c>
     </row>
     <row r="711">
       <c r="A711">
         <v>710</v>
       </c>
       <c r="B711">
-        <v>22700</v>
+        <v>27904</v>
       </c>
       <c r="C711" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="D711" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="F711">
-        <v>258</v>
+        <v>146</v>
       </c>
       <c r="G711">
-        <v>309</v>
+        <v>181</v>
       </c>
       <c r="H711" t="s">
         <v>22</v>
       </c>
       <c r="I711">
         <v>150</v>
       </c>
       <c r="J711">
         <v>210</v>
       </c>
       <c r="K711">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="L711" s="1">
-        <v>41117</v>
+        <v>43657</v>
       </c>
       <c r="M711" s="2">
-        <v>9788536238906</v>
+        <v>9788536289465</v>
       </c>
       <c r="N711" t="s" s="3">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="O711" s="4">
-        <v>119.90</v>
+        <v>77.70</v>
       </c>
       <c r="P711" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="712">
       <c r="A712">
         <v>711</v>
       </c>
       <c r="B712">
-        <v>27916</v>
+        <v>28215</v>
       </c>
       <c r="C712" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="D712" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="F712">
-        <v>406</v>
+        <v>116</v>
       </c>
       <c r="G712">
-        <v>503</v>
+        <v>144</v>
       </c>
       <c r="H712" t="s">
         <v>22</v>
       </c>
       <c r="I712">
         <v>150</v>
       </c>
       <c r="J712">
         <v>210</v>
       </c>
       <c r="K712">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="L712" s="1">
-        <v>43663</v>
+        <v>43802</v>
       </c>
       <c r="M712" s="2">
-        <v>9788536289748</v>
+        <v>9788536292519</v>
       </c>
       <c r="N712" t="s" s="3">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="O712" s="4">
-        <v>169.90</v>
+        <v>59.90</v>
       </c>
       <c r="P712" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="713">
       <c r="A713">
         <v>712</v>
       </c>
       <c r="B713">
-        <v>26184</v>
+        <v>28213</v>
       </c>
       <c r="C713" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="D713" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="F713">
-        <v>284</v>
+        <v>182</v>
       </c>
       <c r="G713">
-        <v>352</v>
+        <v>226</v>
       </c>
       <c r="H713" t="s">
         <v>22</v>
       </c>
       <c r="I713">
         <v>150</v>
       </c>
       <c r="J713">
         <v>210</v>
       </c>
       <c r="K713">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="L713" s="1">
-        <v>43003</v>
+        <v>43803</v>
       </c>
       <c r="M713" s="2">
-        <v>9788536272801</v>
+        <v>9788536292618</v>
       </c>
       <c r="N713" t="s" s="3">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="O713" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P713" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="714">
       <c r="A714">
         <v>713</v>
       </c>
       <c r="B714">
-        <v>26163</v>
+        <v>31681</v>
       </c>
       <c r="C714" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="D714" t="s">
-        <v>2005</v>
+        <v>251</v>
       </c>
       <c r="F714">
-        <v>268</v>
+        <v>180</v>
       </c>
       <c r="G714">
-        <v>322</v>
+        <v>238</v>
       </c>
       <c r="H714" t="s">
         <v>22</v>
       </c>
       <c r="I714">
         <v>150</v>
       </c>
       <c r="J714">
         <v>210</v>
       </c>
       <c r="K714">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="L714" s="1">
-        <v>42999</v>
+        <v>45854</v>
       </c>
       <c r="M714" s="2">
-        <v>9788536272764</v>
+        <v>9786526317839</v>
       </c>
       <c r="N714" t="s" s="3">
         <v>2006</v>
       </c>
       <c r="O714" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P714" t="s">
-        <v>57</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="715">
       <c r="A715">
         <v>714</v>
       </c>
       <c r="B715">
-        <v>20257</v>
+        <v>22700</v>
       </c>
       <c r="C715" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="D715" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="F715">
-        <v>288</v>
+        <v>258</v>
       </c>
       <c r="G715">
-        <v>370</v>
+        <v>309</v>
       </c>
       <c r="H715" t="s">
         <v>22</v>
       </c>
       <c r="I715">
         <v>150</v>
       </c>
       <c r="J715">
         <v>210</v>
       </c>
       <c r="K715">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="L715" s="1">
-        <v>39198</v>
+        <v>41117</v>
       </c>
       <c r="M715" s="2">
-        <v>9788536215617</v>
+        <v>9788536238906</v>
       </c>
       <c r="N715" t="s" s="3">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="O715" s="4">
         <v>119.90</v>
       </c>
       <c r="P715" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="716">
       <c r="A716">
         <v>715</v>
       </c>
       <c r="B716">
-        <v>28268</v>
+        <v>27916</v>
       </c>
       <c r="C716" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D716" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="F716">
-        <v>190</v>
+        <v>406</v>
       </c>
       <c r="G716">
-        <v>236</v>
+        <v>503</v>
       </c>
       <c r="H716" t="s">
         <v>22</v>
       </c>
       <c r="I716">
         <v>150</v>
       </c>
       <c r="J716">
         <v>210</v>
       </c>
       <c r="K716">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="L716" s="1">
-        <v>43845</v>
+        <v>43663</v>
       </c>
       <c r="M716" s="2">
-        <v>9788536293301</v>
+        <v>9788536289748</v>
       </c>
       <c r="N716" t="s" s="3">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="O716" s="4">
-        <v>99.90</v>
+        <v>169.90</v>
       </c>
       <c r="P716" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="717">
       <c r="A717">
         <v>716</v>
       </c>
       <c r="B717">
-        <v>26679</v>
+        <v>26184</v>
       </c>
       <c r="C717" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="D717" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="F717">
-        <v>204</v>
+        <v>284</v>
       </c>
       <c r="G717">
-        <v>253</v>
+        <v>352</v>
       </c>
       <c r="H717" t="s">
         <v>22</v>
       </c>
       <c r="I717">
         <v>150</v>
       </c>
       <c r="J717">
         <v>210</v>
       </c>
       <c r="K717">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="L717" s="1">
-        <v>43188</v>
+        <v>43003</v>
       </c>
       <c r="M717" s="2">
-        <v>9788536277714</v>
+        <v>9788536272801</v>
       </c>
       <c r="N717" t="s" s="3">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="O717" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P717" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="718">
       <c r="A718">
         <v>717</v>
       </c>
       <c r="B718">
-        <v>28026</v>
+        <v>26163</v>
       </c>
       <c r="C718" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="D718" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F718">
-        <v>138</v>
+        <v>268</v>
       </c>
       <c r="G718">
-        <v>171</v>
+        <v>322</v>
       </c>
       <c r="H718" t="s">
         <v>22</v>
       </c>
       <c r="I718">
         <v>150</v>
       </c>
       <c r="J718">
         <v>210</v>
       </c>
       <c r="K718">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="L718" s="1">
-        <v>43712</v>
+        <v>42999</v>
       </c>
       <c r="M718" s="2">
-        <v>9788536290768</v>
+        <v>9788536272764</v>
       </c>
       <c r="N718" t="s" s="3">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="O718" s="4">
-        <v>77.40</v>
+        <v>119.90</v>
       </c>
       <c r="P718" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="719">
       <c r="A719">
         <v>718</v>
       </c>
       <c r="B719">
-        <v>28028</v>
+        <v>20257</v>
       </c>
       <c r="C719" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="D719" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="F719">
-        <v>144</v>
+        <v>288</v>
       </c>
       <c r="G719">
-        <v>178</v>
+        <v>370</v>
       </c>
       <c r="H719" t="s">
         <v>22</v>
       </c>
       <c r="I719">
         <v>150</v>
       </c>
       <c r="J719">
         <v>210</v>
       </c>
       <c r="K719">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L719" s="1">
-        <v>43712</v>
+        <v>39198</v>
       </c>
       <c r="M719" s="2">
-        <v>9788536290775</v>
+        <v>9788536215617</v>
       </c>
       <c r="N719" t="s" s="3">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="O719" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P719" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="720">
       <c r="A720">
         <v>719</v>
       </c>
       <c r="B720">
-        <v>30686</v>
+        <v>28268</v>
       </c>
       <c r="C720" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="D720" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="F720">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="G720">
-        <v>211</v>
+        <v>236</v>
       </c>
       <c r="H720" t="s">
         <v>22</v>
       </c>
       <c r="I720">
         <v>150</v>
       </c>
       <c r="J720">
         <v>210</v>
       </c>
       <c r="K720">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L720" s="1">
-        <v>45187</v>
+        <v>43845</v>
       </c>
       <c r="M720" s="2">
-        <v>9786526304198</v>
+        <v>9788536293301</v>
       </c>
       <c r="N720" t="s" s="3">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="O720" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P720" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
     </row>
     <row r="721">
       <c r="A721">
         <v>720</v>
       </c>
       <c r="B721">
-        <v>25916</v>
+        <v>26679</v>
       </c>
       <c r="C721" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="D721" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="F721">
-        <v>228</v>
+        <v>204</v>
       </c>
       <c r="G721">
-        <v>283</v>
+        <v>253</v>
       </c>
       <c r="H721" t="s">
         <v>22</v>
       </c>
       <c r="I721">
         <v>150</v>
       </c>
       <c r="J721">
         <v>210</v>
       </c>
       <c r="K721">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L721" s="1">
-        <v>42916</v>
+        <v>43188</v>
       </c>
       <c r="M721" s="2">
-        <v>9788536270050</v>
+        <v>9788536277714</v>
       </c>
       <c r="N721" t="s" s="3">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="O721" s="4">
-        <v>97.70</v>
+        <v>89.90</v>
       </c>
       <c r="P721" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
     </row>
     <row r="722">
       <c r="A722">
         <v>721</v>
       </c>
       <c r="B722">
-        <v>25664</v>
+        <v>28026</v>
       </c>
       <c r="C722" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="D722" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="F722">
-        <v>246</v>
+        <v>138</v>
       </c>
       <c r="G722">
-        <v>305</v>
+        <v>171</v>
       </c>
       <c r="H722" t="s">
         <v>22</v>
       </c>
       <c r="I722">
         <v>150</v>
       </c>
       <c r="J722">
         <v>210</v>
       </c>
       <c r="K722">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L722" s="1">
-        <v>42852</v>
+        <v>43712</v>
       </c>
       <c r="M722" s="2">
-        <v>9788536264967</v>
+        <v>9788536290768</v>
       </c>
       <c r="N722" t="s" s="3">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="O722" s="4">
-        <v>99.70</v>
+        <v>77.40</v>
       </c>
       <c r="P722" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
     </row>
     <row r="723">
       <c r="A723">
         <v>722</v>
       </c>
       <c r="B723">
-        <v>26274</v>
+        <v>28028</v>
       </c>
       <c r="C723" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D723" t="s">
         <v>2030</v>
       </c>
-      <c r="D723" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F723">
-        <v>158</v>
+        <v>144</v>
       </c>
       <c r="G723">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="H723" t="s">
         <v>22</v>
       </c>
       <c r="I723">
         <v>150</v>
       </c>
       <c r="J723">
         <v>210</v>
       </c>
       <c r="K723">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L723" s="1">
-        <v>43028</v>
+        <v>43712</v>
       </c>
       <c r="M723" s="2">
-        <v>9788536273679</v>
+        <v>9788536290775</v>
       </c>
       <c r="N723" t="s" s="3">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="O723" s="4">
-        <v>74.70</v>
+        <v>69.90</v>
       </c>
       <c r="P723" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="724">
       <c r="A724">
         <v>723</v>
       </c>
       <c r="B724">
-        <v>20009</v>
+        <v>30686</v>
       </c>
       <c r="C724" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="D724" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="F724">
-        <v>238</v>
+        <v>170</v>
       </c>
       <c r="G724">
-        <v>301</v>
+        <v>211</v>
       </c>
       <c r="H724" t="s">
         <v>22</v>
       </c>
       <c r="I724">
         <v>150</v>
       </c>
       <c r="J724">
         <v>210</v>
       </c>
       <c r="K724">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="L724" s="1">
-        <v>38922</v>
+        <v>45187</v>
       </c>
       <c r="M724" s="2">
-        <v>9788536213248</v>
+        <v>9786526304198</v>
       </c>
       <c r="N724" t="s" s="3">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="O724" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P724" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="725">
       <c r="A725">
         <v>724</v>
       </c>
       <c r="B725">
-        <v>10361</v>
+        <v>25916</v>
       </c>
       <c r="C725" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="D725" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="F725">
-        <v>159</v>
+        <v>228</v>
       </c>
       <c r="G725">
-        <v>212</v>
+        <v>283</v>
       </c>
       <c r="H725" t="s">
         <v>22</v>
       </c>
       <c r="I725">
         <v>150</v>
       </c>
       <c r="J725">
         <v>210</v>
       </c>
       <c r="K725">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L725" s="1">
-        <v>36742</v>
+        <v>42916</v>
       </c>
       <c r="M725" s="2">
-        <v>9788573943467</v>
+        <v>9788536270050</v>
       </c>
       <c r="N725" t="s" s="3">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="O725" s="4">
-        <v>89.90</v>
+        <v>97.70</v>
       </c>
       <c r="P725" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="726">
       <c r="A726">
         <v>725</v>
       </c>
       <c r="B726">
-        <v>29653</v>
+        <v>25664</v>
       </c>
       <c r="C726" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="D726" t="s">
-        <v>299</v>
+        <v>2041</v>
       </c>
       <c r="F726">
-        <v>62</v>
+        <v>246</v>
       </c>
       <c r="G726">
-        <v>77</v>
+        <v>305</v>
       </c>
       <c r="H726" t="s">
         <v>22</v>
       </c>
       <c r="I726">
         <v>150</v>
       </c>
       <c r="J726">
         <v>210</v>
       </c>
       <c r="K726">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="L726" s="1">
-        <v>44670</v>
+        <v>42852</v>
       </c>
       <c r="M726" s="2">
-        <v>9788536296708</v>
+        <v>9788536264967</v>
       </c>
       <c r="N726" t="s" s="3">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="O726" s="4">
-        <v>59.90</v>
+        <v>99.70</v>
       </c>
       <c r="P726" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
     </row>
     <row r="727">
       <c r="A727">
         <v>726</v>
       </c>
       <c r="B727">
-        <v>11053</v>
+        <v>26274</v>
       </c>
       <c r="C727" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="D727" t="s">
-        <v>641</v>
+        <v>1298</v>
       </c>
       <c r="F727">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="G727">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="H727" t="s">
         <v>22</v>
       </c>
       <c r="I727">
         <v>150</v>
       </c>
       <c r="J727">
         <v>210</v>
       </c>
       <c r="K727">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L727" s="1">
-        <v>37033</v>
+        <v>43028</v>
       </c>
       <c r="M727" s="2">
-        <v>9788573947038</v>
+        <v>9788536273679</v>
       </c>
       <c r="N727" t="s" s="3">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="O727" s="4">
-        <v>79.90</v>
+        <v>74.70</v>
       </c>
       <c r="P727" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="728">
       <c r="A728">
         <v>727</v>
       </c>
       <c r="B728">
-        <v>31434</v>
+        <v>20009</v>
       </c>
       <c r="C728" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="D728" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="F728">
-        <v>130</v>
+        <v>238</v>
       </c>
       <c r="G728">
-        <v>161</v>
+        <v>301</v>
       </c>
       <c r="H728" t="s">
         <v>22</v>
       </c>
       <c r="I728">
         <v>150</v>
       </c>
       <c r="J728">
         <v>210</v>
       </c>
       <c r="K728">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="L728" s="1">
-        <v>45687</v>
+        <v>38922</v>
       </c>
       <c r="M728" s="2">
-        <v>9786526315248</v>
+        <v>9788536213248</v>
       </c>
       <c r="N728" t="s" s="3">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="O728" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P728" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="729">
       <c r="A729">
         <v>728</v>
       </c>
       <c r="B729">
-        <v>25234</v>
+        <v>10361</v>
       </c>
       <c r="C729" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="D729" t="s">
-        <v>1893</v>
+        <v>2049</v>
       </c>
       <c r="F729">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="G729">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="H729" t="s">
         <v>22</v>
       </c>
       <c r="I729">
         <v>150</v>
       </c>
       <c r="J729">
         <v>210</v>
       </c>
       <c r="K729">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L729" s="1">
-        <v>42692</v>
+        <v>36742</v>
       </c>
       <c r="M729" s="2">
-        <v>9788536263618</v>
+        <v>9788573943467</v>
       </c>
       <c r="N729" t="s" s="3">
-        <v>2046</v>
+        <v>2050</v>
       </c>
       <c r="O729" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P729" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="730">
       <c r="A730">
         <v>729</v>
       </c>
       <c r="B730">
-        <v>10253</v>
+        <v>29653</v>
       </c>
       <c r="C730" t="s">
-        <v>2047</v>
+        <v>2051</v>
       </c>
       <c r="D730" t="s">
-        <v>2048</v>
+        <v>299</v>
       </c>
       <c r="F730">
-        <v>178</v>
+        <v>62</v>
       </c>
       <c r="G730">
-        <v>244</v>
+        <v>77</v>
       </c>
       <c r="H730" t="s">
         <v>22</v>
       </c>
       <c r="I730">
         <v>150</v>
       </c>
       <c r="J730">
         <v>210</v>
       </c>
       <c r="K730">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="L730" s="1">
-        <v>36418</v>
+        <v>44670</v>
       </c>
       <c r="M730" s="2">
-        <v>9788573942880</v>
+        <v>9788536296708</v>
       </c>
       <c r="N730" t="s" s="3">
-        <v>2049</v>
+        <v>2052</v>
       </c>
       <c r="O730" s="4">
-        <v>94.70</v>
+        <v>59.90</v>
       </c>
       <c r="P730" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="731">
       <c r="A731">
         <v>730</v>
       </c>
       <c r="B731">
-        <v>31852</v>
+        <v>11053</v>
       </c>
       <c r="C731" t="s">
-        <v>2050</v>
+        <v>2053</v>
       </c>
       <c r="D731" t="s">
-        <v>2051</v>
+        <v>646</v>
       </c>
       <c r="F731">
-        <v>116</v>
+        <v>146</v>
       </c>
       <c r="G731">
-        <v>149</v>
+        <v>206</v>
       </c>
       <c r="H731" t="s">
         <v>22</v>
       </c>
       <c r="I731">
         <v>150</v>
       </c>
       <c r="J731">
         <v>210</v>
       </c>
       <c r="K731">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L731" s="1">
-        <v>45954</v>
+        <v>37033</v>
       </c>
       <c r="M731" s="2">
-        <v>9786526316832</v>
+        <v>9788573947038</v>
       </c>
       <c r="N731" t="s" s="3">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="O731" s="4">
         <v>79.90</v>
       </c>
       <c r="P731" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="732">
       <c r="A732">
         <v>731</v>
       </c>
       <c r="B732">
-        <v>26549</v>
+        <v>31434</v>
       </c>
       <c r="C732" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="D732" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="F732">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="G732">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="H732" t="s">
         <v>22</v>
       </c>
       <c r="I732">
         <v>150</v>
       </c>
       <c r="J732">
         <v>210</v>
       </c>
       <c r="K732">
         <v>7</v>
       </c>
       <c r="L732" s="1">
-        <v>43139</v>
+        <v>45687</v>
       </c>
       <c r="M732" s="2">
-        <v>9788536276397</v>
+        <v>9786526315248</v>
       </c>
       <c r="N732" t="s" s="3">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="O732" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P732" t="s">
-        <v>2056</v>
+        <v>36</v>
       </c>
     </row>
     <row r="733">
       <c r="A733">
         <v>732</v>
       </c>
       <c r="B733">
-        <v>22091</v>
+        <v>25234</v>
       </c>
       <c r="C733" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="D733" t="s">
-        <v>2058</v>
+        <v>1906</v>
       </c>
       <c r="F733">
-        <v>192</v>
+        <v>136</v>
       </c>
       <c r="G733">
-        <v>245</v>
+        <v>169</v>
       </c>
       <c r="H733" t="s">
         <v>22</v>
       </c>
       <c r="I733">
         <v>150</v>
       </c>
       <c r="J733">
         <v>210</v>
       </c>
       <c r="K733">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L733" s="1">
-        <v>40525</v>
+        <v>42692</v>
       </c>
       <c r="M733" s="2">
-        <v>9788536232256</v>
+        <v>9788536263618</v>
       </c>
       <c r="N733" t="s" s="3">
         <v>2059</v>
       </c>
       <c r="O733" s="4">
-        <v>84.70</v>
+        <v>79.90</v>
       </c>
       <c r="P733" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="734">
       <c r="A734">
         <v>733</v>
       </c>
       <c r="B734">
-        <v>20691</v>
+        <v>10253</v>
       </c>
       <c r="C734" t="s">
         <v>2060</v>
       </c>
       <c r="D734" t="s">
         <v>2061</v>
       </c>
       <c r="F734">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="G734">
-        <v>157</v>
+        <v>244</v>
       </c>
       <c r="H734" t="s">
         <v>22</v>
       </c>
       <c r="I734">
         <v>150</v>
       </c>
       <c r="J734">
         <v>210</v>
       </c>
       <c r="K734">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L734" s="1">
-        <v>39587</v>
+        <v>36418</v>
       </c>
       <c r="M734" s="2">
-        <v>9788536220024</v>
+        <v>9788573942880</v>
       </c>
       <c r="N734" t="s" s="3">
         <v>2062</v>
       </c>
       <c r="O734" s="4">
-        <v>89.90</v>
+        <v>94.70</v>
       </c>
       <c r="P734" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="735">
       <c r="A735">
         <v>734</v>
       </c>
       <c r="B735">
-        <v>21167</v>
+        <v>31852</v>
       </c>
       <c r="C735" t="s">
         <v>2063</v>
       </c>
       <c r="D735" t="s">
-        <v>947</v>
-[...1 lines deleted...]
-      <c r="E735" t="s">
         <v>2064</v>
       </c>
       <c r="F735">
         <v>116</v>
       </c>
       <c r="G735">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="H735" t="s">
         <v>22</v>
       </c>
       <c r="I735">
         <v>150</v>
       </c>
       <c r="J735">
         <v>210</v>
       </c>
       <c r="K735">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L735" s="1">
-        <v>39976</v>
+        <v>45954</v>
       </c>
       <c r="M735" s="2">
-        <v>9788536224213</v>
+        <v>9786526316832</v>
       </c>
       <c r="N735" t="s" s="3">
         <v>2065</v>
       </c>
       <c r="O735" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P735" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
     </row>
     <row r="736">
       <c r="A736">
         <v>735</v>
       </c>
       <c r="B736">
-        <v>12376</v>
+        <v>26549</v>
       </c>
       <c r="C736" t="s">
         <v>2066</v>
       </c>
       <c r="D736" t="s">
         <v>2067</v>
       </c>
       <c r="F736">
-        <v>172</v>
+        <v>120</v>
       </c>
       <c r="G736">
-        <v>228</v>
+        <v>149</v>
       </c>
       <c r="H736" t="s">
         <v>22</v>
       </c>
       <c r="I736">
         <v>150</v>
       </c>
       <c r="J736">
         <v>210</v>
       </c>
       <c r="K736">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L736" s="1">
-        <v>37434</v>
+        <v>43139</v>
       </c>
       <c r="M736" s="2">
-        <v>9788536202020</v>
+        <v>9788536276397</v>
       </c>
       <c r="N736" t="s" s="3">
         <v>2068</v>
       </c>
       <c r="O736" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P736" t="s">
-        <v>24</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="737">
       <c r="A737">
         <v>736</v>
       </c>
       <c r="B737">
-        <v>20413</v>
+        <v>22091</v>
       </c>
       <c r="C737" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="D737" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="F737">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="G737">
-        <v>260</v>
+        <v>245</v>
       </c>
       <c r="H737" t="s">
         <v>22</v>
       </c>
       <c r="I737">
         <v>150</v>
       </c>
       <c r="J737">
         <v>210</v>
       </c>
       <c r="K737">
         <v>11</v>
       </c>
       <c r="L737" s="1">
-        <v>39364</v>
+        <v>40525</v>
       </c>
       <c r="M737" s="2">
-        <v>9788536217178</v>
+        <v>9788536232256</v>
       </c>
       <c r="N737" t="s" s="3">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="O737" s="4">
-        <v>99.90</v>
+        <v>84.70</v>
       </c>
       <c r="P737" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
     </row>
     <row r="738">
       <c r="A738">
         <v>737</v>
       </c>
       <c r="B738">
-        <v>22355</v>
+        <v>20691</v>
       </c>
       <c r="C738" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="D738" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="F738">
-        <v>256</v>
+        <v>160</v>
       </c>
       <c r="G738">
-        <v>278</v>
+        <v>157</v>
       </c>
       <c r="H738" t="s">
         <v>22</v>
       </c>
       <c r="I738">
         <v>150</v>
       </c>
       <c r="J738">
         <v>210</v>
       </c>
       <c r="K738">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="L738" s="1">
-        <v>40800</v>
+        <v>39587</v>
       </c>
       <c r="M738" s="2">
-        <v>9788536234625</v>
+        <v>9788536220024</v>
       </c>
       <c r="N738" t="s" s="3">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="O738" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P738" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="739">
       <c r="A739">
         <v>738</v>
       </c>
       <c r="B739">
-        <v>21657</v>
+        <v>21167</v>
       </c>
       <c r="C739" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="D739" t="s">
-        <v>2076</v>
+        <v>956</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2077</v>
       </c>
       <c r="F739">
-        <v>248</v>
+        <v>116</v>
       </c>
       <c r="G739">
-        <v>350</v>
+        <v>165</v>
       </c>
       <c r="H739" t="s">
         <v>22</v>
       </c>
       <c r="I739">
         <v>150</v>
       </c>
       <c r="J739">
         <v>210</v>
       </c>
       <c r="K739">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="L739" s="1">
-        <v>40263</v>
+        <v>39976</v>
       </c>
       <c r="M739" s="2">
-        <v>9788536227566</v>
+        <v>9788536224213</v>
       </c>
       <c r="N739" t="s" s="3">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="O739" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P739" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
     </row>
     <row r="740">
       <c r="A740">
         <v>739</v>
       </c>
       <c r="B740">
-        <v>12256</v>
+        <v>12376</v>
       </c>
       <c r="C740" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="D740" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="F740">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="G740">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H740" t="s">
         <v>22</v>
       </c>
       <c r="I740">
         <v>150</v>
       </c>
       <c r="J740">
         <v>210</v>
       </c>
       <c r="K740">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L740" s="1">
-        <v>37218</v>
+        <v>37434</v>
       </c>
       <c r="M740" s="2">
-        <v>9788573947663</v>
+        <v>9788536202020</v>
       </c>
       <c r="N740" t="s" s="3">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="O740" s="4">
         <v>89.90</v>
       </c>
       <c r="P740" t="s">
-        <v>1629</v>
+        <v>24</v>
       </c>
     </row>
     <row r="741">
       <c r="A741">
         <v>740</v>
       </c>
       <c r="B741">
-        <v>28766</v>
+        <v>20413</v>
       </c>
       <c r="C741" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="D741" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="F741">
-        <v>230</v>
+        <v>198</v>
       </c>
       <c r="G741">
-        <v>285</v>
+        <v>260</v>
       </c>
       <c r="H741" t="s">
         <v>22</v>
       </c>
       <c r="I741">
         <v>150</v>
       </c>
       <c r="J741">
         <v>210</v>
       </c>
       <c r="K741">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L741" s="1">
-        <v>44141</v>
+        <v>39364</v>
       </c>
       <c r="M741" s="2">
-        <v>9786556053851</v>
+        <v>9788536217178</v>
       </c>
       <c r="N741" t="s" s="3">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="O741" s="4">
-        <v>97.70</v>
+        <v>99.90</v>
       </c>
       <c r="P741" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
     </row>
     <row r="742">
       <c r="A742">
         <v>741</v>
       </c>
       <c r="B742">
-        <v>12382</v>
+        <v>22355</v>
       </c>
       <c r="C742" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="D742" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="F742">
-        <v>202</v>
+        <v>256</v>
       </c>
       <c r="G742">
-        <v>258</v>
+        <v>278</v>
       </c>
       <c r="H742" t="s">
         <v>22</v>
       </c>
       <c r="I742">
         <v>150</v>
       </c>
       <c r="J742">
         <v>210</v>
       </c>
       <c r="K742">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L742" s="1">
-        <v>37442</v>
+        <v>40800</v>
       </c>
       <c r="M742" s="2">
-        <v>9788536202334</v>
+        <v>9788536234625</v>
       </c>
       <c r="N742" t="s" s="3">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="O742" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P742" t="s">
-        <v>366</v>
+        <v>36</v>
       </c>
     </row>
     <row r="743">
       <c r="A743">
         <v>742</v>
       </c>
       <c r="B743">
-        <v>20500</v>
+        <v>21657</v>
       </c>
       <c r="C743" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="D743" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="F743">
-        <v>544</v>
+        <v>248</v>
       </c>
       <c r="G743">
-        <v>1250</v>
+        <v>350</v>
       </c>
       <c r="H743" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I743">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J743">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K743">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="L743" s="1">
-        <v>39414</v>
+        <v>40263</v>
       </c>
       <c r="M743" s="2">
-        <v>9788536217901</v>
+        <v>9788536227566</v>
       </c>
       <c r="N743" t="s" s="3">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="O743" s="4">
-        <v>239.90</v>
+        <v>119.90</v>
       </c>
       <c r="P743" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
     </row>
     <row r="744">
       <c r="A744">
         <v>743</v>
       </c>
       <c r="B744">
+        <v>12256</v>
+      </c>
+      <c r="C744" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F744">
+        <v>164</v>
+      </c>
+      <c r="G744">
+        <v>226</v>
+      </c>
+      <c r="H744" t="s">
+        <v>22</v>
+      </c>
+      <c r="I744">
+        <v>150</v>
+      </c>
+      <c r="J744">
+        <v>210</v>
+      </c>
+      <c r="K744">
+        <v>9</v>
+      </c>
+      <c r="L744" s="1">
+        <v>37218</v>
+      </c>
+      <c r="M744" s="2">
+        <v>9788573947663</v>
+      </c>
+      <c r="N744" t="s" s="3">
+        <v>2093</v>
+      </c>
+      <c r="O744" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P744" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="745">
+      <c r="A745">
+        <v>744</v>
+      </c>
+      <c r="B745">
+        <v>28766</v>
+      </c>
+      <c r="C745" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2095</v>
+      </c>
+      <c r="F745">
+        <v>230</v>
+      </c>
+      <c r="G745">
+        <v>285</v>
+      </c>
+      <c r="H745" t="s">
+        <v>22</v>
+      </c>
+      <c r="I745">
+        <v>150</v>
+      </c>
+      <c r="J745">
+        <v>210</v>
+      </c>
+      <c r="K745">
+        <v>12</v>
+      </c>
+      <c r="L745" s="1">
+        <v>44141</v>
+      </c>
+      <c r="M745" s="2">
+        <v>9786556053851</v>
+      </c>
+      <c r="N745" t="s" s="3">
+        <v>2096</v>
+      </c>
+      <c r="O745" s="4">
+        <v>97.70</v>
+      </c>
+      <c r="P745" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="746">
+      <c r="A746">
+        <v>745</v>
+      </c>
+      <c r="B746">
+        <v>31964</v>
+      </c>
+      <c r="C746" t="inlineStr">
+        <is>
+          <t>Religiosidade e Saúde Mental nos Centros de Atenção Psicossocial - Clínica e Percepções de Psicólogos e Psiquiatras - Biblioteca Juruá de Religiosidades e Espiritualidades - Coordenador: Adriano Furtado Holanda</t>
+        </is>
+      </c>
+      <c r="D746" t="s">
+        <v>2097</v>
+      </c>
+      <c r="F746">
+        <v>128</v>
+      </c>
+      <c r="G746">
+        <v>164</v>
+      </c>
+      <c r="H746" t="s">
+        <v>22</v>
+      </c>
+      <c r="I746">
+        <v>150</v>
+      </c>
+      <c r="J746">
+        <v>210</v>
+      </c>
+      <c r="K746">
+        <v>7</v>
+      </c>
+      <c r="L746" s="1">
+        <v>46044</v>
+      </c>
+      <c r="M746" s="2">
+        <v>9786526320365</v>
+      </c>
+      <c r="N746" t="s" s="3">
+        <v>2098</v>
+      </c>
+      <c r="O746" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P746" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="747">
+      <c r="A747">
+        <v>746</v>
+      </c>
+      <c r="B747">
+        <v>12382</v>
+      </c>
+      <c r="C747" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2100</v>
+      </c>
+      <c r="F747">
+        <v>202</v>
+      </c>
+      <c r="G747">
+        <v>258</v>
+      </c>
+      <c r="H747" t="s">
+        <v>22</v>
+      </c>
+      <c r="I747">
+        <v>150</v>
+      </c>
+      <c r="J747">
+        <v>210</v>
+      </c>
+      <c r="K747">
+        <v>11</v>
+      </c>
+      <c r="L747" s="1">
+        <v>37442</v>
+      </c>
+      <c r="M747" s="2">
+        <v>9788536202334</v>
+      </c>
+      <c r="N747" t="s" s="3">
+        <v>2101</v>
+      </c>
+      <c r="O747" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P747" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748">
+        <v>747</v>
+      </c>
+      <c r="B748">
+        <v>20500</v>
+      </c>
+      <c r="C748" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F748">
+        <v>544</v>
+      </c>
+      <c r="G748">
+        <v>1250</v>
+      </c>
+      <c r="H748" t="s">
+        <v>17</v>
+      </c>
+      <c r="I748">
+        <v>165</v>
+      </c>
+      <c r="J748">
+        <v>215</v>
+      </c>
+      <c r="K748">
+        <v>41</v>
+      </c>
+      <c r="L748" s="1">
+        <v>39414</v>
+      </c>
+      <c r="M748" s="2">
+        <v>9788536217901</v>
+      </c>
+      <c r="N748" t="s" s="3">
+        <v>2104</v>
+      </c>
+      <c r="O748" s="4">
+        <v>239.90</v>
+      </c>
+      <c r="P748" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749">
+        <v>748</v>
+      </c>
+      <c r="B749">
         <v>20262</v>
       </c>
-      <c r="C744" t="inlineStr">
+      <c r="C749" t="inlineStr">
         <is>
           <t>Responsabilidade Civil dos Médicos - Repensando a Natureza Jurídica da Relação Médico-Paciente - Cirurgia Plástica Estética e seus Reflexos em Relação ao Ônus da Prova</t>
         </is>
       </c>
-      <c r="D744" t="s">
-[...2 lines deleted...]
-      <c r="F744">
+      <c r="D749" t="s">
+        <v>2105</v>
+      </c>
+      <c r="F749">
         <v>222</v>
       </c>
-      <c r="G744">
+      <c r="G749">
         <v>300</v>
       </c>
-      <c r="H744" t="s">
-[...8 lines deleted...]
-      <c r="K744">
+      <c r="H749" t="s">
+        <v>22</v>
+      </c>
+      <c r="I749">
+        <v>150</v>
+      </c>
+      <c r="J749">
+        <v>210</v>
+      </c>
+      <c r="K749">
         <v>12</v>
       </c>
-      <c r="L744" s="1">
+      <c r="L749" s="1">
         <v>39206</v>
       </c>
-      <c r="M744" s="2">
+      <c r="M749" s="2">
         <v>9788536215662</v>
       </c>
-      <c r="N744" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O744" s="4">
+      <c r="N749" t="s" s="3">
+        <v>2106</v>
+      </c>
+      <c r="O749" s="4">
         <v>109.90</v>
       </c>
-      <c r="P744" t="s">
+      <c r="P749" t="s">
         <v>64</v>
-      </c>
-[...233 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="750">
       <c r="A750">
         <v>749</v>
       </c>
       <c r="B750">
-        <v>12496</v>
+        <v>21325</v>
       </c>
       <c r="C750" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="D750" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="F750">
-        <v>122</v>
+        <v>416</v>
       </c>
       <c r="G750">
-        <v>168</v>
+        <v>714</v>
       </c>
       <c r="H750" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I750">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J750">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K750">
-        <v>7</v>
+        <v>31</v>
       </c>
       <c r="L750" s="1">
-        <v>37649</v>
+        <v>40088</v>
       </c>
       <c r="M750" s="2">
-        <v>9788536203720</v>
+        <v>9788536225890</v>
       </c>
       <c r="N750" t="s" s="3">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="O750" s="4">
-        <v>49.90</v>
+        <v>199.90</v>
       </c>
       <c r="P750" t="s">
-        <v>366</v>
+        <v>64</v>
       </c>
     </row>
     <row r="751">
       <c r="A751">
         <v>750</v>
       </c>
       <c r="B751">
-        <v>22202</v>
+        <v>23394</v>
       </c>
       <c r="C751" t="s">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="D751" t="s">
-        <v>2108</v>
+        <v>956</v>
       </c>
       <c r="F751">
-        <v>258</v>
+        <v>4</v>
       </c>
       <c r="G751">
-        <v>302</v>
+        <v>20</v>
       </c>
       <c r="H751" t="s">
-        <v>22</v>
+        <v>2111</v>
       </c>
       <c r="I751">
         <v>150</v>
       </c>
       <c r="J751">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="K751">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="L751" s="1">
-        <v>37704</v>
+        <v>41744</v>
       </c>
       <c r="M751" s="2">
-        <v>9788536203478</v>
+        <v>9788536245065</v>
       </c>
       <c r="N751" t="s" s="3">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="O751" s="4">
-        <v>119.90</v>
+        <v>24.90</v>
       </c>
       <c r="P751" t="s">
-        <v>329</v>
+        <v>47</v>
       </c>
     </row>
     <row r="752">
       <c r="A752">
         <v>751</v>
       </c>
       <c r="B752">
-        <v>12463</v>
+        <v>23408</v>
       </c>
       <c r="C752" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="D752" t="s">
+        <v>956</v>
+      </c>
+      <c r="F752">
+        <v>6</v>
+      </c>
+      <c r="G752">
+        <v>35</v>
+      </c>
+      <c r="H752" t="s">
         <v>2111</v>
       </c>
-      <c r="F752">
-[...7 lines deleted...]
-      </c>
       <c r="I752">
         <v>150</v>
       </c>
       <c r="J752">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="K752">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L752" s="1">
-        <v>37587</v>
+        <v>41753</v>
       </c>
       <c r="M752" s="2">
-        <v>9771677976202</v>
+        <v>9788536245072</v>
       </c>
       <c r="N752" t="s" s="3">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="O752" s="4">
-        <v>74.70</v>
+        <v>24.90</v>
       </c>
       <c r="P752" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="753">
       <c r="A753">
         <v>752</v>
       </c>
       <c r="B753">
-        <v>12736</v>
+        <v>23407</v>
       </c>
       <c r="C753" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="D753" t="s">
+        <v>956</v>
+      </c>
+      <c r="F753">
+        <v>6</v>
+      </c>
+      <c r="G753">
+        <v>35</v>
+      </c>
+      <c r="H753" t="s">
         <v>2111</v>
       </c>
-      <c r="F753">
-[...7 lines deleted...]
-      </c>
       <c r="I753">
         <v>150</v>
       </c>
       <c r="J753">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="K753">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L753" s="1">
-        <v>38042</v>
+        <v>41744</v>
       </c>
       <c r="M753" s="2">
-        <v>9771677976202</v>
+        <v>9788536245089</v>
       </c>
       <c r="N753" t="s" s="3">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="O753" s="4">
-        <v>74.70</v>
+        <v>24.90</v>
       </c>
       <c r="P753" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
     </row>
     <row r="754">
       <c r="A754">
         <v>753</v>
       </c>
       <c r="B754">
-        <v>27877</v>
+        <v>12497</v>
       </c>
       <c r="C754" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="D754" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="F754">
-        <v>204</v>
+        <v>120</v>
       </c>
       <c r="G754">
-        <v>253</v>
+        <v>170</v>
       </c>
       <c r="H754" t="s">
         <v>22</v>
       </c>
       <c r="I754">
         <v>150</v>
       </c>
       <c r="J754">
         <v>210</v>
       </c>
       <c r="K754">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L754" s="1">
-        <v>43635</v>
+        <v>37649</v>
       </c>
       <c r="M754" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2117</v>
+        <v>9788536201689</v>
+      </c>
+      <c r="N754" t="s" s="3">
+        <v>2119</v>
       </c>
       <c r="O754" s="4">
-        <v>89.90</v>
+        <v>49.90</v>
       </c>
       <c r="P754" t="s">
-        <v>68</v>
+        <v>368</v>
       </c>
     </row>
     <row r="755">
       <c r="A755">
         <v>754</v>
       </c>
       <c r="B755">
-        <v>28578</v>
+        <v>12496</v>
       </c>
       <c r="C755" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D755" t="s">
         <v>2118</v>
       </c>
-      <c r="D755" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F755">
-        <v>188</v>
+        <v>122</v>
       </c>
       <c r="G755">
-        <v>233</v>
+        <v>168</v>
       </c>
       <c r="H755" t="s">
         <v>22</v>
       </c>
       <c r="I755">
         <v>150</v>
       </c>
       <c r="J755">
         <v>210</v>
       </c>
       <c r="K755">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="L755" s="1">
-        <v>44018</v>
+        <v>37649</v>
       </c>
       <c r="M755" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2120</v>
+        <v>9788536203720</v>
+      </c>
+      <c r="N755" t="s" s="3">
+        <v>2121</v>
       </c>
       <c r="O755" s="4">
-        <v>89.90</v>
+        <v>49.90</v>
       </c>
       <c r="P755" t="s">
-        <v>68</v>
+        <v>368</v>
       </c>
     </row>
     <row r="756">
       <c r="A756">
         <v>755</v>
       </c>
       <c r="B756">
-        <v>29022</v>
+        <v>22202</v>
       </c>
       <c r="C756" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="D756" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="F756">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="G756">
-        <v>248</v>
+        <v>302</v>
       </c>
       <c r="H756" t="s">
         <v>22</v>
       </c>
       <c r="I756">
         <v>150</v>
       </c>
       <c r="J756">
         <v>210</v>
       </c>
       <c r="K756">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L756" s="1">
-        <v>44294</v>
+        <v>37704</v>
       </c>
       <c r="M756" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2122</v>
+        <v>9788536203478</v>
+      </c>
+      <c r="N756" t="s" s="3">
+        <v>2124</v>
       </c>
       <c r="O756" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P756" t="s">
-        <v>68</v>
+        <v>329</v>
       </c>
     </row>
     <row r="757">
       <c r="A757">
         <v>756</v>
       </c>
       <c r="B757">
-        <v>30073</v>
+        <v>12463</v>
       </c>
       <c r="C757" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="D757" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="F757">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="G757">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="H757" t="s">
         <v>22</v>
       </c>
       <c r="I757">
         <v>150</v>
       </c>
       <c r="J757">
         <v>210</v>
       </c>
       <c r="K757">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L757" s="1">
-        <v>44831</v>
+        <v>37587</v>
       </c>
       <c r="M757" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2125</v>
+        <v>9771677976202</v>
+      </c>
+      <c r="N757" t="s" s="3">
+        <v>2127</v>
       </c>
       <c r="O757" s="4">
-        <v>69.90</v>
+        <v>74.70</v>
       </c>
       <c r="P757" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
     </row>
     <row r="758">
       <c r="A758">
         <v>757</v>
       </c>
       <c r="B758">
-        <v>30355</v>
+        <v>12736</v>
       </c>
       <c r="C758" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D758" t="s">
         <v>2126</v>
       </c>
-      <c r="D758" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F758">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="G758">
-        <v>186</v>
+        <v>168</v>
       </c>
       <c r="H758" t="s">
         <v>22</v>
       </c>
       <c r="I758">
         <v>150</v>
       </c>
       <c r="J758">
         <v>210</v>
       </c>
       <c r="K758">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L758" s="1">
-        <v>44999</v>
+        <v>38042</v>
       </c>
       <c r="M758" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>2128</v>
+        <v>9771677976202</v>
+      </c>
+      <c r="N758" t="s" s="3">
+        <v>2129</v>
       </c>
       <c r="O758" s="4">
-        <v>89.90</v>
+        <v>74.70</v>
       </c>
       <c r="P758" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
     </row>
     <row r="759">
       <c r="A759">
         <v>758</v>
       </c>
       <c r="B759">
-        <v>31340</v>
+        <v>27877</v>
       </c>
       <c r="C759" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="D759" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="F759">
-        <v>126</v>
+        <v>204</v>
       </c>
       <c r="G759">
-        <v>156</v>
+        <v>253</v>
       </c>
       <c r="H759" t="s">
         <v>22</v>
       </c>
       <c r="I759">
         <v>150</v>
       </c>
       <c r="J759">
         <v>210</v>
       </c>
       <c r="K759">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L759" s="1">
-        <v>45618</v>
+        <v>43635</v>
       </c>
       <c r="M759" s="2">
-        <v>9786526315996</v>
-[...2 lines deleted...]
-        <v>2131</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N759" t="s">
+        <v>2132</v>
       </c>
       <c r="O759" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P759" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="760">
       <c r="A760">
         <v>759</v>
       </c>
       <c r="B760">
-        <v>12300</v>
+        <v>28578</v>
       </c>
       <c r="C760" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="D760" t="s">
-        <v>170</v>
+        <v>2134</v>
       </c>
       <c r="F760">
-        <v>214</v>
+        <v>188</v>
       </c>
       <c r="G760">
-        <v>292</v>
+        <v>233</v>
       </c>
       <c r="H760" t="s">
         <v>22</v>
       </c>
       <c r="I760">
         <v>150</v>
       </c>
       <c r="J760">
         <v>210</v>
       </c>
       <c r="K760">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L760" s="1">
-        <v>37288</v>
+        <v>44018</v>
       </c>
       <c r="M760" s="2">
-        <v>9788536200477</v>
-[...2 lines deleted...]
-        <v>2133</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N760" t="s">
+        <v>2135</v>
       </c>
       <c r="O760" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P760" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
     </row>
     <row r="761">
       <c r="A761">
         <v>760</v>
       </c>
       <c r="B761">
-        <v>10924</v>
+        <v>29022</v>
       </c>
       <c r="C761" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D761" t="s">
         <v>2134</v>
       </c>
-      <c r="D761" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F761">
-        <v>228</v>
+        <v>200</v>
       </c>
       <c r="G761">
-        <v>300</v>
+        <v>248</v>
       </c>
       <c r="H761" t="s">
         <v>22</v>
       </c>
       <c r="I761">
         <v>150</v>
       </c>
       <c r="J761">
         <v>210</v>
       </c>
       <c r="K761">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L761" s="1">
-        <v>36805</v>
+        <v>44294</v>
       </c>
       <c r="M761" s="2">
-        <v>9788573946826</v>
-[...2 lines deleted...]
-        <v>2136</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N761" t="s">
+        <v>2137</v>
       </c>
       <c r="O761" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P761" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
     </row>
     <row r="762">
       <c r="A762">
         <v>761</v>
       </c>
       <c r="B762">
-        <v>20150</v>
+        <v>30073</v>
       </c>
       <c r="C762" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="D762" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="F762">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="G762">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="H762" t="s">
         <v>22</v>
       </c>
       <c r="I762">
         <v>150</v>
       </c>
       <c r="J762">
         <v>210</v>
       </c>
       <c r="K762">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L762" s="1">
-        <v>39085</v>
+        <v>44831</v>
       </c>
       <c r="M762" s="2">
-        <v>9788536214603</v>
-[...2 lines deleted...]
-        <v>2139</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N762" t="s">
+        <v>2140</v>
       </c>
       <c r="O762" s="4">
-        <v>59.90</v>
+        <v>69.90</v>
       </c>
       <c r="P762" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="763">
       <c r="A763">
         <v>762</v>
       </c>
       <c r="B763">
-        <v>20104</v>
+        <v>30355</v>
       </c>
       <c r="C763" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="D763" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
       <c r="F763">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="G763">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="H763" t="s">
         <v>22</v>
       </c>
       <c r="I763">
         <v>150</v>
       </c>
       <c r="J763">
         <v>210</v>
       </c>
       <c r="K763">
         <v>8</v>
       </c>
       <c r="L763" s="1">
-        <v>39022</v>
+        <v>44999</v>
       </c>
       <c r="M763" s="2">
-        <v>9788536214092</v>
-[...2 lines deleted...]
-        <v>2141</v>
+        <v>9772226745607</v>
+      </c>
+      <c r="N763" t="s">
+        <v>2143</v>
       </c>
       <c r="O763" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P763" t="s">
-        <v>19</v>
+        <v>68</v>
       </c>
     </row>
     <row r="764">
       <c r="A764">
         <v>763</v>
       </c>
       <c r="B764">
-        <v>20515</v>
+        <v>31340</v>
       </c>
       <c r="C764" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="D764" t="s">
-        <v>1511</v>
+        <v>2145</v>
       </c>
       <c r="F764">
-        <v>190</v>
+        <v>126</v>
       </c>
       <c r="G764">
-        <v>242</v>
+        <v>156</v>
       </c>
       <c r="H764" t="s">
         <v>22</v>
       </c>
       <c r="I764">
         <v>150</v>
       </c>
       <c r="J764">
         <v>210</v>
       </c>
       <c r="K764">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L764" s="1">
-        <v>39430</v>
+        <v>45618</v>
       </c>
       <c r="M764" s="2">
-        <v>9788536218274</v>
+        <v>9786526315996</v>
       </c>
       <c r="N764" t="s" s="3">
-        <v>2143</v>
+        <v>2146</v>
       </c>
       <c r="O764" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P764" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="765">
       <c r="A765">
         <v>764</v>
       </c>
       <c r="B765">
-        <v>13333</v>
+        <v>12300</v>
       </c>
       <c r="C765" t="s">
-        <v>2144</v>
+        <v>2147</v>
       </c>
       <c r="D765" t="s">
-        <v>2145</v>
+        <v>170</v>
       </c>
       <c r="F765">
-        <v>172</v>
+        <v>214</v>
       </c>
       <c r="G765">
-        <v>228</v>
+        <v>292</v>
       </c>
       <c r="H765" t="s">
         <v>22</v>
       </c>
       <c r="I765">
         <v>150</v>
       </c>
       <c r="J765">
         <v>210</v>
       </c>
       <c r="K765">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L765" s="1">
-        <v>38720</v>
+        <v>37288</v>
       </c>
       <c r="M765" s="2">
-        <v>9788536211459</v>
+        <v>9788536200477</v>
       </c>
       <c r="N765" t="s" s="3">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="O765" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P765" t="s">
-        <v>522</v>
+        <v>28</v>
       </c>
     </row>
     <row r="766">
       <c r="A766">
         <v>765</v>
       </c>
       <c r="B766">
-        <v>31536</v>
+        <v>10924</v>
       </c>
       <c r="C766" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
       <c r="D766" t="s">
-        <v>2148</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>2150</v>
       </c>
       <c r="F766">
-        <v>92</v>
+        <v>228</v>
       </c>
       <c r="G766">
-        <v>140</v>
+        <v>300</v>
       </c>
       <c r="H766" t="s">
         <v>22</v>
       </c>
       <c r="I766">
         <v>150</v>
       </c>
       <c r="J766">
         <v>210</v>
       </c>
       <c r="K766">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="L766" s="1">
-        <v>45756</v>
+        <v>36805</v>
       </c>
       <c r="M766" s="2">
-        <v>9786526314814</v>
+        <v>9788573946826</v>
       </c>
       <c r="N766" t="s" s="3">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="O766" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P766" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="767">
       <c r="A767">
         <v>766</v>
       </c>
       <c r="B767">
+        <v>20150</v>
+      </c>
+      <c r="C767" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F767">
+        <v>124</v>
+      </c>
+      <c r="G767">
+        <v>165</v>
+      </c>
+      <c r="H767" t="s">
+        <v>22</v>
+      </c>
+      <c r="I767">
+        <v>150</v>
+      </c>
+      <c r="J767">
+        <v>210</v>
+      </c>
+      <c r="K767">
+        <v>7</v>
+      </c>
+      <c r="L767" s="1">
+        <v>39085</v>
+      </c>
+      <c r="M767" s="2">
+        <v>9788536214603</v>
+      </c>
+      <c r="N767" t="s" s="3">
+        <v>2154</v>
+      </c>
+      <c r="O767" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P767" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768">
+        <v>767</v>
+      </c>
+      <c r="B768">
+        <v>20104</v>
+      </c>
+      <c r="C768" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F768">
+        <v>142</v>
+      </c>
+      <c r="G768">
+        <v>194</v>
+      </c>
+      <c r="H768" t="s">
+        <v>22</v>
+      </c>
+      <c r="I768">
+        <v>150</v>
+      </c>
+      <c r="J768">
+        <v>210</v>
+      </c>
+      <c r="K768">
+        <v>8</v>
+      </c>
+      <c r="L768" s="1">
+        <v>39022</v>
+      </c>
+      <c r="M768" s="2">
+        <v>9788536214092</v>
+      </c>
+      <c r="N768" t="s" s="3">
+        <v>2156</v>
+      </c>
+      <c r="O768" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P768" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769">
+        <v>768</v>
+      </c>
+      <c r="B769">
+        <v>20515</v>
+      </c>
+      <c r="C769" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D769" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F769">
+        <v>190</v>
+      </c>
+      <c r="G769">
+        <v>242</v>
+      </c>
+      <c r="H769" t="s">
+        <v>22</v>
+      </c>
+      <c r="I769">
+        <v>150</v>
+      </c>
+      <c r="J769">
+        <v>210</v>
+      </c>
+      <c r="K769">
+        <v>10</v>
+      </c>
+      <c r="L769" s="1">
+        <v>39430</v>
+      </c>
+      <c r="M769" s="2">
+        <v>9788536218274</v>
+      </c>
+      <c r="N769" t="s" s="3">
+        <v>2158</v>
+      </c>
+      <c r="O769" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P769" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770">
+        <v>769</v>
+      </c>
+      <c r="B770">
+        <v>13333</v>
+      </c>
+      <c r="C770" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F770">
+        <v>172</v>
+      </c>
+      <c r="G770">
+        <v>228</v>
+      </c>
+      <c r="H770" t="s">
+        <v>22</v>
+      </c>
+      <c r="I770">
+        <v>150</v>
+      </c>
+      <c r="J770">
+        <v>210</v>
+      </c>
+      <c r="K770">
+        <v>10</v>
+      </c>
+      <c r="L770" s="1">
+        <v>38720</v>
+      </c>
+      <c r="M770" s="2">
+        <v>9788536211459</v>
+      </c>
+      <c r="N770" t="s" s="3">
+        <v>2161</v>
+      </c>
+      <c r="O770" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P770" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771">
+        <v>770</v>
+      </c>
+      <c r="B771">
+        <v>31536</v>
+      </c>
+      <c r="C771" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E771" t="s">
+        <v>34</v>
+      </c>
+      <c r="F771">
+        <v>92</v>
+      </c>
+      <c r="G771">
+        <v>140</v>
+      </c>
+      <c r="H771" t="s">
+        <v>22</v>
+      </c>
+      <c r="I771">
+        <v>150</v>
+      </c>
+      <c r="J771">
+        <v>210</v>
+      </c>
+      <c r="K771">
+        <v>5</v>
+      </c>
+      <c r="L771" s="1">
+        <v>45756</v>
+      </c>
+      <c r="M771" s="2">
+        <v>9786526314814</v>
+      </c>
+      <c r="N771" t="s" s="3">
+        <v>2164</v>
+      </c>
+      <c r="O771" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P771" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772">
+        <v>771</v>
+      </c>
+      <c r="B772">
         <v>27805</v>
       </c>
-      <c r="C767" t="inlineStr">
+      <c r="C772" t="inlineStr">
         <is>
           <t>Ruanda - O Julgamento de Pauline Nyiramasuhuko - A Primeira Mulher Condenada por um Tribunal Penal Internacional por Crime de Genocídio - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D767" t="s">
-[...2 lines deleted...]
-      <c r="F767">
+      <c r="D772" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F772">
         <v>152</v>
       </c>
-      <c r="G767">
+      <c r="G772">
         <v>94</v>
       </c>
-      <c r="H767" t="s">
-[...2 lines deleted...]
-      <c r="I767">
+      <c r="H772" t="s">
+        <v>22</v>
+      </c>
+      <c r="I772">
         <v>100</v>
       </c>
-      <c r="J767">
+      <c r="J772">
         <v>160</v>
       </c>
-      <c r="K767">
+      <c r="K772">
         <v>9</v>
       </c>
-      <c r="L767" s="1">
+      <c r="L772" s="1">
         <v>43612</v>
       </c>
-      <c r="M767" s="2">
+      <c r="M772" s="2">
         <v>9788536288673</v>
       </c>
-      <c r="N767" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O767" s="4">
+      <c r="N772" t="s" s="3">
+        <v>2166</v>
+      </c>
+      <c r="O772" s="4">
         <v>59.90</v>
       </c>
-      <c r="P767" t="s">
+      <c r="P772" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="768">
-[...3 lines deleted...]
-      <c r="B768">
+    <row r="773">
+      <c r="A773">
+        <v>772</v>
+      </c>
+      <c r="B773">
         <v>31019</v>
       </c>
-      <c r="C768" t="s">
-[...5 lines deleted...]
-      <c r="F768">
+      <c r="C773" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2168</v>
+      </c>
+      <c r="F773">
         <v>64</v>
       </c>
-      <c r="G768">
+      <c r="G773">
         <v>79</v>
       </c>
-      <c r="H768" t="s">
-[...8 lines deleted...]
-      <c r="K768">
+      <c r="H773" t="s">
+        <v>22</v>
+      </c>
+      <c r="I773">
+        <v>150</v>
+      </c>
+      <c r="J773">
+        <v>210</v>
+      </c>
+      <c r="K773">
         <v>4</v>
       </c>
-      <c r="L768" s="1">
+      <c r="L773" s="1">
         <v>45406</v>
       </c>
-      <c r="M768" s="2">
+      <c r="M773" s="2">
         <v>9786526309605</v>
       </c>
-      <c r="N768" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O768" s="4">
+      <c r="N773" t="s" s="3">
+        <v>2169</v>
+      </c>
+      <c r="O773" s="4">
         <v>69.90</v>
       </c>
-      <c r="P768" t="s">
+      <c r="P773" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="769">
-[...3 lines deleted...]
-      <c r="B769">
+    <row r="774">
+      <c r="A774">
+        <v>773</v>
+      </c>
+      <c r="B774">
         <v>21323</v>
       </c>
-      <c r="C769" t="s">
-[...5 lines deleted...]
-      <c r="F769">
+      <c r="C774" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2171</v>
+      </c>
+      <c r="F774">
         <v>180</v>
       </c>
-      <c r="G769">
+      <c r="G774">
         <v>245</v>
       </c>
-      <c r="H769" t="s">
-[...8 lines deleted...]
-      <c r="K769">
+      <c r="H774" t="s">
+        <v>22</v>
+      </c>
+      <c r="I774">
+        <v>150</v>
+      </c>
+      <c r="J774">
+        <v>210</v>
+      </c>
+      <c r="K774">
         <v>10</v>
       </c>
-      <c r="L769" s="1">
+      <c r="L774" s="1">
         <v>40087</v>
       </c>
-      <c r="M769" s="2">
+      <c r="M774" s="2">
         <v>9788536226316</v>
       </c>
-      <c r="N769" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O769" s="4">
+      <c r="N774" t="s" s="3">
+        <v>2172</v>
+      </c>
+      <c r="O774" s="4">
         <v>99.90</v>
       </c>
-      <c r="P769" t="s">
+      <c r="P774" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="770">
-[...3 lines deleted...]
-      <c r="B770">
+    <row r="775">
+      <c r="A775">
+        <v>774</v>
+      </c>
+      <c r="B775">
         <v>27045</v>
       </c>
-      <c r="C770" t="inlineStr">
+      <c r="C775" t="inlineStr">
         <is>
           <t>Sacco e Vanzetti - Os Espelhos da Ideologia - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D770" t="s">
-[...2 lines deleted...]
-      <c r="F770">
+      <c r="D775" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F775">
         <v>266</v>
       </c>
-      <c r="G770">
+      <c r="G775">
         <v>170</v>
       </c>
-      <c r="H770" t="s">
-[...2 lines deleted...]
-      <c r="I770">
+      <c r="H775" t="s">
+        <v>22</v>
+      </c>
+      <c r="I775">
         <v>100</v>
       </c>
-      <c r="J770">
+      <c r="J775">
         <v>160</v>
       </c>
-      <c r="K770">
+      <c r="K775">
         <v>14</v>
       </c>
-      <c r="L770" s="1">
+      <c r="L775" s="1">
         <v>43311</v>
       </c>
-      <c r="M770" s="2">
+      <c r="M775" s="2">
         <v>9788536281087</v>
       </c>
-      <c r="N770" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O770" s="4">
+      <c r="N775" t="s" s="3">
+        <v>2173</v>
+      </c>
+      <c r="O775" s="4">
         <v>69.90</v>
       </c>
-      <c r="P770" t="s">
+      <c r="P775" t="s">
         <v>297</v>
-      </c>
-[...239 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="776">
       <c r="A776">
         <v>775</v>
       </c>
       <c r="B776">
-        <v>29140</v>
+        <v>10242</v>
       </c>
       <c r="C776" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="D776" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="E776" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="F776">
-        <v>316</v>
+        <v>236</v>
       </c>
       <c r="G776">
-        <v>389</v>
+        <v>306</v>
       </c>
       <c r="H776" t="s">
         <v>22</v>
       </c>
       <c r="I776">
         <v>150</v>
       </c>
       <c r="J776">
         <v>210</v>
       </c>
       <c r="K776">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="L776" s="1">
-        <v>44418</v>
+        <v>36369</v>
       </c>
       <c r="M776" s="2">
-        <v>9786556056456</v>
+        <v>9788573942477</v>
       </c>
       <c r="N776" t="s" s="3">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="O776" s="4">
-        <v>199.90</v>
+        <v>99.90</v>
       </c>
       <c r="P776" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="777">
       <c r="A777">
         <v>776</v>
       </c>
       <c r="B777">
-        <v>21181</v>
+        <v>21520</v>
       </c>
       <c r="C777" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="D777" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="F777">
-        <v>112</v>
+        <v>148</v>
       </c>
       <c r="G777">
-        <v>95</v>
+        <v>174</v>
       </c>
       <c r="H777" t="s">
         <v>22</v>
       </c>
       <c r="I777">
         <v>150</v>
       </c>
       <c r="J777">
         <v>210</v>
       </c>
       <c r="K777">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L777" s="1">
-        <v>39990</v>
+        <v>40217</v>
       </c>
       <c r="M777" s="2">
-        <v>9788536225210</v>
+        <v>9788536227962</v>
       </c>
       <c r="N777" t="s" s="3">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="O777" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P777" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="778">
       <c r="A778">
         <v>777</v>
       </c>
       <c r="B778">
-        <v>24137</v>
+        <v>20415</v>
       </c>
       <c r="C778" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="D778" t="s">
-        <v>1338</v>
+        <v>2181</v>
       </c>
       <c r="F778">
-        <v>206</v>
+        <v>64</v>
       </c>
       <c r="G778">
-        <v>255</v>
+        <v>95</v>
       </c>
       <c r="H778" t="s">
         <v>22</v>
       </c>
       <c r="I778">
         <v>150</v>
       </c>
       <c r="J778">
         <v>210</v>
       </c>
       <c r="K778">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="L778" s="1">
-        <v>42230</v>
+        <v>39351</v>
       </c>
       <c r="M778" s="2">
-        <v>9788536253299</v>
+        <v>9788536217055</v>
       </c>
       <c r="N778" t="s" s="3">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="O778" s="4">
-        <v>99.90</v>
+        <v>59.90</v>
       </c>
       <c r="P778" t="s">
-        <v>377</v>
+        <v>314</v>
       </c>
     </row>
     <row r="779">
       <c r="A779">
         <v>778</v>
       </c>
       <c r="B779">
-        <v>28229</v>
+        <v>20062</v>
       </c>
       <c r="C779" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="D779" t="s">
-        <v>561</v>
+        <v>2184</v>
+      </c>
+      <c r="E779" t="s">
+        <v>742</v>
       </c>
       <c r="F779">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G779">
-        <v>139</v>
+        <v>174</v>
       </c>
       <c r="H779" t="s">
         <v>22</v>
       </c>
       <c r="I779">
         <v>150</v>
       </c>
       <c r="J779">
         <v>210</v>
       </c>
       <c r="K779">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L779" s="1">
-        <v>43804</v>
+        <v>38979</v>
       </c>
       <c r="M779" s="2">
-        <v>9788536292182</v>
+        <v>9788536213736</v>
       </c>
       <c r="N779" t="s" s="3">
-        <v>2182</v>
+        <v>2185</v>
       </c>
       <c r="O779" s="4">
         <v>69.90</v>
       </c>
       <c r="P779" t="s">
-        <v>1629</v>
+        <v>28</v>
       </c>
     </row>
     <row r="780">
       <c r="A780">
         <v>779</v>
       </c>
       <c r="B780">
-        <v>31842</v>
+        <v>28172</v>
       </c>
       <c r="C780" t="s">
-        <v>2183</v>
+        <v>2186</v>
       </c>
       <c r="D780" t="s">
-        <v>2184</v>
+        <v>780</v>
       </c>
       <c r="F780">
-        <v>246</v>
+        <v>172</v>
       </c>
       <c r="G780">
-        <v>315</v>
+        <v>213</v>
       </c>
       <c r="H780" t="s">
         <v>22</v>
       </c>
       <c r="I780">
         <v>150</v>
       </c>
       <c r="J780">
         <v>210</v>
       </c>
       <c r="K780">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L780" s="1">
-        <v>45947</v>
+        <v>43781</v>
       </c>
       <c r="M780" s="2">
-        <v>9786526316559</v>
+        <v>9788536291970</v>
       </c>
       <c r="N780" t="s" s="3">
-        <v>2185</v>
+        <v>2187</v>
       </c>
       <c r="O780" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P780" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="781">
       <c r="A781">
         <v>780</v>
       </c>
       <c r="B781">
-        <v>20248</v>
+        <v>29140</v>
       </c>
       <c r="C781" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="D781" t="s">
-        <v>2169</v>
+        <v>2189</v>
+      </c>
+      <c r="E781" t="s">
+        <v>96</v>
       </c>
       <c r="F781">
-        <v>112</v>
+        <v>316</v>
       </c>
       <c r="G781">
-        <v>150</v>
+        <v>389</v>
       </c>
       <c r="H781" t="s">
         <v>22</v>
       </c>
       <c r="I781">
         <v>150</v>
       </c>
       <c r="J781">
         <v>210</v>
       </c>
       <c r="K781">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="L781" s="1">
-        <v>39189</v>
+        <v>44418</v>
       </c>
       <c r="M781" s="2">
-        <v>9788536215600</v>
+        <v>9786556056456</v>
       </c>
       <c r="N781" t="s" s="3">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="O781" s="4">
-        <v>69.90</v>
+        <v>199.90</v>
       </c>
       <c r="P781" t="s">
-        <v>36</v>
+        <v>64</v>
       </c>
     </row>
     <row r="782">
       <c r="A782">
         <v>781</v>
       </c>
       <c r="B782">
-        <v>24662</v>
+        <v>21181</v>
       </c>
       <c r="C782" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="D782" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
       <c r="F782">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G782">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="H782" t="s">
         <v>22</v>
       </c>
       <c r="I782">
         <v>150</v>
       </c>
       <c r="J782">
         <v>210</v>
       </c>
       <c r="K782">
         <v>7</v>
       </c>
       <c r="L782" s="1">
-        <v>42556</v>
+        <v>39990</v>
       </c>
       <c r="M782" s="2">
-        <v>9788536258263</v>
+        <v>9788536225210</v>
       </c>
       <c r="N782" t="s" s="3">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="O782" s="4">
         <v>69.90</v>
       </c>
       <c r="P782" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="783">
       <c r="A783">
         <v>782</v>
       </c>
       <c r="B783">
-        <v>28918</v>
+        <v>24137</v>
       </c>
       <c r="C783" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
       <c r="D783" t="s">
-        <v>2192</v>
+        <v>1347</v>
       </c>
       <c r="F783">
-        <v>18</v>
+        <v>206</v>
       </c>
       <c r="G783">
-        <v>113</v>
+        <v>255</v>
       </c>
       <c r="H783" t="s">
         <v>22</v>
       </c>
       <c r="I783">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J783">
         <v>210</v>
       </c>
       <c r="K783">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="L783" s="1">
-        <v>44237</v>
+        <v>42230</v>
       </c>
       <c r="M783" s="2">
-        <v>9786556054360</v>
+        <v>9788536253299</v>
       </c>
       <c r="N783" t="s" s="3">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="O783" s="4">
-        <v>44.70</v>
+        <v>99.90</v>
       </c>
       <c r="P783" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
     </row>
     <row r="784">
       <c r="A784">
         <v>783</v>
       </c>
       <c r="B784">
-        <v>11102</v>
+        <v>28229</v>
       </c>
       <c r="C784" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
       <c r="D784" t="s">
-        <v>170</v>
+        <v>566</v>
       </c>
       <c r="F784">
-        <v>180</v>
+        <v>112</v>
       </c>
       <c r="G784">
-        <v>242</v>
+        <v>139</v>
       </c>
       <c r="H784" t="s">
         <v>22</v>
       </c>
       <c r="I784">
         <v>150</v>
       </c>
       <c r="J784">
         <v>210</v>
       </c>
       <c r="K784">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L784" s="1">
-        <v>37159</v>
+        <v>43804</v>
       </c>
       <c r="M784" s="2">
-        <v>9788573949025</v>
+        <v>9788536292182</v>
       </c>
       <c r="N784" t="s" s="3">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="O784" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P784" t="s">
-        <v>36</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="785">
       <c r="A785">
         <v>784</v>
       </c>
       <c r="B785">
-        <v>23524</v>
+        <v>31842</v>
       </c>
       <c r="C785" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="D785" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="F785">
-        <v>76</v>
+        <v>246</v>
       </c>
       <c r="G785">
-        <v>94</v>
+        <v>324</v>
       </c>
       <c r="H785" t="s">
         <v>22</v>
       </c>
       <c r="I785">
         <v>150</v>
       </c>
       <c r="J785">
         <v>210</v>
       </c>
       <c r="K785">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="L785" s="1">
-        <v>41848</v>
+        <v>45947</v>
       </c>
       <c r="M785" s="2">
-        <v>9788536247502</v>
+        <v>9786526316559</v>
       </c>
       <c r="N785" t="s" s="3">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="O785" s="4">
-        <v>59.90</v>
+        <v>89.90</v>
       </c>
       <c r="P785" t="s">
-        <v>451</v>
+        <v>329</v>
       </c>
     </row>
     <row r="786">
       <c r="A786">
         <v>785</v>
       </c>
       <c r="B786">
-        <v>12398</v>
+        <v>20248</v>
       </c>
       <c r="C786" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="D786" t="s">
-        <v>331</v>
+        <v>2184</v>
       </c>
       <c r="F786">
-        <v>260</v>
+        <v>112</v>
       </c>
       <c r="G786">
-        <v>336</v>
+        <v>150</v>
       </c>
       <c r="H786" t="s">
         <v>22</v>
       </c>
       <c r="I786">
         <v>150</v>
       </c>
       <c r="J786">
         <v>210</v>
       </c>
       <c r="K786">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="L786" s="1">
-        <v>37476</v>
+        <v>39189</v>
       </c>
       <c r="M786" s="2">
-        <v>9788536201580</v>
+        <v>9788536215600</v>
       </c>
       <c r="N786" t="s" s="3">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="O786" s="4">
-        <v>119.90</v>
+        <v>69.90</v>
       </c>
       <c r="P786" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="787">
       <c r="A787">
         <v>786</v>
       </c>
       <c r="B787">
-        <v>20134</v>
+        <v>24662</v>
       </c>
       <c r="C787" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="D787" t="s">
-        <v>2202</v>
-[...2 lines deleted...]
-        <v>736</v>
+        <v>2204</v>
       </c>
       <c r="F787">
-        <v>156</v>
+        <v>108</v>
       </c>
       <c r="G787">
-        <v>208</v>
+        <v>127</v>
       </c>
       <c r="H787" t="s">
         <v>22</v>
       </c>
       <c r="I787">
         <v>150</v>
       </c>
       <c r="J787">
         <v>210</v>
       </c>
       <c r="K787">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L787" s="1">
-        <v>39058</v>
+        <v>42556</v>
       </c>
       <c r="M787" s="2">
-        <v>9788536214382</v>
+        <v>9788536258263</v>
       </c>
       <c r="N787" t="s" s="3">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="O787" s="4">
         <v>69.90</v>
       </c>
       <c r="P787" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
     </row>
     <row r="788">
       <c r="A788">
         <v>787</v>
       </c>
       <c r="B788">
-        <v>21025</v>
+        <v>28918</v>
       </c>
       <c r="C788" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="D788" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="F788">
-        <v>146</v>
+        <v>18</v>
       </c>
       <c r="G788">
-        <v>198</v>
+        <v>113</v>
       </c>
       <c r="H788" t="s">
         <v>22</v>
       </c>
       <c r="I788">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J788">
         <v>210</v>
       </c>
       <c r="K788">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="L788" s="1">
-        <v>39863</v>
+        <v>44237</v>
       </c>
       <c r="M788" s="2">
-        <v>9788536222790</v>
+        <v>9786556054360</v>
       </c>
       <c r="N788" t="s" s="3">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="O788" s="4">
-        <v>79.90</v>
+        <v>44.70</v>
       </c>
       <c r="P788" t="s">
-        <v>64</v>
+        <v>399</v>
       </c>
     </row>
     <row r="789">
       <c r="A789">
         <v>788</v>
       </c>
       <c r="B789">
-        <v>13473</v>
+        <v>11102</v>
       </c>
       <c r="C789" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="D789" t="s">
-        <v>2208</v>
+        <v>170</v>
       </c>
       <c r="F789">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="G789">
-        <v>208</v>
+        <v>242</v>
       </c>
       <c r="H789" t="s">
         <v>22</v>
       </c>
       <c r="I789">
         <v>150</v>
       </c>
       <c r="J789">
         <v>210</v>
       </c>
       <c r="K789">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L789" s="1">
-        <v>38890</v>
+        <v>37159</v>
       </c>
       <c r="M789" s="2">
-        <v>9788536212937</v>
+        <v>9788573949025</v>
       </c>
       <c r="N789" t="s" s="3">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="O789" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P789" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="790">
       <c r="A790">
         <v>789</v>
       </c>
       <c r="B790">
-        <v>27620</v>
+        <v>23524</v>
       </c>
       <c r="C790" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="D790" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="F790">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="G790">
-        <v>156</v>
+        <v>94</v>
       </c>
       <c r="H790" t="s">
         <v>22</v>
       </c>
       <c r="I790">
         <v>150</v>
       </c>
       <c r="J790">
         <v>210</v>
       </c>
       <c r="K790">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="L790" s="1">
-        <v>43524</v>
+        <v>41848</v>
       </c>
       <c r="M790" s="2">
-        <v>9788536286167</v>
+        <v>9788536247502</v>
       </c>
       <c r="N790" t="s" s="3">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="O790" s="4">
         <v>59.90</v>
       </c>
       <c r="P790" t="s">
-        <v>47</v>
+        <v>453</v>
       </c>
     </row>
     <row r="791">
       <c r="A791">
         <v>790</v>
       </c>
       <c r="B791">
-        <v>10371</v>
+        <v>12398</v>
       </c>
       <c r="C791" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="D791" t="s">
-        <v>584</v>
+        <v>331</v>
       </c>
       <c r="F791">
-        <v>155</v>
+        <v>260</v>
       </c>
       <c r="G791">
-        <v>204</v>
+        <v>336</v>
       </c>
       <c r="H791" t="s">
         <v>22</v>
       </c>
       <c r="I791">
         <v>150</v>
       </c>
       <c r="J791">
         <v>210</v>
       </c>
       <c r="K791">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L791" s="1">
-        <v>36781</v>
+        <v>37476</v>
       </c>
       <c r="M791" s="2">
-        <v>9788573943627</v>
+        <v>9788536201580</v>
       </c>
       <c r="N791" t="s" s="3">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="O791" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P791" t="s">
-        <v>2215</v>
+        <v>36</v>
       </c>
     </row>
     <row r="792">
       <c r="A792">
         <v>791</v>
       </c>
       <c r="B792">
-        <v>30820</v>
+        <v>20134</v>
       </c>
       <c r="C792" t="s">
         <v>2216</v>
       </c>
       <c r="D792" t="s">
-        <v>101</v>
+        <v>2217</v>
+      </c>
+      <c r="E792" t="s">
+        <v>742</v>
       </c>
       <c r="F792">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="G792">
-        <v>246</v>
+        <v>208</v>
       </c>
       <c r="H792" t="s">
         <v>22</v>
       </c>
       <c r="I792">
         <v>150</v>
       </c>
       <c r="J792">
         <v>210</v>
       </c>
       <c r="K792">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L792" s="1">
-        <v>45264</v>
+        <v>39058</v>
       </c>
       <c r="M792" s="2">
-        <v>9786526306673</v>
+        <v>9788536214382</v>
       </c>
       <c r="N792" t="s" s="3">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="O792" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P792" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="793">
       <c r="A793">
         <v>792</v>
       </c>
       <c r="B793">
-        <v>25207</v>
+        <v>21025</v>
       </c>
       <c r="C793" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="D793" t="s">
-        <v>970</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>2220</v>
       </c>
       <c r="F793">
-        <v>170</v>
+        <v>146</v>
       </c>
       <c r="G793">
-        <v>211</v>
+        <v>198</v>
       </c>
       <c r="H793" t="s">
         <v>22</v>
       </c>
       <c r="I793">
         <v>150</v>
       </c>
       <c r="J793">
         <v>210</v>
       </c>
       <c r="K793">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="L793" s="1">
-        <v>42674</v>
+        <v>39863</v>
       </c>
       <c r="M793" s="2">
-        <v>9788536263304</v>
+        <v>9788536222790</v>
       </c>
       <c r="N793" t="s" s="3">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="O793" s="4">
         <v>79.90</v>
       </c>
       <c r="P793" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
     </row>
     <row r="794">
       <c r="A794">
         <v>793</v>
       </c>
       <c r="B794">
+        <v>13473</v>
+      </c>
+      <c r="C794" t="s">
+        <v>2222</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2223</v>
+      </c>
+      <c r="F794">
+        <v>154</v>
+      </c>
+      <c r="G794">
+        <v>208</v>
+      </c>
+      <c r="H794" t="s">
+        <v>22</v>
+      </c>
+      <c r="I794">
+        <v>150</v>
+      </c>
+      <c r="J794">
+        <v>210</v>
+      </c>
+      <c r="K794">
+        <v>9</v>
+      </c>
+      <c r="L794" s="1">
+        <v>38890</v>
+      </c>
+      <c r="M794" s="2">
+        <v>9788536212937</v>
+      </c>
+      <c r="N794" t="s" s="3">
+        <v>2224</v>
+      </c>
+      <c r="O794" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P794" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="795">
+      <c r="A795">
+        <v>794</v>
+      </c>
+      <c r="B795">
+        <v>27620</v>
+      </c>
+      <c r="C795" t="s">
+        <v>2225</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2226</v>
+      </c>
+      <c r="F795">
+        <v>126</v>
+      </c>
+      <c r="G795">
+        <v>156</v>
+      </c>
+      <c r="H795" t="s">
+        <v>22</v>
+      </c>
+      <c r="I795">
+        <v>150</v>
+      </c>
+      <c r="J795">
+        <v>210</v>
+      </c>
+      <c r="K795">
+        <v>7</v>
+      </c>
+      <c r="L795" s="1">
+        <v>43524</v>
+      </c>
+      <c r="M795" s="2">
+        <v>9788536286167</v>
+      </c>
+      <c r="N795" t="s" s="3">
+        <v>2227</v>
+      </c>
+      <c r="O795" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P795" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="796">
+      <c r="A796">
+        <v>795</v>
+      </c>
+      <c r="B796">
+        <v>10371</v>
+      </c>
+      <c r="C796" t="s">
+        <v>2228</v>
+      </c>
+      <c r="D796" t="s">
+        <v>589</v>
+      </c>
+      <c r="F796">
+        <v>155</v>
+      </c>
+      <c r="G796">
+        <v>204</v>
+      </c>
+      <c r="H796" t="s">
+        <v>22</v>
+      </c>
+      <c r="I796">
+        <v>150</v>
+      </c>
+      <c r="J796">
+        <v>210</v>
+      </c>
+      <c r="K796">
+        <v>9</v>
+      </c>
+      <c r="L796" s="1">
+        <v>36781</v>
+      </c>
+      <c r="M796" s="2">
+        <v>9788573943627</v>
+      </c>
+      <c r="N796" t="s" s="3">
+        <v>2229</v>
+      </c>
+      <c r="O796" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P796" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="797">
+      <c r="A797">
+        <v>796</v>
+      </c>
+      <c r="B797">
+        <v>30820</v>
+      </c>
+      <c r="C797" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D797" t="s">
+        <v>101</v>
+      </c>
+      <c r="F797">
+        <v>198</v>
+      </c>
+      <c r="G797">
+        <v>246</v>
+      </c>
+      <c r="H797" t="s">
+        <v>22</v>
+      </c>
+      <c r="I797">
+        <v>150</v>
+      </c>
+      <c r="J797">
+        <v>210</v>
+      </c>
+      <c r="K797">
+        <v>10</v>
+      </c>
+      <c r="L797" s="1">
+        <v>45264</v>
+      </c>
+      <c r="M797" s="2">
+        <v>9786526306673</v>
+      </c>
+      <c r="N797" t="s" s="3">
+        <v>2232</v>
+      </c>
+      <c r="O797" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P797" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="798">
+      <c r="A798">
+        <v>797</v>
+      </c>
+      <c r="B798">
+        <v>25207</v>
+      </c>
+      <c r="C798" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D798" t="s">
+        <v>979</v>
+      </c>
+      <c r="E798" t="s">
+        <v>96</v>
+      </c>
+      <c r="F798">
+        <v>170</v>
+      </c>
+      <c r="G798">
+        <v>211</v>
+      </c>
+      <c r="H798" t="s">
+        <v>22</v>
+      </c>
+      <c r="I798">
+        <v>150</v>
+      </c>
+      <c r="J798">
+        <v>210</v>
+      </c>
+      <c r="K798">
+        <v>10</v>
+      </c>
+      <c r="L798" s="1">
+        <v>42674</v>
+      </c>
+      <c r="M798" s="2">
+        <v>9788536263304</v>
+      </c>
+      <c r="N798" t="s" s="3">
+        <v>2234</v>
+      </c>
+      <c r="O798" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P798" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="799">
+      <c r="A799">
+        <v>798</v>
+      </c>
+      <c r="B799">
         <v>25679</v>
       </c>
-      <c r="C794" t="inlineStr">
+      <c r="C799" t="inlineStr">
         <is>
           <t>Sócrates - A Coragem da Verdade - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D794" t="s">
-[...2 lines deleted...]
-      <c r="F794">
+      <c r="D799" t="s">
+        <v>2235</v>
+      </c>
+      <c r="F799">
         <v>218</v>
       </c>
-      <c r="G794">
+      <c r="G799">
         <v>142</v>
       </c>
-      <c r="H794" t="s">
-[...2 lines deleted...]
-      <c r="I794">
+      <c r="H799" t="s">
+        <v>22</v>
+      </c>
+      <c r="I799">
         <v>100</v>
       </c>
-      <c r="J794">
+      <c r="J799">
         <v>160</v>
       </c>
-      <c r="K794">
+      <c r="K799">
         <v>12</v>
       </c>
-      <c r="L794" s="1">
+      <c r="L799" s="1">
         <v>42842</v>
       </c>
-      <c r="M794" s="2">
+      <c r="M799" s="2">
         <v>9788536267296</v>
       </c>
-      <c r="N794" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O794" s="4">
+      <c r="N799" t="s" s="3">
+        <v>2236</v>
+      </c>
+      <c r="O799" s="4">
         <v>59.90</v>
       </c>
-      <c r="P794" t="s">
+      <c r="P799" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="795">
-[...3 lines deleted...]
-      <c r="B795">
+    <row r="800">
+      <c r="A800">
+        <v>799</v>
+      </c>
+      <c r="B800">
         <v>27944</v>
       </c>
-      <c r="C795" t="inlineStr">
+      <c r="C800" t="inlineStr">
         <is>
           <t>Socrates - The Courage of Truth - Minibook - Preface by René Ariel Dotti - Great Trials in History Collection - Coordinators: Luiz Eduardo Gunther, Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D795" t="s">
-[...233 lines deleted...]
-      </c>
       <c r="D800" t="s">
         <v>2235</v>
       </c>
       <c r="F800">
-        <v>220</v>
+        <v>234</v>
       </c>
       <c r="G800">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="H800" t="s">
         <v>22</v>
       </c>
       <c r="I800">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="J800">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="K800">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L800" s="1">
-        <v>39616</v>
+        <v>43675</v>
       </c>
       <c r="M800" s="2">
-        <v>9788536220499</v>
+        <v>9788536290102</v>
       </c>
       <c r="N800" t="s" s="3">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="O800" s="4">
-        <v>99.90</v>
+        <v>59.90</v>
       </c>
       <c r="P800" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="801">
       <c r="A801">
         <v>800</v>
       </c>
       <c r="B801">
-        <v>21255</v>
+        <v>13414</v>
       </c>
       <c r="C801" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="D801" t="s">
-        <v>2235</v>
+        <v>2239</v>
       </c>
       <c r="F801">
-        <v>208</v>
+        <v>180</v>
       </c>
       <c r="G801">
-        <v>256</v>
+        <v>240</v>
       </c>
       <c r="H801" t="s">
         <v>22</v>
       </c>
       <c r="I801">
         <v>150</v>
       </c>
       <c r="J801">
         <v>210</v>
       </c>
       <c r="K801">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L801" s="1">
-        <v>40043</v>
+        <v>38818</v>
       </c>
       <c r="M801" s="2">
-        <v>9788536225821</v>
+        <v>9788536212333</v>
       </c>
       <c r="N801" t="s" s="3">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="O801" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P801" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="802">
       <c r="A802">
         <v>801</v>
       </c>
       <c r="B802">
-        <v>10972</v>
+        <v>27582</v>
       </c>
       <c r="C802" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
       <c r="D802" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="F802">
-        <v>510</v>
+        <v>24</v>
       </c>
       <c r="G802">
-        <v>632</v>
+        <v>151</v>
       </c>
       <c r="H802" t="s">
         <v>22</v>
       </c>
       <c r="I802">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="J802">
-        <v>210</v>
+        <v>300</v>
       </c>
       <c r="K802">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="L802" s="1">
-        <v>36906</v>
+        <v>43507</v>
       </c>
       <c r="M802" s="2">
-        <v>9788573946666</v>
+        <v>9788536286426</v>
       </c>
       <c r="N802" t="s" s="3">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="O802" s="4">
-        <v>209.90</v>
+        <v>49.70</v>
       </c>
       <c r="P802" t="s">
-        <v>36</v>
+        <v>399</v>
       </c>
     </row>
     <row r="803">
       <c r="A803">
         <v>802</v>
       </c>
       <c r="B803">
-        <v>12408</v>
+        <v>13362</v>
       </c>
       <c r="C803" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="D803" t="s">
-        <v>2103</v>
+        <v>2092</v>
       </c>
       <c r="F803">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="G803">
-        <v>214</v>
+        <v>192</v>
       </c>
       <c r="H803" t="s">
         <v>22</v>
       </c>
       <c r="I803">
         <v>150</v>
       </c>
       <c r="J803">
         <v>210</v>
       </c>
       <c r="K803">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L803" s="1">
-        <v>37516</v>
+        <v>38763</v>
       </c>
       <c r="M803" s="2">
-        <v>9788536201702</v>
+        <v>9788536211701</v>
       </c>
       <c r="N803" t="s" s="3">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="O803" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P803" t="s">
-        <v>366</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="804">
       <c r="A804">
         <v>803</v>
       </c>
       <c r="B804">
-        <v>12447</v>
+        <v>22676</v>
       </c>
       <c r="C804" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="D804" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="F804">
-        <v>88</v>
+        <v>136</v>
       </c>
       <c r="G804">
-        <v>128</v>
+        <v>190</v>
       </c>
       <c r="H804" t="s">
         <v>22</v>
       </c>
       <c r="I804">
         <v>150</v>
       </c>
       <c r="J804">
         <v>210</v>
       </c>
       <c r="K804">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L804" s="1">
-        <v>37566</v>
+        <v>41095</v>
       </c>
       <c r="M804" s="2">
-        <v>9788536203065</v>
+        <v>9788536238395</v>
       </c>
       <c r="N804" t="s" s="3">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="O804" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P804" t="s">
-        <v>47</v>
+        <v>314</v>
       </c>
     </row>
     <row r="805">
       <c r="A805">
         <v>804</v>
       </c>
       <c r="B805">
-        <v>30881</v>
+        <v>20732</v>
       </c>
       <c r="C805" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="D805" t="s">
-        <v>2248</v>
+        <v>2250</v>
       </c>
       <c r="F805">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="G805">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="H805" t="s">
         <v>22</v>
       </c>
       <c r="I805">
         <v>150</v>
       </c>
       <c r="J805">
         <v>210</v>
       </c>
       <c r="K805">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L805" s="1">
-        <v>45309</v>
+        <v>39616</v>
       </c>
       <c r="M805" s="2">
-        <v>9786526310922</v>
+        <v>9788536220499</v>
       </c>
       <c r="N805" t="s" s="3">
-        <v>2249</v>
+        <v>2251</v>
       </c>
       <c r="O805" s="4">
         <v>99.90</v>
       </c>
       <c r="P805" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="806">
       <c r="A806">
         <v>805</v>
       </c>
       <c r="B806">
-        <v>24586</v>
+        <v>21255</v>
       </c>
       <c r="C806" t="s">
+        <v>2252</v>
+      </c>
+      <c r="D806" t="s">
         <v>2250</v>
       </c>
-      <c r="D806" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F806">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="G806">
-        <v>149</v>
+        <v>256</v>
       </c>
       <c r="H806" t="s">
         <v>22</v>
       </c>
       <c r="I806">
         <v>150</v>
       </c>
       <c r="J806">
         <v>210</v>
       </c>
       <c r="K806">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L806" s="1">
-        <v>42488</v>
+        <v>40043</v>
       </c>
       <c r="M806" s="2">
-        <v>9788536257419</v>
+        <v>9788536225821</v>
       </c>
       <c r="N806" t="s" s="3">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="O806" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P806" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="807">
       <c r="A807">
         <v>806</v>
       </c>
       <c r="B807">
-        <v>23798</v>
+        <v>10972</v>
       </c>
       <c r="C807" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="D807" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="F807">
-        <v>312</v>
+        <v>510</v>
       </c>
       <c r="G807">
-        <v>387</v>
+        <v>632</v>
       </c>
       <c r="H807" t="s">
         <v>22</v>
       </c>
       <c r="I807">
         <v>150</v>
       </c>
       <c r="J807">
         <v>210</v>
       </c>
       <c r="K807">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="L807" s="1">
-        <v>42047</v>
+        <v>36906</v>
       </c>
       <c r="M807" s="2">
-        <v>9788536250175</v>
+        <v>9788573946666</v>
       </c>
       <c r="N807" t="s" s="3">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="O807" s="4">
-        <v>129.90</v>
+        <v>209.90</v>
       </c>
       <c r="P807" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="808">
       <c r="A808">
         <v>807</v>
       </c>
       <c r="B808">
-        <v>22950</v>
+        <v>12408</v>
       </c>
       <c r="C808" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="D808" t="s">
-        <v>2257</v>
+        <v>2118</v>
       </c>
       <c r="F808">
-        <v>230</v>
+        <v>154</v>
       </c>
       <c r="G808">
-        <v>290</v>
+        <v>214</v>
       </c>
       <c r="H808" t="s">
         <v>22</v>
       </c>
       <c r="I808">
         <v>150</v>
       </c>
       <c r="J808">
         <v>210</v>
       </c>
       <c r="K808">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L808" s="1">
-        <v>41339</v>
+        <v>37516</v>
       </c>
       <c r="M808" s="2">
-        <v>9788536241333</v>
+        <v>9788536201702</v>
       </c>
       <c r="N808" t="s" s="3">
         <v>2258</v>
       </c>
       <c r="O808" s="4">
-        <v>97.70</v>
+        <v>69.90</v>
       </c>
       <c r="P808" t="s">
-        <v>47</v>
+        <v>368</v>
       </c>
     </row>
     <row r="809">
       <c r="A809">
         <v>808</v>
       </c>
       <c r="B809">
-        <v>28522</v>
+        <v>12447</v>
       </c>
       <c r="C809" t="s">
         <v>2259</v>
       </c>
       <c r="D809" t="s">
         <v>2260</v>
       </c>
       <c r="F809">
-        <v>274</v>
+        <v>88</v>
       </c>
       <c r="G809">
-        <v>340</v>
+        <v>128</v>
       </c>
       <c r="H809" t="s">
         <v>22</v>
       </c>
       <c r="I809">
         <v>150</v>
       </c>
       <c r="J809">
         <v>210</v>
       </c>
       <c r="K809">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L809" s="1">
-        <v>43979</v>
+        <v>37566</v>
       </c>
       <c r="M809" s="2">
-        <v>9786556050393</v>
+        <v>9788536203065</v>
       </c>
       <c r="N809" t="s" s="3">
         <v>2261</v>
       </c>
       <c r="O809" s="4">
-        <v>129.90</v>
+        <v>69.90</v>
       </c>
       <c r="P809" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="810">
       <c r="A810">
         <v>809</v>
       </c>
       <c r="B810">
-        <v>24881</v>
+        <v>30881</v>
       </c>
       <c r="C810" t="s">
         <v>2262</v>
       </c>
       <c r="D810" t="s">
         <v>2263</v>
       </c>
       <c r="F810">
-        <v>246</v>
+        <v>228</v>
       </c>
       <c r="G810">
-        <v>305</v>
+        <v>283</v>
       </c>
       <c r="H810" t="s">
         <v>22</v>
       </c>
       <c r="I810">
         <v>150</v>
       </c>
       <c r="J810">
         <v>210</v>
       </c>
       <c r="K810">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="L810" s="1">
-        <v>42583</v>
+        <v>45309</v>
       </c>
       <c r="M810" s="2">
-        <v>9788536260228</v>
+        <v>9786526310922</v>
       </c>
       <c r="N810" t="s" s="3">
         <v>2264</v>
       </c>
       <c r="O810" s="4">
         <v>99.90</v>
       </c>
       <c r="P810" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="811">
       <c r="A811">
         <v>810</v>
       </c>
       <c r="B811">
+        <v>24586</v>
+      </c>
+      <c r="C811" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2266</v>
+      </c>
+      <c r="F811">
+        <v>120</v>
+      </c>
+      <c r="G811">
+        <v>149</v>
+      </c>
+      <c r="H811" t="s">
+        <v>22</v>
+      </c>
+      <c r="I811">
+        <v>150</v>
+      </c>
+      <c r="J811">
+        <v>210</v>
+      </c>
+      <c r="K811">
+        <v>7</v>
+      </c>
+      <c r="L811" s="1">
+        <v>42488</v>
+      </c>
+      <c r="M811" s="2">
+        <v>9788536257419</v>
+      </c>
+      <c r="N811" t="s" s="3">
+        <v>2267</v>
+      </c>
+      <c r="O811" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P811" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="812">
+      <c r="A812">
+        <v>811</v>
+      </c>
+      <c r="B812">
+        <v>23798</v>
+      </c>
+      <c r="C812" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F812">
+        <v>312</v>
+      </c>
+      <c r="G812">
+        <v>387</v>
+      </c>
+      <c r="H812" t="s">
+        <v>22</v>
+      </c>
+      <c r="I812">
+        <v>150</v>
+      </c>
+      <c r="J812">
+        <v>210</v>
+      </c>
+      <c r="K812">
+        <v>16</v>
+      </c>
+      <c r="L812" s="1">
+        <v>42047</v>
+      </c>
+      <c r="M812" s="2">
+        <v>9788536250175</v>
+      </c>
+      <c r="N812" t="s" s="3">
+        <v>2270</v>
+      </c>
+      <c r="O812" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P812" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="813">
+      <c r="A813">
+        <v>812</v>
+      </c>
+      <c r="B813">
+        <v>22950</v>
+      </c>
+      <c r="C813" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2272</v>
+      </c>
+      <c r="F813">
+        <v>230</v>
+      </c>
+      <c r="G813">
+        <v>290</v>
+      </c>
+      <c r="H813" t="s">
+        <v>22</v>
+      </c>
+      <c r="I813">
+        <v>150</v>
+      </c>
+      <c r="J813">
+        <v>210</v>
+      </c>
+      <c r="K813">
+        <v>12</v>
+      </c>
+      <c r="L813" s="1">
+        <v>41339</v>
+      </c>
+      <c r="M813" s="2">
+        <v>9788536241333</v>
+      </c>
+      <c r="N813" t="s" s="3">
+        <v>2273</v>
+      </c>
+      <c r="O813" s="4">
+        <v>97.70</v>
+      </c>
+      <c r="P813" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="814">
+      <c r="A814">
+        <v>813</v>
+      </c>
+      <c r="B814">
+        <v>28522</v>
+      </c>
+      <c r="C814" t="s">
+        <v>2274</v>
+      </c>
+      <c r="D814" t="s">
+        <v>2275</v>
+      </c>
+      <c r="F814">
+        <v>274</v>
+      </c>
+      <c r="G814">
+        <v>340</v>
+      </c>
+      <c r="H814" t="s">
+        <v>22</v>
+      </c>
+      <c r="I814">
+        <v>150</v>
+      </c>
+      <c r="J814">
+        <v>210</v>
+      </c>
+      <c r="K814">
+        <v>14</v>
+      </c>
+      <c r="L814" s="1">
+        <v>43979</v>
+      </c>
+      <c r="M814" s="2">
+        <v>9786556050393</v>
+      </c>
+      <c r="N814" t="s" s="3">
+        <v>2276</v>
+      </c>
+      <c r="O814" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P814" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="815">
+      <c r="A815">
+        <v>814</v>
+      </c>
+      <c r="B815">
+        <v>24881</v>
+      </c>
+      <c r="C815" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D815" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F815">
+        <v>246</v>
+      </c>
+      <c r="G815">
+        <v>305</v>
+      </c>
+      <c r="H815" t="s">
+        <v>22</v>
+      </c>
+      <c r="I815">
+        <v>150</v>
+      </c>
+      <c r="J815">
+        <v>210</v>
+      </c>
+      <c r="K815">
+        <v>13</v>
+      </c>
+      <c r="L815" s="1">
+        <v>42583</v>
+      </c>
+      <c r="M815" s="2">
+        <v>9788536260228</v>
+      </c>
+      <c r="N815" t="s" s="3">
+        <v>2279</v>
+      </c>
+      <c r="O815" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P815" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="816">
+      <c r="A816">
+        <v>815</v>
+      </c>
+      <c r="B816">
         <v>30954</v>
       </c>
-      <c r="C811" t="inlineStr">
+      <c r="C816" t="inlineStr">
         <is>
           <t>Tabus Sobre a Maternidade Atípica e Identidade de Gênero - Nem Tudo é o que Parece! - Estratégias e Experiências de como Lidar com Transtornos de Personalidade, Transtornos do Neurodesenvolvimento e Disforia de Gênero</t>
         </is>
       </c>
-      <c r="D811" t="s">
-[...2 lines deleted...]
-      <c r="F811">
+      <c r="D816" t="s">
+        <v>2280</v>
+      </c>
+      <c r="F816">
         <v>70</v>
       </c>
-      <c r="G811">
+      <c r="G816">
         <v>87</v>
       </c>
-      <c r="H811" t="s">
-[...8 lines deleted...]
-      <c r="K811">
+      <c r="H816" t="s">
+        <v>22</v>
+      </c>
+      <c r="I816">
+        <v>150</v>
+      </c>
+      <c r="J816">
+        <v>210</v>
+      </c>
+      <c r="K816">
         <v>4</v>
       </c>
-      <c r="L811" s="1">
+      <c r="L816" s="1">
         <v>45359</v>
       </c>
-      <c r="M811" s="2">
+      <c r="M816" s="2">
         <v>9786526310199</v>
       </c>
-      <c r="N811" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O811" s="4">
+      <c r="N816" t="s" s="3">
+        <v>2281</v>
+      </c>
+      <c r="O816" s="4">
         <v>69.90</v>
       </c>
-      <c r="P811" t="s">
+      <c r="P816" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="812">
-[...3 lines deleted...]
-      <c r="B812">
+    <row r="817">
+      <c r="A817">
+        <v>816</v>
+      </c>
+      <c r="B817">
         <v>29714</v>
       </c>
-      <c r="C812" t="s">
-[...5 lines deleted...]
-      <c r="F812">
+      <c r="C817" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F817">
         <v>18</v>
       </c>
-      <c r="G812">
+      <c r="G817">
         <v>113</v>
       </c>
-      <c r="H812" t="s">
-[...8 lines deleted...]
-      <c r="K812">
+      <c r="H817" t="s">
+        <v>22</v>
+      </c>
+      <c r="I817">
+        <v>150</v>
+      </c>
+      <c r="J817">
+        <v>210</v>
+      </c>
+      <c r="K817">
         <v>2</v>
       </c>
-      <c r="L812" s="1">
+      <c r="L817" s="1">
         <v>44697</v>
       </c>
-      <c r="M812" s="2">
+      <c r="M817" s="2">
         <v>9788536297224</v>
       </c>
-      <c r="N812" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O812" s="4">
+      <c r="N817" t="s" s="3">
+        <v>2284</v>
+      </c>
+      <c r="O817" s="4">
         <v>44.70</v>
       </c>
-      <c r="P812" t="s">
-[...7 lines deleted...]
-      <c r="B813">
+      <c r="P817" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="818">
+      <c r="A818">
+        <v>817</v>
+      </c>
+      <c r="B818">
         <v>25299</v>
       </c>
-      <c r="C813" t="s">
-[...5 lines deleted...]
-      <c r="F813">
+      <c r="C818" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D818" t="s">
+        <v>2286</v>
+      </c>
+      <c r="F818">
         <v>262</v>
       </c>
-      <c r="G813">
+      <c r="G818">
         <v>325</v>
       </c>
-      <c r="H813" t="s">
-[...8 lines deleted...]
-      <c r="K813">
+      <c r="H818" t="s">
+        <v>22</v>
+      </c>
+      <c r="I818">
+        <v>150</v>
+      </c>
+      <c r="J818">
+        <v>210</v>
+      </c>
+      <c r="K818">
         <v>14</v>
       </c>
-      <c r="L813" s="1">
+      <c r="L818" s="1">
         <v>42705</v>
       </c>
-      <c r="M813" s="2">
+      <c r="M818" s="2">
         <v>9788536264325</v>
       </c>
-      <c r="N813" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O813" s="4">
+      <c r="N818" t="s" s="3">
+        <v>2287</v>
+      </c>
+      <c r="O818" s="4">
         <v>129.90</v>
       </c>
-      <c r="P813" t="s">
-[...7 lines deleted...]
-      <c r="B814">
+      <c r="P818" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="819">
+      <c r="A819">
+        <v>818</v>
+      </c>
+      <c r="B819">
         <v>22050</v>
       </c>
-      <c r="C814" t="s">
-[...5 lines deleted...]
-      <c r="F814">
+      <c r="C819" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D819" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F819">
         <v>180</v>
       </c>
-      <c r="G814">
+      <c r="G819">
         <v>207</v>
       </c>
-      <c r="H814" t="s">
-[...8 lines deleted...]
-      <c r="K814">
+      <c r="H819" t="s">
+        <v>22</v>
+      </c>
+      <c r="I819">
+        <v>150</v>
+      </c>
+      <c r="J819">
+        <v>210</v>
+      </c>
+      <c r="K819">
         <v>10</v>
       </c>
-      <c r="L814" s="1">
+      <c r="L819" s="1">
         <v>40480</v>
       </c>
-      <c r="M814" s="2">
+      <c r="M819" s="2">
         <v>9788536231693</v>
       </c>
-      <c r="N814" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O814" s="4">
+      <c r="N819" t="s" s="3">
+        <v>2290</v>
+      </c>
+      <c r="O819" s="4">
         <v>99.90</v>
       </c>
-      <c r="P814" t="s">
+      <c r="P819" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="815">
-[...3 lines deleted...]
-      <c r="B815">
+    <row r="820">
+      <c r="A820">
+        <v>819</v>
+      </c>
+      <c r="B820">
         <v>29124</v>
       </c>
-      <c r="C815" t="inlineStr">
+      <c r="C820" t="inlineStr">
         <is>
           <t>Templários, Os - Os Pobres Cavaleiros de Cristo - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D815" t="s">
-[...2 lines deleted...]
-      <c r="F815">
+      <c r="D820" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F820">
         <v>146</v>
       </c>
-      <c r="G815">
+      <c r="G820">
         <v>181</v>
       </c>
-      <c r="H815" t="s">
-[...2 lines deleted...]
-      <c r="I815">
+      <c r="H820" t="s">
+        <v>22</v>
+      </c>
+      <c r="I820">
         <v>160</v>
       </c>
-      <c r="J815">
+      <c r="J820">
         <v>100</v>
-      </c>
-[...233 lines deleted...]
-        <v>210</v>
       </c>
       <c r="K820">
         <v>7</v>
       </c>
       <c r="L820" s="1">
-        <v>42599</v>
+        <v>44371</v>
       </c>
       <c r="M820" s="2">
-        <v>9788536260853</v>
+        <v>9786556056562</v>
       </c>
       <c r="N820" t="s" s="3">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="O820" s="4">
-        <v>69.90</v>
+        <v>49.90</v>
       </c>
       <c r="P820" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="821">
       <c r="A821">
         <v>820</v>
       </c>
       <c r="B821">
+        <v>20016</v>
+      </c>
+      <c r="C821" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D821" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F821">
+        <v>114</v>
+      </c>
+      <c r="G821">
+        <v>157</v>
+      </c>
+      <c r="H821" t="s">
+        <v>22</v>
+      </c>
+      <c r="I821">
+        <v>150</v>
+      </c>
+      <c r="J821">
+        <v>210</v>
+      </c>
+      <c r="K821">
+        <v>7</v>
+      </c>
+      <c r="L821" s="1">
+        <v>38926</v>
+      </c>
+      <c r="M821" s="2">
+        <v>9788536213330</v>
+      </c>
+      <c r="N821" t="s" s="3">
+        <v>2293</v>
+      </c>
+      <c r="O821" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P821" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="822">
+      <c r="A822">
+        <v>821</v>
+      </c>
+      <c r="B822">
+        <v>13069</v>
+      </c>
+      <c r="C822" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D822" t="s">
+        <v>2295</v>
+      </c>
+      <c r="F822">
+        <v>90</v>
+      </c>
+      <c r="G822">
+        <v>132</v>
+      </c>
+      <c r="H822" t="s">
+        <v>22</v>
+      </c>
+      <c r="I822">
+        <v>150</v>
+      </c>
+      <c r="J822">
+        <v>210</v>
+      </c>
+      <c r="K822">
+        <v>6</v>
+      </c>
+      <c r="L822" s="1">
+        <v>38337</v>
+      </c>
+      <c r="M822" s="2">
+        <v>9788536208763</v>
+      </c>
+      <c r="N822" t="s" s="3">
+        <v>2296</v>
+      </c>
+      <c r="O822" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P822" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="823">
+      <c r="A823">
+        <v>822</v>
+      </c>
+      <c r="B823">
+        <v>28231</v>
+      </c>
+      <c r="C823" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D823" t="s">
+        <v>408</v>
+      </c>
+      <c r="F823">
+        <v>206</v>
+      </c>
+      <c r="G823">
+        <v>255</v>
+      </c>
+      <c r="H823" t="s">
+        <v>22</v>
+      </c>
+      <c r="I823">
+        <v>150</v>
+      </c>
+      <c r="J823">
+        <v>210</v>
+      </c>
+      <c r="K823">
+        <v>11</v>
+      </c>
+      <c r="L823" s="1">
+        <v>43843</v>
+      </c>
+      <c r="M823" s="2">
+        <v>9788536292205</v>
+      </c>
+      <c r="N823" t="s" s="3">
+        <v>2298</v>
+      </c>
+      <c r="O823" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P823" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="824">
+      <c r="A824">
+        <v>823</v>
+      </c>
+      <c r="B824">
+        <v>31883</v>
+      </c>
+      <c r="C824" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D824" t="s">
+        <v>2300</v>
+      </c>
+      <c r="F824">
+        <v>216</v>
+      </c>
+      <c r="G824">
+        <v>293</v>
+      </c>
+      <c r="H824" t="s">
+        <v>22</v>
+      </c>
+      <c r="I824">
+        <v>150</v>
+      </c>
+      <c r="J824">
+        <v>210</v>
+      </c>
+      <c r="K824">
+        <v>11</v>
+      </c>
+      <c r="L824" s="1">
+        <v>45971</v>
+      </c>
+      <c r="M824" s="2">
+        <v>9786526316474</v>
+      </c>
+      <c r="N824" t="s" s="3">
+        <v>2301</v>
+      </c>
+      <c r="O824" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P824" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="825">
+      <c r="A825">
+        <v>824</v>
+      </c>
+      <c r="B825">
+        <v>24949</v>
+      </c>
+      <c r="C825" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D825" t="s">
+        <v>2303</v>
+      </c>
+      <c r="F825">
+        <v>120</v>
+      </c>
+      <c r="G825">
+        <v>149</v>
+      </c>
+      <c r="H825" t="s">
+        <v>22</v>
+      </c>
+      <c r="I825">
+        <v>150</v>
+      </c>
+      <c r="J825">
+        <v>210</v>
+      </c>
+      <c r="K825">
+        <v>7</v>
+      </c>
+      <c r="L825" s="1">
+        <v>42599</v>
+      </c>
+      <c r="M825" s="2">
+        <v>9788536260853</v>
+      </c>
+      <c r="N825" t="s" s="3">
+        <v>2304</v>
+      </c>
+      <c r="O825" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P825" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="826">
+      <c r="A826">
+        <v>825</v>
+      </c>
+      <c r="B826">
         <v>25675</v>
       </c>
-      <c r="C821" t="inlineStr">
+      <c r="C826" t="inlineStr">
         <is>
           <t>Thomas More - Resistência ao Juramento e Novos Paradigmas Utópicos - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D821" t="s">
-[...2 lines deleted...]
-      <c r="F821">
+      <c r="D826" t="s">
+        <v>2305</v>
+      </c>
+      <c r="F826">
         <v>176</v>
       </c>
-      <c r="G821">
+      <c r="G826">
         <v>115</v>
       </c>
-      <c r="H821" t="s">
-[...2 lines deleted...]
-      <c r="I821">
+      <c r="H826" t="s">
+        <v>22</v>
+      </c>
+      <c r="I826">
         <v>100</v>
       </c>
-      <c r="J821">
+      <c r="J826">
         <v>160</v>
       </c>
-      <c r="K821">
+      <c r="K826">
         <v>10</v>
       </c>
-      <c r="L821" s="1">
+      <c r="L826" s="1">
         <v>42842</v>
       </c>
-      <c r="M821" s="2">
+      <c r="M826" s="2">
         <v>9788536267289</v>
       </c>
-      <c r="N821" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O821" s="4">
+      <c r="N826" t="s" s="3">
+        <v>2306</v>
+      </c>
+      <c r="O826" s="4">
         <v>49.90</v>
       </c>
-      <c r="P821" t="s">
+      <c r="P826" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="822">
-[...3 lines deleted...]
-      <c r="B822">
+    <row r="827">
+      <c r="A827">
+        <v>826</v>
+      </c>
+      <c r="B827">
         <v>25745</v>
       </c>
-      <c r="C822" t="inlineStr">
+      <c r="C827" t="inlineStr">
         <is>
           <t>Tiradentes - Conjuração Mineira e Aspectos Tributários no Brasil Colônia do Fim do Século XVIII - Minibook - Prefácio de René Ariel Dotti - Coleção Grandes Julgamentos da História - Coordenadores: Luiz Eduardo Gunther e Marcelo Bueno Mendes</t>
         </is>
       </c>
-      <c r="D822" t="s">
-[...2 lines deleted...]
-      <c r="F822">
+      <c r="D827" t="s">
+        <v>2307</v>
+      </c>
+      <c r="F827">
         <v>172</v>
       </c>
-      <c r="G822">
+      <c r="G827">
         <v>112</v>
       </c>
-      <c r="H822" t="s">
-[...2 lines deleted...]
-      <c r="I822">
+      <c r="H827" t="s">
+        <v>22</v>
+      </c>
+      <c r="I827">
         <v>100</v>
       </c>
-      <c r="J822">
+      <c r="J827">
         <v>160</v>
       </c>
-      <c r="K822">
+      <c r="K827">
         <v>10</v>
       </c>
-      <c r="L822" s="1">
+      <c r="L827" s="1">
         <v>42871</v>
       </c>
-      <c r="M822" s="2">
+      <c r="M827" s="2">
         <v>9788536268354</v>
       </c>
-      <c r="N822" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O822" s="4">
+      <c r="N827" t="s" s="3">
+        <v>2308</v>
+      </c>
+      <c r="O827" s="4">
         <v>49.90</v>
       </c>
-      <c r="P822" t="s">
+      <c r="P827" t="s">
         <v>297</v>
-      </c>
-[...236 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="828">
       <c r="A828">
         <v>827</v>
       </c>
       <c r="B828">
-        <v>20965</v>
+        <v>26799</v>
       </c>
       <c r="C828" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="D828" t="s">
-        <v>316</v>
+        <v>2310</v>
       </c>
       <c r="F828">
-        <v>138</v>
+        <v>276</v>
       </c>
       <c r="G828">
-        <v>190</v>
+        <v>342</v>
       </c>
       <c r="H828" t="s">
         <v>22</v>
       </c>
       <c r="I828">
         <v>150</v>
       </c>
       <c r="J828">
         <v>210</v>
       </c>
       <c r="K828">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L828" s="1">
-        <v>39799</v>
+        <v>43223</v>
       </c>
       <c r="M828" s="2">
-        <v>9788536223131</v>
+        <v>9788536278810</v>
       </c>
       <c r="N828" t="s" s="3">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="O828" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P828" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="829">
       <c r="A829">
         <v>828</v>
       </c>
       <c r="B829">
-        <v>12715</v>
+        <v>11086</v>
       </c>
       <c r="C829" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="D829" t="s">
-        <v>2311</v>
+        <v>2313</v>
+      </c>
+      <c r="E829" t="s">
+        <v>34</v>
       </c>
       <c r="F829">
-        <v>98</v>
+        <v>266</v>
       </c>
       <c r="G829">
-        <v>152</v>
+        <v>338</v>
       </c>
       <c r="H829" t="s">
         <v>22</v>
       </c>
       <c r="I829">
         <v>150</v>
       </c>
       <c r="J829">
         <v>210</v>
       </c>
       <c r="K829">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="L829" s="1">
-        <v>37999</v>
+        <v>37078</v>
       </c>
       <c r="M829" s="2">
-        <v>9788536206103</v>
-[...2 lines deleted...]
-        <v>2312</v>
+        <v>9788573944655</v>
+      </c>
+      <c r="N829" t="s">
+        <v>2314</v>
       </c>
       <c r="O829" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P829" t="s">
-        <v>36</v>
+        <v>297</v>
       </c>
     </row>
     <row r="830">
       <c r="A830">
         <v>829</v>
       </c>
       <c r="B830">
-        <v>21912</v>
+        <v>21750</v>
       </c>
       <c r="C830" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
       <c r="D830" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="F830">
-        <v>312</v>
+        <v>278</v>
       </c>
       <c r="G830">
-        <v>575</v>
+        <v>355</v>
       </c>
       <c r="H830" t="s">
         <v>22</v>
       </c>
       <c r="I830">
         <v>150</v>
       </c>
       <c r="J830">
         <v>210</v>
       </c>
       <c r="K830">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="L830" s="1">
-        <v>40423</v>
+        <v>40303</v>
       </c>
       <c r="M830" s="2">
-        <v>9788536230955</v>
+        <v>9788536229768</v>
       </c>
       <c r="N830" t="s" s="3">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="O830" s="4">
-        <v>139.90</v>
+        <v>129.90</v>
       </c>
       <c r="P830" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="831">
       <c r="A831">
         <v>830</v>
       </c>
       <c r="B831">
-        <v>27962</v>
+        <v>12272</v>
       </c>
       <c r="C831" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="D831" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="F831">
-        <v>114</v>
+        <v>162</v>
       </c>
       <c r="G831">
-        <v>142</v>
+        <v>224</v>
       </c>
       <c r="H831" t="s">
         <v>22</v>
       </c>
       <c r="I831">
         <v>150</v>
       </c>
       <c r="J831">
         <v>210</v>
       </c>
       <c r="K831">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L831" s="1">
-        <v>43684</v>
+        <v>37242</v>
       </c>
       <c r="M831" s="2">
-        <v>9788536289502</v>
+        <v>9788573946970</v>
       </c>
       <c r="N831" t="s" s="3">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="O831" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P831" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
     </row>
     <row r="832">
       <c r="A832">
         <v>831</v>
       </c>
       <c r="B832">
-        <v>22638</v>
+        <v>21551</v>
       </c>
       <c r="C832" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="D832" t="s">
-        <v>2320</v>
+        <v>892</v>
       </c>
       <c r="F832">
-        <v>238</v>
+        <v>218</v>
       </c>
       <c r="G832">
-        <v>397</v>
+        <v>234</v>
       </c>
       <c r="H832" t="s">
         <v>22</v>
       </c>
       <c r="I832">
         <v>150</v>
       </c>
       <c r="J832">
         <v>210</v>
       </c>
       <c r="K832">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="L832" s="1">
-        <v>41059</v>
+        <v>40227</v>
       </c>
       <c r="M832" s="2">
-        <v>9788536237954</v>
+        <v>9788536228501</v>
       </c>
       <c r="N832" t="s" s="3">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="O832" s="4">
-        <v>119.90</v>
+        <v>109.90</v>
       </c>
       <c r="P832" t="s">
-        <v>36</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="833">
       <c r="A833">
         <v>832</v>
       </c>
       <c r="B833">
-        <v>31442</v>
+        <v>20965</v>
       </c>
       <c r="C833" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="D833" t="s">
-        <v>2323</v>
+        <v>316</v>
       </c>
       <c r="F833">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="G833">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H833" t="s">
         <v>22</v>
       </c>
       <c r="I833">
         <v>150</v>
       </c>
       <c r="J833">
         <v>210</v>
       </c>
       <c r="K833">
         <v>8</v>
       </c>
       <c r="L833" s="1">
-        <v>45694</v>
+        <v>39799</v>
       </c>
       <c r="M833" s="2">
-        <v>9786526311790</v>
+        <v>9788536223131</v>
       </c>
       <c r="N833" t="s" s="3">
         <v>2324</v>
       </c>
       <c r="O833" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P833" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="834">
       <c r="A834">
         <v>833</v>
       </c>
       <c r="B834">
-        <v>31553</v>
+        <v>12715</v>
       </c>
       <c r="C834" t="s">
         <v>2325</v>
       </c>
       <c r="D834" t="s">
-        <v>2323</v>
+        <v>2326</v>
       </c>
       <c r="F834">
-        <v>194</v>
+        <v>98</v>
       </c>
       <c r="G834">
-        <v>271</v>
+        <v>152</v>
       </c>
       <c r="H834" t="s">
         <v>22</v>
       </c>
       <c r="I834">
         <v>150</v>
       </c>
       <c r="J834">
         <v>210</v>
       </c>
       <c r="K834">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="L834" s="1">
-        <v>45770</v>
+        <v>37999</v>
       </c>
       <c r="M834" s="2">
-        <v>9786526314715</v>
+        <v>9788536206103</v>
       </c>
       <c r="N834" t="s" s="3">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="O834" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P834" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="835">
       <c r="A835">
         <v>834</v>
       </c>
       <c r="B835">
-        <v>31701</v>
+        <v>21912</v>
       </c>
       <c r="C835" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="D835" t="s">
-        <v>2323</v>
+        <v>2329</v>
       </c>
       <c r="F835">
-        <v>166</v>
+        <v>312</v>
       </c>
       <c r="G835">
-        <v>228</v>
+        <v>575</v>
       </c>
       <c r="H835" t="s">
         <v>22</v>
       </c>
       <c r="I835">
         <v>150</v>
       </c>
       <c r="J835">
         <v>210</v>
       </c>
       <c r="K835">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="L835" s="1">
-        <v>45868</v>
+        <v>40423</v>
       </c>
       <c r="M835" s="2">
-        <v>9786526318430</v>
+        <v>9788536230955</v>
       </c>
       <c r="N835" t="s" s="3">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="O835" s="4">
-        <v>69.90</v>
+        <v>139.90</v>
       </c>
       <c r="P835" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="836">
       <c r="A836">
         <v>835</v>
       </c>
       <c r="B836">
+        <v>27962</v>
+      </c>
+      <c r="C836" t="s">
+        <v>2331</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2332</v>
+      </c>
+      <c r="F836">
+        <v>114</v>
+      </c>
+      <c r="G836">
+        <v>142</v>
+      </c>
+      <c r="H836" t="s">
+        <v>22</v>
+      </c>
+      <c r="I836">
+        <v>150</v>
+      </c>
+      <c r="J836">
+        <v>210</v>
+      </c>
+      <c r="K836">
+        <v>7</v>
+      </c>
+      <c r="L836" s="1">
+        <v>43684</v>
+      </c>
+      <c r="M836" s="2">
+        <v>9788536289502</v>
+      </c>
+      <c r="N836" t="s" s="3">
+        <v>2333</v>
+      </c>
+      <c r="O836" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P836" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="837">
+      <c r="A837">
+        <v>836</v>
+      </c>
+      <c r="B837">
+        <v>22638</v>
+      </c>
+      <c r="C837" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2335</v>
+      </c>
+      <c r="F837">
+        <v>238</v>
+      </c>
+      <c r="G837">
+        <v>397</v>
+      </c>
+      <c r="H837" t="s">
+        <v>22</v>
+      </c>
+      <c r="I837">
+        <v>150</v>
+      </c>
+      <c r="J837">
+        <v>210</v>
+      </c>
+      <c r="K837">
+        <v>13</v>
+      </c>
+      <c r="L837" s="1">
+        <v>41059</v>
+      </c>
+      <c r="M837" s="2">
+        <v>9788536237954</v>
+      </c>
+      <c r="N837" t="s" s="3">
+        <v>2336</v>
+      </c>
+      <c r="O837" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P837" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="838">
+      <c r="A838">
+        <v>837</v>
+      </c>
+      <c r="B838">
+        <v>31442</v>
+      </c>
+      <c r="C838" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F838">
+        <v>152</v>
+      </c>
+      <c r="G838">
+        <v>189</v>
+      </c>
+      <c r="H838" t="s">
+        <v>22</v>
+      </c>
+      <c r="I838">
+        <v>150</v>
+      </c>
+      <c r="J838">
+        <v>210</v>
+      </c>
+      <c r="K838">
+        <v>8</v>
+      </c>
+      <c r="L838" s="1">
+        <v>45694</v>
+      </c>
+      <c r="M838" s="2">
+        <v>9786526311790</v>
+      </c>
+      <c r="N838" t="s" s="3">
+        <v>2339</v>
+      </c>
+      <c r="O838" s="4">
+        <v>59.90</v>
+      </c>
+      <c r="P838" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="839">
+      <c r="A839">
+        <v>838</v>
+      </c>
+      <c r="B839">
+        <v>31553</v>
+      </c>
+      <c r="C839" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D839" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F839">
+        <v>194</v>
+      </c>
+      <c r="G839">
+        <v>271</v>
+      </c>
+      <c r="H839" t="s">
+        <v>22</v>
+      </c>
+      <c r="I839">
+        <v>150</v>
+      </c>
+      <c r="J839">
+        <v>210</v>
+      </c>
+      <c r="K839">
+        <v>10</v>
+      </c>
+      <c r="L839" s="1">
+        <v>45770</v>
+      </c>
+      <c r="M839" s="2">
+        <v>9786526314715</v>
+      </c>
+      <c r="N839" t="s" s="3">
+        <v>2341</v>
+      </c>
+      <c r="O839" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P839" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="840">
+      <c r="A840">
+        <v>839</v>
+      </c>
+      <c r="B840">
+        <v>31701</v>
+      </c>
+      <c r="C840" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D840" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F840">
+        <v>166</v>
+      </c>
+      <c r="G840">
+        <v>228</v>
+      </c>
+      <c r="H840" t="s">
+        <v>22</v>
+      </c>
+      <c r="I840">
+        <v>150</v>
+      </c>
+      <c r="J840">
+        <v>210</v>
+      </c>
+      <c r="K840">
+        <v>8</v>
+      </c>
+      <c r="L840" s="1">
+        <v>45868</v>
+      </c>
+      <c r="M840" s="2">
+        <v>9786526318430</v>
+      </c>
+      <c r="N840" t="s" s="3">
+        <v>2343</v>
+      </c>
+      <c r="O840" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P840" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="841">
+      <c r="A841">
+        <v>840</v>
+      </c>
+      <c r="B841">
         <v>31450</v>
       </c>
-      <c r="C836" t="inlineStr">
+      <c r="C841" t="inlineStr">
         <is>
           <t>Três Voltas de James Cook ao Redor do Mundo, As - Tomo 4 - Relato da Primeira Viagem: Austrália, Nova Guiné, Indonésia, Cidade do Cabo e Inglaterra - Coleção Diários de Viagem</t>
         </is>
       </c>
-      <c r="D836" t="s">
-[...2 lines deleted...]
-      <c r="F836">
+      <c r="D841" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F841">
         <v>158</v>
       </c>
-      <c r="G836">
+      <c r="G841">
         <v>226</v>
       </c>
-      <c r="H836" t="s">
-[...8 lines deleted...]
-      <c r="K836">
+      <c r="H841" t="s">
+        <v>22</v>
+      </c>
+      <c r="I841">
+        <v>150</v>
+      </c>
+      <c r="J841">
+        <v>210</v>
+      </c>
+      <c r="K841">
         <v>8</v>
       </c>
-      <c r="L836" s="1">
+      <c r="L841" s="1">
         <v>45782</v>
       </c>
-      <c r="M836" s="2">
+      <c r="M841" s="2">
         <v>9786526315644</v>
       </c>
-      <c r="N836" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O836" s="4">
+      <c r="N841" t="s" s="3">
+        <v>2344</v>
+      </c>
+      <c r="O841" s="4">
         <v>59.90</v>
       </c>
-      <c r="P836" t="s">
+      <c r="P841" t="s">
         <v>329</v>
-      </c>
-[...233 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="842">
       <c r="A842">
         <v>841</v>
       </c>
       <c r="B842">
-        <v>13010</v>
+        <v>10974</v>
       </c>
       <c r="C842" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="D842" t="s">
-        <v>2341</v>
+        <v>2346</v>
       </c>
       <c r="F842">
-        <v>210</v>
+        <v>164</v>
       </c>
       <c r="G842">
-        <v>282</v>
+        <v>150</v>
       </c>
       <c r="H842" t="s">
         <v>22</v>
       </c>
       <c r="I842">
         <v>150</v>
       </c>
       <c r="J842">
         <v>210</v>
       </c>
       <c r="K842">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L842" s="1">
-        <v>38285</v>
+        <v>36913</v>
       </c>
       <c r="M842" s="2">
-        <v>9788536208299</v>
+        <v>9788573945768</v>
       </c>
       <c r="N842" t="s" s="3">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="O842" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P842" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
     </row>
     <row r="843">
       <c r="A843">
         <v>842</v>
       </c>
       <c r="B843">
-        <v>21840</v>
+        <v>20643</v>
       </c>
       <c r="C843" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="D843" t="s">
-        <v>1215</v>
+        <v>2349</v>
       </c>
       <c r="F843">
-        <v>272</v>
+        <v>176</v>
       </c>
       <c r="G843">
-        <v>302</v>
+        <v>129</v>
       </c>
       <c r="H843" t="s">
         <v>22</v>
       </c>
       <c r="I843">
         <v>150</v>
       </c>
       <c r="J843">
         <v>210</v>
       </c>
       <c r="K843">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L843" s="1">
-        <v>40366</v>
+        <v>39548</v>
       </c>
       <c r="M843" s="2">
-        <v>9788536230177</v>
+        <v>9788536219615</v>
       </c>
       <c r="N843" t="s" s="3">
-        <v>2346</v>
+        <v>2350</v>
       </c>
       <c r="O843" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P843" t="s">
-        <v>19</v>
+        <v>314</v>
       </c>
     </row>
     <row r="844">
       <c r="A844">
         <v>843</v>
       </c>
       <c r="B844">
-        <v>12691</v>
+        <v>12257</v>
       </c>
       <c r="C844" t="s">
-        <v>2347</v>
+        <v>2351</v>
       </c>
       <c r="D844" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>460</v>
       </c>
       <c r="F844">
-        <v>148</v>
+        <v>98</v>
       </c>
       <c r="G844">
-        <v>200</v>
+        <v>142</v>
       </c>
       <c r="H844" t="s">
         <v>22</v>
       </c>
       <c r="I844">
         <v>150</v>
       </c>
       <c r="J844">
         <v>210</v>
       </c>
       <c r="K844">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L844" s="1">
-        <v>37944</v>
+        <v>37218</v>
       </c>
       <c r="M844" s="2">
-        <v>9788536206066</v>
-[...2 lines deleted...]
-        <v>2348</v>
+        <v>9788573948851</v>
+      </c>
+      <c r="N844" t="s">
+        <v>2352</v>
       </c>
       <c r="O844" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P844" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="845">
       <c r="A845">
         <v>844</v>
       </c>
       <c r="B845">
-        <v>22083</v>
+        <v>13093</v>
       </c>
       <c r="C845" t="s">
-        <v>2349</v>
+        <v>2353</v>
       </c>
       <c r="D845" t="s">
-        <v>2350</v>
+        <v>2295</v>
       </c>
       <c r="F845">
-        <v>144</v>
+        <v>90</v>
       </c>
       <c r="G845">
-        <v>224</v>
+        <v>122</v>
       </c>
       <c r="H845" t="s">
         <v>22</v>
       </c>
       <c r="I845">
         <v>150</v>
       </c>
       <c r="J845">
         <v>210</v>
       </c>
       <c r="K845">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L845" s="1">
-        <v>40508</v>
+        <v>38383</v>
       </c>
       <c r="M845" s="2">
-        <v>9788536231914</v>
+        <v>9788536209005</v>
       </c>
       <c r="N845" t="s" s="3">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="O845" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P845" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="846">
       <c r="A846">
         <v>845</v>
       </c>
       <c r="B846">
-        <v>12387</v>
+        <v>13011</v>
       </c>
       <c r="C846" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
       <c r="D846" t="s">
-        <v>2103</v>
+        <v>2356</v>
       </c>
       <c r="F846">
-        <v>122</v>
+        <v>180</v>
       </c>
       <c r="G846">
-        <v>168</v>
+        <v>250</v>
       </c>
       <c r="H846" t="s">
         <v>22</v>
       </c>
       <c r="I846">
         <v>150</v>
       </c>
       <c r="J846">
         <v>210</v>
       </c>
       <c r="K846">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L846" s="1">
-        <v>37454</v>
+        <v>38285</v>
       </c>
       <c r="M846" s="2">
-        <v>9788536201696</v>
-[...2 lines deleted...]
-        <v>2353</v>
+        <v>9788536208305</v>
+      </c>
+      <c r="N846" t="s" s="3">
+        <v>2357</v>
       </c>
       <c r="O846" s="4">
-        <v>49.90</v>
+        <v>99.90</v>
       </c>
       <c r="P846" t="s">
-        <v>366</v>
+        <v>64</v>
       </c>
     </row>
     <row r="847">
       <c r="A847">
         <v>846</v>
       </c>
       <c r="B847">
-        <v>20887</v>
+        <v>13010</v>
       </c>
       <c r="C847" t="s">
-        <v>2354</v>
+        <v>2358</v>
       </c>
       <c r="D847" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="F847">
-        <v>178</v>
+        <v>210</v>
       </c>
       <c r="G847">
-        <v>304</v>
+        <v>282</v>
       </c>
       <c r="H847" t="s">
         <v>22</v>
       </c>
       <c r="I847">
         <v>150</v>
       </c>
       <c r="J847">
         <v>210</v>
       </c>
       <c r="K847">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L847" s="1">
-        <v>39741</v>
+        <v>38285</v>
       </c>
       <c r="M847" s="2">
-        <v>9788536222189</v>
+        <v>9788536208299</v>
       </c>
       <c r="N847" t="s" s="3">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="O847" s="4">
-        <v>94.70</v>
+        <v>109.90</v>
       </c>
       <c r="P847" t="s">
-        <v>2357</v>
+        <v>64</v>
       </c>
     </row>
     <row r="848">
       <c r="A848">
         <v>847</v>
       </c>
       <c r="B848">
-        <v>23505</v>
+        <v>21840</v>
       </c>
       <c r="C848" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="D848" t="s">
-        <v>2359</v>
+        <v>1224</v>
       </c>
       <c r="F848">
-        <v>492</v>
+        <v>272</v>
       </c>
       <c r="G848">
-        <v>610</v>
+        <v>302</v>
       </c>
       <c r="H848" t="s">
         <v>22</v>
       </c>
       <c r="I848">
         <v>150</v>
       </c>
       <c r="J848">
         <v>210</v>
       </c>
       <c r="K848">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="L848" s="1">
-        <v>41830</v>
+        <v>40366</v>
       </c>
       <c r="M848" s="2">
-        <v>9788536247274</v>
+        <v>9788536230177</v>
       </c>
       <c r="N848" t="s" s="3">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="O848" s="4">
-        <v>209.90</v>
+        <v>129.90</v>
       </c>
       <c r="P848" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="849">
       <c r="A849">
         <v>848</v>
       </c>
       <c r="B849">
-        <v>28356</v>
+        <v>12691</v>
       </c>
       <c r="C849" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="D849" t="s">
-        <v>2362</v>
+        <v>585</v>
+      </c>
+      <c r="E849" t="s">
+        <v>34</v>
       </c>
       <c r="F849">
-        <v>334</v>
+        <v>148</v>
       </c>
       <c r="G849">
-        <v>414</v>
+        <v>200</v>
       </c>
       <c r="H849" t="s">
         <v>22</v>
       </c>
       <c r="I849">
         <v>150</v>
       </c>
       <c r="J849">
         <v>210</v>
       </c>
       <c r="K849">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="L849" s="1">
-        <v>43874</v>
+        <v>37944</v>
       </c>
       <c r="M849" s="2">
-        <v>9788536293912</v>
+        <v>9788536206066</v>
       </c>
       <c r="N849" t="s" s="3">
         <v>2363</v>
       </c>
       <c r="O849" s="4">
-        <v>159.90</v>
+        <v>79.90</v>
       </c>
       <c r="P849" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
     </row>
     <row r="850">
       <c r="A850">
         <v>849</v>
       </c>
       <c r="B850">
-        <v>30892</v>
+        <v>22083</v>
       </c>
       <c r="C850" t="s">
         <v>2364</v>
       </c>
       <c r="D850" t="s">
         <v>2365</v>
       </c>
       <c r="F850">
-        <v>118</v>
+        <v>144</v>
       </c>
       <c r="G850">
-        <v>134</v>
+        <v>224</v>
       </c>
       <c r="H850" t="s">
         <v>22</v>
       </c>
       <c r="I850">
         <v>150</v>
       </c>
       <c r="J850">
         <v>210</v>
       </c>
       <c r="K850">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L850" s="1">
-        <v>45320</v>
+        <v>40508</v>
       </c>
       <c r="M850" s="2">
-        <v>9786526310465</v>
+        <v>9788536231914</v>
       </c>
       <c r="N850" t="s" s="3">
         <v>2366</v>
       </c>
       <c r="O850" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P850" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="851">
       <c r="A851">
         <v>850</v>
       </c>
       <c r="B851">
-        <v>29517</v>
+        <v>12387</v>
       </c>
       <c r="C851" t="s">
         <v>2367</v>
       </c>
       <c r="D851" t="s">
-        <v>1084</v>
+        <v>2118</v>
       </c>
       <c r="F851">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="G851">
-        <v>131</v>
+        <v>168</v>
       </c>
       <c r="H851" t="s">
         <v>22</v>
       </c>
       <c r="I851">
         <v>150</v>
       </c>
       <c r="J851">
         <v>210</v>
       </c>
       <c r="K851">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L851" s="1">
-        <v>44614</v>
+        <v>37454</v>
       </c>
       <c r="M851" s="2">
-        <v>9788536295220</v>
-[...1 lines deleted...]
-      <c r="N851" t="s" s="3">
+        <v>9788536201696</v>
+      </c>
+      <c r="N851" t="s">
         <v>2368</v>
       </c>
       <c r="O851" s="4">
-        <v>69.90</v>
+        <v>49.90</v>
       </c>
       <c r="P851" t="s">
-        <v>36</v>
+        <v>368</v>
       </c>
     </row>
     <row r="852">
       <c r="A852">
         <v>851</v>
       </c>
       <c r="B852">
-        <v>22938</v>
+        <v>20887</v>
       </c>
       <c r="C852" t="s">
         <v>2369</v>
       </c>
       <c r="D852" t="s">
         <v>2370</v>
       </c>
       <c r="F852">
-        <v>116</v>
+        <v>178</v>
       </c>
       <c r="G852">
-        <v>170</v>
+        <v>304</v>
       </c>
       <c r="H852" t="s">
         <v>22</v>
       </c>
       <c r="I852">
         <v>150</v>
       </c>
       <c r="J852">
         <v>210</v>
       </c>
       <c r="K852">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L852" s="1">
-        <v>41331</v>
+        <v>39741</v>
       </c>
       <c r="M852" s="2">
-        <v>9788536241111</v>
+        <v>9788536222189</v>
       </c>
       <c r="N852" t="s" s="3">
         <v>2371</v>
       </c>
       <c r="O852" s="4">
-        <v>69.90</v>
+        <v>94.70</v>
       </c>
       <c r="P852" t="s">
-        <v>36</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="853">
       <c r="A853">
         <v>852</v>
       </c>
       <c r="B853">
-        <v>30611</v>
+        <v>23505</v>
       </c>
       <c r="C853" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="D853" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="F853">
-        <v>154</v>
+        <v>492</v>
       </c>
       <c r="G853">
-        <v>181</v>
+        <v>610</v>
       </c>
       <c r="H853" t="s">
         <v>22</v>
       </c>
       <c r="I853">
         <v>150</v>
       </c>
       <c r="J853">
         <v>210</v>
       </c>
       <c r="K853">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="L853" s="1">
-        <v>45148</v>
+        <v>41830</v>
       </c>
       <c r="M853" s="2">
-        <v>9786526308578</v>
+        <v>9788536247274</v>
       </c>
       <c r="N853" t="s" s="3">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="O853" s="4">
-        <v>69.90</v>
+        <v>209.90</v>
       </c>
       <c r="P853" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="854">
       <c r="A854">
         <v>853</v>
       </c>
       <c r="B854">
-        <v>30613</v>
+        <v>28356</v>
       </c>
       <c r="C854" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="D854" t="s">
-        <v>2373</v>
+        <v>2377</v>
       </c>
       <c r="F854">
-        <v>184</v>
+        <v>334</v>
       </c>
       <c r="G854">
-        <v>228</v>
+        <v>414</v>
       </c>
       <c r="H854" t="s">
         <v>22</v>
       </c>
       <c r="I854">
         <v>150</v>
       </c>
       <c r="J854">
         <v>210</v>
       </c>
       <c r="K854">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="L854" s="1">
-        <v>45148</v>
+        <v>43874</v>
       </c>
       <c r="M854" s="2">
-        <v>9786526308592</v>
+        <v>9788536293912</v>
       </c>
       <c r="N854" t="s" s="3">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="O854" s="4">
-        <v>79.90</v>
+        <v>159.90</v>
       </c>
       <c r="P854" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="855">
       <c r="A855">
         <v>854</v>
       </c>
       <c r="B855">
-        <v>20589</v>
+        <v>30892</v>
       </c>
       <c r="C855" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="D855" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="F855">
-        <v>432</v>
+        <v>118</v>
       </c>
       <c r="G855">
-        <v>536</v>
+        <v>134</v>
       </c>
       <c r="H855" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I855">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="J855">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="K855">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="L855" s="1">
-        <v>39499</v>
+        <v>45320</v>
       </c>
       <c r="M855" s="2">
-        <v>9788536218618</v>
+        <v>9786526310465</v>
       </c>
       <c r="N855" t="s" s="3">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="O855" s="4">
-        <v>179.90</v>
+        <v>59.90</v>
       </c>
       <c r="P855" t="s">
-        <v>507</v>
+        <v>329</v>
       </c>
     </row>
     <row r="856">
       <c r="A856">
         <v>855</v>
       </c>
       <c r="B856">
-        <v>21455</v>
+        <v>29517</v>
       </c>
       <c r="C856" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="D856" t="s">
-        <v>2381</v>
+        <v>1093</v>
       </c>
       <c r="F856">
-        <v>470</v>
+        <v>106</v>
       </c>
       <c r="G856">
-        <v>504</v>
+        <v>131</v>
       </c>
       <c r="H856" t="s">
         <v>22</v>
       </c>
       <c r="I856">
         <v>150</v>
       </c>
       <c r="J856">
         <v>210</v>
       </c>
       <c r="K856">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="L856" s="1">
-        <v>40158</v>
+        <v>44614</v>
       </c>
       <c r="M856" s="2">
-        <v>9788536227498</v>
+        <v>9788536295220</v>
       </c>
       <c r="N856" t="s" s="3">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="O856" s="4">
-        <v>209.90</v>
+        <v>69.90</v>
       </c>
       <c r="P856" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="857">
       <c r="A857">
         <v>856</v>
       </c>
       <c r="B857">
-        <v>25936</v>
+        <v>22938</v>
       </c>
       <c r="C857" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="D857" t="s">
-        <v>1050</v>
+        <v>2385</v>
       </c>
       <c r="F857">
-        <v>192</v>
+        <v>116</v>
       </c>
       <c r="G857">
-        <v>238</v>
+        <v>170</v>
       </c>
       <c r="H857" t="s">
         <v>22</v>
       </c>
       <c r="I857">
         <v>150</v>
       </c>
       <c r="J857">
         <v>210</v>
       </c>
       <c r="K857">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L857" s="1">
-        <v>42929</v>
+        <v>41331</v>
       </c>
       <c r="M857" s="2">
-        <v>9788536270302</v>
+        <v>9788536241111</v>
       </c>
       <c r="N857" t="s" s="3">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="O857" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P857" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="858">
       <c r="A858">
         <v>857</v>
       </c>
       <c r="B858">
-        <v>29110</v>
+        <v>30611</v>
       </c>
       <c r="C858" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="D858" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="F858">
-        <v>26</v>
+        <v>154</v>
       </c>
       <c r="G858">
-        <v>32</v>
+        <v>181</v>
       </c>
       <c r="H858" t="s">
         <v>22</v>
       </c>
       <c r="I858">
         <v>150</v>
       </c>
       <c r="J858">
         <v>210</v>
       </c>
       <c r="K858">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="L858" s="1">
-        <v>44363</v>
+        <v>45148</v>
       </c>
       <c r="M858" s="2">
-        <v>9786556056470</v>
+        <v>9786526308578</v>
       </c>
       <c r="N858" t="s" s="3">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="O858" s="4">
-        <v>39.90</v>
+        <v>69.90</v>
       </c>
       <c r="P858" t="s">
-        <v>84</v>
+        <v>329</v>
       </c>
     </row>
     <row r="859">
       <c r="A859">
         <v>858</v>
       </c>
       <c r="B859">
-        <v>31215</v>
+        <v>30613</v>
       </c>
       <c r="C859" t="s">
+        <v>2390</v>
+      </c>
+      <c r="D859" t="s">
         <v>2388</v>
       </c>
-      <c r="D859" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F859">
-        <v>24</v>
+        <v>184</v>
       </c>
       <c r="G859">
-        <v>170</v>
+        <v>228</v>
       </c>
       <c r="H859" t="s">
         <v>22</v>
       </c>
       <c r="I859">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J859">
         <v>210</v>
       </c>
       <c r="K859">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="L859" s="1">
-        <v>45546</v>
+        <v>45148</v>
       </c>
       <c r="M859" s="2">
-        <v>9786526312667</v>
+        <v>9786526308592</v>
       </c>
       <c r="N859" t="s" s="3">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="O859" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P859" t="s">
-        <v>942</v>
+        <v>329</v>
       </c>
     </row>
     <row r="860">
       <c r="A860">
         <v>859</v>
       </c>
       <c r="B860">
-        <v>12336</v>
+        <v>20589</v>
       </c>
       <c r="C860" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="D860" t="s">
-        <v>2103</v>
+        <v>2393</v>
       </c>
       <c r="F860">
-        <v>146</v>
+        <v>432</v>
       </c>
       <c r="G860">
-        <v>200</v>
+        <v>536</v>
       </c>
       <c r="H860" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I860">
-        <v>150</v>
+        <v>165</v>
       </c>
       <c r="J860">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="K860">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="L860" s="1">
-        <v>37368</v>
+        <v>39499</v>
       </c>
       <c r="M860" s="2">
-        <v>9788573949339</v>
+        <v>9788536218618</v>
       </c>
       <c r="N860" t="s" s="3">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="O860" s="4">
-        <v>69.90</v>
+        <v>179.90</v>
       </c>
       <c r="P860" t="s">
-        <v>366</v>
+        <v>512</v>
       </c>
     </row>
     <row r="861">
       <c r="A861">
         <v>860</v>
       </c>
       <c r="B861">
-        <v>31031</v>
+        <v>21455</v>
       </c>
       <c r="C861" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="D861" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>1437</v>
+        <v>2396</v>
       </c>
       <c r="F861">
-        <v>150</v>
+        <v>470</v>
       </c>
       <c r="G861">
-        <v>186</v>
+        <v>504</v>
       </c>
       <c r="H861" t="s">
         <v>22</v>
       </c>
       <c r="I861">
         <v>150</v>
       </c>
       <c r="J861">
         <v>210</v>
       </c>
       <c r="K861">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="L861" s="1">
-        <v>45418</v>
+        <v>40158</v>
       </c>
       <c r="M861" s="2">
-        <v>9786526309841</v>
+        <v>9788536227498</v>
       </c>
       <c r="N861" t="s" s="3">
-        <v>2394</v>
+        <v>2397</v>
       </c>
       <c r="O861" s="4">
-        <v>79.90</v>
+        <v>209.90</v>
       </c>
       <c r="P861" t="s">
-        <v>2395</v>
+        <v>47</v>
       </c>
     </row>
     <row r="862">
       <c r="A862">
         <v>861</v>
       </c>
       <c r="B862">
-        <v>27927</v>
+        <v>25936</v>
       </c>
       <c r="C862" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="D862" t="s">
-        <v>2397</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1059</v>
       </c>
       <c r="F862">
-        <v>94</v>
+        <v>192</v>
       </c>
       <c r="G862">
-        <v>116</v>
+        <v>238</v>
       </c>
       <c r="H862" t="s">
         <v>22</v>
       </c>
       <c r="I862">
         <v>150</v>
       </c>
       <c r="J862">
         <v>210</v>
       </c>
       <c r="K862">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L862" s="1">
-        <v>43665</v>
+        <v>42929</v>
       </c>
       <c r="M862" s="2">
-        <v>9788536289779</v>
+        <v>9788536270302</v>
       </c>
       <c r="N862" t="s" s="3">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="O862" s="4">
-        <v>59.90</v>
+        <v>99.90</v>
       </c>
       <c r="P862" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="863">
       <c r="A863">
         <v>862</v>
       </c>
       <c r="B863">
-        <v>20398</v>
+        <v>29110</v>
       </c>
       <c r="C863" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="D863" t="s">
-        <v>1060</v>
+        <v>2401</v>
       </c>
       <c r="F863">
-        <v>160</v>
+        <v>26</v>
       </c>
       <c r="G863">
-        <v>213</v>
+        <v>32</v>
       </c>
       <c r="H863" t="s">
         <v>22</v>
       </c>
       <c r="I863">
         <v>150</v>
       </c>
       <c r="J863">
         <v>210</v>
       </c>
       <c r="K863">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="L863" s="1">
-        <v>39325</v>
+        <v>44363</v>
       </c>
       <c r="M863" s="2">
-        <v>9788536217017</v>
+        <v>9786556056470</v>
       </c>
       <c r="N863" t="s" s="3">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="O863" s="4">
-        <v>89.90</v>
+        <v>39.90</v>
       </c>
       <c r="P863" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
     </row>
     <row r="864">
       <c r="A864">
         <v>863</v>
       </c>
       <c r="B864">
-        <v>12434</v>
+        <v>31215</v>
       </c>
       <c r="C864" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="D864" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="F864">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="G864">
-        <v>242</v>
+        <v>170</v>
       </c>
       <c r="H864" t="s">
         <v>22</v>
       </c>
       <c r="I864">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="J864">
         <v>210</v>
       </c>
       <c r="K864">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="L864" s="1">
-        <v>37557</v>
+        <v>45546</v>
       </c>
       <c r="M864" s="2">
-        <v>9788536202952</v>
+        <v>9786526312667</v>
       </c>
       <c r="N864" t="s" s="3">
-        <v>2403</v>
+        <v>2405</v>
       </c>
       <c r="O864" s="4">
-        <v>94.70</v>
+        <v>69.90</v>
       </c>
       <c r="P864" t="s">
-        <v>36</v>
+        <v>951</v>
       </c>
     </row>
     <row r="865">
       <c r="A865">
         <v>864</v>
       </c>
       <c r="B865">
-        <v>22408</v>
+        <v>12336</v>
       </c>
       <c r="C865" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="D865" t="s">
-        <v>1050</v>
+        <v>2118</v>
       </c>
       <c r="F865">
-        <v>202</v>
+        <v>146</v>
       </c>
       <c r="G865">
-        <v>268</v>
+        <v>200</v>
       </c>
       <c r="H865" t="s">
         <v>22</v>
       </c>
       <c r="I865">
         <v>150</v>
       </c>
       <c r="J865">
         <v>210</v>
       </c>
       <c r="K865">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="L865" s="1">
-        <v>40847</v>
+        <v>37368</v>
       </c>
       <c r="M865" s="2">
-        <v>9788536235189</v>
+        <v>9788573949339</v>
       </c>
       <c r="N865" t="s" s="3">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="O865" s="4">
-        <v>107.70</v>
+        <v>69.90</v>
       </c>
       <c r="P865" t="s">
-        <v>1629</v>
+        <v>368</v>
       </c>
     </row>
     <row r="866">
       <c r="A866">
         <v>865</v>
       </c>
       <c r="B866">
-        <v>31638</v>
+        <v>31031</v>
       </c>
       <c r="C866" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="D866" t="s">
-        <v>2407</v>
+        <v>251</v>
+      </c>
+      <c r="E866" t="s">
+        <v>1446</v>
       </c>
       <c r="F866">
-        <v>122</v>
+        <v>150</v>
       </c>
       <c r="G866">
-        <v>156</v>
+        <v>186</v>
       </c>
       <c r="H866" t="s">
         <v>22</v>
       </c>
       <c r="I866">
         <v>150</v>
       </c>
       <c r="J866">
         <v>210</v>
       </c>
       <c r="K866">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L866" s="1">
-        <v>45826</v>
+        <v>45418</v>
       </c>
       <c r="M866" s="2">
-        <v>9786526312445</v>
+        <v>9786526309841</v>
       </c>
       <c r="N866" t="s" s="3">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="O866" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P866" t="s">
-        <v>329</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="867">
       <c r="A867">
         <v>866</v>
       </c>
       <c r="B867">
-        <v>20416</v>
+        <v>27927</v>
       </c>
       <c r="C867" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
       <c r="D867" t="s">
-        <v>2410</v>
+        <v>2412</v>
+      </c>
+      <c r="E867" t="s">
+        <v>34</v>
       </c>
       <c r="F867">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="G867">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="H867" t="s">
         <v>22</v>
       </c>
       <c r="I867">
         <v>150</v>
       </c>
       <c r="J867">
         <v>210</v>
       </c>
       <c r="K867">
         <v>6</v>
       </c>
       <c r="L867" s="1">
-        <v>39351</v>
+        <v>43665</v>
       </c>
       <c r="M867" s="2">
-        <v>9788536217185</v>
+        <v>9788536289779</v>
       </c>
       <c r="N867" t="s" s="3">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="O867" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P867" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="868">
       <c r="A868">
         <v>867</v>
       </c>
       <c r="B868">
-        <v>31907</v>
+        <v>20398</v>
       </c>
       <c r="C868" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="D868" t="s">
-        <v>2413</v>
+        <v>1069</v>
       </c>
       <c r="F868">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="G868">
-        <v>177</v>
+        <v>213</v>
       </c>
       <c r="H868" t="s">
         <v>22</v>
       </c>
       <c r="I868">
         <v>150</v>
       </c>
       <c r="J868">
         <v>210</v>
       </c>
       <c r="K868">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L868" s="1">
-        <v>45985</v>
+        <v>39325</v>
       </c>
       <c r="M868" s="2">
-        <v>9786526316467</v>
+        <v>9788536217017</v>
       </c>
       <c r="N868" t="s" s="3">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="O868" s="4">
-        <v>49.90</v>
+        <v>89.90</v>
       </c>
       <c r="P868" t="s">
-        <v>329</v>
+        <v>64</v>
       </c>
     </row>
     <row r="869">
       <c r="A869">
         <v>868</v>
       </c>
       <c r="B869">
-        <v>30430</v>
+        <v>12434</v>
       </c>
       <c r="C869" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="D869" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="F869">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="G869">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="H869" t="s">
         <v>22</v>
       </c>
       <c r="I869">
         <v>150</v>
       </c>
       <c r="J869">
         <v>210</v>
       </c>
       <c r="K869">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L869" s="1">
-        <v>45041</v>
+        <v>37557</v>
       </c>
       <c r="M869" s="2">
-        <v>9786526304617</v>
+        <v>9788536202952</v>
       </c>
       <c r="N869" t="s" s="3">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="O869" s="4">
-        <v>79.90</v>
+        <v>94.70</v>
       </c>
       <c r="P869" t="s">
-        <v>329</v>
+        <v>36</v>
       </c>
     </row>
     <row r="870">
       <c r="A870">
         <v>869</v>
       </c>
       <c r="B870">
-        <v>25944</v>
+        <v>22408</v>
       </c>
       <c r="C870" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
       <c r="D870" t="s">
-        <v>2419</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>1059</v>
       </c>
       <c r="F870">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="G870">
-        <v>246</v>
+        <v>268</v>
       </c>
       <c r="H870" t="s">
         <v>22</v>
       </c>
       <c r="I870">
         <v>150</v>
       </c>
       <c r="J870">
         <v>210</v>
       </c>
       <c r="K870">
         <v>11</v>
       </c>
       <c r="L870" s="1">
-        <v>42927</v>
+        <v>40847</v>
       </c>
       <c r="M870" s="2">
-        <v>9788536269917</v>
+        <v>9788536235189</v>
       </c>
       <c r="N870" t="s" s="3">
         <v>2420</v>
       </c>
       <c r="O870" s="4">
-        <v>89.90</v>
+        <v>107.70</v>
       </c>
       <c r="P870" t="s">
-        <v>24</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="871">
       <c r="A871">
         <v>870</v>
       </c>
       <c r="B871">
-        <v>22633</v>
+        <v>31638</v>
       </c>
       <c r="C871" t="s">
         <v>2421</v>
       </c>
       <c r="D871" t="s">
         <v>2422</v>
       </c>
-      <c r="E871" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F871">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="G871">
-        <v>140</v>
+        <v>156</v>
       </c>
       <c r="H871" t="s">
         <v>22</v>
       </c>
       <c r="I871">
         <v>150</v>
       </c>
       <c r="J871">
         <v>210</v>
       </c>
       <c r="K871">
         <v>6</v>
       </c>
       <c r="L871" s="1">
-        <v>41058</v>
+        <v>45826</v>
       </c>
       <c r="M871" s="2">
-        <v>9788536238067</v>
+        <v>9786526312445</v>
       </c>
       <c r="N871" t="s" s="3">
         <v>2423</v>
       </c>
       <c r="O871" s="4">
-        <v>69.90</v>
+        <v>59.90</v>
       </c>
       <c r="P871" t="s">
-        <v>36</v>
+        <v>329</v>
       </c>
     </row>
     <row r="872">
       <c r="A872">
         <v>871</v>
       </c>
       <c r="B872">
-        <v>25040</v>
+        <v>20416</v>
       </c>
       <c r="C872" t="s">
         <v>2424</v>
       </c>
       <c r="D872" t="s">
         <v>2425</v>
       </c>
       <c r="F872">
-        <v>200</v>
+        <v>88</v>
       </c>
       <c r="G872">
-        <v>248</v>
+        <v>106</v>
       </c>
       <c r="H872" t="s">
         <v>22</v>
       </c>
       <c r="I872">
         <v>150</v>
       </c>
       <c r="J872">
         <v>210</v>
       </c>
       <c r="K872">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L872" s="1">
-        <v>42627</v>
+        <v>39351</v>
       </c>
       <c r="M872" s="2">
-        <v>9788536261690</v>
+        <v>9788536217185</v>
       </c>
       <c r="N872" t="s" s="3">
         <v>2426</v>
       </c>
       <c r="O872" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P872" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
     </row>
     <row r="873">
       <c r="A873">
         <v>872</v>
       </c>
       <c r="B873">
-        <v>31534</v>
+        <v>30430</v>
       </c>
       <c r="C873" t="s">
         <v>2427</v>
       </c>
       <c r="D873" t="s">
         <v>2428</v>
       </c>
       <c r="F873">
-        <v>124</v>
+        <v>188</v>
       </c>
       <c r="G873">
-        <v>185</v>
+        <v>233</v>
       </c>
       <c r="H873" t="s">
         <v>22</v>
       </c>
       <c r="I873">
         <v>150</v>
       </c>
       <c r="J873">
         <v>210</v>
       </c>
       <c r="K873">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L873" s="1">
-        <v>45755</v>
+        <v>45041</v>
       </c>
       <c r="M873" s="2">
-        <v>9786526314661</v>
+        <v>9786526304617</v>
       </c>
       <c r="N873" t="s" s="3">
         <v>2429</v>
       </c>
       <c r="O873" s="4">
-        <v>59.90</v>
+        <v>79.90</v>
       </c>
       <c r="P873" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="874">
       <c r="A874">
         <v>873</v>
       </c>
       <c r="B874">
-        <v>27443</v>
+        <v>25944</v>
       </c>
       <c r="C874" t="s">
         <v>2430</v>
       </c>
       <c r="D874" t="s">
-        <v>167</v>
+        <v>2431</v>
+      </c>
+      <c r="E874" t="s">
+        <v>90</v>
       </c>
       <c r="F874">
-        <v>98</v>
+        <v>198</v>
       </c>
       <c r="G874">
-        <v>122</v>
+        <v>246</v>
       </c>
       <c r="H874" t="s">
         <v>22</v>
       </c>
       <c r="I874">
         <v>150</v>
       </c>
       <c r="J874">
         <v>210</v>
       </c>
       <c r="K874">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L874" s="1">
-        <v>43438</v>
+        <v>42927</v>
       </c>
       <c r="M874" s="2">
-        <v>9788536285061</v>
+        <v>9788536269917</v>
       </c>
       <c r="N874" t="s" s="3">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="O874" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P874" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="875">
       <c r="A875">
         <v>874</v>
       </c>
       <c r="B875">
-        <v>24321</v>
+        <v>22633</v>
       </c>
       <c r="C875" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="D875" t="s">
-        <v>2433</v>
+        <v>2434</v>
+      </c>
+      <c r="E875" t="s">
+        <v>34</v>
       </c>
       <c r="F875">
-        <v>146</v>
+        <v>89</v>
       </c>
       <c r="G875">
-        <v>181</v>
+        <v>140</v>
       </c>
       <c r="H875" t="s">
         <v>22</v>
       </c>
       <c r="I875">
         <v>150</v>
       </c>
       <c r="J875">
         <v>210</v>
       </c>
       <c r="K875">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L875" s="1">
-        <v>42331</v>
+        <v>41058</v>
       </c>
       <c r="M875" s="2">
-        <v>9788536254838</v>
+        <v>9788536238067</v>
       </c>
       <c r="N875" t="s" s="3">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="O875" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P875" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="876">
       <c r="A876">
         <v>875</v>
       </c>
       <c r="B876">
-        <v>12973</v>
+        <v>25040</v>
       </c>
       <c r="C876" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="D876" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="F876">
-        <v>144</v>
+        <v>200</v>
       </c>
       <c r="G876">
-        <v>204</v>
+        <v>248</v>
       </c>
       <c r="H876" t="s">
         <v>22</v>
       </c>
       <c r="I876">
         <v>150</v>
       </c>
       <c r="J876">
         <v>210</v>
       </c>
       <c r="K876">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L876" s="1">
-        <v>38252</v>
+        <v>42627</v>
       </c>
       <c r="M876" s="2">
-        <v>9788536208008</v>
+        <v>9788536261690</v>
       </c>
       <c r="N876" t="s" s="3">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="O876" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P876" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="877">
       <c r="A877">
         <v>876</v>
       </c>
       <c r="B877">
-        <v>23920</v>
+        <v>31534</v>
       </c>
       <c r="C877" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
       <c r="D877" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="F877">
-        <v>236</v>
+        <v>124</v>
       </c>
       <c r="G877">
-        <v>293</v>
+        <v>185</v>
       </c>
       <c r="H877" t="s">
         <v>22</v>
       </c>
       <c r="I877">
         <v>150</v>
       </c>
       <c r="J877">
         <v>210</v>
       </c>
       <c r="K877">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="L877" s="1">
-        <v>42121</v>
+        <v>45755</v>
       </c>
       <c r="M877" s="2">
-        <v>9788536251035</v>
+        <v>9786526314661</v>
       </c>
       <c r="N877" t="s" s="3">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="O877" s="4">
-        <v>99.70</v>
+        <v>59.90</v>
       </c>
       <c r="P877" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
     </row>
     <row r="878">
       <c r="A878">
         <v>877</v>
       </c>
       <c r="B878">
-        <v>23247</v>
+        <v>27443</v>
       </c>
       <c r="C878" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="D878" t="s">
-        <v>2442</v>
+        <v>167</v>
       </c>
       <c r="F878">
-        <v>236</v>
+        <v>98</v>
       </c>
       <c r="G878">
-        <v>294</v>
+        <v>122</v>
       </c>
       <c r="H878" t="s">
         <v>22</v>
       </c>
       <c r="I878">
         <v>150</v>
       </c>
       <c r="J878">
         <v>210</v>
       </c>
       <c r="K878">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="L878" s="1">
-        <v>41592</v>
+        <v>43438</v>
       </c>
       <c r="M878" s="2">
-        <v>9788536244747</v>
+        <v>9788536285061</v>
       </c>
       <c r="N878" t="s" s="3">
         <v>2443</v>
       </c>
       <c r="O878" s="4">
-        <v>99.70</v>
+        <v>69.90</v>
       </c>
       <c r="P878" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="879">
       <c r="A879">
         <v>878</v>
       </c>
       <c r="B879">
-        <v>23220</v>
+        <v>24321</v>
       </c>
       <c r="C879" t="s">
         <v>2444</v>
       </c>
       <c r="D879" t="s">
-        <v>712</v>
+        <v>2445</v>
       </c>
       <c r="F879">
-        <v>88</v>
+        <v>146</v>
       </c>
       <c r="G879">
-        <v>136</v>
+        <v>181</v>
       </c>
       <c r="H879" t="s">
         <v>22</v>
       </c>
       <c r="I879">
         <v>150</v>
       </c>
       <c r="J879">
         <v>210</v>
       </c>
       <c r="K879">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L879" s="1">
-        <v>41569</v>
+        <v>42331</v>
       </c>
       <c r="M879" s="2">
-        <v>9788536244198</v>
+        <v>9788536254838</v>
       </c>
       <c r="N879" t="s" s="3">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="O879" s="4">
-        <v>59.90</v>
+        <v>89.90</v>
       </c>
       <c r="P879" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="880">
       <c r="A880">
         <v>879</v>
       </c>
       <c r="B880">
-        <v>31380</v>
+        <v>12973</v>
       </c>
       <c r="C880" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
       <c r="D880" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="F880">
-        <v>124</v>
+        <v>144</v>
       </c>
       <c r="G880">
-        <v>154</v>
+        <v>204</v>
       </c>
       <c r="H880" t="s">
         <v>22</v>
       </c>
       <c r="I880">
         <v>150</v>
       </c>
       <c r="J880">
         <v>210</v>
       </c>
       <c r="K880">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L880" s="1">
-        <v>45643</v>
+        <v>38252</v>
       </c>
       <c r="M880" s="2">
-        <v>9786526311196</v>
+        <v>9788536208008</v>
       </c>
       <c r="N880" t="s" s="3">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="O880" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P880" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="881">
       <c r="A881">
         <v>880</v>
       </c>
       <c r="B881">
-        <v>11048</v>
+        <v>23920</v>
       </c>
       <c r="C881" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="D881" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
       <c r="F881">
-        <v>136</v>
+        <v>236</v>
       </c>
       <c r="G881">
-        <v>184</v>
+        <v>293</v>
       </c>
       <c r="H881" t="s">
         <v>22</v>
       </c>
       <c r="I881">
         <v>150</v>
       </c>
       <c r="J881">
         <v>210</v>
       </c>
       <c r="K881">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="L881" s="1">
-        <v>37025</v>
+        <v>42121</v>
       </c>
       <c r="M881" s="2">
-        <v>9788573947809</v>
+        <v>9788536251035</v>
       </c>
       <c r="N881" t="s" s="3">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="O881" s="4">
-        <v>79.90</v>
+        <v>99.70</v>
       </c>
       <c r="P881" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="882">
       <c r="A882">
         <v>881</v>
       </c>
       <c r="B882">
-        <v>10237</v>
+        <v>23247</v>
       </c>
       <c r="C882" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="D882" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="F882">
-        <v>170</v>
+        <v>236</v>
       </c>
       <c r="G882">
-        <v>236</v>
+        <v>294</v>
       </c>
       <c r="H882" t="s">
         <v>22</v>
       </c>
       <c r="I882">
         <v>150</v>
       </c>
       <c r="J882">
         <v>210</v>
       </c>
       <c r="K882">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L882" s="1">
-        <v>36360</v>
+        <v>41592</v>
       </c>
       <c r="M882" s="2">
-        <v>9788573942408</v>
+        <v>9788536244747</v>
       </c>
       <c r="N882" t="s" s="3">
-        <v>2454</v>
+        <v>2455</v>
       </c>
       <c r="O882" s="4">
-        <v>89.90</v>
+        <v>99.70</v>
       </c>
       <c r="P882" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
     </row>
     <row r="883">
       <c r="A883">
         <v>882</v>
       </c>
       <c r="B883">
-        <v>10282</v>
+        <v>23220</v>
       </c>
       <c r="C883" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="D883" t="s">
-        <v>2456</v>
+        <v>717</v>
       </c>
       <c r="F883">
-        <v>268</v>
+        <v>88</v>
       </c>
       <c r="G883">
-        <v>360</v>
+        <v>136</v>
       </c>
       <c r="H883" t="s">
         <v>22</v>
       </c>
       <c r="I883">
         <v>150</v>
       </c>
       <c r="J883">
         <v>210</v>
       </c>
       <c r="K883">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="L883" s="1">
-        <v>36495</v>
+        <v>41569</v>
       </c>
       <c r="M883" s="2">
-        <v>9788573942781</v>
+        <v>9788536244198</v>
       </c>
       <c r="N883" t="s" s="3">
         <v>2457</v>
       </c>
       <c r="O883" s="4">
-        <v>119.90</v>
+        <v>59.90</v>
       </c>
       <c r="P883" t="s">
-        <v>2458</v>
+        <v>28</v>
       </c>
     </row>
     <row r="884">
       <c r="A884">
         <v>883</v>
       </c>
       <c r="B884">
+        <v>31380</v>
+      </c>
+      <c r="C884" t="s">
+        <v>2458</v>
+      </c>
+      <c r="D884" t="s">
+        <v>2459</v>
+      </c>
+      <c r="F884">
+        <v>124</v>
+      </c>
+      <c r="G884">
+        <v>154</v>
+      </c>
+      <c r="H884" t="s">
+        <v>22</v>
+      </c>
+      <c r="I884">
+        <v>150</v>
+      </c>
+      <c r="J884">
+        <v>210</v>
+      </c>
+      <c r="K884">
+        <v>6</v>
+      </c>
+      <c r="L884" s="1">
+        <v>45643</v>
+      </c>
+      <c r="M884" s="2">
+        <v>9786526311196</v>
+      </c>
+      <c r="N884" t="s" s="3">
+        <v>2460</v>
+      </c>
+      <c r="O884" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P884" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885">
+        <v>884</v>
+      </c>
+      <c r="B885">
+        <v>11048</v>
+      </c>
+      <c r="C885" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D885" t="s">
+        <v>2462</v>
+      </c>
+      <c r="F885">
+        <v>136</v>
+      </c>
+      <c r="G885">
+        <v>184</v>
+      </c>
+      <c r="H885" t="s">
+        <v>22</v>
+      </c>
+      <c r="I885">
+        <v>150</v>
+      </c>
+      <c r="J885">
+        <v>210</v>
+      </c>
+      <c r="K885">
+        <v>8</v>
+      </c>
+      <c r="L885" s="1">
+        <v>37025</v>
+      </c>
+      <c r="M885" s="2">
+        <v>9788573947809</v>
+      </c>
+      <c r="N885" t="s" s="3">
+        <v>2463</v>
+      </c>
+      <c r="O885" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P885" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886">
+        <v>885</v>
+      </c>
+      <c r="B886">
+        <v>10237</v>
+      </c>
+      <c r="C886" t="s">
+        <v>2464</v>
+      </c>
+      <c r="D886" t="s">
+        <v>2465</v>
+      </c>
+      <c r="F886">
+        <v>170</v>
+      </c>
+      <c r="G886">
+        <v>236</v>
+      </c>
+      <c r="H886" t="s">
+        <v>22</v>
+      </c>
+      <c r="I886">
+        <v>150</v>
+      </c>
+      <c r="J886">
+        <v>210</v>
+      </c>
+      <c r="K886">
+        <v>10</v>
+      </c>
+      <c r="L886" s="1">
+        <v>36360</v>
+      </c>
+      <c r="M886" s="2">
+        <v>9788573942408</v>
+      </c>
+      <c r="N886" t="s" s="3">
+        <v>2466</v>
+      </c>
+      <c r="O886" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P886" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887">
+        <v>886</v>
+      </c>
+      <c r="B887">
+        <v>10282</v>
+      </c>
+      <c r="C887" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D887" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F887">
+        <v>268</v>
+      </c>
+      <c r="G887">
+        <v>360</v>
+      </c>
+      <c r="H887" t="s">
+        <v>22</v>
+      </c>
+      <c r="I887">
+        <v>150</v>
+      </c>
+      <c r="J887">
+        <v>210</v>
+      </c>
+      <c r="K887">
+        <v>14</v>
+      </c>
+      <c r="L887" s="1">
+        <v>36495</v>
+      </c>
+      <c r="M887" s="2">
+        <v>9788573942781</v>
+      </c>
+      <c r="N887" t="s" s="3">
+        <v>2469</v>
+      </c>
+      <c r="O887" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P887" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888">
+        <v>887</v>
+      </c>
+      <c r="B888">
         <v>26197</v>
       </c>
-      <c r="C884" t="inlineStr">
+      <c r="C888" t="inlineStr">
         <is>
           <t>Vivências Espirituais e Crises do Tipo Psicóticas - Fenomenologia, Espiritualidade e Crise Psíquica - Biblioteca Juruá de Religiosidades e Espiritualidades – Coordenador: Adriano Furtado Holanda</t>
         </is>
       </c>
-      <c r="D884" t="s">
-[...2 lines deleted...]
-      <c r="F884">
+      <c r="D888" t="s">
+        <v>2471</v>
+      </c>
+      <c r="F888">
         <v>176</v>
       </c>
-      <c r="G884">
+      <c r="G888">
         <v>218</v>
       </c>
-      <c r="H884" t="s">
-[...8 lines deleted...]
-      <c r="K884">
+      <c r="H888" t="s">
+        <v>22</v>
+      </c>
+      <c r="I888">
+        <v>150</v>
+      </c>
+      <c r="J888">
+        <v>210</v>
+      </c>
+      <c r="K888">
         <v>10</v>
       </c>
-      <c r="L884" s="1">
+      <c r="L888" s="1">
         <v>43007</v>
       </c>
-      <c r="M884" s="2">
+      <c r="M888" s="2">
         <v>9788536272948</v>
       </c>
-      <c r="N884" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O884" s="4">
+      <c r="N888" t="s" s="3">
+        <v>2472</v>
+      </c>
+      <c r="O888" s="4">
         <v>79.90</v>
       </c>
-      <c r="P884" t="s">
+      <c r="P888" t="s">
         <v>57</v>
-      </c>
-[...189 lines deleted...]
-        <v>2472</v>
       </c>
     </row>
     <row r="889">
       <c r="A889">
         <v>888</v>
       </c>
       <c r="B889">
-        <v>10324</v>
+        <v>12279</v>
       </c>
       <c r="C889" t="s">
         <v>2473</v>
       </c>
       <c r="D889" t="s">
-        <v>1066</v>
+        <v>2474</v>
       </c>
       <c r="F889">
-        <v>114</v>
+        <v>198</v>
       </c>
       <c r="G889">
-        <v>154</v>
+        <v>260</v>
       </c>
       <c r="H889" t="s">
         <v>22</v>
       </c>
       <c r="I889">
         <v>150</v>
       </c>
       <c r="J889">
         <v>210</v>
       </c>
       <c r="K889">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L889" s="1">
-        <v>36654</v>
+        <v>37264</v>
       </c>
       <c r="M889" s="2">
-        <v>9788573943450</v>
+        <v>9788573949841</v>
       </c>
       <c r="N889" t="s" s="3">
-        <v>2474</v>
+        <v>2475</v>
       </c>
       <c r="O889" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P889" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="890">
       <c r="A890">
         <v>889</v>
       </c>
       <c r="B890">
-        <v>20610</v>
+        <v>10276</v>
       </c>
       <c r="C890" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="D890" t="s">
-        <v>1408</v>
+        <v>1660</v>
+      </c>
+      <c r="E890" t="s">
+        <v>34</v>
       </c>
       <c r="F890">
-        <v>144</v>
+        <v>116</v>
       </c>
       <c r="G890">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="H890" t="s">
         <v>22</v>
       </c>
       <c r="I890">
         <v>150</v>
       </c>
       <c r="J890">
         <v>210</v>
       </c>
       <c r="K890">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L890" s="1">
-        <v>39514</v>
+        <v>36489</v>
       </c>
       <c r="M890" s="2">
-        <v>9788536219158</v>
+        <v>9788573942002</v>
       </c>
       <c r="N890" t="s" s="3">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="O890" s="4">
-        <v>79.90</v>
+        <v>69.90</v>
       </c>
       <c r="P890" t="s">
-        <v>36</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="891">
       <c r="A891">
         <v>890</v>
       </c>
       <c r="B891">
-        <v>22373</v>
+        <v>26725</v>
       </c>
       <c r="C891" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="D891" t="s">
-        <v>167</v>
+        <v>331</v>
       </c>
       <c r="F891">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="G891">
-        <v>269</v>
+        <v>223</v>
       </c>
       <c r="H891" t="s">
         <v>22</v>
       </c>
       <c r="I891">
         <v>150</v>
       </c>
       <c r="J891">
         <v>210</v>
       </c>
       <c r="K891">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L891" s="1">
-        <v>40814</v>
+        <v>43210</v>
       </c>
       <c r="M891" s="2">
-        <v>9788536235028</v>
+        <v>9788536278117</v>
       </c>
       <c r="N891" t="s" s="3">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="O891" s="4">
         <v>99.90</v>
       </c>
       <c r="P891" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="892">
       <c r="A892">
         <v>891</v>
       </c>
       <c r="B892">
+        <v>20299</v>
+      </c>
+      <c r="C892" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D892" t="s">
+        <v>2482</v>
+      </c>
+      <c r="F892">
+        <v>110</v>
+      </c>
+      <c r="G892">
+        <v>145</v>
+      </c>
+      <c r="H892" t="s">
+        <v>22</v>
+      </c>
+      <c r="I892">
+        <v>150</v>
+      </c>
+      <c r="J892">
+        <v>210</v>
+      </c>
+      <c r="K892">
+        <v>7</v>
+      </c>
+      <c r="L892" s="1">
+        <v>39258</v>
+      </c>
+      <c r="M892" s="2">
+        <v>9788536216089</v>
+      </c>
+      <c r="N892" t="s" s="3">
+        <v>2483</v>
+      </c>
+      <c r="O892" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P892" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893">
+        <v>892</v>
+      </c>
+      <c r="B893">
+        <v>10324</v>
+      </c>
+      <c r="C893" t="s">
+        <v>2485</v>
+      </c>
+      <c r="D893" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F893">
+        <v>114</v>
+      </c>
+      <c r="G893">
+        <v>154</v>
+      </c>
+      <c r="H893" t="s">
+        <v>22</v>
+      </c>
+      <c r="I893">
+        <v>150</v>
+      </c>
+      <c r="J893">
+        <v>210</v>
+      </c>
+      <c r="K893">
+        <v>7</v>
+      </c>
+      <c r="L893" s="1">
+        <v>36654</v>
+      </c>
+      <c r="M893" s="2">
+        <v>9788573943450</v>
+      </c>
+      <c r="N893" t="s" s="3">
+        <v>2486</v>
+      </c>
+      <c r="O893" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P893" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894">
+        <v>893</v>
+      </c>
+      <c r="B894">
+        <v>20610</v>
+      </c>
+      <c r="C894" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D894" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F894">
+        <v>144</v>
+      </c>
+      <c r="G894">
+        <v>97</v>
+      </c>
+      <c r="H894" t="s">
+        <v>22</v>
+      </c>
+      <c r="I894">
+        <v>150</v>
+      </c>
+      <c r="J894">
+        <v>210</v>
+      </c>
+      <c r="K894">
+        <v>8</v>
+      </c>
+      <c r="L894" s="1">
+        <v>39514</v>
+      </c>
+      <c r="M894" s="2">
+        <v>9788536219158</v>
+      </c>
+      <c r="N894" t="s" s="3">
+        <v>2488</v>
+      </c>
+      <c r="O894" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P894" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895">
+        <v>894</v>
+      </c>
+      <c r="B895">
+        <v>22373</v>
+      </c>
+      <c r="C895" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D895" t="s">
+        <v>167</v>
+      </c>
+      <c r="F895">
+        <v>202</v>
+      </c>
+      <c r="G895">
+        <v>269</v>
+      </c>
+      <c r="H895" t="s">
+        <v>22</v>
+      </c>
+      <c r="I895">
+        <v>150</v>
+      </c>
+      <c r="J895">
+        <v>210</v>
+      </c>
+      <c r="K895">
+        <v>11</v>
+      </c>
+      <c r="L895" s="1">
+        <v>40814</v>
+      </c>
+      <c r="M895" s="2">
+        <v>9788536235028</v>
+      </c>
+      <c r="N895" t="s" s="3">
+        <v>2490</v>
+      </c>
+      <c r="O895" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P895" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896">
+        <v>895</v>
+      </c>
+      <c r="B896">
         <v>24459</v>
       </c>
-      <c r="C892" t="s">
-[...2 lines deleted...]
-      <c r="D892" t="s">
+      <c r="C896" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D896" t="s">
         <v>331</v>
       </c>
-      <c r="F892">
+      <c r="F896">
         <v>158</v>
       </c>
-      <c r="G892">
+      <c r="G896">
         <v>196</v>
       </c>
-      <c r="H892" t="s">
-[...8 lines deleted...]
-      <c r="K892">
+      <c r="H896" t="s">
+        <v>22</v>
+      </c>
+      <c r="I896">
+        <v>150</v>
+      </c>
+      <c r="J896">
+        <v>210</v>
+      </c>
+      <c r="K896">
         <v>9</v>
       </c>
-      <c r="L892" s="1">
+      <c r="L896" s="1">
         <v>42436</v>
       </c>
-      <c r="M892" s="2">
+      <c r="M896" s="2">
         <v>9788536255811</v>
       </c>
-      <c r="N892" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O892" s="4">
+      <c r="N896" t="s" s="3">
+        <v>2492</v>
+      </c>
+      <c r="O896" s="4">
         <v>89.90</v>
       </c>
-      <c r="P892" t="s">
+      <c r="P896" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>