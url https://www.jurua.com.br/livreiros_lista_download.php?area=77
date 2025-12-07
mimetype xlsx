--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -185,86 +185,101 @@
   <si>
     <t>Marcelo Pereira de Mello</t>
   </si>
   <si>
     <t>978853626551-3</t>
   </si>
   <si>
     <t>Cultura e Identidade em Tempo de Transformação - Reflexões a Partir da Teoria do Direito e da Sociologia</t>
   </si>
   <si>
     <t>Organizadores: Albert Noguera Fernández e Germano Schwartz</t>
   </si>
   <si>
     <t>978853623480-9</t>
   </si>
   <si>
     <t>Direito à Alimentação e o Descarte e Desperdício de Alimentos - A Sustentabilidade sob o Prisma Jurídico-Social à Luz da Ecosofia de Michel Maffesoli</t>
   </si>
   <si>
     <t>Débora Bós e Silva</t>
   </si>
   <si>
     <t>978652631414-2</t>
   </si>
   <si>
+    <t>Direito de Maracangalha - Bem Viver na Experiência Sociojurídica do Quilombo</t>
+  </si>
+  <si>
+    <t>Gilmar Bittencourt Santos Silva</t>
+  </si>
+  <si>
+    <t>978652632086-0</t>
+  </si>
+  <si>
     <t>Edição Genética Humana, Bioética e Direito Ambiental</t>
   </si>
   <si>
     <t>Maximiliano Evaristo de Castro Lucchesi</t>
   </si>
   <si>
     <t>978652631409-8</t>
   </si>
   <si>
     <t>Estupro - Uma Interpretação Sociológica da Violência no Cárcere</t>
   </si>
   <si>
     <t>Gessé Marques Junior</t>
   </si>
   <si>
     <t>978853622580-7</t>
   </si>
   <si>
     <t>Ética, Direito e Cidadania - Brasil Sociopolítico e Jurídico Atual</t>
   </si>
   <si>
     <t>Ruben de Azevedo Quaresma</t>
   </si>
   <si>
     <t>Capa Dura + Sobrecapa</t>
   </si>
   <si>
     <t>978853622003-1</t>
   </si>
   <si>
     <t>Homero de Giorge Cerqueira</t>
   </si>
   <si>
     <t>978655605528-2</t>
   </si>
   <si>
+    <t>Evander Ruthieri da Silva</t>
+  </si>
+  <si>
+    <t>978652632090-7</t>
+  </si>
+  <si>
     <t>Inteligência Artificial - A Transparência como Pressuposto da Concretização dos Direitos Humanos na Era da Informação</t>
   </si>
   <si>
     <t>Rosmar Rissi</t>
   </si>
   <si>
     <t>978652631477-7</t>
   </si>
   <si>
     <t>Introdução à Sociologia do Direito de Eugen Ehrlich - Aportes para uma Reflexão Atual sobre Pluralismo e Constituição</t>
   </si>
   <si>
     <t>Marcos Augusto Maliska</t>
   </si>
   <si>
     <t>2ª Edição - Revista e Atualizada</t>
   </si>
   <si>
     <t>978853625212-4</t>
   </si>
   <si>
     <t>Juventudes, (In)Segurança e Políticas Públicas - A Proteção Social no Brasil</t>
   </si>
   <si>
     <t>Giovane Antonio Scherer</t>
@@ -435,50 +450,59 @@
     <t>978853627279-5</t>
   </si>
   <si>
     <t>Alberto Febbrajo – Tradução: Sandra Regina Martini</t>
   </si>
   <si>
     <t>978853626400-4</t>
   </si>
   <si>
     <t>Sociologia Empírica do Direito - Coleção FGV Direito Rio</t>
   </si>
   <si>
     <t>Organizadores: Fernando de Castro Fontainha e Pedro Heitor Barros Geraldo</t>
   </si>
   <si>
     <t>978853625493-7</t>
   </si>
   <si>
     <t>Sociologia Jurídica - Novas Observações Sobre Problemas Fundamentais</t>
   </si>
   <si>
     <t>Coordenadores: Alberto Febbrajo, Fernando Rister de Sousa Lima, Orlando Villas Bôas Filho e Marco Antonio Loschiavo Leme de Barros</t>
   </si>
   <si>
     <t>978655605834-4</t>
+  </si>
+  <si>
+    <t>STF Frente à Desigualdade Social, O - Análise das Decisões Associadas ao Objetivo Sustentável de Redução das Desigualdades da ONU - Biblioteca IDP - Juruá</t>
+  </si>
+  <si>
+    <t>Damásio Alves Linhares Neto</t>
+  </si>
+  <si>
+    <t>978652632073-0</t>
   </si>
   <si>
     <t>Tecnologia e Dignidade Humana - Mecanismos de Proteção das Crianças e Adolescentes na Era Digital</t>
   </si>
   <si>
     <t>Cineiva Campoli Paulino Tono</t>
   </si>
   <si>
     <t>978853626432-5</t>
   </si>
   <si>
     <t>Universidade e Desenvolvimento Regional - O Apoio das Instituições de Ensino Superior ao Desenvolvimento Regional</t>
   </si>
   <si>
     <t>Organizadores: Cássio Frederico Camargo Rolim e Maurício Aguiar Serra</t>
   </si>
   <si>
     <t>978853622749-8</t>
   </si>
   <si>
     <t>Vida e Obra de Norbert Elias nos Planos Filosófico e Humanístico - Automodelagem, Nacionalidade e Formação Intelectual</t>
   </si>
   <si>
     <t>Charlles da Fonseca Lucas</t>
   </si>
@@ -524,51 +548,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R48"/>
+  <dimension ref="A1:R51"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="33"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="16"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -1261,1606 +1285,1749 @@
       </c>
       <c r="K15">
         <v>14</v>
       </c>
       <c r="L15" s="1">
         <v>45845</v>
       </c>
       <c r="M15" s="2">
         <v>9786526314142</v>
       </c>
       <c r="N15" t="s" s="3">
         <v>57</v>
       </c>
       <c r="O15" s="4">
         <v>139.90</v>
       </c>
       <c r="P15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>31671</v>
+        <v>31920</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="D16" t="s">
         <v>59</v>
       </c>
       <c r="F16">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="G16">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="H16" t="s">
         <v>17</v>
       </c>
       <c r="I16">
         <v>150</v>
       </c>
       <c r="J16">
         <v>210</v>
       </c>
       <c r="K16">
         <v>7</v>
       </c>
       <c r="L16" s="1">
-        <v>45847</v>
+        <v>45989</v>
       </c>
       <c r="M16" s="2">
-        <v>9786526314098</v>
+        <v>9786526320860</v>
       </c>
       <c r="N16" t="s" s="3">
         <v>60</v>
       </c>
       <c r="O16" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
-        <v>21264</v>
+        <v>31671</v>
       </c>
       <c r="C17" t="s">
         <v>61</v>
       </c>
       <c r="D17" t="s">
         <v>62</v>
       </c>
       <c r="F17">
-        <v>168</v>
+        <v>136</v>
       </c>
       <c r="G17">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="H17" t="s">
         <v>17</v>
       </c>
       <c r="I17">
         <v>150</v>
       </c>
       <c r="J17">
         <v>210</v>
       </c>
       <c r="K17">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="L17" s="1">
-        <v>40046</v>
+        <v>45847</v>
       </c>
       <c r="M17" s="2">
-        <v>9788536225807</v>
+        <v>9786526314098</v>
       </c>
       <c r="N17" t="s" s="3">
         <v>63</v>
       </c>
       <c r="O17" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>20690</v>
+        <v>21264</v>
       </c>
       <c r="C18" t="s">
         <v>64</v>
       </c>
       <c r="D18" t="s">
         <v>65</v>
       </c>
       <c r="F18">
-        <v>496</v>
+        <v>168</v>
       </c>
       <c r="G18">
-        <v>640</v>
+        <v>180</v>
       </c>
       <c r="H18" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18">
+        <v>150</v>
+      </c>
+      <c r="J18">
+        <v>210</v>
+      </c>
+      <c r="K18">
+        <v>9</v>
+      </c>
+      <c r="L18" s="1">
+        <v>40046</v>
+      </c>
+      <c r="M18" s="2">
+        <v>9788536225807</v>
+      </c>
+      <c r="N18" t="s" s="3">
         <v>66</v>
       </c>
-      <c r="I18">
-[...16 lines deleted...]
-      </c>
       <c r="O18" s="4">
-        <v>209.90</v>
+        <v>99.90</v>
       </c>
       <c r="P18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
+        <v>20690</v>
+      </c>
+      <c r="C19" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19">
+        <v>496</v>
+      </c>
+      <c r="G19">
+        <v>640</v>
+      </c>
+      <c r="H19" t="s">
+        <v>69</v>
+      </c>
+      <c r="I19">
+        <v>165</v>
+      </c>
+      <c r="J19">
+        <v>215</v>
+      </c>
+      <c r="K19">
+        <v>37</v>
+      </c>
+      <c r="L19" s="1">
+        <v>39584</v>
+      </c>
+      <c r="M19" s="2">
+        <v>9788536220031</v>
+      </c>
+      <c r="N19" t="s" s="3">
+        <v>70</v>
+      </c>
+      <c r="O19" s="4">
+        <v>209.90</v>
+      </c>
+      <c r="P19" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20">
         <v>29061</v>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Força Pública, Prevenção e Poder de Polícia - Como são Formados e a Construção da Autoridade dos Oficiais da Polícia Militar - Prefácio do Prof. Mario Sergio Cortella</t>
         </is>
       </c>
-      <c r="D19" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D20" t="s">
         <v>71</v>
       </c>
       <c r="F20">
-        <v>242</v>
+        <v>116</v>
       </c>
       <c r="G20">
-        <v>301</v>
+        <v>144</v>
       </c>
       <c r="H20" t="s">
         <v>17</v>
       </c>
       <c r="I20">
         <v>150</v>
       </c>
       <c r="J20">
         <v>210</v>
       </c>
       <c r="K20">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="L20" s="1">
-        <v>45715</v>
+        <v>44323</v>
       </c>
       <c r="M20" s="2">
-        <v>9786526314777</v>
+        <v>9786556055282</v>
       </c>
       <c r="N20" t="s" s="3">
         <v>72</v>
       </c>
       <c r="O20" s="4">
-        <v>139.90</v>
+        <v>79.90</v>
       </c>
       <c r="P20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
-        <v>24027</v>
-[...1 lines deleted...]
-      <c r="C21" t="s">
+        <v>31844</v>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Guerra Anglo-Zulu - Colonialismo, Poder e Resistências no Sul da África - Prefácio de Icles Rodrigues - Coleção História FM - Organizador da Coleção: Icles Rodrigues</t>
+        </is>
+      </c>
+      <c r="D21" t="s">
         <v>73</v>
       </c>
-      <c r="D21" t="s">
+      <c r="F21">
+        <v>148</v>
+      </c>
+      <c r="G21">
+        <v>190</v>
+      </c>
+      <c r="H21" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21">
+        <v>150</v>
+      </c>
+      <c r="J21">
+        <v>210</v>
+      </c>
+      <c r="K21">
+        <v>7</v>
+      </c>
+      <c r="L21" s="1">
+        <v>45950</v>
+      </c>
+      <c r="M21" s="2">
+        <v>9786526320907</v>
+      </c>
+      <c r="N21" t="s" s="3">
         <v>74</v>
       </c>
-      <c r="E21" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O21" s="4">
-        <v>99.90</v>
+        <v>87.90</v>
       </c>
       <c r="P21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22">
-        <v>25640</v>
+        <v>31477</v>
       </c>
       <c r="C22" t="s">
+        <v>75</v>
+      </c>
+      <c r="D22" t="s">
+        <v>76</v>
+      </c>
+      <c r="F22">
+        <v>242</v>
+      </c>
+      <c r="G22">
+        <v>301</v>
+      </c>
+      <c r="H22" t="s">
+        <v>17</v>
+      </c>
+      <c r="I22">
+        <v>150</v>
+      </c>
+      <c r="J22">
+        <v>210</v>
+      </c>
+      <c r="K22">
+        <v>12</v>
+      </c>
+      <c r="L22" s="1">
+        <v>45715</v>
+      </c>
+      <c r="M22" s="2">
+        <v>9786526314777</v>
+      </c>
+      <c r="N22" t="s" s="3">
         <v>77</v>
       </c>
-      <c r="D22" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O22" s="4">
-        <v>119.90</v>
+        <v>139.90</v>
       </c>
       <c r="P22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23">
-        <v>24959</v>
+        <v>24027</v>
       </c>
       <c r="C23" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" t="s">
+        <v>79</v>
+      </c>
+      <c r="E23" t="s">
         <v>80</v>
       </c>
-      <c r="D23" t="s">
+      <c r="F23">
+        <v>172</v>
+      </c>
+      <c r="G23">
+        <v>213</v>
+      </c>
+      <c r="H23" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23">
+        <v>150</v>
+      </c>
+      <c r="J23">
+        <v>210</v>
+      </c>
+      <c r="K23">
+        <v>10</v>
+      </c>
+      <c r="L23" s="1">
+        <v>42180</v>
+      </c>
+      <c r="M23" s="2">
+        <v>9788536252124</v>
+      </c>
+      <c r="N23" t="s" s="3">
         <v>81</v>
       </c>
-      <c r="F23">
-[...25 lines deleted...]
-      </c>
       <c r="O23" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>23810</v>
+        <v>25640</v>
       </c>
       <c r="C24" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" t="s">
         <v>83</v>
       </c>
-      <c r="D24" t="s">
+      <c r="F24">
+        <v>254</v>
+      </c>
+      <c r="G24">
+        <v>315</v>
+      </c>
+      <c r="H24" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24">
+        <v>150</v>
+      </c>
+      <c r="J24">
+        <v>210</v>
+      </c>
+      <c r="K24">
+        <v>14</v>
+      </c>
+      <c r="L24" s="1">
+        <v>42837</v>
+      </c>
+      <c r="M24" s="2">
+        <v>9788536267579</v>
+      </c>
+      <c r="N24" t="s" s="3">
         <v>84</v>
-      </c>
-[...25 lines deleted...]
-        <v>85</v>
       </c>
       <c r="O24" s="4">
         <v>119.90</v>
       </c>
       <c r="P24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
+        <v>24959</v>
+      </c>
+      <c r="C25" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" t="s">
+        <v>86</v>
+      </c>
+      <c r="F25">
+        <v>264</v>
+      </c>
+      <c r="G25">
+        <v>327</v>
+      </c>
+      <c r="H25" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25">
+        <v>150</v>
+      </c>
+      <c r="J25">
+        <v>210</v>
+      </c>
+      <c r="K25">
+        <v>14</v>
+      </c>
+      <c r="L25" s="1">
+        <v>42600</v>
+      </c>
+      <c r="M25" s="2">
+        <v>9788536261010</v>
+      </c>
+      <c r="N25" t="s" s="3">
+        <v>87</v>
+      </c>
+      <c r="O25" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P25" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26">
+        <v>23810</v>
+      </c>
+      <c r="C26" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26" t="s">
+        <v>89</v>
+      </c>
+      <c r="F26">
+        <v>252</v>
+      </c>
+      <c r="G26">
+        <v>313</v>
+      </c>
+      <c r="H26" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26">
+        <v>150</v>
+      </c>
+      <c r="J26">
+        <v>210</v>
+      </c>
+      <c r="K26">
+        <v>13</v>
+      </c>
+      <c r="L26" s="1">
+        <v>42055</v>
+      </c>
+      <c r="M26" s="2">
+        <v>9788536250229</v>
+      </c>
+      <c r="N26" t="s" s="3">
+        <v>90</v>
+      </c>
+      <c r="O26" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27">
         <v>23522</v>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t>Ouvidoria de Justiça - Cidadania Participativa no Sistema Judiciário - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="F25">
+      <c r="D27" t="s">
+        <v>91</v>
+      </c>
+      <c r="F27">
         <v>194</v>
       </c>
-      <c r="G25">
+      <c r="G27">
         <v>241</v>
       </c>
-      <c r="H25" t="s">
-[...8 lines deleted...]
-      <c r="K25">
+      <c r="H27" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27">
+        <v>150</v>
+      </c>
+      <c r="J27">
+        <v>210</v>
+      </c>
+      <c r="K27">
         <v>11</v>
       </c>
-      <c r="L25" s="1">
+      <c r="L27" s="1">
         <v>41844</v>
       </c>
-      <c r="M25" s="2">
+      <c r="M27" s="2">
         <v>9788536246994</v>
       </c>
-      <c r="N25" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O25" s="4">
+      <c r="N27" t="s" s="3">
+        <v>92</v>
+      </c>
+      <c r="O27" s="4">
         <v>109.90</v>
-      </c>
-[...92 lines deleted...]
-        <v>79.90</v>
       </c>
       <c r="P27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28">
-        <v>31616</v>
+        <v>31771</v>
       </c>
       <c r="C28" t="s">
+        <v>93</v>
+      </c>
+      <c r="D28" t="s">
         <v>94</v>
       </c>
-      <c r="D28" t="s">
+      <c r="F28">
+        <v>302</v>
+      </c>
+      <c r="G28">
+        <v>385</v>
+      </c>
+      <c r="H28" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28">
+        <v>150</v>
+      </c>
+      <c r="J28">
+        <v>210</v>
+      </c>
+      <c r="K28">
+        <v>15</v>
+      </c>
+      <c r="L28" s="1">
+        <v>45904</v>
+      </c>
+      <c r="M28" s="2">
+        <v>9786526316870</v>
+      </c>
+      <c r="N28" t="s" s="3">
         <v>95</v>
       </c>
-      <c r="F28">
-[...25 lines deleted...]
-      </c>
       <c r="O28" s="4">
-        <v>99.90</v>
+        <v>149.90</v>
       </c>
       <c r="P28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29">
+        <v>28341</v>
+      </c>
+      <c r="C29" t="s">
+        <v>96</v>
+      </c>
+      <c r="D29" t="s">
+        <v>97</v>
+      </c>
+      <c r="F29">
+        <v>122</v>
+      </c>
+      <c r="G29">
+        <v>151</v>
+      </c>
+      <c r="H29" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29">
+        <v>150</v>
+      </c>
+      <c r="J29">
+        <v>210</v>
+      </c>
+      <c r="K29">
+        <v>7</v>
+      </c>
+      <c r="L29" s="1">
+        <v>43873</v>
+      </c>
+      <c r="M29" s="2">
+        <v>9788536293202</v>
+      </c>
+      <c r="N29" t="s" s="3">
+        <v>98</v>
+      </c>
+      <c r="O29" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P29" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30">
+        <v>31616</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
+        <v>100</v>
+      </c>
+      <c r="F30">
+        <v>210</v>
+      </c>
+      <c r="G30">
+        <v>290</v>
+      </c>
+      <c r="H30" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30">
+        <v>150</v>
+      </c>
+      <c r="J30">
+        <v>210</v>
+      </c>
+      <c r="K30">
+        <v>10</v>
+      </c>
+      <c r="L30" s="1">
+        <v>45814</v>
+      </c>
+      <c r="M30" s="2">
+        <v>9786526314067</v>
+      </c>
+      <c r="N30" t="s" s="3">
+        <v>101</v>
+      </c>
+      <c r="O30" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31">
         <v>25335</v>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t>Por Trás dos Casos Difíceis - Dogmática Jurídica e a Proibição da Denegação de Justiça - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação: Fernando Rister de Sousa Lima</t>
         </is>
       </c>
-      <c r="D29" t="s">
-[...2 lines deleted...]
-      <c r="F29">
+      <c r="D31" t="s">
+        <v>102</v>
+      </c>
+      <c r="F31">
         <v>204</v>
       </c>
-      <c r="G29">
+      <c r="G31">
         <v>253</v>
       </c>
-      <c r="H29" t="s">
-[...8 lines deleted...]
-      <c r="K29">
+      <c r="H31" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31">
+        <v>150</v>
+      </c>
+      <c r="J31">
+        <v>210</v>
+      </c>
+      <c r="K31">
         <v>11</v>
       </c>
-      <c r="L29" s="1">
+      <c r="L31" s="1">
         <v>42723</v>
       </c>
-      <c r="M29" s="2">
+      <c r="M31" s="2">
         <v>9788536264660</v>
       </c>
-      <c r="N29" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O29" s="4">
+      <c r="N31" t="s" s="3">
+        <v>103</v>
+      </c>
+      <c r="O31" s="4">
         <v>109.90</v>
-      </c>
-[...92 lines deleted...]
-        <v>119.90</v>
       </c>
       <c r="P31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32">
-        <v>27877</v>
+        <v>23763</v>
       </c>
       <c r="C32" t="s">
+        <v>104</v>
+      </c>
+      <c r="D32" t="s">
         <v>105</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="G32">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="H32" t="s">
         <v>17</v>
       </c>
       <c r="I32">
         <v>150</v>
       </c>
       <c r="J32">
         <v>210</v>
       </c>
       <c r="K32">
         <v>11</v>
       </c>
       <c r="L32" s="1">
-        <v>43635</v>
+        <v>42026</v>
       </c>
       <c r="M32" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>9788536249926</v>
+      </c>
+      <c r="N32" t="s" s="3">
+        <v>106</v>
       </c>
       <c r="O32" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33">
-        <v>28578</v>
+        <v>30368</v>
       </c>
       <c r="C33" t="s">
+        <v>107</v>
+      </c>
+      <c r="D33" t="s">
         <v>108</v>
       </c>
-      <c r="D33" t="s">
+      <c r="F33">
+        <v>256</v>
+      </c>
+      <c r="G33">
+        <v>317</v>
+      </c>
+      <c r="H33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33">
+        <v>150</v>
+      </c>
+      <c r="J33">
+        <v>210</v>
+      </c>
+      <c r="K33">
+        <v>13</v>
+      </c>
+      <c r="L33" s="1">
+        <v>45006</v>
+      </c>
+      <c r="M33" s="2">
+        <v>9786526303382</v>
+      </c>
+      <c r="N33" t="s" s="3">
         <v>109</v>
       </c>
-      <c r="F33">
-[...25 lines deleted...]
-      </c>
       <c r="O33" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>29022</v>
+        <v>27877</v>
       </c>
       <c r="C34" t="s">
+        <v>110</v>
+      </c>
+      <c r="D34" t="s">
         <v>111</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="G34">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H34" t="s">
         <v>17</v>
       </c>
       <c r="I34">
         <v>150</v>
       </c>
       <c r="J34">
         <v>210</v>
       </c>
       <c r="K34">
         <v>11</v>
       </c>
       <c r="L34" s="1">
-        <v>44294</v>
+        <v>43635</v>
       </c>
       <c r="M34" s="2">
         <v>9772226745607</v>
       </c>
       <c r="N34" t="s">
         <v>112</v>
       </c>
       <c r="O34" s="4">
         <v>89.90</v>
       </c>
       <c r="P34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>30073</v>
+        <v>28578</v>
       </c>
       <c r="C35" t="s">
         <v>113</v>
       </c>
       <c r="D35" t="s">
         <v>114</v>
       </c>
       <c r="F35">
-        <v>142</v>
+        <v>188</v>
       </c>
       <c r="G35">
-        <v>176</v>
+        <v>233</v>
       </c>
       <c r="H35" t="s">
         <v>17</v>
       </c>
       <c r="I35">
         <v>150</v>
       </c>
       <c r="J35">
         <v>210</v>
       </c>
       <c r="K35">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L35" s="1">
-        <v>44831</v>
+        <v>44018</v>
       </c>
       <c r="M35" s="2">
         <v>9772226745607</v>
       </c>
       <c r="N35" t="s">
         <v>115</v>
       </c>
       <c r="O35" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>30355</v>
+        <v>29022</v>
       </c>
       <c r="C36" t="s">
         <v>116</v>
       </c>
       <c r="D36" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="F36">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="G36">
-        <v>186</v>
+        <v>248</v>
       </c>
       <c r="H36" t="s">
         <v>17</v>
       </c>
       <c r="I36">
         <v>150</v>
       </c>
       <c r="J36">
         <v>210</v>
       </c>
       <c r="K36">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L36" s="1">
-        <v>44999</v>
+        <v>44294</v>
       </c>
       <c r="M36" s="2">
         <v>9772226745607</v>
       </c>
       <c r="N36" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="O36" s="4">
         <v>89.90</v>
       </c>
       <c r="P36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>28172</v>
+        <v>30073</v>
       </c>
       <c r="C37" t="s">
+        <v>118</v>
+      </c>
+      <c r="D37" t="s">
         <v>119</v>
       </c>
-      <c r="D37" t="s">
+      <c r="F37">
+        <v>142</v>
+      </c>
+      <c r="G37">
+        <v>176</v>
+      </c>
+      <c r="H37" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37">
+        <v>150</v>
+      </c>
+      <c r="J37">
+        <v>210</v>
+      </c>
+      <c r="K37">
+        <v>8</v>
+      </c>
+      <c r="L37" s="1">
+        <v>44831</v>
+      </c>
+      <c r="M37" s="2">
+        <v>9772226745607</v>
+      </c>
+      <c r="N37" t="s">
         <v>120</v>
       </c>
-      <c r="F37">
-[...25 lines deleted...]
-      </c>
       <c r="O37" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P37" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
+        <v>30355</v>
+      </c>
+      <c r="C38" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38" t="s">
+        <v>122</v>
+      </c>
+      <c r="F38">
+        <v>150</v>
+      </c>
+      <c r="G38">
+        <v>186</v>
+      </c>
+      <c r="H38" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38">
+        <v>150</v>
+      </c>
+      <c r="J38">
+        <v>210</v>
+      </c>
+      <c r="K38">
+        <v>8</v>
+      </c>
+      <c r="L38" s="1">
+        <v>44999</v>
+      </c>
+      <c r="M38" s="2">
+        <v>9772226745607</v>
+      </c>
+      <c r="N38" t="s">
+        <v>123</v>
+      </c>
+      <c r="O38" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P38" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39">
+        <v>28172</v>
+      </c>
+      <c r="C39" t="s">
+        <v>124</v>
+      </c>
+      <c r="D39" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39">
+        <v>172</v>
+      </c>
+      <c r="G39">
+        <v>213</v>
+      </c>
+      <c r="H39" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39">
+        <v>150</v>
+      </c>
+      <c r="J39">
+        <v>210</v>
+      </c>
+      <c r="K39">
+        <v>10</v>
+      </c>
+      <c r="L39" s="1">
+        <v>43781</v>
+      </c>
+      <c r="M39" s="2">
+        <v>9788536291970</v>
+      </c>
+      <c r="N39" t="s" s="3">
+        <v>126</v>
+      </c>
+      <c r="O39" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P39" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40">
         <v>24485</v>
       </c>
-      <c r="C38" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>Saúde &amp; Judiciário - A Atuação Judicial - Limites, Excessos e Remédios - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação: Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D38" t="s">
-[...2 lines deleted...]
-      <c r="F38">
+      <c r="D40" t="s">
+        <v>127</v>
+      </c>
+      <c r="F40">
         <v>466</v>
       </c>
-      <c r="G38">
+      <c r="G40">
         <v>578</v>
       </c>
-      <c r="H38" t="s">
-[...8 lines deleted...]
-      <c r="K38">
+      <c r="H40" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40">
+        <v>150</v>
+      </c>
+      <c r="J40">
+        <v>210</v>
+      </c>
+      <c r="K40">
         <v>24</v>
       </c>
-      <c r="L38" s="1">
+      <c r="L40" s="1">
         <v>42451</v>
       </c>
-      <c r="M38" s="2">
+      <c r="M40" s="2">
         <v>9788536256375</v>
       </c>
-      <c r="N38" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O38" s="4">
+      <c r="N40" t="s" s="3">
+        <v>128</v>
+      </c>
+      <c r="O40" s="4">
         <v>209.90</v>
-      </c>
-[...95 lines deleted...]
-        <v>129.90</v>
       </c>
       <c r="P40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41">
-        <v>26182</v>
+        <v>26471</v>
       </c>
       <c r="C41" t="s">
+        <v>129</v>
+      </c>
+      <c r="D41" t="s">
+        <v>130</v>
+      </c>
+      <c r="E41" t="s">
         <v>131</v>
       </c>
-      <c r="D41" t="s">
+      <c r="F41">
+        <v>282</v>
+      </c>
+      <c r="G41">
+        <v>350</v>
+      </c>
+      <c r="H41" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41">
+        <v>150</v>
+      </c>
+      <c r="J41">
+        <v>210</v>
+      </c>
+      <c r="K41">
+        <v>15</v>
+      </c>
+      <c r="L41" s="1">
+        <v>43111</v>
+      </c>
+      <c r="M41" s="2">
+        <v>9788536275581</v>
+      </c>
+      <c r="N41" t="s" s="3">
         <v>132</v>
       </c>
-      <c r="F41">
-[...25 lines deleted...]
-      </c>
       <c r="O41" s="4">
-        <v>109.90</v>
+        <v>139.90</v>
       </c>
       <c r="P41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42">
+        <v>31482</v>
+      </c>
+      <c r="C42" t="s">
+        <v>133</v>
+      </c>
+      <c r="D42" t="s">
+        <v>134</v>
+      </c>
+      <c r="F42">
+        <v>234</v>
+      </c>
+      <c r="G42">
+        <v>310</v>
+      </c>
+      <c r="H42" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42">
+        <v>150</v>
+      </c>
+      <c r="J42">
+        <v>210</v>
+      </c>
+      <c r="K42">
+        <v>11</v>
+      </c>
+      <c r="L42" s="1">
+        <v>45722</v>
+      </c>
+      <c r="M42" s="2">
+        <v>9786526315064</v>
+      </c>
+      <c r="N42" t="s" s="3">
+        <v>135</v>
+      </c>
+      <c r="O42" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43">
+        <v>26182</v>
+      </c>
+      <c r="C43" t="s">
+        <v>136</v>
+      </c>
+      <c r="D43" t="s">
+        <v>137</v>
+      </c>
+      <c r="F43">
+        <v>224</v>
+      </c>
+      <c r="G43">
+        <v>278</v>
+      </c>
+      <c r="H43" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43">
+        <v>150</v>
+      </c>
+      <c r="J43">
+        <v>210</v>
+      </c>
+      <c r="K43">
+        <v>12</v>
+      </c>
+      <c r="L43" s="1">
+        <v>43003</v>
+      </c>
+      <c r="M43" s="2">
+        <v>9788536272795</v>
+      </c>
+      <c r="N43" t="s" s="3">
+        <v>138</v>
+      </c>
+      <c r="O43" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P43" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44">
         <v>25318</v>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t>Sociologia do Constitucionalismo - Constituição e Teoria dos Sistemas - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação: Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="F42">
+      <c r="D44" t="s">
+        <v>139</v>
+      </c>
+      <c r="F44">
         <v>120</v>
       </c>
-      <c r="G42">
+      <c r="G44">
         <v>149</v>
       </c>
-      <c r="H42" t="s">
-[...8 lines deleted...]
-      <c r="K42">
+      <c r="H44" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44">
+        <v>150</v>
+      </c>
+      <c r="J44">
+        <v>210</v>
+      </c>
+      <c r="K44">
         <v>7</v>
       </c>
-      <c r="L42" s="1">
+      <c r="L44" s="1">
         <v>42716</v>
       </c>
-      <c r="M42" s="2">
+      <c r="M44" s="2">
         <v>9788536264004</v>
       </c>
-      <c r="N42" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O42" s="4">
+      <c r="N44" t="s" s="3">
+        <v>140</v>
+      </c>
+      <c r="O44" s="4">
         <v>79.90</v>
-      </c>
-[...92 lines deleted...]
-        <v>209.90</v>
       </c>
       <c r="P44" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45">
-        <v>25299</v>
+        <v>24318</v>
       </c>
       <c r="C45" t="s">
+        <v>141</v>
+      </c>
+      <c r="D45" t="s">
         <v>142</v>
       </c>
-      <c r="D45" t="s">
+      <c r="F45">
+        <v>416</v>
+      </c>
+      <c r="G45">
+        <v>516</v>
+      </c>
+      <c r="H45" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45">
+        <v>150</v>
+      </c>
+      <c r="J45">
+        <v>210</v>
+      </c>
+      <c r="K45">
+        <v>21</v>
+      </c>
+      <c r="L45" s="1">
+        <v>42327</v>
+      </c>
+      <c r="M45" s="2">
+        <v>9788536254937</v>
+      </c>
+      <c r="N45" t="s" s="3">
         <v>143</v>
       </c>
-      <c r="F45">
-[...25 lines deleted...]
-      </c>
       <c r="O45" s="4">
-        <v>129.90</v>
+        <v>189.90</v>
       </c>
       <c r="P45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46">
-        <v>21455</v>
+        <v>29393</v>
       </c>
       <c r="C46" t="s">
+        <v>144</v>
+      </c>
+      <c r="D46" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F46">
         <v>470</v>
       </c>
       <c r="G46">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="H46" t="s">
         <v>17</v>
       </c>
       <c r="I46">
         <v>150</v>
       </c>
       <c r="J46">
         <v>210</v>
       </c>
       <c r="K46">
         <v>24</v>
       </c>
       <c r="L46" s="1">
-        <v>40158</v>
+        <v>44539</v>
       </c>
       <c r="M46" s="2">
-        <v>9788536227498</v>
+        <v>9786556058344</v>
       </c>
       <c r="N46" t="s" s="3">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="O46" s="4">
         <v>209.90</v>
       </c>
       <c r="P46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
-        <v>23332</v>
+        <v>31889</v>
       </c>
       <c r="C47" t="s">
+        <v>147</v>
+      </c>
+      <c r="D47" t="s">
         <v>148</v>
       </c>
-      <c r="D47" t="s">
+      <c r="F47">
+        <v>358</v>
+      </c>
+      <c r="G47">
+        <v>459</v>
+      </c>
+      <c r="H47" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47">
+        <v>150</v>
+      </c>
+      <c r="J47">
+        <v>210</v>
+      </c>
+      <c r="K47">
+        <v>17</v>
+      </c>
+      <c r="L47" s="1">
+        <v>45973</v>
+      </c>
+      <c r="M47" s="2">
+        <v>9786526320730</v>
+      </c>
+      <c r="N47" t="s" s="3">
         <v>149</v>
       </c>
-      <c r="F47">
-[...25 lines deleted...]
-      </c>
       <c r="O47" s="4">
-        <v>79.90</v>
+        <v>179.90</v>
       </c>
       <c r="P47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
+        <v>25299</v>
+      </c>
+      <c r="C48" t="s">
+        <v>150</v>
+      </c>
+      <c r="D48" t="s">
+        <v>151</v>
+      </c>
+      <c r="F48">
+        <v>262</v>
+      </c>
+      <c r="G48">
+        <v>325</v>
+      </c>
+      <c r="H48" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48">
+        <v>150</v>
+      </c>
+      <c r="J48">
+        <v>210</v>
+      </c>
+      <c r="K48">
+        <v>14</v>
+      </c>
+      <c r="L48" s="1">
+        <v>42705</v>
+      </c>
+      <c r="M48" s="2">
+        <v>9788536264325</v>
+      </c>
+      <c r="N48" t="s" s="3">
+        <v>152</v>
+      </c>
+      <c r="O48" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P48" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49">
+        <v>48</v>
+      </c>
+      <c r="B49">
+        <v>21455</v>
+      </c>
+      <c r="C49" t="s">
+        <v>153</v>
+      </c>
+      <c r="D49" t="s">
+        <v>154</v>
+      </c>
+      <c r="F49">
+        <v>470</v>
+      </c>
+      <c r="G49">
+        <v>504</v>
+      </c>
+      <c r="H49" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49">
+        <v>150</v>
+      </c>
+      <c r="J49">
+        <v>210</v>
+      </c>
+      <c r="K49">
+        <v>24</v>
+      </c>
+      <c r="L49" s="1">
+        <v>40158</v>
+      </c>
+      <c r="M49" s="2">
+        <v>9788536227498</v>
+      </c>
+      <c r="N49" t="s" s="3">
+        <v>155</v>
+      </c>
+      <c r="O49" s="4">
+        <v>209.90</v>
+      </c>
+      <c r="P49" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50">
+        <v>49</v>
+      </c>
+      <c r="B50">
+        <v>23332</v>
+      </c>
+      <c r="C50" t="s">
+        <v>156</v>
+      </c>
+      <c r="D50" t="s">
+        <v>157</v>
+      </c>
+      <c r="F50">
+        <v>106</v>
+      </c>
+      <c r="G50">
+        <v>132</v>
+      </c>
+      <c r="H50" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50">
+        <v>150</v>
+      </c>
+      <c r="J50">
+        <v>210</v>
+      </c>
+      <c r="K50">
+        <v>6</v>
+      </c>
+      <c r="L50" s="1">
+        <v>41704</v>
+      </c>
+      <c r="M50" s="2">
+        <v>9788536245812</v>
+      </c>
+      <c r="N50" t="s" s="3">
+        <v>158</v>
+      </c>
+      <c r="O50" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P50" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51">
         <v>30428</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="F48">
+      <c r="C51" t="s">
+        <v>159</v>
+      </c>
+      <c r="D51" t="s">
+        <v>160</v>
+      </c>
+      <c r="F51">
         <v>214</v>
       </c>
-      <c r="G48">
+      <c r="G51">
         <v>264</v>
       </c>
-      <c r="H48" t="s">
-[...8 lines deleted...]
-      <c r="K48">
+      <c r="H51" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51">
+        <v>150</v>
+      </c>
+      <c r="J51">
+        <v>210</v>
+      </c>
+      <c r="K51">
         <v>11</v>
       </c>
-      <c r="L48" s="1">
+      <c r="L51" s="1">
         <v>45040</v>
       </c>
-      <c r="M48" s="2">
+      <c r="M51" s="2">
         <v>9786526303153</v>
       </c>
-      <c r="N48" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O48" s="4">
+      <c r="N51" t="s" s="3">
+        <v>161</v>
+      </c>
+      <c r="O51" s="4">
         <v>109.90</v>
       </c>
-      <c r="P48" t="s">
+      <c r="P51" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>