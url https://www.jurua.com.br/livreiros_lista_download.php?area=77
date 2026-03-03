--- v1 (2025-12-07)
+++ v2 (2026-03-03)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="167">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -203,69 +203,84 @@
   <si>
     <t>Débora Bós e Silva</t>
   </si>
   <si>
     <t>978652631414-2</t>
   </si>
   <si>
     <t>Direito de Maracangalha - Bem Viver na Experiência Sociojurídica do Quilombo</t>
   </si>
   <si>
     <t>Gilmar Bittencourt Santos Silva</t>
   </si>
   <si>
     <t>978652632086-0</t>
   </si>
   <si>
     <t>Edição Genética Humana, Bioética e Direito Ambiental</t>
   </si>
   <si>
     <t>Maximiliano Evaristo de Castro Lucchesi</t>
   </si>
   <si>
     <t>978652631409-8</t>
   </si>
   <si>
+    <t>Escola Cívico-Militar - O Desenvolvimento da Visão Unificada Diante da Pedagogia da Confluência em Face dos Valores Oferecidos pelos Sistemas de Educação</t>
+  </si>
+  <si>
+    <t>Nilo Henrique Nunes Caldas</t>
+  </si>
+  <si>
+    <t>978652632044-0</t>
+  </si>
+  <si>
     <t>Estupro - Uma Interpretação Sociológica da Violência no Cárcere</t>
   </si>
   <si>
     <t>Gessé Marques Junior</t>
   </si>
   <si>
     <t>978853622580-7</t>
   </si>
   <si>
     <t>Ética, Direito e Cidadania - Brasil Sociopolítico e Jurídico Atual</t>
   </si>
   <si>
     <t>Ruben de Azevedo Quaresma</t>
   </si>
   <si>
     <t>Capa Dura + Sobrecapa</t>
   </si>
   <si>
     <t>978853622003-1</t>
+  </si>
+  <si>
+    <t>Nelson Seiji Matsuzawa</t>
+  </si>
+  <si>
+    <t>978652632061-7</t>
   </si>
   <si>
     <t>Homero de Giorge Cerqueira</t>
   </si>
   <si>
     <t>978655605528-2</t>
   </si>
   <si>
     <t>Evander Ruthieri da Silva</t>
   </si>
   <si>
     <t>978652632090-7</t>
   </si>
   <si>
     <t>Inteligência Artificial - A Transparência como Pressuposto da Concretização dos Direitos Humanos na Era da Informação</t>
   </si>
   <si>
     <t>Rosmar Rissi</t>
   </si>
   <si>
     <t>978652631477-7</t>
   </si>
   <si>
     <t>Introdução à Sociologia do Direito de Eugen Ehrlich - Aportes para uma Reflexão Atual sobre Pluralismo e Constituição</t>
   </si>
@@ -548,51 +563,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R51"/>
+  <dimension ref="A1:R53"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="33"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="16"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -1294,54 +1309,54 @@
       </c>
       <c r="N15" t="s" s="3">
         <v>57</v>
       </c>
       <c r="O15" s="4">
         <v>139.90</v>
       </c>
       <c r="P15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>31920</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="D16" t="s">
         <v>59</v>
       </c>
       <c r="F16">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G16">
-        <v>164</v>
+        <v>182</v>
       </c>
       <c r="H16" t="s">
         <v>17</v>
       </c>
       <c r="I16">
         <v>150</v>
       </c>
       <c r="J16">
         <v>210</v>
       </c>
       <c r="K16">
         <v>7</v>
       </c>
       <c r="L16" s="1">
         <v>45989</v>
       </c>
       <c r="M16" s="2">
         <v>9786526320860</v>
       </c>
       <c r="N16" t="s" s="3">
         <v>60</v>
       </c>
       <c r="O16" s="4">
         <v>89.90</v>
       </c>
@@ -1379,1655 +1394,1751 @@
       </c>
       <c r="K17">
         <v>7</v>
       </c>
       <c r="L17" s="1">
         <v>45847</v>
       </c>
       <c r="M17" s="2">
         <v>9786526314098</v>
       </c>
       <c r="N17" t="s" s="3">
         <v>63</v>
       </c>
       <c r="O17" s="4">
         <v>79.90</v>
       </c>
       <c r="P17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
-        <v>21264</v>
+        <v>31954</v>
       </c>
       <c r="C18" t="s">
         <v>64</v>
       </c>
       <c r="D18" t="s">
         <v>65</v>
       </c>
       <c r="F18">
-        <v>168</v>
+        <v>120</v>
       </c>
       <c r="G18">
-        <v>180</v>
+        <v>154</v>
       </c>
       <c r="H18" t="s">
         <v>17</v>
       </c>
       <c r="I18">
         <v>150</v>
       </c>
       <c r="J18">
         <v>210</v>
       </c>
       <c r="K18">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="L18" s="1">
-        <v>40046</v>
+        <v>46036</v>
       </c>
       <c r="M18" s="2">
-        <v>9788536225807</v>
+        <v>9786526320440</v>
       </c>
       <c r="N18" t="s" s="3">
         <v>66</v>
       </c>
       <c r="O18" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
-        <v>20690</v>
+        <v>21264</v>
       </c>
       <c r="C19" t="s">
         <v>67</v>
       </c>
       <c r="D19" t="s">
         <v>68</v>
       </c>
       <c r="F19">
-        <v>496</v>
+        <v>168</v>
       </c>
       <c r="G19">
-        <v>640</v>
+        <v>180</v>
       </c>
       <c r="H19" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19">
+        <v>150</v>
+      </c>
+      <c r="J19">
+        <v>210</v>
+      </c>
+      <c r="K19">
+        <v>9</v>
+      </c>
+      <c r="L19" s="1">
+        <v>40046</v>
+      </c>
+      <c r="M19" s="2">
+        <v>9788536225807</v>
+      </c>
+      <c r="N19" t="s" s="3">
         <v>69</v>
       </c>
-      <c r="I19">
-[...16 lines deleted...]
-      </c>
       <c r="O19" s="4">
-        <v>209.90</v>
+        <v>99.90</v>
       </c>
       <c r="P19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20">
+        <v>20690</v>
+      </c>
+      <c r="C20" t="s">
+        <v>70</v>
+      </c>
+      <c r="D20" t="s">
+        <v>71</v>
+      </c>
+      <c r="F20">
+        <v>496</v>
+      </c>
+      <c r="G20">
+        <v>640</v>
+      </c>
+      <c r="H20" t="s">
+        <v>72</v>
+      </c>
+      <c r="I20">
+        <v>165</v>
+      </c>
+      <c r="J20">
+        <v>215</v>
+      </c>
+      <c r="K20">
+        <v>37</v>
+      </c>
+      <c r="L20" s="1">
+        <v>39584</v>
+      </c>
+      <c r="M20" s="2">
+        <v>9788536220031</v>
+      </c>
+      <c r="N20" t="s" s="3">
+        <v>73</v>
+      </c>
+      <c r="O20" s="4">
+        <v>209.90</v>
+      </c>
+      <c r="P20" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21">
+        <v>31956</v>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Financiamento da Renda Básica para Pessoas em Situação de Vulnerabilidade Social - Modos de Financiamento e Impactos na Inclusão Econômica para Reduzir a Pobreza e Promover a Justiça Social</t>
+        </is>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="F21">
+        <v>182</v>
+      </c>
+      <c r="G21">
+        <v>244</v>
+      </c>
+      <c r="H21" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21">
+        <v>150</v>
+      </c>
+      <c r="J21">
+        <v>210</v>
+      </c>
+      <c r="K21">
+        <v>9</v>
+      </c>
+      <c r="L21" s="1">
+        <v>46037</v>
+      </c>
+      <c r="M21" s="2">
+        <v>9786526320617</v>
+      </c>
+      <c r="N21" t="s" s="3">
+        <v>75</v>
+      </c>
+      <c r="O21" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P21" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22">
         <v>29061</v>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>Força Pública, Prevenção e Poder de Polícia - Como são Formados e a Construção da Autoridade dos Oficiais da Polícia Militar - Prefácio do Prof. Mario Sergio Cortella</t>
         </is>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="F20">
+      <c r="D22" t="s">
+        <v>76</v>
+      </c>
+      <c r="F22">
         <v>116</v>
       </c>
-      <c r="G20">
+      <c r="G22">
         <v>144</v>
       </c>
-      <c r="H20" t="s">
-[...8 lines deleted...]
-      <c r="K20">
+      <c r="H22" t="s">
+        <v>17</v>
+      </c>
+      <c r="I22">
+        <v>150</v>
+      </c>
+      <c r="J22">
+        <v>210</v>
+      </c>
+      <c r="K22">
         <v>7</v>
       </c>
-      <c r="L20" s="1">
+      <c r="L22" s="1">
         <v>44323</v>
       </c>
-      <c r="M20" s="2">
+      <c r="M22" s="2">
         <v>9786556055282</v>
       </c>
-      <c r="N20" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O20" s="4">
+      <c r="N22" t="s" s="3">
+        <v>77</v>
+      </c>
+      <c r="O22" s="4">
         <v>79.90</v>
       </c>
-      <c r="P20" t="s">
-[...7 lines deleted...]
-      <c r="B21">
+      <c r="P22" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23">
         <v>31844</v>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t>Guerra Anglo-Zulu - Colonialismo, Poder e Resistências no Sul da África - Prefácio de Icles Rodrigues - Coleção História FM - Organizador da Coleção: Icles Rodrigues</t>
         </is>
       </c>
-      <c r="D21" t="s">
-[...2 lines deleted...]
-      <c r="F21">
+      <c r="D23" t="s">
+        <v>78</v>
+      </c>
+      <c r="F23">
         <v>148</v>
       </c>
-      <c r="G21">
-[...11 lines deleted...]
-      <c r="K21">
+      <c r="G23">
+        <v>210</v>
+      </c>
+      <c r="H23" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23">
+        <v>150</v>
+      </c>
+      <c r="J23">
+        <v>210</v>
+      </c>
+      <c r="K23">
         <v>7</v>
       </c>
-      <c r="L21" s="1">
+      <c r="L23" s="1">
         <v>45950</v>
       </c>
-      <c r="M21" s="2">
+      <c r="M23" s="2">
         <v>9786526320907</v>
       </c>
-      <c r="N21" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O21" s="4">
+      <c r="N23" t="s" s="3">
+        <v>79</v>
+      </c>
+      <c r="O23" s="4">
         <v>87.90</v>
-      </c>
-[...95 lines deleted...]
-        <v>99.90</v>
       </c>
       <c r="P23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24">
-        <v>25640</v>
+        <v>31477</v>
       </c>
       <c r="C24" t="s">
+        <v>80</v>
+      </c>
+      <c r="D24" t="s">
+        <v>81</v>
+      </c>
+      <c r="F24">
+        <v>242</v>
+      </c>
+      <c r="G24">
+        <v>301</v>
+      </c>
+      <c r="H24" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24">
+        <v>150</v>
+      </c>
+      <c r="J24">
+        <v>210</v>
+      </c>
+      <c r="K24">
+        <v>12</v>
+      </c>
+      <c r="L24" s="1">
+        <v>45715</v>
+      </c>
+      <c r="M24" s="2">
+        <v>9786526314777</v>
+      </c>
+      <c r="N24" t="s" s="3">
         <v>82</v>
       </c>
-      <c r="D24" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O24" s="4">
-        <v>119.90</v>
+        <v>139.90</v>
       </c>
       <c r="P24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25">
-        <v>24959</v>
+        <v>24027</v>
       </c>
       <c r="C25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" t="s">
+        <v>84</v>
+      </c>
+      <c r="E25" t="s">
         <v>85</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25">
+        <v>172</v>
+      </c>
+      <c r="G25">
+        <v>213</v>
+      </c>
+      <c r="H25" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25">
+        <v>150</v>
+      </c>
+      <c r="J25">
+        <v>210</v>
+      </c>
+      <c r="K25">
+        <v>10</v>
+      </c>
+      <c r="L25" s="1">
+        <v>42180</v>
+      </c>
+      <c r="M25" s="2">
+        <v>9788536252124</v>
+      </c>
+      <c r="N25" t="s" s="3">
         <v>86</v>
       </c>
-      <c r="F25">
-[...25 lines deleted...]
-      </c>
       <c r="O25" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26">
-        <v>23810</v>
+        <v>25640</v>
       </c>
       <c r="C26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" t="s">
         <v>88</v>
       </c>
-      <c r="D26" t="s">
+      <c r="F26">
+        <v>254</v>
+      </c>
+      <c r="G26">
+        <v>315</v>
+      </c>
+      <c r="H26" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26">
+        <v>150</v>
+      </c>
+      <c r="J26">
+        <v>210</v>
+      </c>
+      <c r="K26">
+        <v>14</v>
+      </c>
+      <c r="L26" s="1">
+        <v>42837</v>
+      </c>
+      <c r="M26" s="2">
+        <v>9788536267579</v>
+      </c>
+      <c r="N26" t="s" s="3">
         <v>89</v>
-      </c>
-[...25 lines deleted...]
-        <v>90</v>
       </c>
       <c r="O26" s="4">
         <v>119.90</v>
       </c>
       <c r="P26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27">
+        <v>24959</v>
+      </c>
+      <c r="C27" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" t="s">
+        <v>91</v>
+      </c>
+      <c r="F27">
+        <v>264</v>
+      </c>
+      <c r="G27">
+        <v>327</v>
+      </c>
+      <c r="H27" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27">
+        <v>150</v>
+      </c>
+      <c r="J27">
+        <v>210</v>
+      </c>
+      <c r="K27">
+        <v>14</v>
+      </c>
+      <c r="L27" s="1">
+        <v>42600</v>
+      </c>
+      <c r="M27" s="2">
+        <v>9788536261010</v>
+      </c>
+      <c r="N27" t="s" s="3">
+        <v>92</v>
+      </c>
+      <c r="O27" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P27" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28">
+        <v>27</v>
+      </c>
+      <c r="B28">
+        <v>23810</v>
+      </c>
+      <c r="C28" t="s">
+        <v>93</v>
+      </c>
+      <c r="D28" t="s">
+        <v>94</v>
+      </c>
+      <c r="F28">
+        <v>252</v>
+      </c>
+      <c r="G28">
+        <v>313</v>
+      </c>
+      <c r="H28" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28">
+        <v>150</v>
+      </c>
+      <c r="J28">
+        <v>210</v>
+      </c>
+      <c r="K28">
+        <v>13</v>
+      </c>
+      <c r="L28" s="1">
+        <v>42055</v>
+      </c>
+      <c r="M28" s="2">
+        <v>9788536250229</v>
+      </c>
+      <c r="N28" t="s" s="3">
+        <v>95</v>
+      </c>
+      <c r="O28" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29">
+        <v>28</v>
+      </c>
+      <c r="B29">
         <v>23522</v>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t>Ouvidoria de Justiça - Cidadania Participativa no Sistema Judiciário - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D27" t="s">
-[...2 lines deleted...]
-      <c r="F27">
+      <c r="D29" t="s">
+        <v>96</v>
+      </c>
+      <c r="F29">
         <v>194</v>
       </c>
-      <c r="G27">
+      <c r="G29">
         <v>241</v>
       </c>
-      <c r="H27" t="s">
-[...8 lines deleted...]
-      <c r="K27">
+      <c r="H29" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29">
+        <v>150</v>
+      </c>
+      <c r="J29">
+        <v>210</v>
+      </c>
+      <c r="K29">
         <v>11</v>
       </c>
-      <c r="L27" s="1">
+      <c r="L29" s="1">
         <v>41844</v>
       </c>
-      <c r="M27" s="2">
+      <c r="M29" s="2">
         <v>9788536246994</v>
       </c>
-      <c r="N27" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O27" s="4">
+      <c r="N29" t="s" s="3">
+        <v>97</v>
+      </c>
+      <c r="O29" s="4">
         <v>109.90</v>
-      </c>
-[...92 lines deleted...]
-        <v>79.90</v>
       </c>
       <c r="P29" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30">
-        <v>31616</v>
+        <v>31771</v>
       </c>
       <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
         <v>99</v>
       </c>
-      <c r="D30" t="s">
+      <c r="F30">
+        <v>302</v>
+      </c>
+      <c r="G30">
+        <v>385</v>
+      </c>
+      <c r="H30" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30">
+        <v>150</v>
+      </c>
+      <c r="J30">
+        <v>210</v>
+      </c>
+      <c r="K30">
+        <v>15</v>
+      </c>
+      <c r="L30" s="1">
+        <v>45904</v>
+      </c>
+      <c r="M30" s="2">
+        <v>9786526316870</v>
+      </c>
+      <c r="N30" t="s" s="3">
         <v>100</v>
       </c>
-      <c r="F30">
-[...25 lines deleted...]
-      </c>
       <c r="O30" s="4">
-        <v>99.90</v>
+        <v>149.90</v>
       </c>
       <c r="P30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31">
+        <v>28341</v>
+      </c>
+      <c r="C31" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" t="s">
+        <v>102</v>
+      </c>
+      <c r="F31">
+        <v>122</v>
+      </c>
+      <c r="G31">
+        <v>151</v>
+      </c>
+      <c r="H31" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31">
+        <v>150</v>
+      </c>
+      <c r="J31">
+        <v>210</v>
+      </c>
+      <c r="K31">
+        <v>7</v>
+      </c>
+      <c r="L31" s="1">
+        <v>43873</v>
+      </c>
+      <c r="M31" s="2">
+        <v>9788536293202</v>
+      </c>
+      <c r="N31" t="s" s="3">
+        <v>103</v>
+      </c>
+      <c r="O31" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P31" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32">
+        <v>31616</v>
+      </c>
+      <c r="C32" t="s">
+        <v>104</v>
+      </c>
+      <c r="D32" t="s">
+        <v>105</v>
+      </c>
+      <c r="F32">
+        <v>210</v>
+      </c>
+      <c r="G32">
+        <v>290</v>
+      </c>
+      <c r="H32" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32">
+        <v>150</v>
+      </c>
+      <c r="J32">
+        <v>210</v>
+      </c>
+      <c r="K32">
+        <v>10</v>
+      </c>
+      <c r="L32" s="1">
+        <v>45814</v>
+      </c>
+      <c r="M32" s="2">
+        <v>9786526314067</v>
+      </c>
+      <c r="N32" t="s" s="3">
+        <v>106</v>
+      </c>
+      <c r="O32" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P32" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33">
         <v>25335</v>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t>Por Trás dos Casos Difíceis - Dogmática Jurídica e a Proibição da Denegação de Justiça - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação: Fernando Rister de Sousa Lima</t>
         </is>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="F31">
+      <c r="D33" t="s">
+        <v>107</v>
+      </c>
+      <c r="F33">
         <v>204</v>
       </c>
-      <c r="G31">
+      <c r="G33">
         <v>253</v>
       </c>
-      <c r="H31" t="s">
-[...8 lines deleted...]
-      <c r="K31">
+      <c r="H33" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33">
+        <v>150</v>
+      </c>
+      <c r="J33">
+        <v>210</v>
+      </c>
+      <c r="K33">
         <v>11</v>
       </c>
-      <c r="L31" s="1">
+      <c r="L33" s="1">
         <v>42723</v>
       </c>
-      <c r="M31" s="2">
+      <c r="M33" s="2">
         <v>9788536264660</v>
       </c>
-      <c r="N31" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O31" s="4">
+      <c r="N33" t="s" s="3">
+        <v>108</v>
+      </c>
+      <c r="O33" s="4">
         <v>109.90</v>
-      </c>
-[...92 lines deleted...]
-        <v>119.90</v>
       </c>
       <c r="P33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34">
-        <v>27877</v>
+        <v>23763</v>
       </c>
       <c r="C34" t="s">
+        <v>109</v>
+      </c>
+      <c r="D34" t="s">
         <v>110</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="G34">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="H34" t="s">
         <v>17</v>
       </c>
       <c r="I34">
         <v>150</v>
       </c>
       <c r="J34">
         <v>210</v>
       </c>
       <c r="K34">
         <v>11</v>
       </c>
       <c r="L34" s="1">
-        <v>43635</v>
+        <v>42026</v>
       </c>
       <c r="M34" s="2">
-        <v>9772226745607</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>9788536249926</v>
+      </c>
+      <c r="N34" t="s" s="3">
+        <v>111</v>
       </c>
       <c r="O34" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35">
-        <v>28578</v>
+        <v>30368</v>
       </c>
       <c r="C35" t="s">
+        <v>112</v>
+      </c>
+      <c r="D35" t="s">
         <v>113</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35">
+        <v>256</v>
+      </c>
+      <c r="G35">
+        <v>317</v>
+      </c>
+      <c r="H35" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35">
+        <v>150</v>
+      </c>
+      <c r="J35">
+        <v>210</v>
+      </c>
+      <c r="K35">
+        <v>13</v>
+      </c>
+      <c r="L35" s="1">
+        <v>45006</v>
+      </c>
+      <c r="M35" s="2">
+        <v>9786526303382</v>
+      </c>
+      <c r="N35" t="s" s="3">
         <v>114</v>
       </c>
-      <c r="F35">
-[...25 lines deleted...]
-      </c>
       <c r="O35" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36">
-        <v>29022</v>
+        <v>27877</v>
       </c>
       <c r="C36" t="s">
+        <v>115</v>
+      </c>
+      <c r="D36" t="s">
         <v>116</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="G36">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H36" t="s">
         <v>17</v>
       </c>
       <c r="I36">
         <v>150</v>
       </c>
       <c r="J36">
         <v>210</v>
       </c>
       <c r="K36">
         <v>11</v>
       </c>
       <c r="L36" s="1">
-        <v>44294</v>
+        <v>43635</v>
       </c>
       <c r="M36" s="2">
         <v>9772226745607</v>
       </c>
       <c r="N36" t="s">
         <v>117</v>
       </c>
       <c r="O36" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37">
-        <v>30073</v>
+        <v>28578</v>
       </c>
       <c r="C37" t="s">
         <v>118</v>
       </c>
       <c r="D37" t="s">
         <v>119</v>
       </c>
       <c r="F37">
-        <v>142</v>
+        <v>188</v>
       </c>
       <c r="G37">
-        <v>176</v>
+        <v>233</v>
       </c>
       <c r="H37" t="s">
         <v>17</v>
       </c>
       <c r="I37">
         <v>150</v>
       </c>
       <c r="J37">
         <v>210</v>
       </c>
       <c r="K37">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L37" s="1">
-        <v>44831</v>
+        <v>44018</v>
       </c>
       <c r="M37" s="2">
         <v>9772226745607</v>
       </c>
       <c r="N37" t="s">
         <v>120</v>
       </c>
       <c r="O37" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P37" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38">
-        <v>30355</v>
+        <v>29022</v>
       </c>
       <c r="C38" t="s">
         <v>121</v>
       </c>
       <c r="D38" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="F38">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="G38">
-        <v>186</v>
+        <v>248</v>
       </c>
       <c r="H38" t="s">
         <v>17</v>
       </c>
       <c r="I38">
         <v>150</v>
       </c>
       <c r="J38">
         <v>210</v>
       </c>
       <c r="K38">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="L38" s="1">
-        <v>44999</v>
+        <v>44294</v>
       </c>
       <c r="M38" s="2">
         <v>9772226745607</v>
       </c>
       <c r="N38" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="O38" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P38" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39">
-        <v>28172</v>
+        <v>30073</v>
       </c>
       <c r="C39" t="s">
+        <v>123</v>
+      </c>
+      <c r="D39" t="s">
         <v>124</v>
       </c>
-      <c r="D39" t="s">
+      <c r="F39">
+        <v>142</v>
+      </c>
+      <c r="G39">
+        <v>176</v>
+      </c>
+      <c r="H39" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39">
+        <v>150</v>
+      </c>
+      <c r="J39">
+        <v>210</v>
+      </c>
+      <c r="K39">
+        <v>8</v>
+      </c>
+      <c r="L39" s="1">
+        <v>44831</v>
+      </c>
+      <c r="M39" s="2">
+        <v>9772226745607</v>
+      </c>
+      <c r="N39" t="s">
         <v>125</v>
       </c>
-      <c r="F39">
-[...25 lines deleted...]
-      </c>
       <c r="O39" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40">
+        <v>30355</v>
+      </c>
+      <c r="C40" t="s">
+        <v>126</v>
+      </c>
+      <c r="D40" t="s">
+        <v>127</v>
+      </c>
+      <c r="F40">
+        <v>150</v>
+      </c>
+      <c r="G40">
+        <v>186</v>
+      </c>
+      <c r="H40" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40">
+        <v>150</v>
+      </c>
+      <c r="J40">
+        <v>210</v>
+      </c>
+      <c r="K40">
+        <v>8</v>
+      </c>
+      <c r="L40" s="1">
+        <v>44999</v>
+      </c>
+      <c r="M40" s="2">
+        <v>9772226745607</v>
+      </c>
+      <c r="N40" t="s">
+        <v>128</v>
+      </c>
+      <c r="O40" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P40" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41">
+        <v>28172</v>
+      </c>
+      <c r="C41" t="s">
+        <v>129</v>
+      </c>
+      <c r="D41" t="s">
+        <v>130</v>
+      </c>
+      <c r="F41">
+        <v>172</v>
+      </c>
+      <c r="G41">
+        <v>213</v>
+      </c>
+      <c r="H41" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41">
+        <v>150</v>
+      </c>
+      <c r="J41">
+        <v>210</v>
+      </c>
+      <c r="K41">
+        <v>10</v>
+      </c>
+      <c r="L41" s="1">
+        <v>43781</v>
+      </c>
+      <c r="M41" s="2">
+        <v>9788536291970</v>
+      </c>
+      <c r="N41" t="s" s="3">
+        <v>131</v>
+      </c>
+      <c r="O41" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P41" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42">
         <v>24485</v>
       </c>
-      <c r="C40" t="inlineStr">
+      <c r="C42" t="inlineStr">
         <is>
           <t>Saúde &amp; Judiciário - A Atuação Judicial - Limites, Excessos e Remédios - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação: Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D40" t="s">
-[...2 lines deleted...]
-      <c r="F40">
+      <c r="D42" t="s">
+        <v>132</v>
+      </c>
+      <c r="F42">
         <v>466</v>
       </c>
-      <c r="G40">
+      <c r="G42">
         <v>578</v>
       </c>
-      <c r="H40" t="s">
-[...8 lines deleted...]
-      <c r="K40">
+      <c r="H42" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42">
+        <v>150</v>
+      </c>
+      <c r="J42">
+        <v>210</v>
+      </c>
+      <c r="K42">
         <v>24</v>
       </c>
-      <c r="L40" s="1">
+      <c r="L42" s="1">
         <v>42451</v>
       </c>
-      <c r="M40" s="2">
+      <c r="M42" s="2">
         <v>9788536256375</v>
       </c>
-      <c r="N40" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O40" s="4">
+      <c r="N42" t="s" s="3">
+        <v>133</v>
+      </c>
+      <c r="O42" s="4">
         <v>209.90</v>
-      </c>
-[...95 lines deleted...]
-        <v>129.90</v>
       </c>
       <c r="P42" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43">
-        <v>26182</v>
+        <v>26471</v>
       </c>
       <c r="C43" t="s">
+        <v>134</v>
+      </c>
+      <c r="D43" t="s">
+        <v>135</v>
+      </c>
+      <c r="E43" t="s">
         <v>136</v>
       </c>
-      <c r="D43" t="s">
+      <c r="F43">
+        <v>282</v>
+      </c>
+      <c r="G43">
+        <v>350</v>
+      </c>
+      <c r="H43" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43">
+        <v>150</v>
+      </c>
+      <c r="J43">
+        <v>210</v>
+      </c>
+      <c r="K43">
+        <v>15</v>
+      </c>
+      <c r="L43" s="1">
+        <v>43111</v>
+      </c>
+      <c r="M43" s="2">
+        <v>9788536275581</v>
+      </c>
+      <c r="N43" t="s" s="3">
         <v>137</v>
       </c>
-      <c r="F43">
-[...25 lines deleted...]
-      </c>
       <c r="O43" s="4">
-        <v>109.90</v>
+        <v>139.90</v>
       </c>
       <c r="P43" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44">
+        <v>31482</v>
+      </c>
+      <c r="C44" t="s">
+        <v>138</v>
+      </c>
+      <c r="D44" t="s">
+        <v>139</v>
+      </c>
+      <c r="F44">
+        <v>234</v>
+      </c>
+      <c r="G44">
+        <v>310</v>
+      </c>
+      <c r="H44" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44">
+        <v>150</v>
+      </c>
+      <c r="J44">
+        <v>210</v>
+      </c>
+      <c r="K44">
+        <v>11</v>
+      </c>
+      <c r="L44" s="1">
+        <v>45722</v>
+      </c>
+      <c r="M44" s="2">
+        <v>9786526315064</v>
+      </c>
+      <c r="N44" t="s" s="3">
+        <v>140</v>
+      </c>
+      <c r="O44" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P44" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45">
+        <v>26182</v>
+      </c>
+      <c r="C45" t="s">
+        <v>141</v>
+      </c>
+      <c r="D45" t="s">
+        <v>142</v>
+      </c>
+      <c r="F45">
+        <v>224</v>
+      </c>
+      <c r="G45">
+        <v>278</v>
+      </c>
+      <c r="H45" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45">
+        <v>150</v>
+      </c>
+      <c r="J45">
+        <v>210</v>
+      </c>
+      <c r="K45">
+        <v>12</v>
+      </c>
+      <c r="L45" s="1">
+        <v>43003</v>
+      </c>
+      <c r="M45" s="2">
+        <v>9788536272795</v>
+      </c>
+      <c r="N45" t="s" s="3">
+        <v>143</v>
+      </c>
+      <c r="O45" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P45" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46">
+        <v>45</v>
+      </c>
+      <c r="B46">
         <v>25318</v>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Sociologia do Constitucionalismo - Constituição e Teoria dos Sistemas - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação: Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D44" t="s">
-[...2 lines deleted...]
-      <c r="F44">
+      <c r="D46" t="s">
+        <v>144</v>
+      </c>
+      <c r="F46">
         <v>120</v>
       </c>
-      <c r="G44">
+      <c r="G46">
         <v>149</v>
       </c>
-      <c r="H44" t="s">
-[...8 lines deleted...]
-      <c r="K44">
+      <c r="H46" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46">
+        <v>150</v>
+      </c>
+      <c r="J46">
+        <v>210</v>
+      </c>
+      <c r="K46">
         <v>7</v>
       </c>
-      <c r="L44" s="1">
+      <c r="L46" s="1">
         <v>42716</v>
       </c>
-      <c r="M44" s="2">
+      <c r="M46" s="2">
         <v>9788536264004</v>
       </c>
-      <c r="N44" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O44" s="4">
+      <c r="N46" t="s" s="3">
+        <v>145</v>
+      </c>
+      <c r="O46" s="4">
         <v>79.90</v>
-      </c>
-[...92 lines deleted...]
-        <v>209.90</v>
       </c>
       <c r="P46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47">
-        <v>31889</v>
+        <v>24318</v>
       </c>
       <c r="C47" t="s">
+        <v>146</v>
+      </c>
+      <c r="D47" t="s">
         <v>147</v>
       </c>
-      <c r="D47" t="s">
+      <c r="F47">
+        <v>416</v>
+      </c>
+      <c r="G47">
+        <v>516</v>
+      </c>
+      <c r="H47" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47">
+        <v>150</v>
+      </c>
+      <c r="J47">
+        <v>210</v>
+      </c>
+      <c r="K47">
+        <v>21</v>
+      </c>
+      <c r="L47" s="1">
+        <v>42327</v>
+      </c>
+      <c r="M47" s="2">
+        <v>9788536254937</v>
+      </c>
+      <c r="N47" t="s" s="3">
         <v>148</v>
       </c>
-      <c r="F47">
-[...25 lines deleted...]
-      </c>
       <c r="O47" s="4">
-        <v>179.90</v>
+        <v>189.90</v>
       </c>
       <c r="P47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48">
-        <v>25299</v>
+        <v>29393</v>
       </c>
       <c r="C48" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="D48" t="s">
+        <v>150</v>
+      </c>
+      <c r="F48">
+        <v>470</v>
+      </c>
+      <c r="G48">
+        <v>493</v>
+      </c>
+      <c r="H48" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48">
+        <v>150</v>
+      </c>
+      <c r="J48">
+        <v>210</v>
+      </c>
+      <c r="K48">
+        <v>24</v>
+      </c>
+      <c r="L48" s="1">
+        <v>44539</v>
+      </c>
+      <c r="M48" s="2">
+        <v>9786556058344</v>
+      </c>
+      <c r="N48" t="s" s="3">
         <v>151</v>
       </c>
-      <c r="F48">
-[...25 lines deleted...]
-      </c>
       <c r="O48" s="4">
-        <v>129.90</v>
+        <v>209.90</v>
       </c>
       <c r="P48" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49">
-        <v>21455</v>
+        <v>31889</v>
       </c>
       <c r="C49" t="s">
+        <v>152</v>
+      </c>
+      <c r="D49" t="s">
         <v>153</v>
       </c>
-      <c r="D49" t="s">
+      <c r="F49">
+        <v>358</v>
+      </c>
+      <c r="G49">
+        <v>459</v>
+      </c>
+      <c r="H49" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49">
+        <v>150</v>
+      </c>
+      <c r="J49">
+        <v>210</v>
+      </c>
+      <c r="K49">
+        <v>17</v>
+      </c>
+      <c r="L49" s="1">
+        <v>45973</v>
+      </c>
+      <c r="M49" s="2">
+        <v>9786526320730</v>
+      </c>
+      <c r="N49" t="s" s="3">
         <v>154</v>
       </c>
-      <c r="F49">
-[...25 lines deleted...]
-      </c>
       <c r="O49" s="4">
-        <v>209.90</v>
+        <v>179.90</v>
       </c>
       <c r="P49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50">
-        <v>23332</v>
+        <v>25299</v>
       </c>
       <c r="C50" t="s">
+        <v>155</v>
+      </c>
+      <c r="D50" t="s">
         <v>156</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50">
+        <v>262</v>
+      </c>
+      <c r="G50">
+        <v>325</v>
+      </c>
+      <c r="H50" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50">
+        <v>150</v>
+      </c>
+      <c r="J50">
+        <v>210</v>
+      </c>
+      <c r="K50">
+        <v>14</v>
+      </c>
+      <c r="L50" s="1">
+        <v>42705</v>
+      </c>
+      <c r="M50" s="2">
+        <v>9788536264325</v>
+      </c>
+      <c r="N50" t="s" s="3">
         <v>157</v>
       </c>
-      <c r="F50">
-[...25 lines deleted...]
-      </c>
       <c r="O50" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
+        <v>21455</v>
+      </c>
+      <c r="C51" t="s">
+        <v>158</v>
+      </c>
+      <c r="D51" t="s">
+        <v>159</v>
+      </c>
+      <c r="F51">
+        <v>470</v>
+      </c>
+      <c r="G51">
+        <v>504</v>
+      </c>
+      <c r="H51" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51">
+        <v>150</v>
+      </c>
+      <c r="J51">
+        <v>210</v>
+      </c>
+      <c r="K51">
+        <v>24</v>
+      </c>
+      <c r="L51" s="1">
+        <v>40158</v>
+      </c>
+      <c r="M51" s="2">
+        <v>9788536227498</v>
+      </c>
+      <c r="N51" t="s" s="3">
+        <v>160</v>
+      </c>
+      <c r="O51" s="4">
+        <v>209.90</v>
+      </c>
+      <c r="P51" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52">
+        <v>23332</v>
+      </c>
+      <c r="C52" t="s">
+        <v>161</v>
+      </c>
+      <c r="D52" t="s">
+        <v>162</v>
+      </c>
+      <c r="F52">
+        <v>106</v>
+      </c>
+      <c r="G52">
+        <v>132</v>
+      </c>
+      <c r="H52" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52">
+        <v>150</v>
+      </c>
+      <c r="J52">
+        <v>210</v>
+      </c>
+      <c r="K52">
+        <v>6</v>
+      </c>
+      <c r="L52" s="1">
+        <v>41704</v>
+      </c>
+      <c r="M52" s="2">
+        <v>9788536245812</v>
+      </c>
+      <c r="N52" t="s" s="3">
+        <v>163</v>
+      </c>
+      <c r="O52" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P52" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53">
         <v>30428</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="F51">
+      <c r="C53" t="s">
+        <v>164</v>
+      </c>
+      <c r="D53" t="s">
+        <v>165</v>
+      </c>
+      <c r="F53">
         <v>214</v>
       </c>
-      <c r="G51">
+      <c r="G53">
         <v>264</v>
       </c>
-      <c r="H51" t="s">
-[...8 lines deleted...]
-      <c r="K51">
+      <c r="H53" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53">
+        <v>150</v>
+      </c>
+      <c r="J53">
+        <v>210</v>
+      </c>
+      <c r="K53">
         <v>11</v>
       </c>
-      <c r="L51" s="1">
+      <c r="L53" s="1">
         <v>45040</v>
       </c>
-      <c r="M51" s="2">
+      <c r="M53" s="2">
         <v>9786526303153</v>
       </c>
-      <c r="N51" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O51" s="4">
+      <c r="N53" t="s" s="3">
+        <v>166</v>
+      </c>
+      <c r="O53" s="4">
         <v>109.90</v>
       </c>
-      <c r="P51" t="s">
+      <c r="P53" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>