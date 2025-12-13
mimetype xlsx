--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -14139,51 +14139,51 @@
       <c r="G190">
         <v>678</v>
       </c>
       <c r="H190" t="s">
         <v>21</v>
       </c>
       <c r="I190">
         <v>150</v>
       </c>
       <c r="J190">
         <v>210</v>
       </c>
       <c r="K190">
         <v>26</v>
       </c>
       <c r="L190" s="1">
         <v>45637</v>
       </c>
       <c r="M190" s="2">
         <v>9786526315415</v>
       </c>
       <c r="N190" t="s" s="3">
         <v>543</v>
       </c>
       <c r="O190" s="4">
-        <v>229.90</v>
+        <v>259.90</v>
       </c>
       <c r="P190" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191">
         <v>31143</v>
       </c>
       <c r="C191" t="inlineStr">
         <is>
           <t>Direito e Justiça - Ano X - Número XVIII - 1º Semestre 2024 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
       <c r="D191" t="s">
         <v>542</v>
       </c>
       <c r="F191">
         <v>384</v>
       </c>
       <c r="G191">
         <v>471</v>