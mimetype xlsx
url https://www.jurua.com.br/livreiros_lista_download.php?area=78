--- v1 (2025-12-13)
+++ v2 (2026-02-25)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Catálogo" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1673" uniqueCount="1673">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1677" uniqueCount="1677">
   <si>
     <t>Seq.</t>
   </si>
   <si>
     <t>Cód.</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Edição/Tiragem</t>
   </si>
   <si>
     <t>Páginas</t>
   </si>
   <si>
     <t>Peso</t>
   </si>
   <si>
     <t>Acabamento</t>
   </si>
   <si>
@@ -1649,50 +1649,53 @@
   <si>
     <t>Direito e Justiça - Ano VII - XIII - 2º Semestre 2021 - Estudos Contemporâneos</t>
   </si>
   <si>
     <t>978655605911-2</t>
   </si>
   <si>
     <t>978853629871-9</t>
   </si>
   <si>
     <t>978652630219-4</t>
   </si>
   <si>
     <t>Organizadores: Faustino Martínez Martínez, Ignacio García Vitoria</t>
   </si>
   <si>
     <t>978652631541-5</t>
   </si>
   <si>
     <t>978652631290-2</t>
   </si>
   <si>
     <t>978652631769-3</t>
   </si>
   <si>
+    <t>978652631997-0</t>
+  </si>
+  <si>
     <t>Direito e Justiça - Número I - Aspectos Atuais e Problemáticos - Tomo I - Direitos Difusos, Coletivos e Individuais Homogêneos</t>
   </si>
   <si>
     <t>Organizadora: Alessandra Galli</t>
   </si>
   <si>
     <t>978853625470-8</t>
   </si>
   <si>
     <t>Direito e Justiça - Número I - Aspectos Atuais e Problemáticos - Tomo II - Direito Público</t>
   </si>
   <si>
     <t>978853625472-2</t>
   </si>
   <si>
     <t>Direito e Justiça - Número I - Aspectos Atuais e Problemáticos - Tomo III - Direito Privado</t>
   </si>
   <si>
     <t>978853625473-9</t>
   </si>
   <si>
     <t>Direito e Justiça - Número II - Efetividade do Direito</t>
   </si>
   <si>
     <t>Organizador: Wagner Balera</t>
@@ -4178,50 +4181,56 @@
   <si>
     <t>Fábio Lopes Alfaia</t>
   </si>
   <si>
     <t>978655605380-6</t>
   </si>
   <si>
     <t>Resiliência e Trabalho - O Comportamento de Multiprofissionais na Sociedade Contemporânea</t>
   </si>
   <si>
     <t>Coordenadores: Carlos César Ronchi, José Samuel de Miranda Melo Júnior, Nehemias Pinto Bandeira e Thiago Cardoso Ferreira</t>
   </si>
   <si>
     <t>978853628868-0</t>
   </si>
   <si>
     <t>Resolução de Conflitos - Estudos de Casos</t>
   </si>
   <si>
     <t>Coordenadores: Ricardo Real P. de Sousa e Gilberto Carvalho de Oliveira</t>
   </si>
   <si>
     <t>978655605223-6</t>
   </si>
   <si>
+    <t>Alfonso Ortega Giménez</t>
+  </si>
+  <si>
+    <t>978652632031-0</t>
+  </si>
+  <si>
     <t>Dolores Palacios González</t>
   </si>
   <si>
     <t>978853626227-7</t>
   </si>
   <si>
     <t>Responsabilidad Empresarial y Protección de la Salud Laboral - Análisis Jurídico Interdisciplinar</t>
   </si>
   <si>
     <t>Director: José Eduardo López Ahumada</t>
   </si>
   <si>
     <t>978853624436-5</t>
   </si>
   <si>
     <t>Responsabilidad Penal en el Deporte</t>
   </si>
   <si>
     <t>Leonardo Schmitt de Bem</t>
   </si>
   <si>
     <t>978853624637-6</t>
   </si>
   <si>
     <t>Responsabilidad por Daños - Imputación y Nexo de Causalidad - Prefacio de Luiz Edson Fachin - Presentación de Paulo Luiz Netto Lôbo</t>
@@ -4419,50 +4428,53 @@
     <t>2183-6396-00010</t>
   </si>
   <si>
     <t>2183-6396-00011</t>
   </si>
   <si>
     <t>2183-6396-00012</t>
   </si>
   <si>
     <t>2183-6396-00013</t>
   </si>
   <si>
     <t>2183-6396-00014</t>
   </si>
   <si>
     <t>2183-6396-00015</t>
   </si>
   <si>
     <t>2183-6396-00019</t>
   </si>
   <si>
     <t>2183-6396-00018</t>
   </si>
   <si>
     <t>2183-6396-00020</t>
+  </si>
+  <si>
+    <t>2183-6396-00021</t>
   </si>
   <si>
     <t>Revolução Digital e a Tipificação de Delitos Econômicos</t>
   </si>
   <si>
     <t>Guilherme Ramos Justus</t>
   </si>
   <si>
     <t>978655605874-0</t>
   </si>
   <si>
     <t>Rudolf Steiner and Emmi Pikler on The Education of Very Young Children - The Aesthetics of Care in the Development of Children Aged 0 to 3 years</t>
   </si>
   <si>
     <t>Felicia Siemsen, Tania Stoltz - Translation: David Harrad</t>
   </si>
   <si>
     <t>978652630960-5</t>
   </si>
   <si>
     <t>Samba Carioca e a Centralidade do Trabalho Vivo, O - Poetas Operários</t>
   </si>
   <si>
     <t>Bruna da Penha de Mendonça Coelho</t>
   </si>
@@ -5081,51 +5093,51 @@
   </cellStyleXfs>
   <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:R611"/>
+  <dimension ref="A1:R614"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="6"/>
     <col min="3" max="3" width="60"/>
     <col min="4" max="4" width="60"/>
     <col min="5" max="5" width="60"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="5"/>
     <col min="8" max="8" width="22"/>
     <col min="9" max="9" width="8"/>
     <col min="10" max="10" width="7"/>
     <col min="11" max="11" width="10"/>
     <col min="12" max="12" width="14"/>
     <col min="13" max="13" width="14"/>
     <col min="14" max="14" width="16"/>
     <col min="15" max="15" width="7"/>
     <col min="16" max="16" width="15"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -14248,19916 +14260,20063 @@
       </c>
       <c r="K192">
         <v>25</v>
       </c>
       <c r="L192" s="1">
         <v>45838</v>
       </c>
       <c r="M192" s="2">
         <v>9786526317693</v>
       </c>
       <c r="N192" t="s" s="3">
         <v>545</v>
       </c>
       <c r="O192" s="4">
         <v>229.90</v>
       </c>
       <c r="P192" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193">
-        <v>24281</v>
-[...1 lines deleted...]
-      <c r="C193" t="s">
+        <v>31940</v>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>Direito e Justiça - Ano XI - Número XXI - 2º Semestre 2025 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
+        </is>
+      </c>
+      <c r="D193" t="s">
+        <v>515</v>
+      </c>
+      <c r="F193">
+        <v>460</v>
+      </c>
+      <c r="G193">
+        <v>578</v>
+      </c>
+      <c r="H193" t="s">
+        <v>21</v>
+      </c>
+      <c r="I193">
+        <v>150</v>
+      </c>
+      <c r="J193">
+        <v>210</v>
+      </c>
+      <c r="K193">
+        <v>22</v>
+      </c>
+      <c r="L193" s="1">
+        <v>46007</v>
+      </c>
+      <c r="M193" s="2">
+        <v>9786526319970</v>
+      </c>
+      <c r="N193" t="s" s="3">
         <v>546</v>
       </c>
-      <c r="D193" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O193" s="4">
-        <v>169.90</v>
+        <v>249.90</v>
       </c>
       <c r="P193" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194">
-        <v>24282</v>
+        <v>24281</v>
       </c>
       <c r="C194" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D194" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F194">
-        <v>346</v>
+        <v>384</v>
       </c>
       <c r="G194">
-        <v>429</v>
+        <v>476</v>
       </c>
       <c r="H194" t="s">
         <v>21</v>
       </c>
       <c r="I194">
         <v>150</v>
       </c>
       <c r="J194">
         <v>210</v>
       </c>
       <c r="K194">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L194" s="1">
         <v>42304</v>
       </c>
       <c r="M194" s="2">
-        <v>9788536254722</v>
+        <v>9788536254708</v>
       </c>
       <c r="N194" t="s" s="3">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="O194" s="4">
-        <v>149.90</v>
+        <v>169.90</v>
       </c>
       <c r="P194" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195">
-        <v>24283</v>
+        <v>24282</v>
       </c>
       <c r="C195" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="D195" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F195">
-        <v>244</v>
+        <v>346</v>
       </c>
       <c r="G195">
-        <v>303</v>
+        <v>429</v>
       </c>
       <c r="H195" t="s">
         <v>21</v>
       </c>
       <c r="I195">
         <v>150</v>
       </c>
       <c r="J195">
         <v>210</v>
       </c>
       <c r="K195">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="L195" s="1">
         <v>42304</v>
       </c>
       <c r="M195" s="2">
-        <v>9788536254739</v>
+        <v>9788536254722</v>
       </c>
       <c r="N195" t="s" s="3">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="O195" s="4">
-        <v>119.90</v>
+        <v>149.90</v>
       </c>
       <c r="P195" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196">
-        <v>25103</v>
+        <v>24283</v>
       </c>
       <c r="C196" t="s">
+        <v>552</v>
+      </c>
+      <c r="D196" t="s">
+        <v>548</v>
+      </c>
+      <c r="F196">
+        <v>244</v>
+      </c>
+      <c r="G196">
+        <v>303</v>
+      </c>
+      <c r="H196" t="s">
+        <v>21</v>
+      </c>
+      <c r="I196">
+        <v>150</v>
+      </c>
+      <c r="J196">
+        <v>210</v>
+      </c>
+      <c r="K196">
+        <v>13</v>
+      </c>
+      <c r="L196" s="1">
+        <v>42304</v>
+      </c>
+      <c r="M196" s="2">
+        <v>9788536254739</v>
+      </c>
+      <c r="N196" t="s" s="3">
         <v>553</v>
       </c>
-      <c r="D196" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O196" s="4">
-        <v>189.90</v>
+        <v>119.90</v>
       </c>
       <c r="P196" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197">
-        <v>25407</v>
+        <v>25103</v>
       </c>
       <c r="C197" t="s">
+        <v>554</v>
+      </c>
+      <c r="D197" t="s">
+        <v>555</v>
+      </c>
+      <c r="F197">
+        <v>416</v>
+      </c>
+      <c r="G197">
+        <v>516</v>
+      </c>
+      <c r="H197" t="s">
+        <v>21</v>
+      </c>
+      <c r="I197">
+        <v>150</v>
+      </c>
+      <c r="J197">
+        <v>210</v>
+      </c>
+      <c r="K197">
+        <v>21</v>
+      </c>
+      <c r="L197" s="1">
+        <v>42642</v>
+      </c>
+      <c r="M197" s="2">
+        <v>9788536262307</v>
+      </c>
+      <c r="N197" t="s" s="3">
         <v>556</v>
       </c>
-      <c r="D197" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O197" s="4">
-        <v>209.90</v>
+        <v>189.90</v>
       </c>
       <c r="P197" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198">
-        <v>29034</v>
+        <v>25407</v>
       </c>
       <c r="C198" t="s">
+        <v>557</v>
+      </c>
+      <c r="D198" t="s">
+        <v>558</v>
+      </c>
+      <c r="F198">
+        <v>768</v>
+      </c>
+      <c r="G198">
+        <v>1051</v>
+      </c>
+      <c r="H198" t="s">
+        <v>21</v>
+      </c>
+      <c r="I198">
+        <v>150</v>
+      </c>
+      <c r="J198">
+        <v>210</v>
+      </c>
+      <c r="K198">
+        <v>38</v>
+      </c>
+      <c r="L198" s="1">
+        <v>42727</v>
+      </c>
+      <c r="M198" s="2">
+        <v>9788536265292</v>
+      </c>
+      <c r="N198" t="s" s="3">
         <v>559</v>
       </c>
-      <c r="D198" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O198" s="4">
-        <v>89.90</v>
+        <v>209.90</v>
       </c>
       <c r="P198" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199">
-        <v>28607</v>
+        <v>29034</v>
       </c>
       <c r="C199" t="s">
+        <v>560</v>
+      </c>
+      <c r="D199" t="s">
+        <v>561</v>
+      </c>
+      <c r="F199">
+        <v>144</v>
+      </c>
+      <c r="G199">
+        <v>178</v>
+      </c>
+      <c r="H199" t="s">
+        <v>21</v>
+      </c>
+      <c r="I199">
+        <v>150</v>
+      </c>
+      <c r="J199">
+        <v>210</v>
+      </c>
+      <c r="K199">
+        <v>8</v>
+      </c>
+      <c r="L199" s="1">
+        <v>44301</v>
+      </c>
+      <c r="M199" s="2">
+        <v>9786556055527</v>
+      </c>
+      <c r="N199" t="s" s="3">
         <v>562</v>
       </c>
-      <c r="D199" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O199" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P199" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200">
-        <v>28198</v>
+        <v>28607</v>
       </c>
       <c r="C200" t="s">
+        <v>563</v>
+      </c>
+      <c r="D200" t="s">
+        <v>564</v>
+      </c>
+      <c r="F200">
+        <v>88</v>
+      </c>
+      <c r="G200">
+        <v>109</v>
+      </c>
+      <c r="H200" t="s">
+        <v>21</v>
+      </c>
+      <c r="I200">
+        <v>150</v>
+      </c>
+      <c r="J200">
+        <v>210</v>
+      </c>
+      <c r="K200">
+        <v>5</v>
+      </c>
+      <c r="L200" s="1">
+        <v>44036</v>
+      </c>
+      <c r="M200" s="2">
+        <v>9786556051833</v>
+      </c>
+      <c r="N200" t="s" s="3">
         <v>565</v>
       </c>
-      <c r="D200" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O200" s="4">
-        <v>149.90</v>
+        <v>69.90</v>
       </c>
       <c r="P200" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201">
-        <v>28871</v>
+        <v>28198</v>
       </c>
       <c r="C201" t="s">
+        <v>566</v>
+      </c>
+      <c r="D201" t="s">
+        <v>567</v>
+      </c>
+      <c r="F201">
+        <v>284</v>
+      </c>
+      <c r="G201">
+        <v>352</v>
+      </c>
+      <c r="H201" t="s">
+        <v>21</v>
+      </c>
+      <c r="I201">
+        <v>150</v>
+      </c>
+      <c r="J201">
+        <v>210</v>
+      </c>
+      <c r="K201">
+        <v>15</v>
+      </c>
+      <c r="L201" s="1">
+        <v>43795</v>
+      </c>
+      <c r="M201" s="2">
+        <v>9788536291826</v>
+      </c>
+      <c r="N201" t="s" s="3">
         <v>568</v>
       </c>
-      <c r="D201" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O201" s="4">
-        <v>89.90</v>
+        <v>149.90</v>
       </c>
       <c r="P201" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202">
-        <v>28416</v>
+        <v>28871</v>
       </c>
       <c r="C202" t="s">
+        <v>569</v>
+      </c>
+      <c r="D202" t="s">
+        <v>570</v>
+      </c>
+      <c r="F202">
+        <v>148</v>
+      </c>
+      <c r="G202">
+        <v>184</v>
+      </c>
+      <c r="H202" t="s">
+        <v>21</v>
+      </c>
+      <c r="I202">
+        <v>150</v>
+      </c>
+      <c r="J202">
+        <v>210</v>
+      </c>
+      <c r="K202">
+        <v>8</v>
+      </c>
+      <c r="L202" s="1">
+        <v>44204</v>
+      </c>
+      <c r="M202" s="2">
+        <v>9786556054919</v>
+      </c>
+      <c r="N202" t="s" s="3">
         <v>571</v>
       </c>
-      <c r="D202" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O202" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P202" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203">
-        <v>27439</v>
+        <v>28416</v>
       </c>
       <c r="C203" t="s">
+        <v>572</v>
+      </c>
+      <c r="D203" t="s">
+        <v>573</v>
+      </c>
+      <c r="F203">
+        <v>232</v>
+      </c>
+      <c r="G203">
+        <v>288</v>
+      </c>
+      <c r="H203" t="s">
+        <v>21</v>
+      </c>
+      <c r="I203">
+        <v>150</v>
+      </c>
+      <c r="J203">
+        <v>210</v>
+      </c>
+      <c r="K203">
+        <v>12</v>
+      </c>
+      <c r="L203" s="1">
+        <v>43908</v>
+      </c>
+      <c r="M203" s="2">
+        <v>9788536294070</v>
+      </c>
+      <c r="N203" t="s" s="3">
         <v>574</v>
-      </c>
-[...28 lines deleted...]
-        <v>576</v>
       </c>
       <c r="O203" s="4">
         <v>119.90</v>
       </c>
       <c r="P203" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204">
-        <v>28034</v>
+        <v>27439</v>
       </c>
       <c r="C204" t="s">
+        <v>575</v>
+      </c>
+      <c r="D204" t="s">
+        <v>576</v>
+      </c>
+      <c r="F204">
+        <v>236</v>
+      </c>
+      <c r="G204">
+        <v>293</v>
+      </c>
+      <c r="H204" t="s">
+        <v>21</v>
+      </c>
+      <c r="I204">
+        <v>150</v>
+      </c>
+      <c r="J204">
+        <v>210</v>
+      </c>
+      <c r="K204">
+        <v>13</v>
+      </c>
+      <c r="L204" s="1">
+        <v>43434</v>
+      </c>
+      <c r="M204" s="2">
+        <v>9788536284767</v>
+      </c>
+      <c r="N204" t="s" s="3">
         <v>577</v>
       </c>
-      <c r="D204" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O204" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P204" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205">
-        <v>26645</v>
+        <v>28034</v>
       </c>
       <c r="C205" t="s">
+        <v>578</v>
+      </c>
+      <c r="D205" t="s">
+        <v>579</v>
+      </c>
+      <c r="F205">
+        <v>166</v>
+      </c>
+      <c r="G205">
+        <v>206</v>
+      </c>
+      <c r="H205" t="s">
+        <v>21</v>
+      </c>
+      <c r="I205">
+        <v>150</v>
+      </c>
+      <c r="J205">
+        <v>210</v>
+      </c>
+      <c r="K205">
+        <v>9</v>
+      </c>
+      <c r="L205" s="1">
+        <v>43719</v>
+      </c>
+      <c r="M205" s="2">
+        <v>9788536291130</v>
+      </c>
+      <c r="N205" t="s" s="3">
         <v>580</v>
       </c>
-      <c r="D205" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O205" s="4">
-        <v>169.90</v>
+        <v>99.90</v>
       </c>
       <c r="P205" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206">
-        <v>26956</v>
+        <v>26645</v>
       </c>
       <c r="C206" t="s">
+        <v>581</v>
+      </c>
+      <c r="D206" t="s">
+        <v>582</v>
+      </c>
+      <c r="F206">
+        <v>340</v>
+      </c>
+      <c r="G206">
+        <v>422</v>
+      </c>
+      <c r="H206" t="s">
+        <v>21</v>
+      </c>
+      <c r="I206">
+        <v>150</v>
+      </c>
+      <c r="J206">
+        <v>210</v>
+      </c>
+      <c r="K206">
+        <v>18</v>
+      </c>
+      <c r="L206" s="1">
+        <v>43180</v>
+      </c>
+      <c r="M206" s="2">
+        <v>9788536277394</v>
+      </c>
+      <c r="N206" t="s" s="3">
         <v>583</v>
       </c>
-      <c r="D206" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O206" s="4">
-        <v>109.90</v>
+        <v>169.90</v>
       </c>
       <c r="P206" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207">
-        <v>25650</v>
+        <v>26956</v>
       </c>
       <c r="C207" t="s">
+        <v>584</v>
+      </c>
+      <c r="D207" t="s">
+        <v>585</v>
+      </c>
+      <c r="F207">
+        <v>208</v>
+      </c>
+      <c r="G207">
+        <v>258</v>
+      </c>
+      <c r="H207" t="s">
+        <v>21</v>
+      </c>
+      <c r="I207">
+        <v>150</v>
+      </c>
+      <c r="J207">
+        <v>210</v>
+      </c>
+      <c r="K207">
+        <v>11</v>
+      </c>
+      <c r="L207" s="1">
+        <v>43276</v>
+      </c>
+      <c r="M207" s="2">
+        <v>9788536280479</v>
+      </c>
+      <c r="N207" t="s" s="3">
         <v>586</v>
       </c>
-      <c r="D207" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O207" s="4">
-        <v>159.90</v>
+        <v>109.90</v>
       </c>
       <c r="P207" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208">
-        <v>26962</v>
+        <v>25650</v>
       </c>
       <c r="C208" t="s">
+        <v>587</v>
+      </c>
+      <c r="D208" t="s">
+        <v>588</v>
+      </c>
+      <c r="F208">
+        <v>322</v>
+      </c>
+      <c r="G208">
+        <v>399</v>
+      </c>
+      <c r="H208" t="s">
+        <v>21</v>
+      </c>
+      <c r="I208">
+        <v>150</v>
+      </c>
+      <c r="J208">
+        <v>210</v>
+      </c>
+      <c r="K208">
+        <v>17</v>
+      </c>
+      <c r="L208" s="1">
+        <v>42851</v>
+      </c>
+      <c r="M208" s="2">
+        <v>9788536267401</v>
+      </c>
+      <c r="N208" t="s" s="3">
         <v>589</v>
       </c>
-      <c r="D208" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O208" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P208" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209">
-        <v>26842</v>
+        <v>26962</v>
       </c>
       <c r="C209" t="s">
+        <v>590</v>
+      </c>
+      <c r="D209" t="s">
+        <v>591</v>
+      </c>
+      <c r="F209">
+        <v>156</v>
+      </c>
+      <c r="G209">
+        <v>193</v>
+      </c>
+      <c r="H209" t="s">
+        <v>21</v>
+      </c>
+      <c r="I209">
+        <v>150</v>
+      </c>
+      <c r="J209">
+        <v>210</v>
+      </c>
+      <c r="K209">
+        <v>9</v>
+      </c>
+      <c r="L209" s="1">
+        <v>43284</v>
+      </c>
+      <c r="M209" s="2">
+        <v>9788536280110</v>
+      </c>
+      <c r="N209" t="s" s="3">
         <v>592</v>
       </c>
-      <c r="D209" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O209" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P209" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210">
-        <v>26697</v>
+        <v>26842</v>
       </c>
       <c r="C210" t="s">
+        <v>593</v>
+      </c>
+      <c r="D210" t="s">
+        <v>594</v>
+      </c>
+      <c r="F210">
+        <v>234</v>
+      </c>
+      <c r="G210">
+        <v>290</v>
+      </c>
+      <c r="H210" t="s">
+        <v>21</v>
+      </c>
+      <c r="I210">
+        <v>150</v>
+      </c>
+      <c r="J210">
+        <v>210</v>
+      </c>
+      <c r="K210">
+        <v>13</v>
+      </c>
+      <c r="L210" s="1">
+        <v>43237</v>
+      </c>
+      <c r="M210" s="2">
+        <v>9788536279145</v>
+      </c>
+      <c r="N210" t="s" s="3">
         <v>595</v>
       </c>
-      <c r="D210" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O210" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P210" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211">
-        <v>22668</v>
+        <v>26697</v>
       </c>
       <c r="C211" t="s">
+        <v>596</v>
+      </c>
+      <c r="D211" t="s">
+        <v>597</v>
+      </c>
+      <c r="F211">
+        <v>192</v>
+      </c>
+      <c r="G211">
+        <v>238</v>
+      </c>
+      <c r="H211" t="s">
+        <v>21</v>
+      </c>
+      <c r="I211">
+        <v>150</v>
+      </c>
+      <c r="J211">
+        <v>210</v>
+      </c>
+      <c r="K211">
+        <v>11</v>
+      </c>
+      <c r="L211" s="1">
+        <v>43192</v>
+      </c>
+      <c r="M211" s="2">
+        <v>9788536277738</v>
+      </c>
+      <c r="N211" t="s" s="3">
         <v>598</v>
       </c>
-      <c r="D211" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O211" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P211" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212">
-        <v>28991</v>
+        <v>22668</v>
       </c>
       <c r="C212" t="s">
+        <v>599</v>
+      </c>
+      <c r="D212" t="s">
+        <v>600</v>
+      </c>
+      <c r="F212">
+        <v>150</v>
+      </c>
+      <c r="G212">
+        <v>196</v>
+      </c>
+      <c r="H212" t="s">
+        <v>21</v>
+      </c>
+      <c r="I212">
+        <v>150</v>
+      </c>
+      <c r="J212">
+        <v>210</v>
+      </c>
+      <c r="K212">
+        <v>9</v>
+      </c>
+      <c r="L212" s="1">
+        <v>41088</v>
+      </c>
+      <c r="M212" s="2">
+        <v>9788536238388</v>
+      </c>
+      <c r="N212" t="s" s="3">
         <v>601</v>
       </c>
-      <c r="D212" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O212" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P212" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213">
-        <v>27677</v>
+        <v>28991</v>
       </c>
       <c r="C213" t="s">
+        <v>602</v>
+      </c>
+      <c r="D213" t="s">
+        <v>603</v>
+      </c>
+      <c r="F213">
+        <v>188</v>
+      </c>
+      <c r="G213">
+        <v>233</v>
+      </c>
+      <c r="H213" t="s">
+        <v>21</v>
+      </c>
+      <c r="I213">
+        <v>150</v>
+      </c>
+      <c r="J213">
+        <v>210</v>
+      </c>
+      <c r="K213">
+        <v>10</v>
+      </c>
+      <c r="L213" s="1">
+        <v>44277</v>
+      </c>
+      <c r="M213" s="2">
+        <v>9786556055985</v>
+      </c>
+      <c r="N213" t="s" s="3">
         <v>604</v>
       </c>
-      <c r="D213" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O213" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P213" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214">
-        <v>31213</v>
+        <v>27677</v>
       </c>
       <c r="C214" t="s">
+        <v>605</v>
+      </c>
+      <c r="D214" t="s">
+        <v>606</v>
+      </c>
+      <c r="F214">
+        <v>242</v>
+      </c>
+      <c r="G214">
+        <v>300</v>
+      </c>
+      <c r="H214" t="s">
+        <v>21</v>
+      </c>
+      <c r="I214">
+        <v>150</v>
+      </c>
+      <c r="J214">
+        <v>210</v>
+      </c>
+      <c r="K214">
+        <v>13</v>
+      </c>
+      <c r="L214" s="1">
+        <v>43543</v>
+      </c>
+      <c r="M214" s="2">
+        <v>9788536287157</v>
+      </c>
+      <c r="N214" t="s" s="3">
         <v>607</v>
       </c>
-      <c r="D214" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O214" s="4">
-        <v>99.90</v>
+        <v>119.90</v>
       </c>
       <c r="P214" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215">
-        <v>26970</v>
+        <v>31213</v>
       </c>
       <c r="C215" t="s">
+        <v>608</v>
+      </c>
+      <c r="D215" t="s">
+        <v>609</v>
+      </c>
+      <c r="F215">
+        <v>210</v>
+      </c>
+      <c r="G215">
+        <v>260</v>
+      </c>
+      <c r="H215" t="s">
+        <v>21</v>
+      </c>
+      <c r="I215">
+        <v>150</v>
+      </c>
+      <c r="J215">
+        <v>210</v>
+      </c>
+      <c r="K215">
+        <v>10</v>
+      </c>
+      <c r="L215" s="1">
+        <v>45537</v>
+      </c>
+      <c r="M215" s="2">
+        <v>9786526312520</v>
+      </c>
+      <c r="N215" t="s" s="3">
         <v>610</v>
       </c>
-      <c r="D215" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O215" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P215" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216">
-        <v>29173</v>
+        <v>26970</v>
       </c>
       <c r="C216" t="s">
+        <v>611</v>
+      </c>
+      <c r="D216" t="s">
+        <v>612</v>
+      </c>
+      <c r="F216">
+        <v>136</v>
+      </c>
+      <c r="G216">
+        <v>169</v>
+      </c>
+      <c r="H216" t="s">
+        <v>21</v>
+      </c>
+      <c r="I216">
+        <v>150</v>
+      </c>
+      <c r="J216">
+        <v>210</v>
+      </c>
+      <c r="K216">
+        <v>8</v>
+      </c>
+      <c r="L216" s="1">
+        <v>43284</v>
+      </c>
+      <c r="M216" s="2">
+        <v>9788536280332</v>
+      </c>
+      <c r="N216" t="s" s="3">
         <v>613</v>
       </c>
-      <c r="D216" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O216" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P216" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217">
-        <v>29482</v>
+        <v>29173</v>
       </c>
       <c r="C217" t="s">
+        <v>614</v>
+      </c>
+      <c r="D217" t="s">
+        <v>615</v>
+      </c>
+      <c r="F217">
+        <v>194</v>
+      </c>
+      <c r="G217">
+        <v>241</v>
+      </c>
+      <c r="H217" t="s">
+        <v>21</v>
+      </c>
+      <c r="I217">
+        <v>150</v>
+      </c>
+      <c r="J217">
+        <v>210</v>
+      </c>
+      <c r="K217">
+        <v>10</v>
+      </c>
+      <c r="L217" s="1">
+        <v>44398</v>
+      </c>
+      <c r="M217" s="2">
+        <v>9786556056265</v>
+      </c>
+      <c r="N217" t="s" s="3">
         <v>616</v>
       </c>
-      <c r="D217" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O217" s="4">
-        <v>169.90</v>
+        <v>119.90</v>
       </c>
       <c r="P217" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218">
-        <v>31747</v>
+        <v>29482</v>
       </c>
       <c r="C218" t="s">
+        <v>617</v>
+      </c>
+      <c r="D218" t="s">
+        <v>618</v>
+      </c>
+      <c r="F218">
+        <v>398</v>
+      </c>
+      <c r="G218">
+        <v>494</v>
+      </c>
+      <c r="H218" t="s">
+        <v>21</v>
+      </c>
+      <c r="I218">
+        <v>150</v>
+      </c>
+      <c r="J218">
+        <v>210</v>
+      </c>
+      <c r="K218">
+        <v>20</v>
+      </c>
+      <c r="L218" s="1">
+        <v>44607</v>
+      </c>
+      <c r="M218" s="2">
+        <v>9786556059259</v>
+      </c>
+      <c r="N218" t="s" s="3">
         <v>619</v>
       </c>
-      <c r="D218" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O218" s="4">
-        <v>159.90</v>
+        <v>169.90</v>
       </c>
       <c r="P218" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219">
-        <v>27667</v>
+        <v>31747</v>
       </c>
       <c r="C219" t="s">
+        <v>620</v>
+      </c>
+      <c r="D219" t="s">
+        <v>621</v>
+      </c>
+      <c r="F219">
+        <v>350</v>
+      </c>
+      <c r="G219">
+        <v>450</v>
+      </c>
+      <c r="H219" t="s">
+        <v>21</v>
+      </c>
+      <c r="I219">
+        <v>150</v>
+      </c>
+      <c r="J219">
+        <v>210</v>
+      </c>
+      <c r="K219">
+        <v>17</v>
+      </c>
+      <c r="L219" s="1">
+        <v>45896</v>
+      </c>
+      <c r="M219" s="2">
+        <v>9786526317129</v>
+      </c>
+      <c r="N219" t="s" s="3">
         <v>622</v>
       </c>
-      <c r="D219" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O219" s="4">
-        <v>129.90</v>
+        <v>159.90</v>
       </c>
       <c r="P219" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220">
-        <v>23685</v>
+        <v>27667</v>
       </c>
       <c r="C220" t="s">
+        <v>623</v>
+      </c>
+      <c r="D220" t="s">
+        <v>624</v>
+      </c>
+      <c r="F220">
+        <v>274</v>
+      </c>
+      <c r="G220">
+        <v>340</v>
+      </c>
+      <c r="H220" t="s">
+        <v>21</v>
+      </c>
+      <c r="I220">
+        <v>150</v>
+      </c>
+      <c r="J220">
+        <v>210</v>
+      </c>
+      <c r="K220">
+        <v>15</v>
+      </c>
+      <c r="L220" s="1">
+        <v>43549</v>
+      </c>
+      <c r="M220" s="2">
+        <v>9788536287171</v>
+      </c>
+      <c r="N220" t="s" s="3">
         <v>625</v>
       </c>
-      <c r="D220" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O220" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P220" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221">
+        <v>23685</v>
+      </c>
+      <c r="C221" t="s">
+        <v>626</v>
+      </c>
+      <c r="D221" t="s">
+        <v>627</v>
+      </c>
+      <c r="F221">
+        <v>238</v>
+      </c>
+      <c r="G221">
+        <v>295</v>
+      </c>
+      <c r="H221" t="s">
+        <v>21</v>
+      </c>
+      <c r="I221">
+        <v>150</v>
+      </c>
+      <c r="J221">
+        <v>210</v>
+      </c>
+      <c r="K221">
+        <v>13</v>
+      </c>
+      <c r="L221" s="1">
+        <v>41954</v>
+      </c>
+      <c r="M221" s="2">
+        <v>9788536248684</v>
+      </c>
+      <c r="N221" t="s" s="3">
+        <v>628</v>
+      </c>
+      <c r="O221" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P221" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222">
+        <v>221</v>
+      </c>
+      <c r="B222">
         <v>24437</v>
       </c>
-      <c r="C221" t="inlineStr">
+      <c r="C222" t="inlineStr">
         <is>
           <t>El Agente Infiltrado desde el Punto de Vista del Garantismo Procesal Penal - Edición Revisada y Actualizada con la Ley Orgánica 13/2015 y la Ley 41/2015, de 5 de Octubre - Prólogo de Nicolás Rodríguez García</t>
         </is>
       </c>
-      <c r="D221" t="s">
-[...2 lines deleted...]
-      <c r="E221" t="s">
+      <c r="D222" t="s">
         <v>629</v>
       </c>
-      <c r="F221">
+      <c r="E222" t="s">
+        <v>630</v>
+      </c>
+      <c r="F222">
         <v>778</v>
       </c>
-      <c r="G221">
+      <c r="G222">
         <v>964</v>
       </c>
-      <c r="H221" t="s">
+      <c r="H222" t="s">
         <v>332</v>
       </c>
-      <c r="I221">
+      <c r="I222">
         <v>165</v>
       </c>
-      <c r="J221">
+      <c r="J222">
         <v>215</v>
       </c>
-      <c r="K221">
+      <c r="K222">
         <v>58</v>
       </c>
-      <c r="L221" s="1">
+      <c r="L222" s="1">
         <v>42426</v>
       </c>
-      <c r="M221" s="2">
+      <c r="M222" s="2">
         <v>9788536255897</v>
       </c>
-      <c r="N221" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O221" s="4">
+      <c r="N222" t="s" s="3">
+        <v>631</v>
+      </c>
+      <c r="O222" s="4">
         <v>309.90</v>
       </c>
-      <c r="P221" t="s">
-[...7 lines deleted...]
-      <c r="B222">
+      <c r="P222" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223">
+        <v>222</v>
+      </c>
+      <c r="B223">
         <v>28624</v>
       </c>
-      <c r="C222" t="inlineStr">
+      <c r="C223" t="inlineStr">
         <is>
           <t>El Convenio Para Evitar la Doble Imposición Entre España y Estados Unidos - Adaptado a la modificación del Convenio que ha entrado en vigor en 2019 - Colección Derecho Fiscal</t>
         </is>
       </c>
-      <c r="D222" t="s">
-[...2 lines deleted...]
-      <c r="F222">
+      <c r="D223" t="s">
+        <v>632</v>
+      </c>
+      <c r="F223">
         <v>214</v>
       </c>
-      <c r="G222">
+      <c r="G223">
         <v>265</v>
       </c>
-      <c r="H222" t="s">
-[...8 lines deleted...]
-      <c r="K222">
+      <c r="H223" t="s">
+        <v>21</v>
+      </c>
+      <c r="I223">
+        <v>150</v>
+      </c>
+      <c r="J223">
+        <v>210</v>
+      </c>
+      <c r="K223">
         <v>11</v>
       </c>
-      <c r="L222" s="1">
+      <c r="L223" s="1">
         <v>44043</v>
       </c>
-      <c r="M222" s="2">
+      <c r="M223" s="2">
         <v>9786556051703</v>
       </c>
-      <c r="N222" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O222" s="4">
+      <c r="N223" t="s" s="3">
+        <v>633</v>
+      </c>
+      <c r="O223" s="4">
         <v>99.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>79.90</v>
       </c>
       <c r="P223" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224">
+        <v>27495</v>
+      </c>
+      <c r="C224" t="s">
+        <v>634</v>
+      </c>
+      <c r="D224" t="s">
+        <v>635</v>
+      </c>
+      <c r="F224">
+        <v>120</v>
+      </c>
+      <c r="G224">
+        <v>149</v>
+      </c>
+      <c r="H224" t="s">
+        <v>21</v>
+      </c>
+      <c r="I224">
+        <v>150</v>
+      </c>
+      <c r="J224">
+        <v>210</v>
+      </c>
+      <c r="K224">
+        <v>7</v>
+      </c>
+      <c r="L224" s="1">
+        <v>43452</v>
+      </c>
+      <c r="M224" s="2">
+        <v>9788536285344</v>
+      </c>
+      <c r="N224" t="s" s="3">
+        <v>636</v>
+      </c>
+      <c r="O224" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P224" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225">
+        <v>224</v>
+      </c>
+      <c r="B225">
         <v>29147</v>
       </c>
-      <c r="C224" t="inlineStr">
+      <c r="C225" t="inlineStr">
         <is>
           <t>El Derecho a la Protección de Datos - Teoría y Práctica - Colección Derecho Constitucional - Director: David Vallespín Pérez - Coordinadora: Argelia Queralt Jiménez</t>
         </is>
       </c>
-      <c r="D224" t="s">
-[...2 lines deleted...]
-      <c r="F224">
+      <c r="D225" t="s">
+        <v>637</v>
+      </c>
+      <c r="F225">
         <v>170</v>
       </c>
-      <c r="G224">
+      <c r="G225">
         <v>211</v>
       </c>
-      <c r="H224" t="s">
-[...8 lines deleted...]
-      <c r="K224">
+      <c r="H225" t="s">
+        <v>21</v>
+      </c>
+      <c r="I225">
+        <v>150</v>
+      </c>
+      <c r="J225">
+        <v>210</v>
+      </c>
+      <c r="K225">
         <v>9</v>
       </c>
-      <c r="L224" s="1">
+      <c r="L225" s="1">
         <v>44386</v>
       </c>
-      <c r="M224" s="2">
+      <c r="M225" s="2">
         <v>9786556056333</v>
       </c>
-      <c r="N224" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O224" s="4">
+      <c r="N225" t="s" s="3">
+        <v>638</v>
+      </c>
+      <c r="O225" s="4">
         <v>89.90</v>
       </c>
-      <c r="P224" t="s">
-[...7 lines deleted...]
-      <c r="B225">
+      <c r="P225" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226">
+        <v>225</v>
+      </c>
+      <c r="B226">
         <v>30075</v>
       </c>
-      <c r="C225" t="inlineStr">
+      <c r="C226" t="inlineStr">
         <is>
           <t>El Derecho, A Prueba - 11 Sistemas Jurídicos Ante el Desafío de la COVID-19 - Colección de Organización Judicial - Director: David Vallespín Pérez - Coordinador: José María Asencio Gallego</t>
         </is>
       </c>
-      <c r="D225" t="s">
-[...2 lines deleted...]
-      <c r="F225">
+      <c r="D226" t="s">
+        <v>639</v>
+      </c>
+      <c r="F226">
         <v>302</v>
       </c>
-      <c r="G225">
+      <c r="G226">
         <v>375</v>
-      </c>
-[...48 lines deleted...]
-        <v>357</v>
       </c>
       <c r="H226" t="s">
         <v>21</v>
       </c>
       <c r="I226">
         <v>150</v>
       </c>
       <c r="J226">
         <v>210</v>
       </c>
       <c r="K226">
         <v>15</v>
       </c>
       <c r="L226" s="1">
-        <v>43353</v>
+        <v>44825</v>
       </c>
       <c r="M226" s="2">
-        <v>9788536282206</v>
+        <v>9786526300565</v>
       </c>
       <c r="N226" t="s" s="3">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="O226" s="4">
-        <v>139.90</v>
+        <v>149.90</v>
       </c>
       <c r="P226" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227">
-        <v>23414</v>
+        <v>27185</v>
       </c>
       <c r="C227" t="s">
+        <v>641</v>
+      </c>
+      <c r="D227" t="s">
+        <v>642</v>
+      </c>
+      <c r="E227" t="s">
+        <v>44</v>
+      </c>
+      <c r="F227">
+        <v>288</v>
+      </c>
+      <c r="G227">
+        <v>357</v>
+      </c>
+      <c r="H227" t="s">
+        <v>21</v>
+      </c>
+      <c r="I227">
+        <v>150</v>
+      </c>
+      <c r="J227">
+        <v>210</v>
+      </c>
+      <c r="K227">
+        <v>15</v>
+      </c>
+      <c r="L227" s="1">
+        <v>43353</v>
+      </c>
+      <c r="M227" s="2">
+        <v>9788536282206</v>
+      </c>
+      <c r="N227" t="s" s="3">
         <v>643</v>
       </c>
-      <c r="D227" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O227" s="4">
-        <v>159.90</v>
+        <v>139.90</v>
       </c>
       <c r="P227" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228">
-        <v>23269</v>
+        <v>23414</v>
       </c>
       <c r="C228" t="s">
+        <v>644</v>
+      </c>
+      <c r="D228" t="s">
+        <v>645</v>
+      </c>
+      <c r="F228">
+        <v>314</v>
+      </c>
+      <c r="G228">
+        <v>391</v>
+      </c>
+      <c r="H228" t="s">
+        <v>21</v>
+      </c>
+      <c r="I228">
+        <v>150</v>
+      </c>
+      <c r="J228">
+        <v>210</v>
+      </c>
+      <c r="K228">
+        <v>16</v>
+      </c>
+      <c r="L228" s="1">
+        <v>41761</v>
+      </c>
+      <c r="M228" s="2">
+        <v>9788536245621</v>
+      </c>
+      <c r="N228" t="s" s="3">
         <v>646</v>
       </c>
-      <c r="D228" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O228" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P228" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229">
-        <v>30924</v>
+        <v>23269</v>
       </c>
       <c r="C229" t="s">
+        <v>647</v>
+      </c>
+      <c r="D229" t="s">
+        <v>199</v>
+      </c>
+      <c r="F229">
+        <v>158</v>
+      </c>
+      <c r="G229">
+        <v>197</v>
+      </c>
+      <c r="H229" t="s">
+        <v>21</v>
+      </c>
+      <c r="I229">
+        <v>150</v>
+      </c>
+      <c r="J229">
+        <v>210</v>
+      </c>
+      <c r="K229">
+        <v>9</v>
+      </c>
+      <c r="L229" s="1">
+        <v>41617</v>
+      </c>
+      <c r="M229" s="2">
+        <v>9788536244761</v>
+      </c>
+      <c r="N229" t="s" s="3">
         <v>648</v>
       </c>
-      <c r="D229" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O229" s="4">
-        <v>189.90</v>
+        <v>89.90</v>
       </c>
       <c r="P229" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230">
-        <v>21741</v>
+        <v>30924</v>
       </c>
       <c r="C230" t="s">
+        <v>649</v>
+      </c>
+      <c r="D230" t="s">
+        <v>650</v>
+      </c>
+      <c r="F230">
+        <v>388</v>
+      </c>
+      <c r="G230">
+        <v>476</v>
+      </c>
+      <c r="H230" t="s">
+        <v>21</v>
+      </c>
+      <c r="I230">
+        <v>150</v>
+      </c>
+      <c r="J230">
+        <v>210</v>
+      </c>
+      <c r="K230">
+        <v>19</v>
+      </c>
+      <c r="L230" s="1">
+        <v>45344</v>
+      </c>
+      <c r="M230" s="2">
+        <v>9786526310434</v>
+      </c>
+      <c r="N230" t="s" s="3">
         <v>651</v>
       </c>
-      <c r="D230" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O230" s="4">
-        <v>159.90</v>
+        <v>189.90</v>
       </c>
       <c r="P230" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231">
-        <v>23271</v>
+        <v>21741</v>
       </c>
       <c r="C231" t="s">
+        <v>652</v>
+      </c>
+      <c r="D231" t="s">
+        <v>653</v>
+      </c>
+      <c r="F231">
+        <v>318</v>
+      </c>
+      <c r="G231">
+        <v>407</v>
+      </c>
+      <c r="H231" t="s">
+        <v>21</v>
+      </c>
+      <c r="I231">
+        <v>150</v>
+      </c>
+      <c r="J231">
+        <v>210</v>
+      </c>
+      <c r="K231">
+        <v>17</v>
+      </c>
+      <c r="L231" s="1">
+        <v>40303</v>
+      </c>
+      <c r="M231" s="2">
+        <v>9788536229898</v>
+      </c>
+      <c r="N231" t="s" s="3">
         <v>654</v>
       </c>
-      <c r="D231" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O231" s="4">
-        <v>79.90</v>
+        <v>159.90</v>
       </c>
       <c r="P231" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232">
-        <v>21903</v>
+        <v>23271</v>
       </c>
       <c r="C232" t="s">
+        <v>655</v>
+      </c>
+      <c r="D232" t="s">
+        <v>656</v>
+      </c>
+      <c r="F232">
+        <v>108</v>
+      </c>
+      <c r="G232">
+        <v>134</v>
+      </c>
+      <c r="H232" t="s">
+        <v>21</v>
+      </c>
+      <c r="I232">
+        <v>150</v>
+      </c>
+      <c r="J232">
+        <v>210</v>
+      </c>
+      <c r="K232">
+        <v>7</v>
+      </c>
+      <c r="L232" s="1">
+        <v>41618</v>
+      </c>
+      <c r="M232" s="2">
+        <v>9788536244525</v>
+      </c>
+      <c r="N232" t="s" s="3">
         <v>657</v>
       </c>
-      <c r="D232" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O232" s="4">
-        <v>189.90</v>
+        <v>79.90</v>
       </c>
       <c r="P232" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233">
+        <v>21903</v>
+      </c>
+      <c r="C233" t="s">
+        <v>658</v>
+      </c>
+      <c r="D233" t="s">
+        <v>659</v>
+      </c>
+      <c r="F233">
+        <v>422</v>
+      </c>
+      <c r="G233">
+        <v>530</v>
+      </c>
+      <c r="H233" t="s">
+        <v>660</v>
+      </c>
+      <c r="I233">
+        <v>150</v>
+      </c>
+      <c r="J233">
+        <v>210</v>
+      </c>
+      <c r="K233">
+        <v>22</v>
+      </c>
+      <c r="L233" s="1">
+        <v>40414</v>
+      </c>
+      <c r="M233" s="2">
+        <v>9788536230412</v>
+      </c>
+      <c r="N233" t="s" s="3">
+        <v>661</v>
+      </c>
+      <c r="O233" s="4">
+        <v>189.90</v>
+      </c>
+      <c r="P233" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234">
+        <v>233</v>
+      </c>
+      <c r="B234">
         <v>30843</v>
       </c>
-      <c r="C233" t="inlineStr">
+      <c r="C234" t="inlineStr">
         <is>
           <t>El Procedimiento de Exacción de Derechos de Abogados y Procuradores - Colección de Organización Judicial - Director: David Vallespín Pérez - Coordinador: José María Asencio Gallego</t>
         </is>
       </c>
-      <c r="D233" t="s">
-[...2 lines deleted...]
-      <c r="F233">
+      <c r="D234" t="s">
+        <v>662</v>
+      </c>
+      <c r="F234">
         <v>118</v>
       </c>
-      <c r="G233">
+      <c r="G234">
         <v>146</v>
       </c>
-      <c r="H233" t="s">
-[...8 lines deleted...]
-      <c r="K233">
+      <c r="H234" t="s">
+        <v>21</v>
+      </c>
+      <c r="I234">
+        <v>150</v>
+      </c>
+      <c r="J234">
+        <v>210</v>
+      </c>
+      <c r="K234">
         <v>6</v>
       </c>
-      <c r="L233" s="1">
+      <c r="L234" s="1">
         <v>45278</v>
       </c>
-      <c r="M233" s="2">
+      <c r="M234" s="2">
         <v>9786526306543</v>
       </c>
-      <c r="N233" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O233" s="4">
+      <c r="N234" t="s" s="3">
+        <v>663</v>
+      </c>
+      <c r="O234" s="4">
         <v>89.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>109.90</v>
       </c>
       <c r="P234" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235">
+        <v>23216</v>
+      </c>
+      <c r="C235" t="s">
+        <v>664</v>
+      </c>
+      <c r="D235" t="s">
+        <v>665</v>
+      </c>
+      <c r="F235">
+        <v>214</v>
+      </c>
+      <c r="G235">
+        <v>267</v>
+      </c>
+      <c r="H235" t="s">
+        <v>21</v>
+      </c>
+      <c r="I235">
+        <v>150</v>
+      </c>
+      <c r="J235">
+        <v>210</v>
+      </c>
+      <c r="K235">
+        <v>12</v>
+      </c>
+      <c r="L235" s="1">
+        <v>41584</v>
+      </c>
+      <c r="M235" s="2">
+        <v>9788536244358</v>
+      </c>
+      <c r="N235" t="s" s="3">
+        <v>666</v>
+      </c>
+      <c r="O235" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P235" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236">
+        <v>235</v>
+      </c>
+      <c r="B236">
         <v>29686</v>
       </c>
-      <c r="C235" t="inlineStr">
+      <c r="C236" t="inlineStr">
         <is>
           <t>El Procurador de los Tribunales como Eficaz Colaborador de la Administración de Justicia - Colección de Organización Judicial - Director: David Vallespín Pérez - Coordinador: José María Asencio Gallego</t>
         </is>
       </c>
-      <c r="D235" t="s">
-[...2 lines deleted...]
-      <c r="F235">
+      <c r="D236" t="s">
+        <v>667</v>
+      </c>
+      <c r="F236">
         <v>246</v>
       </c>
-      <c r="G235">
+      <c r="G236">
         <v>305</v>
       </c>
-      <c r="H235" t="s">
-[...8 lines deleted...]
-      <c r="K235">
+      <c r="H236" t="s">
+        <v>21</v>
+      </c>
+      <c r="I236">
+        <v>150</v>
+      </c>
+      <c r="J236">
+        <v>210</v>
+      </c>
+      <c r="K236">
         <v>13</v>
       </c>
-      <c r="L235" s="1">
+      <c r="L236" s="1">
         <v>44683</v>
       </c>
-      <c r="M235" s="2">
+      <c r="M236" s="2">
         <v>9788536297729</v>
       </c>
-      <c r="N235" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O235" s="4">
+      <c r="N236" t="s" s="3">
+        <v>668</v>
+      </c>
+      <c r="O236" s="4">
         <v>119.90</v>
       </c>
-      <c r="P235" t="s">
-[...7 lines deleted...]
-      <c r="B236">
+      <c r="P236" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237">
+        <v>236</v>
+      </c>
+      <c r="B237">
         <v>29023</v>
       </c>
-      <c r="C236" t="inlineStr">
+      <c r="C237" t="inlineStr">
         <is>
           <t>El Reto del Letrado de la Administración de Justicia en la Nueva Oficina Judicial - Colección de Organización Judicial - Director: David Vallespín Pérez - Coordinador: José María Asencio Gallego</t>
         </is>
       </c>
-      <c r="D236" t="s">
-[...5 lines deleted...]
-      <c r="G236">
+      <c r="D237" t="s">
+        <v>669</v>
+      </c>
+      <c r="F237">
+        <v>210</v>
+      </c>
+      <c r="G237">
         <v>260</v>
-      </c>
-[...45 lines deleted...]
-        <v>253</v>
       </c>
       <c r="H237" t="s">
         <v>21</v>
       </c>
       <c r="I237">
         <v>150</v>
       </c>
       <c r="J237">
         <v>210</v>
       </c>
       <c r="K237">
         <v>11</v>
       </c>
       <c r="L237" s="1">
-        <v>41820</v>
+        <v>44295</v>
       </c>
       <c r="M237" s="2">
-        <v>9788536245263</v>
+        <v>9786556055343</v>
       </c>
       <c r="N237" t="s" s="3">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="O237" s="4">
-        <v>107.70</v>
+        <v>99.90</v>
       </c>
       <c r="P237" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238">
-        <v>29106</v>
+        <v>23485</v>
       </c>
       <c r="C238" t="s">
+        <v>671</v>
+      </c>
+      <c r="D238" t="s">
+        <v>672</v>
+      </c>
+      <c r="F238">
+        <v>204</v>
+      </c>
+      <c r="G238">
+        <v>253</v>
+      </c>
+      <c r="H238" t="s">
+        <v>21</v>
+      </c>
+      <c r="I238">
+        <v>150</v>
+      </c>
+      <c r="J238">
+        <v>210</v>
+      </c>
+      <c r="K238">
+        <v>11</v>
+      </c>
+      <c r="L238" s="1">
+        <v>41820</v>
+      </c>
+      <c r="M238" s="2">
+        <v>9788536245263</v>
+      </c>
+      <c r="N238" t="s" s="3">
         <v>673</v>
       </c>
-      <c r="D238" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O238" s="4">
-        <v>79.90</v>
+        <v>107.70</v>
       </c>
       <c r="P238" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239">
+        <v>29106</v>
+      </c>
+      <c r="C239" t="s">
+        <v>674</v>
+      </c>
+      <c r="D239" t="s">
+        <v>675</v>
+      </c>
+      <c r="F239">
+        <v>132</v>
+      </c>
+      <c r="G239">
+        <v>164</v>
+      </c>
+      <c r="H239" t="s">
+        <v>21</v>
+      </c>
+      <c r="I239">
+        <v>150</v>
+      </c>
+      <c r="J239">
+        <v>210</v>
+      </c>
+      <c r="K239">
+        <v>7</v>
+      </c>
+      <c r="L239" s="1">
+        <v>44355</v>
+      </c>
+      <c r="M239" s="2">
+        <v>9786556056609</v>
+      </c>
+      <c r="N239" t="s" s="3">
+        <v>676</v>
+      </c>
+      <c r="O239" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P239" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240">
+        <v>239</v>
+      </c>
+      <c r="B240">
         <v>25057</v>
       </c>
-      <c r="C239" t="s">
-[...2 lines deleted...]
-      <c r="D239" t="inlineStr">
+      <c r="C240" t="s">
+        <v>677</v>
+      </c>
+      <c r="D240" t="inlineStr">
         <is>
           <t>Coordinadora: María Inmaculada Sánchez Barrios - Autores: Rafael Cuevas Castaño, Miguel Ángel Gómez Castaño, José Luis Sánchez Barrios e María Inmaculada Sánchez Barrios</t>
         </is>
       </c>
-      <c r="F239">
+      <c r="F240">
         <v>242</v>
       </c>
-      <c r="G239">
+      <c r="G240">
         <v>300</v>
       </c>
-      <c r="H239" t="s">
-[...8 lines deleted...]
-      <c r="K239">
+      <c r="H240" t="s">
+        <v>21</v>
+      </c>
+      <c r="I240">
+        <v>150</v>
+      </c>
+      <c r="J240">
+        <v>210</v>
+      </c>
+      <c r="K240">
         <v>13</v>
       </c>
-      <c r="L239" s="1">
+      <c r="L240" s="1">
         <v>42629</v>
       </c>
-      <c r="M239" s="2">
+      <c r="M240" s="2">
         <v>9788536261393</v>
       </c>
-      <c r="N239" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O239" s="4">
+      <c r="N240" t="s" s="3">
+        <v>678</v>
+      </c>
+      <c r="O240" s="4">
         <v>119.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>67.90</v>
       </c>
       <c r="P240" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241">
-        <v>23628</v>
+        <v>28014</v>
       </c>
       <c r="C241" t="s">
+        <v>679</v>
+      </c>
+      <c r="D241" t="s">
+        <v>680</v>
+      </c>
+      <c r="F241">
+        <v>130</v>
+      </c>
+      <c r="G241">
+        <v>161</v>
+      </c>
+      <c r="H241" t="s">
+        <v>21</v>
+      </c>
+      <c r="I241">
+        <v>150</v>
+      </c>
+      <c r="J241">
+        <v>210</v>
+      </c>
+      <c r="K241">
+        <v>8</v>
+      </c>
+      <c r="L241" s="1">
+        <v>43706</v>
+      </c>
+      <c r="M241" s="2">
+        <v>9788536290690</v>
+      </c>
+      <c r="N241" t="s" s="3">
         <v>681</v>
       </c>
-      <c r="D241" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O241" s="4">
-        <v>79.90</v>
+        <v>67.90</v>
       </c>
       <c r="P241" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242">
-        <v>26801</v>
+        <v>23628</v>
       </c>
       <c r="C242" t="s">
+        <v>682</v>
+      </c>
+      <c r="D242" t="s">
+        <v>683</v>
+      </c>
+      <c r="F242">
+        <v>152</v>
+      </c>
+      <c r="G242">
+        <v>189</v>
+      </c>
+      <c r="H242" t="s">
+        <v>21</v>
+      </c>
+      <c r="I242">
+        <v>150</v>
+      </c>
+      <c r="J242">
+        <v>210</v>
+      </c>
+      <c r="K242">
+        <v>9</v>
+      </c>
+      <c r="L242" s="1">
+        <v>41915</v>
+      </c>
+      <c r="M242" s="2">
+        <v>9788536248424</v>
+      </c>
+      <c r="N242" t="s" s="3">
         <v>684</v>
-      </c>
-[...28 lines deleted...]
-        <v>686</v>
       </c>
       <c r="O242" s="4">
         <v>79.90</v>
       </c>
       <c r="P242" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243">
-        <v>22995</v>
+        <v>26801</v>
       </c>
       <c r="C243" t="s">
+        <v>685</v>
+      </c>
+      <c r="D243" t="s">
+        <v>686</v>
+      </c>
+      <c r="F243">
+        <v>130</v>
+      </c>
+      <c r="G243">
+        <v>161</v>
+      </c>
+      <c r="H243" t="s">
+        <v>21</v>
+      </c>
+      <c r="I243">
+        <v>150</v>
+      </c>
+      <c r="J243">
+        <v>210</v>
+      </c>
+      <c r="K243">
+        <v>8</v>
+      </c>
+      <c r="L243" s="1">
+        <v>43228</v>
+      </c>
+      <c r="M243" s="2">
+        <v>9788536278933</v>
+      </c>
+      <c r="N243" t="s" s="3">
         <v>687</v>
       </c>
-      <c r="D243" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O243" s="4">
-        <v>139.90</v>
+        <v>79.90</v>
       </c>
       <c r="P243" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244">
-        <v>21919</v>
+        <v>22995</v>
       </c>
       <c r="C244" t="s">
+        <v>688</v>
+      </c>
+      <c r="D244" t="s">
+        <v>689</v>
+      </c>
+      <c r="F244">
+        <v>310</v>
+      </c>
+      <c r="G244">
+        <v>385</v>
+      </c>
+      <c r="H244" t="s">
+        <v>21</v>
+      </c>
+      <c r="I244">
+        <v>150</v>
+      </c>
+      <c r="J244">
+        <v>210</v>
+      </c>
+      <c r="K244">
+        <v>16</v>
+      </c>
+      <c r="L244" s="1">
+        <v>41374</v>
+      </c>
+      <c r="M244" s="2">
+        <v>9788536241661</v>
+      </c>
+      <c r="N244" t="s" s="3">
         <v>690</v>
       </c>
-      <c r="D244" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O244" s="4">
-        <v>159.90</v>
+        <v>139.90</v>
       </c>
       <c r="P244" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245">
-        <v>23856</v>
+        <v>21919</v>
       </c>
       <c r="C245" t="s">
+        <v>691</v>
+      </c>
+      <c r="D245" t="s">
+        <v>692</v>
+      </c>
+      <c r="F245">
+        <v>353</v>
+      </c>
+      <c r="G245">
+        <v>408</v>
+      </c>
+      <c r="H245" t="s">
+        <v>21</v>
+      </c>
+      <c r="I245">
+        <v>150</v>
+      </c>
+      <c r="J245">
+        <v>210</v>
+      </c>
+      <c r="K245">
+        <v>18</v>
+      </c>
+      <c r="L245" s="1">
+        <v>40434</v>
+      </c>
+      <c r="M245" s="2">
+        <v>9788536231051</v>
+      </c>
+      <c r="N245" t="s" s="3">
         <v>693</v>
       </c>
-      <c r="D245" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O245" s="4">
-        <v>94.70</v>
+        <v>159.90</v>
       </c>
       <c r="P245" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246">
-        <v>27574</v>
+        <v>23856</v>
       </c>
       <c r="C246" t="s">
+        <v>694</v>
+      </c>
+      <c r="D246" t="s">
+        <v>695</v>
+      </c>
+      <c r="F246">
+        <v>178</v>
+      </c>
+      <c r="G246">
+        <v>221</v>
+      </c>
+      <c r="H246" t="s">
+        <v>21</v>
+      </c>
+      <c r="I246">
+        <v>150</v>
+      </c>
+      <c r="J246">
+        <v>210</v>
+      </c>
+      <c r="K246">
+        <v>10</v>
+      </c>
+      <c r="L246" s="1">
+        <v>42095</v>
+      </c>
+      <c r="M246" s="2">
+        <v>9788536250724</v>
+      </c>
+      <c r="N246" t="s" s="3">
         <v>696</v>
       </c>
-      <c r="D246" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O246" s="4">
-        <v>119.90</v>
+        <v>94.70</v>
       </c>
       <c r="P246" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247">
-        <v>26714</v>
+        <v>27574</v>
       </c>
       <c r="C247" t="s">
+        <v>697</v>
+      </c>
+      <c r="D247" t="s">
+        <v>698</v>
+      </c>
+      <c r="F247">
+        <v>226</v>
+      </c>
+      <c r="G247">
+        <v>280</v>
+      </c>
+      <c r="H247" t="s">
+        <v>21</v>
+      </c>
+      <c r="I247">
+        <v>150</v>
+      </c>
+      <c r="J247">
+        <v>210</v>
+      </c>
+      <c r="K247">
+        <v>12</v>
+      </c>
+      <c r="L247" s="1">
+        <v>43508</v>
+      </c>
+      <c r="M247" s="2">
+        <v>9788536286303</v>
+      </c>
+      <c r="N247" t="s" s="3">
         <v>699</v>
       </c>
-      <c r="D247" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O247" s="4">
-        <v>69.90</v>
+        <v>119.90</v>
       </c>
       <c r="P247" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248">
-        <v>28386</v>
+        <v>26714</v>
       </c>
       <c r="C248" t="s">
+        <v>700</v>
+      </c>
+      <c r="D248" t="s">
+        <v>701</v>
+      </c>
+      <c r="F248">
+        <v>98</v>
+      </c>
+      <c r="G248">
+        <v>122</v>
+      </c>
+      <c r="H248" t="s">
+        <v>21</v>
+      </c>
+      <c r="I248">
+        <v>150</v>
+      </c>
+      <c r="J248">
+        <v>210</v>
+      </c>
+      <c r="K248">
+        <v>6</v>
+      </c>
+      <c r="L248" s="1">
+        <v>43193</v>
+      </c>
+      <c r="M248" s="2">
+        <v>9788536277974</v>
+      </c>
+      <c r="N248" t="s" s="3">
         <v>702</v>
       </c>
-      <c r="D248" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O248" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P248" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249">
+        <v>28386</v>
+      </c>
+      <c r="C249" t="s">
+        <v>703</v>
+      </c>
+      <c r="D249" t="s">
+        <v>704</v>
+      </c>
+      <c r="F249">
+        <v>162</v>
+      </c>
+      <c r="G249">
+        <v>201</v>
+      </c>
+      <c r="H249" t="s">
+        <v>21</v>
+      </c>
+      <c r="I249">
+        <v>150</v>
+      </c>
+      <c r="J249">
+        <v>210</v>
+      </c>
+      <c r="K249">
+        <v>9</v>
+      </c>
+      <c r="L249" s="1">
+        <v>43895</v>
+      </c>
+      <c r="M249" s="2">
+        <v>9788536294421</v>
+      </c>
+      <c r="N249" t="s" s="3">
+        <v>705</v>
+      </c>
+      <c r="O249" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P249" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250">
+        <v>249</v>
+      </c>
+      <c r="B250">
         <v>27920</v>
       </c>
-      <c r="C249" t="inlineStr">
+      <c r="C250" t="inlineStr">
         <is>
           <t>Estrategias y Modelos para la Toma de Decisiones en la Incertidumbre - Colección Economía y Empresa – Director: David Vallespín Pérez – Coordinadora: Anna Gil Lafuente</t>
         </is>
       </c>
-      <c r="D249" t="s">
-[...2 lines deleted...]
-      <c r="F249">
+      <c r="D250" t="s">
+        <v>706</v>
+      </c>
+      <c r="F250">
         <v>242</v>
       </c>
-      <c r="G249">
+      <c r="G250">
         <v>300</v>
       </c>
-      <c r="H249" t="s">
-[...8 lines deleted...]
-      <c r="K249">
+      <c r="H250" t="s">
+        <v>21</v>
+      </c>
+      <c r="I250">
+        <v>150</v>
+      </c>
+      <c r="J250">
+        <v>210</v>
+      </c>
+      <c r="K250">
         <v>13</v>
       </c>
-      <c r="L249" s="1">
+      <c r="L250" s="1">
         <v>43661</v>
       </c>
-      <c r="M249" s="2">
+      <c r="M250" s="2">
         <v>9788536289410</v>
       </c>
-      <c r="N249" t="s" s="3">
-[...16 lines deleted...]
-      <c r="C250" t="s">
+      <c r="N250" t="s" s="3">
         <v>707</v>
-      </c>
-[...28 lines deleted...]
-        <v>709</v>
       </c>
       <c r="O250" s="4">
         <v>119.90</v>
       </c>
       <c r="P250" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251">
-        <v>20234</v>
+        <v>28588</v>
       </c>
       <c r="C251" t="s">
+        <v>708</v>
+      </c>
+      <c r="D251" t="s">
+        <v>709</v>
+      </c>
+      <c r="F251">
+        <v>224</v>
+      </c>
+      <c r="G251">
+        <v>317</v>
+      </c>
+      <c r="H251" t="s">
+        <v>332</v>
+      </c>
+      <c r="I251">
+        <v>150</v>
+      </c>
+      <c r="J251">
+        <v>210</v>
+      </c>
+      <c r="K251">
+        <v>18</v>
+      </c>
+      <c r="L251" s="1">
+        <v>44018</v>
+      </c>
+      <c r="M251" s="2">
+        <v>9786556051826</v>
+      </c>
+      <c r="N251" t="s" s="3">
         <v>710</v>
       </c>
-      <c r="D251" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O251" s="4">
-        <v>159.90</v>
+        <v>119.90</v>
       </c>
       <c r="P251" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252">
+        <v>20234</v>
+      </c>
+      <c r="C252" t="s">
+        <v>711</v>
+      </c>
+      <c r="D252" t="s">
+        <v>712</v>
+      </c>
+      <c r="F252">
+        <v>352</v>
+      </c>
+      <c r="G252">
+        <v>558</v>
+      </c>
+      <c r="H252" t="s">
+        <v>17</v>
+      </c>
+      <c r="I252">
+        <v>165</v>
+      </c>
+      <c r="J252">
+        <v>215</v>
+      </c>
+      <c r="K252">
+        <v>27</v>
+      </c>
+      <c r="L252" s="1">
+        <v>39181</v>
+      </c>
+      <c r="M252" s="2">
+        <v>9788536215518</v>
+      </c>
+      <c r="N252" t="s" s="3">
+        <v>713</v>
+      </c>
+      <c r="O252" s="4">
+        <v>159.90</v>
+      </c>
+      <c r="P252" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253">
+        <v>252</v>
+      </c>
+      <c r="B253">
         <v>28501</v>
       </c>
-      <c r="C252" t="inlineStr">
+      <c r="C253" t="inlineStr">
         <is>
           <t>Ética Judicial - Una Indagación en los Valores del Ejercicio de la Jurisdicción - Colección de Organización Judicial- Director: David Vallespín Pérez - Coordinador: José María Asencio Gallego</t>
         </is>
       </c>
-      <c r="D252" t="s">
-[...2 lines deleted...]
-      <c r="F252">
+      <c r="D253" t="s">
+        <v>714</v>
+      </c>
+      <c r="F253">
         <v>194</v>
       </c>
-      <c r="G252">
+      <c r="G253">
         <v>241</v>
       </c>
-      <c r="H252" t="s">
-[...8 lines deleted...]
-      <c r="K252">
+      <c r="H253" t="s">
+        <v>21</v>
+      </c>
+      <c r="I253">
+        <v>150</v>
+      </c>
+      <c r="J253">
+        <v>210</v>
+      </c>
+      <c r="K253">
         <v>10</v>
       </c>
-      <c r="L252" s="1">
+      <c r="L253" s="1">
         <v>43965</v>
       </c>
-      <c r="M252" s="2">
+      <c r="M253" s="2">
         <v>9786556050614</v>
       </c>
-      <c r="N252" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O252" s="4">
+      <c r="N253" t="s" s="3">
+        <v>715</v>
+      </c>
+      <c r="O253" s="4">
         <v>99.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>129.90</v>
       </c>
       <c r="P253" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254">
-        <v>24879</v>
+        <v>29301</v>
       </c>
       <c r="C254" t="s">
+        <v>716</v>
+      </c>
+      <c r="D254" t="s">
+        <v>717</v>
+      </c>
+      <c r="F254">
+        <v>300</v>
+      </c>
+      <c r="G254">
+        <v>372</v>
+      </c>
+      <c r="H254" t="s">
+        <v>21</v>
+      </c>
+      <c r="I254">
+        <v>150</v>
+      </c>
+      <c r="J254">
+        <v>210</v>
+      </c>
+      <c r="K254">
+        <v>15</v>
+      </c>
+      <c r="L254" s="1">
+        <v>44488</v>
+      </c>
+      <c r="M254" s="2">
+        <v>9786556058511</v>
+      </c>
+      <c r="N254" t="s" s="3">
         <v>718</v>
       </c>
-      <c r="D254" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O254" s="4">
-        <v>159.90</v>
+        <v>129.90</v>
       </c>
       <c r="P254" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255">
-        <v>28927</v>
+        <v>24879</v>
       </c>
       <c r="C255" t="s">
+        <v>719</v>
+      </c>
+      <c r="D255" t="s">
+        <v>720</v>
+      </c>
+      <c r="F255">
+        <v>334</v>
+      </c>
+      <c r="G255">
+        <v>414</v>
+      </c>
+      <c r="H255" t="s">
+        <v>21</v>
+      </c>
+      <c r="I255">
+        <v>150</v>
+      </c>
+      <c r="J255">
+        <v>210</v>
+      </c>
+      <c r="K255">
+        <v>17</v>
+      </c>
+      <c r="L255" s="1">
+        <v>42580</v>
+      </c>
+      <c r="M255" s="2">
+        <v>9788536260082</v>
+      </c>
+      <c r="N255" t="s" s="3">
         <v>721</v>
       </c>
-      <c r="D255" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O255" s="4">
-        <v>79.90</v>
+        <v>159.90</v>
       </c>
       <c r="P255" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256">
-        <v>23478</v>
+        <v>28927</v>
       </c>
       <c r="C256" t="s">
+        <v>722</v>
+      </c>
+      <c r="D256" t="s">
+        <v>723</v>
+      </c>
+      <c r="F256">
+        <v>112</v>
+      </c>
+      <c r="G256">
+        <v>139</v>
+      </c>
+      <c r="H256" t="s">
+        <v>21</v>
+      </c>
+      <c r="I256">
+        <v>150</v>
+      </c>
+      <c r="J256">
+        <v>210</v>
+      </c>
+      <c r="K256">
+        <v>6</v>
+      </c>
+      <c r="L256" s="1">
+        <v>44244</v>
+      </c>
+      <c r="M256" s="2">
+        <v>9786556054155</v>
+      </c>
+      <c r="N256" t="s" s="3">
         <v>724</v>
       </c>
-      <c r="D256" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O256" s="4">
-        <v>97.70</v>
+        <v>79.90</v>
       </c>
       <c r="P256" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257">
-        <v>24402</v>
+        <v>23478</v>
       </c>
       <c r="C257" t="s">
+        <v>725</v>
+      </c>
+      <c r="D257" t="s">
+        <v>726</v>
+      </c>
+      <c r="F257">
+        <v>180</v>
+      </c>
+      <c r="G257">
+        <v>223</v>
+      </c>
+      <c r="H257" t="s">
+        <v>21</v>
+      </c>
+      <c r="I257">
+        <v>150</v>
+      </c>
+      <c r="J257">
+        <v>210</v>
+      </c>
+      <c r="K257">
+        <v>10</v>
+      </c>
+      <c r="L257" s="1">
+        <v>41814</v>
+      </c>
+      <c r="M257" s="2">
+        <v>9788536247083</v>
+      </c>
+      <c r="N257" t="s" s="3">
         <v>727</v>
       </c>
-      <c r="D257" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O257" s="4">
-        <v>239.90</v>
+        <v>97.70</v>
       </c>
       <c r="P257" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258">
-        <v>27966</v>
+        <v>24402</v>
       </c>
       <c r="C258" t="s">
+        <v>728</v>
+      </c>
+      <c r="D258" t="s">
+        <v>729</v>
+      </c>
+      <c r="F258">
+        <v>578</v>
+      </c>
+      <c r="G258">
+        <v>716</v>
+      </c>
+      <c r="H258" t="s">
+        <v>21</v>
+      </c>
+      <c r="I258">
+        <v>150</v>
+      </c>
+      <c r="J258">
+        <v>210</v>
+      </c>
+      <c r="K258">
+        <v>29</v>
+      </c>
+      <c r="L258" s="1">
+        <v>42410</v>
+      </c>
+      <c r="M258" s="2">
+        <v>9788536255590</v>
+      </c>
+      <c r="N258" t="s" s="3">
         <v>730</v>
       </c>
-      <c r="D258" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O258" s="4">
-        <v>79.90</v>
+        <v>239.90</v>
       </c>
       <c r="P258" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259">
-        <v>21751</v>
+        <v>27966</v>
       </c>
       <c r="C259" t="s">
+        <v>731</v>
+      </c>
+      <c r="D259" t="s">
+        <v>732</v>
+      </c>
+      <c r="F259">
+        <v>134</v>
+      </c>
+      <c r="G259">
+        <v>166</v>
+      </c>
+      <c r="H259" t="s">
+        <v>21</v>
+      </c>
+      <c r="I259">
+        <v>150</v>
+      </c>
+      <c r="J259">
+        <v>210</v>
+      </c>
+      <c r="K259">
+        <v>8</v>
+      </c>
+      <c r="L259" s="1">
+        <v>43685</v>
+      </c>
+      <c r="M259" s="2">
+        <v>9788536290386</v>
+      </c>
+      <c r="N259" t="s" s="3">
         <v>733</v>
       </c>
-      <c r="D259" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O259" s="4">
-        <v>209.90</v>
+        <v>79.90</v>
       </c>
       <c r="P259" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260">
-        <v>22873</v>
+        <v>21751</v>
       </c>
       <c r="C260" t="s">
+        <v>734</v>
+      </c>
+      <c r="D260" t="s">
+        <v>735</v>
+      </c>
+      <c r="F260">
+        <v>474</v>
+      </c>
+      <c r="G260">
+        <v>590</v>
+      </c>
+      <c r="H260" t="s">
+        <v>21</v>
+      </c>
+      <c r="I260">
+        <v>150</v>
+      </c>
+      <c r="J260">
+        <v>210</v>
+      </c>
+      <c r="K260">
+        <v>24</v>
+      </c>
+      <c r="L260" s="1">
+        <v>40303</v>
+      </c>
+      <c r="M260" s="2">
+        <v>9788536229881</v>
+      </c>
+      <c r="N260" t="s" s="3">
         <v>736</v>
       </c>
-      <c r="D260" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O260" s="4">
-        <v>109.90</v>
+        <v>209.90</v>
       </c>
       <c r="P260" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261">
-        <v>27007</v>
+        <v>22873</v>
       </c>
       <c r="C261" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="D261" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="F261">
         <v>262</v>
       </c>
       <c r="G261">
-        <v>325</v>
+        <v>345</v>
       </c>
       <c r="H261" t="s">
         <v>21</v>
       </c>
       <c r="I261">
         <v>150</v>
       </c>
       <c r="J261">
         <v>210</v>
       </c>
       <c r="K261">
         <v>14</v>
       </c>
       <c r="L261" s="1">
-        <v>43298</v>
+        <v>41256</v>
       </c>
       <c r="M261" s="2">
-        <v>9788536280691</v>
+        <v>9788536240459</v>
       </c>
       <c r="N261" t="s" s="3">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="O261" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P261" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262">
-        <v>25305</v>
+        <v>27007</v>
       </c>
       <c r="C262" t="s">
+        <v>740</v>
+      </c>
+      <c r="D262" t="s">
+        <v>741</v>
+      </c>
+      <c r="F262">
+        <v>262</v>
+      </c>
+      <c r="G262">
+        <v>325</v>
+      </c>
+      <c r="H262" t="s">
+        <v>21</v>
+      </c>
+      <c r="I262">
+        <v>150</v>
+      </c>
+      <c r="J262">
+        <v>210</v>
+      </c>
+      <c r="K262">
+        <v>14</v>
+      </c>
+      <c r="L262" s="1">
+        <v>43298</v>
+      </c>
+      <c r="M262" s="2">
+        <v>9788536280691</v>
+      </c>
+      <c r="N262" t="s" s="3">
         <v>742</v>
       </c>
-      <c r="D262" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O262" s="4">
-        <v>97.70</v>
+        <v>129.90</v>
       </c>
       <c r="P262" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263">
-        <v>31378</v>
+        <v>25305</v>
       </c>
       <c r="C263" t="s">
+        <v>743</v>
+      </c>
+      <c r="D263" t="s">
+        <v>744</v>
+      </c>
+      <c r="F263">
+        <v>172</v>
+      </c>
+      <c r="G263">
+        <v>213</v>
+      </c>
+      <c r="H263" t="s">
+        <v>21</v>
+      </c>
+      <c r="I263">
+        <v>150</v>
+      </c>
+      <c r="J263">
+        <v>210</v>
+      </c>
+      <c r="K263">
+        <v>10</v>
+      </c>
+      <c r="L263" s="1">
+        <v>42713</v>
+      </c>
+      <c r="M263" s="2">
+        <v>9788536264356</v>
+      </c>
+      <c r="N263" t="s" s="3">
         <v>745</v>
       </c>
-      <c r="D263" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O263" s="4">
-        <v>169.90</v>
+        <v>97.70</v>
       </c>
       <c r="P263" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264">
-        <v>29282</v>
+        <v>31378</v>
       </c>
       <c r="C264" t="s">
+        <v>746</v>
+      </c>
+      <c r="D264" t="s">
+        <v>747</v>
+      </c>
+      <c r="F264">
+        <v>344</v>
+      </c>
+      <c r="G264">
+        <v>427</v>
+      </c>
+      <c r="H264" t="s">
+        <v>21</v>
+      </c>
+      <c r="I264">
+        <v>150</v>
+      </c>
+      <c r="J264">
+        <v>210</v>
+      </c>
+      <c r="K264">
+        <v>17</v>
+      </c>
+      <c r="L264" s="1">
+        <v>45643</v>
+      </c>
+      <c r="M264" s="2">
+        <v>9786526311141</v>
+      </c>
+      <c r="N264" t="s" s="3">
         <v>748</v>
       </c>
-      <c r="D264" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O264" s="4">
-        <v>69.90</v>
+        <v>169.90</v>
       </c>
       <c r="P264" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265">
+        <v>29282</v>
+      </c>
+      <c r="C265" t="s">
+        <v>749</v>
+      </c>
+      <c r="D265" t="s">
+        <v>750</v>
+      </c>
+      <c r="F265">
+        <v>96</v>
+      </c>
+      <c r="G265">
+        <v>119</v>
+      </c>
+      <c r="H265" t="s">
+        <v>21</v>
+      </c>
+      <c r="I265">
+        <v>150</v>
+      </c>
+      <c r="J265">
+        <v>210</v>
+      </c>
+      <c r="K265">
+        <v>6</v>
+      </c>
+      <c r="L265" s="1">
+        <v>44474</v>
+      </c>
+      <c r="M265" s="2">
+        <v>9786556058870</v>
+      </c>
+      <c r="N265" t="s" s="3">
+        <v>751</v>
+      </c>
+      <c r="O265" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P265" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266">
+        <v>265</v>
+      </c>
+      <c r="B266">
         <v>29061</v>
       </c>
-      <c r="C265" t="inlineStr">
+      <c r="C266" t="inlineStr">
         <is>
           <t>Força Pública, Prevenção e Poder de Polícia - Como são Formados e a Construção da Autoridade dos Oficiais da Polícia Militar - Prefácio do Prof. Mario Sergio Cortella</t>
         </is>
       </c>
-      <c r="D265" t="s">
-[...2 lines deleted...]
-      <c r="F265">
+      <c r="D266" t="s">
+        <v>752</v>
+      </c>
+      <c r="F266">
         <v>116</v>
       </c>
-      <c r="G265">
+      <c r="G266">
         <v>144</v>
       </c>
-      <c r="H265" t="s">
-[...8 lines deleted...]
-      <c r="K265">
+      <c r="H266" t="s">
+        <v>21</v>
+      </c>
+      <c r="I266">
+        <v>150</v>
+      </c>
+      <c r="J266">
+        <v>210</v>
+      </c>
+      <c r="K266">
         <v>7</v>
       </c>
-      <c r="L265" s="1">
+      <c r="L266" s="1">
         <v>44323</v>
       </c>
-      <c r="M265" s="2">
+      <c r="M266" s="2">
         <v>9786556055282</v>
       </c>
-      <c r="N265" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O265" s="4">
+      <c r="N266" t="s" s="3">
+        <v>753</v>
+      </c>
+      <c r="O266" s="4">
         <v>79.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>179.90</v>
       </c>
       <c r="P266" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267">
+        <v>26997</v>
+      </c>
+      <c r="C267" t="s">
+        <v>754</v>
+      </c>
+      <c r="D267" t="s">
+        <v>755</v>
+      </c>
+      <c r="F267">
+        <v>388</v>
+      </c>
+      <c r="G267">
+        <v>481</v>
+      </c>
+      <c r="H267" t="s">
+        <v>21</v>
+      </c>
+      <c r="I267">
+        <v>150</v>
+      </c>
+      <c r="J267">
+        <v>210</v>
+      </c>
+      <c r="K267">
+        <v>20</v>
+      </c>
+      <c r="L267" s="1">
+        <v>43291</v>
+      </c>
+      <c r="M267" s="2">
+        <v>9788536280653</v>
+      </c>
+      <c r="N267" t="s" s="3">
+        <v>756</v>
+      </c>
+      <c r="O267" s="4">
+        <v>179.90</v>
+      </c>
+      <c r="P267" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268">
+        <v>267</v>
+      </c>
+      <c r="B268">
         <v>28895</v>
       </c>
-      <c r="C267" t="inlineStr">
+      <c r="C268" t="inlineStr">
         <is>
           <t>Fundamentos do Controle Jurisdicional da Discricionariedade Administrativa - Da Erosão da Legalidade à Usurpação da Legitimidade - Prefácio do Prof. Dr. David Duarte</t>
         </is>
       </c>
-      <c r="D267" t="s">
-[...5 lines deleted...]
-      <c r="G267">
+      <c r="D268" t="s">
+        <v>757</v>
+      </c>
+      <c r="F268">
+        <v>150</v>
+      </c>
+      <c r="G268">
         <v>186</v>
       </c>
-      <c r="H267" t="s">
-[...8 lines deleted...]
-      <c r="K267">
+      <c r="H268" t="s">
+        <v>21</v>
+      </c>
+      <c r="I268">
+        <v>150</v>
+      </c>
+      <c r="J268">
+        <v>210</v>
+      </c>
+      <c r="K268">
         <v>8</v>
       </c>
-      <c r="L267" s="1">
+      <c r="L268" s="1">
         <v>44221</v>
       </c>
-      <c r="M267" s="2">
+      <c r="M268" s="2">
         <v>9786556054780</v>
       </c>
-      <c r="N267" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O267" s="4">
+      <c r="N268" t="s" s="3">
+        <v>758</v>
+      </c>
+      <c r="O268" s="4">
         <v>89.90</v>
-      </c>
-[...48 lines deleted...]
-        <v>239.90</v>
       </c>
       <c r="P268" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269">
+        <v>30922</v>
+      </c>
+      <c r="C269" t="s">
+        <v>759</v>
+      </c>
+      <c r="D269" t="s">
+        <v>760</v>
+      </c>
+      <c r="E269" t="s">
+        <v>761</v>
+      </c>
+      <c r="F269">
+        <v>544</v>
+      </c>
+      <c r="G269">
+        <v>551</v>
+      </c>
+      <c r="H269" t="s">
+        <v>21</v>
+      </c>
+      <c r="I269">
+        <v>150</v>
+      </c>
+      <c r="J269">
+        <v>210</v>
+      </c>
+      <c r="K269">
+        <v>26</v>
+      </c>
+      <c r="L269" s="1">
+        <v>45338</v>
+      </c>
+      <c r="M269" s="2">
+        <v>9786526310519</v>
+      </c>
+      <c r="N269" t="s" s="3">
+        <v>762</v>
+      </c>
+      <c r="O269" s="4">
+        <v>239.90</v>
+      </c>
+      <c r="P269" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270">
+        <v>269</v>
+      </c>
+      <c r="B270">
         <v>26191</v>
       </c>
-      <c r="C269" t="inlineStr">
+      <c r="C270" t="inlineStr">
         <is>
           <t>Género y Constitución - Mujeres y Varones en el Orden Constitucional Español - Teoría y Práctica - Colección Derecho Constitucional – Director: David Vallespín Pérez – Coordinadora: Argelia Queralt Jiménez</t>
         </is>
       </c>
-      <c r="D269" t="s">
-[...2 lines deleted...]
-      <c r="F269">
+      <c r="D270" t="s">
+        <v>763</v>
+      </c>
+      <c r="F270">
         <v>288</v>
       </c>
-      <c r="G269">
+      <c r="G270">
         <v>357</v>
       </c>
-      <c r="H269" t="s">
-[...8 lines deleted...]
-      <c r="K269">
+      <c r="H270" t="s">
+        <v>21</v>
+      </c>
+      <c r="I270">
+        <v>150</v>
+      </c>
+      <c r="J270">
+        <v>210</v>
+      </c>
+      <c r="K270">
         <v>15</v>
       </c>
-      <c r="L269" s="1">
+      <c r="L270" s="1">
         <v>42997</v>
       </c>
-      <c r="M269" s="2">
+      <c r="M270" s="2">
         <v>9788536272290</v>
       </c>
-      <c r="N269" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O269" s="4">
+      <c r="N270" t="s" s="3">
+        <v>764</v>
+      </c>
+      <c r="O270" s="4">
         <v>139.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>89.90</v>
       </c>
       <c r="P270" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271">
-        <v>29046</v>
+        <v>31484</v>
       </c>
       <c r="C271" t="s">
+        <v>765</v>
+      </c>
+      <c r="D271" t="s">
+        <v>766</v>
+      </c>
+      <c r="F271">
+        <v>150</v>
+      </c>
+      <c r="G271">
+        <v>210</v>
+      </c>
+      <c r="H271" t="s">
+        <v>21</v>
+      </c>
+      <c r="I271">
+        <v>150</v>
+      </c>
+      <c r="J271">
+        <v>210</v>
+      </c>
+      <c r="K271">
+        <v>8</v>
+      </c>
+      <c r="L271" s="1">
+        <v>45721</v>
+      </c>
+      <c r="M271" s="2">
+        <v>9786526314562</v>
+      </c>
+      <c r="N271" t="s" s="3">
         <v>767</v>
       </c>
-      <c r="D271" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O271" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P271" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272">
-        <v>26954</v>
+        <v>29046</v>
       </c>
       <c r="C272" t="s">
+        <v>768</v>
+      </c>
+      <c r="D272" t="s">
+        <v>769</v>
+      </c>
+      <c r="F272">
+        <v>246</v>
+      </c>
+      <c r="G272">
+        <v>305</v>
+      </c>
+      <c r="H272" t="s">
+        <v>21</v>
+      </c>
+      <c r="I272">
+        <v>150</v>
+      </c>
+      <c r="J272">
+        <v>210</v>
+      </c>
+      <c r="K272">
+        <v>13</v>
+      </c>
+      <c r="L272" s="1">
+        <v>44313</v>
+      </c>
+      <c r="M272" s="2">
+        <v>9786556055428</v>
+      </c>
+      <c r="N272" t="s" s="3">
         <v>770</v>
       </c>
-      <c r="D272" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O272" s="4">
-        <v>149.90</v>
+        <v>119.90</v>
       </c>
       <c r="P272" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273">
-        <v>26465</v>
+        <v>26954</v>
       </c>
       <c r="C273" t="s">
+        <v>771</v>
+      </c>
+      <c r="D273" t="s">
+        <v>772</v>
+      </c>
+      <c r="F273">
+        <v>286</v>
+      </c>
+      <c r="G273">
+        <v>355</v>
+      </c>
+      <c r="H273" t="s">
+        <v>21</v>
+      </c>
+      <c r="I273">
+        <v>150</v>
+      </c>
+      <c r="J273">
+        <v>210</v>
+      </c>
+      <c r="K273">
+        <v>15</v>
+      </c>
+      <c r="L273" s="1">
+        <v>43283</v>
+      </c>
+      <c r="M273" s="2">
+        <v>9788536280349</v>
+      </c>
+      <c r="N273" t="s" s="3">
         <v>773</v>
       </c>
-      <c r="D273" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O273" s="4">
-        <v>97.70</v>
+        <v>149.90</v>
       </c>
       <c r="P273" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274">
-        <v>27421</v>
+        <v>26465</v>
       </c>
       <c r="C274" t="s">
+        <v>774</v>
+      </c>
+      <c r="D274" t="s">
+        <v>775</v>
+      </c>
+      <c r="F274">
+        <v>178</v>
+      </c>
+      <c r="G274">
+        <v>221</v>
+      </c>
+      <c r="H274" t="s">
+        <v>21</v>
+      </c>
+      <c r="I274">
+        <v>150</v>
+      </c>
+      <c r="J274">
+        <v>210</v>
+      </c>
+      <c r="K274">
+        <v>10</v>
+      </c>
+      <c r="L274" s="1">
+        <v>43088</v>
+      </c>
+      <c r="M274" s="2">
+        <v>9788536275178</v>
+      </c>
+      <c r="N274" t="s" s="3">
         <v>776</v>
       </c>
-      <c r="D274" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O274" s="4">
-        <v>69.90</v>
+        <v>97.70</v>
       </c>
       <c r="P274" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275">
-        <v>24076</v>
+        <v>27421</v>
       </c>
       <c r="C275" t="s">
+        <v>777</v>
+      </c>
+      <c r="D275" t="s">
+        <v>778</v>
+      </c>
+      <c r="F275">
+        <v>142</v>
+      </c>
+      <c r="G275">
+        <v>176</v>
+      </c>
+      <c r="H275" t="s">
+        <v>21</v>
+      </c>
+      <c r="I275">
+        <v>150</v>
+      </c>
+      <c r="J275">
+        <v>210</v>
+      </c>
+      <c r="K275">
+        <v>8</v>
+      </c>
+      <c r="L275" s="1">
+        <v>43427</v>
+      </c>
+      <c r="M275" s="2">
+        <v>9788536284804</v>
+      </c>
+      <c r="N275" t="s" s="3">
         <v>779</v>
       </c>
-      <c r="D275" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O275" s="4">
-        <v>99.90</v>
+        <v>69.90</v>
       </c>
       <c r="P275" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276">
+        <v>24076</v>
+      </c>
+      <c r="C276" t="s">
+        <v>780</v>
+      </c>
+      <c r="D276" t="s">
+        <v>781</v>
+      </c>
+      <c r="F276">
+        <v>184</v>
+      </c>
+      <c r="G276">
+        <v>228</v>
+      </c>
+      <c r="H276" t="s">
+        <v>21</v>
+      </c>
+      <c r="I276">
+        <v>150</v>
+      </c>
+      <c r="J276">
+        <v>210</v>
+      </c>
+      <c r="K276">
+        <v>10</v>
+      </c>
+      <c r="L276" s="1">
+        <v>42194</v>
+      </c>
+      <c r="M276" s="2">
+        <v>9788536252216</v>
+      </c>
+      <c r="N276" t="s" s="3">
+        <v>782</v>
+      </c>
+      <c r="O276" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P276" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277">
+        <v>276</v>
+      </c>
+      <c r="B277">
         <v>31078</v>
       </c>
-      <c r="C276" t="inlineStr">
+      <c r="C277" t="inlineStr">
         <is>
           <t>Guatemala Y Su Adaptación Al Marco Jurídico Internacional De Intercambio De Información En Materia Tributaria - ¿Fin del Secreto Bancario? ¿Nueva era Big Data de la SAT? - Teoría y Práctica - Colección Derecho Financiero Y Tributario - Coordinadora: María Amparo Grau Ruiz</t>
         </is>
       </c>
-      <c r="D276" t="s">
-[...2 lines deleted...]
-      <c r="F276">
+      <c r="D277" t="s">
+        <v>783</v>
+      </c>
+      <c r="F277">
         <v>250</v>
       </c>
-      <c r="G276">
+      <c r="G277">
         <v>310</v>
       </c>
-      <c r="H276" t="s">
-[...8 lines deleted...]
-      <c r="K276">
+      <c r="H277" t="s">
+        <v>21</v>
+      </c>
+      <c r="I277">
+        <v>150</v>
+      </c>
+      <c r="J277">
+        <v>210</v>
+      </c>
+      <c r="K277">
         <v>12</v>
       </c>
-      <c r="L276" s="1">
+      <c r="L277" s="1">
         <v>45441</v>
       </c>
-      <c r="M276" s="2">
+      <c r="M277" s="2">
         <v>9786526309612</v>
       </c>
-      <c r="N276" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O276" s="4">
+      <c r="N277" t="s" s="3">
+        <v>784</v>
+      </c>
+      <c r="O277" s="4">
         <v>129.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>169.90</v>
       </c>
       <c r="P277" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278">
-        <v>27981</v>
+        <v>29108</v>
       </c>
       <c r="C278" t="s">
+        <v>785</v>
+      </c>
+      <c r="D278" t="s">
+        <v>786</v>
+      </c>
+      <c r="F278">
+        <v>308</v>
+      </c>
+      <c r="G278">
+        <v>382</v>
+      </c>
+      <c r="H278" t="s">
+        <v>21</v>
+      </c>
+      <c r="I278">
+        <v>150</v>
+      </c>
+      <c r="J278">
+        <v>210</v>
+      </c>
+      <c r="K278">
+        <v>16</v>
+      </c>
+      <c r="L278" s="1">
+        <v>44356</v>
+      </c>
+      <c r="M278" s="2">
+        <v>9786556056463</v>
+      </c>
+      <c r="N278" t="s" s="3">
         <v>787</v>
       </c>
-      <c r="D278" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O278" s="4">
-        <v>69.90</v>
+        <v>169.90</v>
       </c>
       <c r="P278" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279">
-        <v>20141</v>
+        <v>27981</v>
       </c>
       <c r="C279" t="s">
+        <v>788</v>
+      </c>
+      <c r="D279" t="s">
+        <v>789</v>
+      </c>
+      <c r="F279">
+        <v>92</v>
+      </c>
+      <c r="G279">
+        <v>114</v>
+      </c>
+      <c r="H279" t="s">
+        <v>21</v>
+      </c>
+      <c r="I279">
+        <v>150</v>
+      </c>
+      <c r="J279">
+        <v>210</v>
+      </c>
+      <c r="K279">
+        <v>6</v>
+      </c>
+      <c r="L279" s="1">
+        <v>43696</v>
+      </c>
+      <c r="M279" s="2">
+        <v>9788536290171</v>
+      </c>
+      <c r="N279" t="s" s="3">
         <v>790</v>
       </c>
-      <c r="D279" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O279" s="4">
-        <v>199.90</v>
+        <v>69.90</v>
       </c>
       <c r="P279" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="280">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280">
-        <v>20143</v>
+        <v>20141</v>
       </c>
       <c r="C280" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="D280" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="F280">
-        <v>432</v>
+        <v>512</v>
       </c>
       <c r="G280">
-        <v>536</v>
+        <v>752</v>
       </c>
       <c r="H280" t="s">
         <v>17</v>
       </c>
       <c r="I280">
         <v>165</v>
       </c>
       <c r="J280">
         <v>215</v>
       </c>
       <c r="K280">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="L280" s="1">
-        <v>39071</v>
+        <v>39069</v>
       </c>
       <c r="M280" s="2">
-        <v>9788536214443</v>
+        <v>9788536214436</v>
       </c>
       <c r="N280" t="s" s="3">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="O280" s="4">
-        <v>189.90</v>
+        <v>199.90</v>
       </c>
       <c r="P280" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="281">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281">
+        <v>20143</v>
+      </c>
+      <c r="C281" t="s">
+        <v>794</v>
+      </c>
+      <c r="D281" t="s">
+        <v>792</v>
+      </c>
+      <c r="F281">
+        <v>432</v>
+      </c>
+      <c r="G281">
+        <v>536</v>
+      </c>
+      <c r="H281" t="s">
+        <v>17</v>
+      </c>
+      <c r="I281">
+        <v>165</v>
+      </c>
+      <c r="J281">
+        <v>215</v>
+      </c>
+      <c r="K281">
+        <v>33</v>
+      </c>
+      <c r="L281" s="1">
+        <v>39071</v>
+      </c>
+      <c r="M281" s="2">
+        <v>9788536214443</v>
+      </c>
+      <c r="N281" t="s" s="3">
+        <v>795</v>
+      </c>
+      <c r="O281" s="4">
+        <v>189.90</v>
+      </c>
+      <c r="P281" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282">
+        <v>281</v>
+      </c>
+      <c r="B282">
         <v>24865</v>
       </c>
-      <c r="C281" t="inlineStr">
+      <c r="C282" t="inlineStr">
         <is>
           <t>Habla Don Quixote de la Mancha - Los Más Famosos Discursos, Consejos y Reflexiones del Ingenioso y Andante Caballero con Algún Razonamiento de Añadidura de Sancho Panza su Escudero - Semeando Livros</t>
         </is>
       </c>
-      <c r="D281" t="s">
-[...2 lines deleted...]
-      <c r="F281">
+      <c r="D282" t="s">
+        <v>796</v>
+      </c>
+      <c r="F282">
         <v>94</v>
       </c>
-      <c r="G281">
+      <c r="G282">
         <v>116</v>
       </c>
-      <c r="H281" t="s">
-[...8 lines deleted...]
-      <c r="K281">
+      <c r="H282" t="s">
+        <v>21</v>
+      </c>
+      <c r="I282">
+        <v>150</v>
+      </c>
+      <c r="J282">
+        <v>210</v>
+      </c>
+      <c r="K282">
         <v>6</v>
       </c>
-      <c r="L281" s="1">
+      <c r="L282" s="1">
         <v>42576</v>
       </c>
-      <c r="M281" s="2">
+      <c r="M282" s="2">
         <v>9788536260044</v>
       </c>
-      <c r="N281" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O281" s="4">
+      <c r="N282" t="s" s="3">
+        <v>797</v>
+      </c>
+      <c r="O282" s="4">
         <v>79.90</v>
       </c>
-      <c r="P281" t="s">
-[...7 lines deleted...]
-      <c r="B282">
+      <c r="P282" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283">
+        <v>282</v>
+      </c>
+      <c r="B283">
         <v>28793</v>
       </c>
-      <c r="C282" t="inlineStr">
+      <c r="C283" t="inlineStr">
         <is>
           <t>Hermenêutica Jurídica e Inteligência Artificial no Processo Jurisdicional - Validade da Decisão Proferida com Uso de Inteligência Artificial no Contexto da Sociedade em Rede</t>
         </is>
       </c>
-      <c r="D282" t="s">
-[...2 lines deleted...]
-      <c r="F282">
+      <c r="D283" t="s">
+        <v>798</v>
+      </c>
+      <c r="F283">
         <v>184</v>
       </c>
-      <c r="G282">
+      <c r="G283">
         <v>228</v>
       </c>
-      <c r="H282" t="s">
-[...8 lines deleted...]
-      <c r="K282">
+      <c r="H283" t="s">
+        <v>21</v>
+      </c>
+      <c r="I283">
+        <v>150</v>
+      </c>
+      <c r="J283">
+        <v>210</v>
+      </c>
+      <c r="K283">
         <v>10</v>
       </c>
-      <c r="L282" s="1">
+      <c r="L283" s="1">
         <v>44154</v>
       </c>
-      <c r="M282" s="2">
+      <c r="M283" s="2">
         <v>9786556053738</v>
       </c>
-      <c r="N282" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O282" s="4">
+      <c r="N283" t="s" s="3">
+        <v>799</v>
+      </c>
+      <c r="O283" s="4">
         <v>99.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>89.90</v>
       </c>
       <c r="P283" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284">
-        <v>28831</v>
+        <v>29458</v>
       </c>
       <c r="C284" t="s">
+        <v>800</v>
+      </c>
+      <c r="D284" t="s">
+        <v>801</v>
+      </c>
+      <c r="F284">
+        <v>150</v>
+      </c>
+      <c r="G284">
+        <v>186</v>
+      </c>
+      <c r="H284" t="s">
+        <v>21</v>
+      </c>
+      <c r="I284">
+        <v>150</v>
+      </c>
+      <c r="J284">
+        <v>210</v>
+      </c>
+      <c r="K284">
+        <v>8</v>
+      </c>
+      <c r="L284" s="1">
+        <v>44585</v>
+      </c>
+      <c r="M284" s="2">
+        <v>9786556059495</v>
+      </c>
+      <c r="N284" t="s" s="3">
         <v>802</v>
       </c>
-      <c r="D284" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O284" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P284" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285">
-        <v>29667</v>
+        <v>28831</v>
       </c>
       <c r="C285" t="s">
+        <v>803</v>
+      </c>
+      <c r="D285" t="s">
+        <v>804</v>
+      </c>
+      <c r="F285">
+        <v>118</v>
+      </c>
+      <c r="G285">
+        <v>146</v>
+      </c>
+      <c r="H285" t="s">
+        <v>21</v>
+      </c>
+      <c r="I285">
+        <v>150</v>
+      </c>
+      <c r="J285">
+        <v>210</v>
+      </c>
+      <c r="K285">
+        <v>7</v>
+      </c>
+      <c r="L285" s="1">
+        <v>44179</v>
+      </c>
+      <c r="M285" s="2">
+        <v>9786556053240</v>
+      </c>
+      <c r="N285" t="s" s="3">
         <v>805</v>
       </c>
-      <c r="D285" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O285" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P285" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286">
-        <v>26189</v>
+        <v>29667</v>
       </c>
       <c r="C286" t="s">
+        <v>806</v>
+      </c>
+      <c r="D286" t="s">
+        <v>807</v>
+      </c>
+      <c r="F286">
+        <v>218</v>
+      </c>
+      <c r="G286">
+        <v>270</v>
+      </c>
+      <c r="H286" t="s">
+        <v>21</v>
+      </c>
+      <c r="I286">
+        <v>150</v>
+      </c>
+      <c r="J286">
+        <v>210</v>
+      </c>
+      <c r="K286">
+        <v>11</v>
+      </c>
+      <c r="L286" s="1">
+        <v>44676</v>
+      </c>
+      <c r="M286" s="2">
+        <v>9788536298023</v>
+      </c>
+      <c r="N286" t="s" s="3">
         <v>808</v>
       </c>
-      <c r="D286" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O286" s="4">
-        <v>159.90</v>
+        <v>109.90</v>
       </c>
       <c r="P286" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287">
-        <v>23843</v>
+        <v>26189</v>
       </c>
       <c r="C287" t="s">
+        <v>809</v>
+      </c>
+      <c r="D287" t="s">
+        <v>810</v>
+      </c>
+      <c r="F287">
+        <v>308</v>
+      </c>
+      <c r="G287">
+        <v>382</v>
+      </c>
+      <c r="H287" t="s">
+        <v>21</v>
+      </c>
+      <c r="I287">
+        <v>150</v>
+      </c>
+      <c r="J287">
+        <v>210</v>
+      </c>
+      <c r="K287">
+        <v>16</v>
+      </c>
+      <c r="L287" s="1">
+        <v>42997</v>
+      </c>
+      <c r="M287" s="2">
+        <v>9788536272566</v>
+      </c>
+      <c r="N287" t="s" s="3">
         <v>811</v>
-      </c>
-[...28 lines deleted...]
-        <v>813</v>
       </c>
       <c r="O287" s="4">
         <v>159.90</v>
       </c>
       <c r="P287" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="288">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288">
-        <v>23118</v>
+        <v>23843</v>
       </c>
       <c r="C288" t="s">
+        <v>812</v>
+      </c>
+      <c r="D288" t="s">
+        <v>813</v>
+      </c>
+      <c r="F288">
+        <v>294</v>
+      </c>
+      <c r="G288">
+        <v>365</v>
+      </c>
+      <c r="H288" t="s">
+        <v>21</v>
+      </c>
+      <c r="I288">
+        <v>150</v>
+      </c>
+      <c r="J288">
+        <v>210</v>
+      </c>
+      <c r="K288">
+        <v>15</v>
+      </c>
+      <c r="L288" s="1">
+        <v>42086</v>
+      </c>
+      <c r="M288" s="2">
+        <v>9788536250557</v>
+      </c>
+      <c r="N288" t="s" s="3">
         <v>814</v>
       </c>
-      <c r="D288" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O288" s="4">
-        <v>119.90</v>
+        <v>159.90</v>
       </c>
       <c r="P288" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289">
-        <v>22673</v>
+        <v>23118</v>
       </c>
       <c r="C289" t="s">
+        <v>815</v>
+      </c>
+      <c r="D289" t="s">
+        <v>816</v>
+      </c>
+      <c r="F289">
+        <v>252</v>
+      </c>
+      <c r="G289">
+        <v>330</v>
+      </c>
+      <c r="H289" t="s">
+        <v>21</v>
+      </c>
+      <c r="I289">
+        <v>150</v>
+      </c>
+      <c r="J289">
+        <v>210</v>
+      </c>
+      <c r="K289">
+        <v>13</v>
+      </c>
+      <c r="L289" s="1">
+        <v>41478</v>
+      </c>
+      <c r="M289" s="2">
+        <v>9788536242644</v>
+      </c>
+      <c r="N289" t="s" s="3">
         <v>817</v>
       </c>
-      <c r="D289" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O289" s="4">
-        <v>97.70</v>
+        <v>119.90</v>
       </c>
       <c r="P289" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290">
+        <v>22673</v>
+      </c>
+      <c r="C290" t="s">
+        <v>818</v>
+      </c>
+      <c r="D290" t="s">
+        <v>819</v>
+      </c>
+      <c r="F290">
+        <v>180</v>
+      </c>
+      <c r="G290">
+        <v>240</v>
+      </c>
+      <c r="H290" t="s">
+        <v>21</v>
+      </c>
+      <c r="I290">
+        <v>150</v>
+      </c>
+      <c r="J290">
+        <v>210</v>
+      </c>
+      <c r="K290">
+        <v>10</v>
+      </c>
+      <c r="L290" s="1">
+        <v>41093</v>
+      </c>
+      <c r="M290" s="2">
+        <v>9788536238180</v>
+      </c>
+      <c r="N290" t="s" s="3">
+        <v>820</v>
+      </c>
+      <c r="O290" s="4">
+        <v>97.70</v>
+      </c>
+      <c r="P290" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291">
+        <v>290</v>
+      </c>
+      <c r="B291">
         <v>28665</v>
       </c>
-      <c r="C290" t="inlineStr">
+      <c r="C291" t="inlineStr">
         <is>
           <t>II Congresso Internacional de Insolvência Empresarial - IBAJUD - Temas do Direito da Insolvência na Visão de seus Operadores - Prefaciadores: Ministro Paulo Dias de Moura Ribeiro e Ministro Paulo de Tarso Sanseverino</t>
         </is>
       </c>
-      <c r="D290" t="s">
-[...2 lines deleted...]
-      <c r="F290">
+      <c r="D291" t="s">
+        <v>821</v>
+      </c>
+      <c r="F291">
         <v>230</v>
       </c>
-      <c r="G290">
+      <c r="G291">
         <v>285</v>
       </c>
-      <c r="H290" t="s">
-[...8 lines deleted...]
-      <c r="K290">
+      <c r="H291" t="s">
+        <v>21</v>
+      </c>
+      <c r="I291">
+        <v>150</v>
+      </c>
+      <c r="J291">
+        <v>210</v>
+      </c>
+      <c r="K291">
         <v>12</v>
       </c>
-      <c r="L290" s="1">
+      <c r="L291" s="1">
         <v>44151</v>
       </c>
-      <c r="M290" s="2">
+      <c r="M291" s="2">
         <v>9786556052878</v>
       </c>
-      <c r="N290" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O290" s="4">
+      <c r="N291" t="s" s="3">
+        <v>822</v>
+      </c>
+      <c r="O291" s="4">
         <v>119.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>109.90</v>
       </c>
       <c r="P291" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292">
-        <v>26937</v>
+        <v>29220</v>
       </c>
       <c r="C292" t="s">
+        <v>823</v>
+      </c>
+      <c r="D292" t="s">
+        <v>824</v>
+      </c>
+      <c r="F292">
+        <v>188</v>
+      </c>
+      <c r="G292">
+        <v>233</v>
+      </c>
+      <c r="H292" t="s">
+        <v>21</v>
+      </c>
+      <c r="I292">
+        <v>150</v>
+      </c>
+      <c r="J292">
+        <v>210</v>
+      </c>
+      <c r="K292">
+        <v>10</v>
+      </c>
+      <c r="L292" s="1">
+        <v>44433</v>
+      </c>
+      <c r="M292" s="2">
+        <v>9786556057682</v>
+      </c>
+      <c r="N292" t="s" s="3">
         <v>825</v>
       </c>
-      <c r="D292" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O292" s="4">
-        <v>119.90</v>
+        <v>109.90</v>
       </c>
       <c r="P292" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293">
-        <v>26226</v>
+        <v>26937</v>
       </c>
       <c r="C293" t="s">
+        <v>826</v>
+      </c>
+      <c r="D293" t="s">
+        <v>827</v>
+      </c>
+      <c r="F293">
+        <v>228</v>
+      </c>
+      <c r="G293">
+        <v>283</v>
+      </c>
+      <c r="H293" t="s">
+        <v>21</v>
+      </c>
+      <c r="I293">
+        <v>150</v>
+      </c>
+      <c r="J293">
+        <v>210</v>
+      </c>
+      <c r="K293">
+        <v>12</v>
+      </c>
+      <c r="L293" s="1">
+        <v>43273</v>
+      </c>
+      <c r="M293" s="2">
+        <v>9788536280141</v>
+      </c>
+      <c r="N293" t="s" s="3">
         <v>828</v>
       </c>
-      <c r="D293" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O293" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P293" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294">
-        <v>28556</v>
+        <v>26226</v>
       </c>
       <c r="C294" t="s">
+        <v>829</v>
+      </c>
+      <c r="D294" t="s">
+        <v>830</v>
+      </c>
+      <c r="F294">
+        <v>170</v>
+      </c>
+      <c r="G294">
+        <v>211</v>
+      </c>
+      <c r="H294" t="s">
+        <v>21</v>
+      </c>
+      <c r="I294">
+        <v>150</v>
+      </c>
+      <c r="J294">
+        <v>210</v>
+      </c>
+      <c r="K294">
+        <v>10</v>
+      </c>
+      <c r="L294" s="1">
+        <v>43010</v>
+      </c>
+      <c r="M294" s="2">
+        <v>9788536272870</v>
+      </c>
+      <c r="N294" t="s" s="3">
         <v>831</v>
       </c>
-      <c r="D294" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O294" s="4">
-        <v>159.90</v>
+        <v>89.90</v>
       </c>
       <c r="P294" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295">
-        <v>28324</v>
+        <v>28556</v>
       </c>
       <c r="C295" t="s">
+        <v>832</v>
+      </c>
+      <c r="D295" t="s">
+        <v>833</v>
+      </c>
+      <c r="F295">
+        <v>316</v>
+      </c>
+      <c r="G295">
+        <v>392</v>
+      </c>
+      <c r="H295" t="s">
+        <v>21</v>
+      </c>
+      <c r="I295">
+        <v>150</v>
+      </c>
+      <c r="J295">
+        <v>210</v>
+      </c>
+      <c r="K295">
+        <v>16</v>
+      </c>
+      <c r="L295" s="1">
+        <v>43999</v>
+      </c>
+      <c r="M295" s="2">
+        <v>9786556050447</v>
+      </c>
+      <c r="N295" t="s" s="3">
         <v>834</v>
       </c>
-      <c r="D295" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O295" s="4">
-        <v>139.90</v>
+        <v>159.90</v>
       </c>
       <c r="P295" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296">
-        <v>29065</v>
+        <v>28324</v>
       </c>
       <c r="C296" t="s">
+        <v>835</v>
+      </c>
+      <c r="D296" t="s">
+        <v>836</v>
+      </c>
+      <c r="F296">
+        <v>276</v>
+      </c>
+      <c r="G296">
+        <v>342</v>
+      </c>
+      <c r="H296" t="s">
+        <v>21</v>
+      </c>
+      <c r="I296">
+        <v>150</v>
+      </c>
+      <c r="J296">
+        <v>210</v>
+      </c>
+      <c r="K296">
+        <v>14</v>
+      </c>
+      <c r="L296" s="1">
+        <v>43866</v>
+      </c>
+      <c r="M296" s="2">
+        <v>9788536293455</v>
+      </c>
+      <c r="N296" t="s" s="3">
         <v>837</v>
       </c>
-      <c r="D296" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O296" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P296" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297">
-        <v>22340</v>
+        <v>29065</v>
       </c>
       <c r="C297" t="s">
+        <v>838</v>
+      </c>
+      <c r="D297" t="s">
+        <v>839</v>
+      </c>
+      <c r="F297">
+        <v>128</v>
+      </c>
+      <c r="G297">
+        <v>159</v>
+      </c>
+      <c r="H297" t="s">
+        <v>21</v>
+      </c>
+      <c r="I297">
+        <v>150</v>
+      </c>
+      <c r="J297">
+        <v>210</v>
+      </c>
+      <c r="K297">
+        <v>7</v>
+      </c>
+      <c r="L297" s="1">
+        <v>44326</v>
+      </c>
+      <c r="M297" s="2">
+        <v>9786556055084</v>
+      </c>
+      <c r="N297" t="s" s="3">
         <v>840</v>
       </c>
-      <c r="D297" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O297" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P297" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298">
-        <v>26854</v>
+        <v>22340</v>
       </c>
       <c r="C298" t="s">
+        <v>841</v>
+      </c>
+      <c r="D298" t="s">
+        <v>842</v>
+      </c>
+      <c r="F298">
+        <v>292</v>
+      </c>
+      <c r="G298">
+        <v>328</v>
+      </c>
+      <c r="H298" t="s">
+        <v>21</v>
+      </c>
+      <c r="I298">
+        <v>150</v>
+      </c>
+      <c r="J298">
+        <v>210</v>
+      </c>
+      <c r="K298">
+        <v>15</v>
+      </c>
+      <c r="L298" s="1">
+        <v>40784</v>
+      </c>
+      <c r="M298" s="2">
+        <v>9788536234557</v>
+      </c>
+      <c r="N298" t="s" s="3">
         <v>843</v>
       </c>
-      <c r="D298" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O298" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P298" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="299">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299">
-        <v>28453</v>
+        <v>26854</v>
       </c>
       <c r="C299" t="s">
+        <v>844</v>
+      </c>
+      <c r="D299" t="s">
+        <v>845</v>
+      </c>
+      <c r="F299">
+        <v>146</v>
+      </c>
+      <c r="G299">
+        <v>181</v>
+      </c>
+      <c r="H299" t="s">
+        <v>21</v>
+      </c>
+      <c r="I299">
+        <v>150</v>
+      </c>
+      <c r="J299">
+        <v>210</v>
+      </c>
+      <c r="K299">
+        <v>8</v>
+      </c>
+      <c r="L299" s="1">
+        <v>43249</v>
+      </c>
+      <c r="M299" s="2">
+        <v>9788536279411</v>
+      </c>
+      <c r="N299" t="s" s="3">
         <v>846</v>
       </c>
-      <c r="D299" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O299" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P299" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="300">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300">
-        <v>23690</v>
+        <v>28453</v>
       </c>
       <c r="C300" t="s">
+        <v>847</v>
+      </c>
+      <c r="D300" t="s">
+        <v>848</v>
+      </c>
+      <c r="F300">
+        <v>246</v>
+      </c>
+      <c r="G300">
+        <v>305</v>
+      </c>
+      <c r="H300" t="s">
+        <v>21</v>
+      </c>
+      <c r="I300">
+        <v>150</v>
+      </c>
+      <c r="J300">
+        <v>210</v>
+      </c>
+      <c r="K300">
+        <v>13</v>
+      </c>
+      <c r="L300" s="1">
+        <v>43930</v>
+      </c>
+      <c r="M300" s="2">
+        <v>9788536294841</v>
+      </c>
+      <c r="N300" t="s" s="3">
         <v>849</v>
       </c>
-      <c r="D300" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O300" s="4">
-        <v>159.90</v>
+        <v>129.90</v>
       </c>
       <c r="P300" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="301">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301">
-        <v>27114</v>
+        <v>23690</v>
       </c>
       <c r="C301" t="s">
+        <v>850</v>
+      </c>
+      <c r="D301" t="s">
+        <v>851</v>
+      </c>
+      <c r="F301">
+        <v>342</v>
+      </c>
+      <c r="G301">
+        <v>429</v>
+      </c>
+      <c r="H301" t="s">
+        <v>21</v>
+      </c>
+      <c r="I301">
+        <v>150</v>
+      </c>
+      <c r="J301">
+        <v>210</v>
+      </c>
+      <c r="K301">
+        <v>18</v>
+      </c>
+      <c r="L301" s="1">
+        <v>41956</v>
+      </c>
+      <c r="M301" s="2">
+        <v>9788536248677</v>
+      </c>
+      <c r="N301" t="s" s="3">
         <v>852</v>
       </c>
-      <c r="D301" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O301" s="4">
-        <v>59.90</v>
+        <v>159.90</v>
       </c>
       <c r="P301" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="302">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302">
-        <v>24407</v>
+        <v>27114</v>
       </c>
       <c r="C302" t="s">
+        <v>853</v>
+      </c>
+      <c r="D302" t="s">
+        <v>854</v>
+      </c>
+      <c r="F302">
+        <v>100</v>
+      </c>
+      <c r="G302">
+        <v>124</v>
+      </c>
+      <c r="H302" t="s">
+        <v>21</v>
+      </c>
+      <c r="I302">
+        <v>150</v>
+      </c>
+      <c r="J302">
+        <v>210</v>
+      </c>
+      <c r="K302">
+        <v>6</v>
+      </c>
+      <c r="L302" s="1">
+        <v>43329</v>
+      </c>
+      <c r="M302" s="2">
+        <v>9788536281711</v>
+      </c>
+      <c r="N302" t="s" s="3">
         <v>855</v>
       </c>
-      <c r="D302" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O302" s="4">
-        <v>179.90</v>
+        <v>59.90</v>
       </c>
       <c r="P302" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="303">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303">
-        <v>23391</v>
+        <v>24407</v>
       </c>
       <c r="C303" t="s">
+        <v>856</v>
+      </c>
+      <c r="D303" t="s">
+        <v>857</v>
+      </c>
+      <c r="F303">
+        <v>374</v>
+      </c>
+      <c r="G303">
+        <v>464</v>
+      </c>
+      <c r="H303" t="s">
+        <v>21</v>
+      </c>
+      <c r="I303">
+        <v>150</v>
+      </c>
+      <c r="J303">
+        <v>210</v>
+      </c>
+      <c r="K303">
+        <v>19</v>
+      </c>
+      <c r="L303" s="1">
+        <v>42412</v>
+      </c>
+      <c r="M303" s="2">
+        <v>9788536255798</v>
+      </c>
+      <c r="N303" t="s" s="3">
         <v>858</v>
       </c>
-      <c r="D303" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O303" s="4">
-        <v>69.90</v>
+        <v>179.90</v>
       </c>
       <c r="P303" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="304">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304">
-        <v>22748</v>
+        <v>23391</v>
       </c>
       <c r="C304" t="s">
+        <v>859</v>
+      </c>
+      <c r="D304" t="s">
+        <v>860</v>
+      </c>
+      <c r="F304">
+        <v>94</v>
+      </c>
+      <c r="G304">
+        <v>119</v>
+      </c>
+      <c r="H304" t="s">
+        <v>21</v>
+      </c>
+      <c r="I304">
+        <v>150</v>
+      </c>
+      <c r="J304">
+        <v>210</v>
+      </c>
+      <c r="K304">
+        <v>6</v>
+      </c>
+      <c r="L304" s="1">
+        <v>41754</v>
+      </c>
+      <c r="M304" s="2">
+        <v>9788536246284</v>
+      </c>
+      <c r="N304" t="s" s="3">
         <v>861</v>
       </c>
-      <c r="D304" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O304" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P304" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="305">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305">
-        <v>29224</v>
+        <v>22748</v>
       </c>
       <c r="C305" t="s">
+        <v>862</v>
+      </c>
+      <c r="D305" t="s">
+        <v>863</v>
+      </c>
+      <c r="F305">
+        <v>152</v>
+      </c>
+      <c r="G305">
+        <v>200</v>
+      </c>
+      <c r="H305" t="s">
+        <v>21</v>
+      </c>
+      <c r="I305">
+        <v>150</v>
+      </c>
+      <c r="J305">
+        <v>210</v>
+      </c>
+      <c r="K305">
+        <v>9</v>
+      </c>
+      <c r="L305" s="1">
+        <v>41164</v>
+      </c>
+      <c r="M305" s="2">
+        <v>9788536239101</v>
+      </c>
+      <c r="N305" t="s" s="3">
         <v>864</v>
       </c>
-      <c r="D305" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O305" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P305" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="306">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306">
+        <v>29224</v>
+      </c>
+      <c r="C306" t="s">
+        <v>865</v>
+      </c>
+      <c r="D306" t="s">
+        <v>866</v>
+      </c>
+      <c r="F306">
+        <v>192</v>
+      </c>
+      <c r="G306">
+        <v>238</v>
+      </c>
+      <c r="H306" t="s">
+        <v>21</v>
+      </c>
+      <c r="I306">
+        <v>150</v>
+      </c>
+      <c r="J306">
+        <v>210</v>
+      </c>
+      <c r="K306">
+        <v>10</v>
+      </c>
+      <c r="L306" s="1">
+        <v>44466</v>
+      </c>
+      <c r="M306" s="2">
+        <v>9786556056753</v>
+      </c>
+      <c r="N306" t="s" s="3">
+        <v>867</v>
+      </c>
+      <c r="O306" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P306" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307">
+        <v>306</v>
+      </c>
+      <c r="B307">
         <v>30375</v>
       </c>
-      <c r="C306" t="inlineStr">
+      <c r="C307" t="inlineStr">
         <is>
           <t>Inteligencia Artificial y Proceso - Eficiencia vs. Garantías - Colección de Organización Judicial - Director: David Vallespín Pérez - Coordinador: José María Asencio Gallego</t>
         </is>
       </c>
-      <c r="D306" t="s">
+      <c r="D307" t="s">
         <v>515</v>
       </c>
-      <c r="F306">
+      <c r="F307">
         <v>280</v>
       </c>
-      <c r="G306">
+      <c r="G307">
         <v>347</v>
       </c>
-      <c r="H306" t="s">
-[...8 lines deleted...]
-      <c r="K306">
+      <c r="H307" t="s">
+        <v>21</v>
+      </c>
+      <c r="I307">
+        <v>150</v>
+      </c>
+      <c r="J307">
+        <v>210</v>
+      </c>
+      <c r="K307">
         <v>14</v>
       </c>
-      <c r="L306" s="1">
+      <c r="L307" s="1">
         <v>45009</v>
       </c>
-      <c r="M306" s="2">
+      <c r="M307" s="2">
         <v>9786526304945</v>
       </c>
-      <c r="N306" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O306" s="4">
+      <c r="N307" t="s" s="3">
+        <v>868</v>
+      </c>
+      <c r="O307" s="4">
         <v>139.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>119.90</v>
       </c>
       <c r="P307" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="308">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308">
-        <v>29444</v>
+        <v>28032</v>
       </c>
       <c r="C308" t="s">
+        <v>869</v>
+      </c>
+      <c r="D308" t="s">
+        <v>870</v>
+      </c>
+      <c r="F308">
+        <v>232</v>
+      </c>
+      <c r="G308">
+        <v>288</v>
+      </c>
+      <c r="H308" t="s">
+        <v>21</v>
+      </c>
+      <c r="I308">
+        <v>150</v>
+      </c>
+      <c r="J308">
+        <v>210</v>
+      </c>
+      <c r="K308">
+        <v>12</v>
+      </c>
+      <c r="L308" s="1">
+        <v>43711</v>
+      </c>
+      <c r="M308" s="2">
+        <v>9788536290683</v>
+      </c>
+      <c r="N308" t="s" s="3">
         <v>871</v>
       </c>
-      <c r="D308" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O308" s="4">
-        <v>159.90</v>
+        <v>119.90</v>
       </c>
       <c r="P308" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="309">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309">
+        <v>29444</v>
+      </c>
+      <c r="C309" t="s">
+        <v>872</v>
+      </c>
+      <c r="D309" t="s">
+        <v>873</v>
+      </c>
+      <c r="F309">
+        <v>322</v>
+      </c>
+      <c r="G309">
+        <v>399</v>
+      </c>
+      <c r="H309" t="s">
+        <v>21</v>
+      </c>
+      <c r="I309">
+        <v>150</v>
+      </c>
+      <c r="J309">
+        <v>210</v>
+      </c>
+      <c r="K309">
+        <v>16</v>
+      </c>
+      <c r="L309" s="1">
+        <v>44575</v>
+      </c>
+      <c r="M309" s="2">
+        <v>9786556058092</v>
+      </c>
+      <c r="N309" t="s" s="3">
+        <v>874</v>
+      </c>
+      <c r="O309" s="4">
+        <v>159.90</v>
+      </c>
+      <c r="P309" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310">
+        <v>309</v>
+      </c>
+      <c r="B310">
         <v>28879</v>
       </c>
-      <c r="C309" t="inlineStr">
+      <c r="C310" t="inlineStr">
         <is>
           <t>Interrogatório e Presunção de Inocência no Processo Penal - Atualizado em Conformidade com a Lei 13.964/2019 (Pacote Anticrime) - Prefácio do Juiz Walter Nunes da Silva Júnior</t>
         </is>
       </c>
-      <c r="D309" t="s">
-[...2 lines deleted...]
-      <c r="F309">
+      <c r="D310" t="s">
+        <v>875</v>
+      </c>
+      <c r="F310">
         <v>140</v>
       </c>
-      <c r="G309">
+      <c r="G310">
         <v>174</v>
       </c>
-      <c r="H309" t="s">
-[...8 lines deleted...]
-      <c r="K309">
+      <c r="H310" t="s">
+        <v>21</v>
+      </c>
+      <c r="I310">
+        <v>150</v>
+      </c>
+      <c r="J310">
+        <v>210</v>
+      </c>
+      <c r="K310">
         <v>8</v>
       </c>
-      <c r="L309" s="1">
+      <c r="L310" s="1">
         <v>44209</v>
       </c>
-      <c r="M309" s="2">
+      <c r="M310" s="2">
         <v>9786556054841</v>
       </c>
-      <c r="N309" t="s" s="3">
-[...16 lines deleted...]
-      <c r="C310" t="s">
+      <c r="N310" t="s" s="3">
         <v>876</v>
-      </c>
-[...28 lines deleted...]
-        <v>878</v>
       </c>
       <c r="O310" s="4">
         <v>89.90</v>
       </c>
       <c r="P310" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="311">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311">
-        <v>29367</v>
+        <v>30804</v>
       </c>
       <c r="C311" t="s">
+        <v>877</v>
+      </c>
+      <c r="D311" t="s">
+        <v>878</v>
+      </c>
+      <c r="F311">
+        <v>114</v>
+      </c>
+      <c r="G311">
+        <v>142</v>
+      </c>
+      <c r="H311" t="s">
+        <v>21</v>
+      </c>
+      <c r="I311">
+        <v>150</v>
+      </c>
+      <c r="J311">
+        <v>210</v>
+      </c>
+      <c r="K311">
+        <v>6</v>
+      </c>
+      <c r="L311" s="1">
+        <v>45250</v>
+      </c>
+      <c r="M311" s="2">
+        <v>9786526306833</v>
+      </c>
+      <c r="N311" t="s" s="3">
         <v>879</v>
       </c>
-      <c r="D311" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O311" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P311" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="312">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312">
-        <v>30696</v>
+        <v>29367</v>
       </c>
       <c r="C312" t="s">
+        <v>880</v>
+      </c>
+      <c r="D312" t="s">
+        <v>881</v>
+      </c>
+      <c r="F312">
+        <v>240</v>
+      </c>
+      <c r="G312">
+        <v>298</v>
+      </c>
+      <c r="H312" t="s">
+        <v>21</v>
+      </c>
+      <c r="I312">
+        <v>150</v>
+      </c>
+      <c r="J312">
+        <v>210</v>
+      </c>
+      <c r="K312">
+        <v>12</v>
+      </c>
+      <c r="L312" s="1">
+        <v>44518</v>
+      </c>
+      <c r="M312" s="2">
+        <v>9786556058443</v>
+      </c>
+      <c r="N312" t="s" s="3">
         <v>882</v>
       </c>
-      <c r="D312" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O312" s="4">
-        <v>79.90</v>
+        <v>119.90</v>
       </c>
       <c r="P312" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313">
-        <v>26960</v>
+        <v>30696</v>
       </c>
       <c r="C313" t="s">
+        <v>883</v>
+      </c>
+      <c r="D313" t="s">
+        <v>884</v>
+      </c>
+      <c r="F313">
+        <v>130</v>
+      </c>
+      <c r="G313">
+        <v>161</v>
+      </c>
+      <c r="H313" t="s">
+        <v>21</v>
+      </c>
+      <c r="I313">
+        <v>150</v>
+      </c>
+      <c r="J313">
+        <v>210</v>
+      </c>
+      <c r="K313">
+        <v>7</v>
+      </c>
+      <c r="L313" s="1">
+        <v>45194</v>
+      </c>
+      <c r="M313" s="2">
+        <v>9786526307519</v>
+      </c>
+      <c r="N313" t="s" s="3">
         <v>885</v>
       </c>
-      <c r="D313" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O313" s="4">
-        <v>69.90</v>
+        <v>79.90</v>
       </c>
       <c r="P313" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="314">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314">
-        <v>29403</v>
+        <v>26960</v>
       </c>
       <c r="C314" t="s">
+        <v>886</v>
+      </c>
+      <c r="D314" t="s">
+        <v>887</v>
+      </c>
+      <c r="F314">
+        <v>104</v>
+      </c>
+      <c r="G314">
+        <v>129</v>
+      </c>
+      <c r="H314" t="s">
+        <v>21</v>
+      </c>
+      <c r="I314">
+        <v>150</v>
+      </c>
+      <c r="J314">
+        <v>210</v>
+      </c>
+      <c r="K314">
+        <v>6</v>
+      </c>
+      <c r="L314" s="1">
+        <v>43278</v>
+      </c>
+      <c r="M314" s="2">
+        <v>9788536280363</v>
+      </c>
+      <c r="N314" t="s" s="3">
         <v>888</v>
       </c>
-      <c r="D314" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O314" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P314" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="315">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315">
-        <v>21836</v>
+        <v>29403</v>
       </c>
       <c r="C315" t="s">
+        <v>889</v>
+      </c>
+      <c r="D315" t="s">
+        <v>890</v>
+      </c>
+      <c r="F315">
+        <v>200</v>
+      </c>
+      <c r="G315">
+        <v>248</v>
+      </c>
+      <c r="H315" t="s">
+        <v>21</v>
+      </c>
+      <c r="I315">
+        <v>150</v>
+      </c>
+      <c r="J315">
+        <v>210</v>
+      </c>
+      <c r="K315">
+        <v>11</v>
+      </c>
+      <c r="L315" s="1">
+        <v>44537</v>
+      </c>
+      <c r="M315" s="2">
+        <v>9786556059884</v>
+      </c>
+      <c r="N315" t="s" s="3">
         <v>891</v>
       </c>
-      <c r="D315" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O315" s="4">
-        <v>89.90</v>
+        <v>109.90</v>
       </c>
       <c r="P315" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="316">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316">
-        <v>13475</v>
+        <v>21836</v>
       </c>
       <c r="C316" t="s">
+        <v>892</v>
+      </c>
+      <c r="D316" t="s">
+        <v>893</v>
+      </c>
+      <c r="F316">
+        <v>174</v>
+      </c>
+      <c r="G316">
+        <v>212</v>
+      </c>
+      <c r="H316" t="s">
+        <v>21</v>
+      </c>
+      <c r="I316">
+        <v>150</v>
+      </c>
+      <c r="J316">
+        <v>210</v>
+      </c>
+      <c r="K316">
+        <v>10</v>
+      </c>
+      <c r="L316" s="1">
+        <v>40359</v>
+      </c>
+      <c r="M316" s="2">
+        <v>9788536230436</v>
+      </c>
+      <c r="N316" t="s" s="3">
         <v>894</v>
       </c>
-      <c r="D316" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O316" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P316" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="317">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317">
-        <v>30247</v>
+        <v>13475</v>
       </c>
       <c r="C317" t="s">
+        <v>895</v>
+      </c>
+      <c r="D317" t="s">
+        <v>896</v>
+      </c>
+      <c r="F317">
+        <v>140</v>
+      </c>
+      <c r="G317">
+        <v>186</v>
+      </c>
+      <c r="H317" t="s">
+        <v>21</v>
+      </c>
+      <c r="I317">
+        <v>150</v>
+      </c>
+      <c r="J317">
+        <v>210</v>
+      </c>
+      <c r="K317">
+        <v>8</v>
+      </c>
+      <c r="L317" s="1">
+        <v>38891</v>
+      </c>
+      <c r="M317" s="2">
+        <v>9788536212920</v>
+      </c>
+      <c r="N317" t="s" s="3">
         <v>897</v>
       </c>
-      <c r="D317" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O317" s="4">
-        <v>169.90</v>
+        <v>79.90</v>
       </c>
       <c r="P317" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="318">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318">
-        <v>26366</v>
+        <v>30247</v>
       </c>
       <c r="C318" t="s">
+        <v>898</v>
+      </c>
+      <c r="D318" t="s">
+        <v>899</v>
+      </c>
+      <c r="F318">
+        <v>366</v>
+      </c>
+      <c r="G318">
+        <v>454</v>
+      </c>
+      <c r="H318" t="s">
+        <v>21</v>
+      </c>
+      <c r="I318">
+        <v>150</v>
+      </c>
+      <c r="J318">
+        <v>210</v>
+      </c>
+      <c r="K318">
+        <v>18</v>
+      </c>
+      <c r="L318" s="1">
+        <v>44932</v>
+      </c>
+      <c r="M318" s="2">
+        <v>9786526302446</v>
+      </c>
+      <c r="N318" t="s" s="3">
         <v>900</v>
       </c>
-      <c r="D318" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O318" s="4">
-        <v>97.70</v>
+        <v>169.90</v>
       </c>
       <c r="P318" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="319">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319">
+        <v>26366</v>
+      </c>
+      <c r="C319" t="s">
+        <v>901</v>
+      </c>
+      <c r="D319" t="s">
+        <v>902</v>
+      </c>
+      <c r="F319">
+        <v>176</v>
+      </c>
+      <c r="G319">
+        <v>218</v>
+      </c>
+      <c r="H319" t="s">
+        <v>21</v>
+      </c>
+      <c r="I319">
+        <v>150</v>
+      </c>
+      <c r="J319">
+        <v>210</v>
+      </c>
+      <c r="K319">
+        <v>10</v>
+      </c>
+      <c r="L319" s="1">
+        <v>43059</v>
+      </c>
+      <c r="M319" s="2">
+        <v>9788536274454</v>
+      </c>
+      <c r="N319" t="s" s="3">
+        <v>903</v>
+      </c>
+      <c r="O319" s="4">
+        <v>97.70</v>
+      </c>
+      <c r="P319" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320">
+        <v>319</v>
+      </c>
+      <c r="B320">
         <v>25096</v>
       </c>
-      <c r="C319" t="inlineStr">
+      <c r="C320" t="inlineStr">
         <is>
           <t>Juicio Verbal en la Ley de Enjuiciamiento Civil Española - Análisis tras su reforma por Ley 42/2015 – Teoría y Práctica - Colección Procesal Civil – Coordinador: David Vallespín Pérez</t>
         </is>
       </c>
-      <c r="D319" t="s">
+      <c r="D320" t="s">
         <v>199</v>
       </c>
-      <c r="F319">
+      <c r="F320">
         <v>174</v>
       </c>
-      <c r="G319">
+      <c r="G320">
         <v>216</v>
       </c>
-      <c r="H319" t="s">
-[...8 lines deleted...]
-      <c r="K319">
+      <c r="H320" t="s">
+        <v>21</v>
+      </c>
+      <c r="I320">
+        <v>150</v>
+      </c>
+      <c r="J320">
+        <v>210</v>
+      </c>
+      <c r="K320">
         <v>10</v>
       </c>
-      <c r="L319" s="1">
+      <c r="L320" s="1">
         <v>42643</v>
       </c>
-      <c r="M319" s="2">
+      <c r="M320" s="2">
         <v>9788536262260</v>
       </c>
-      <c r="N319" t="s" s="3">
-[...16 lines deleted...]
-      <c r="C320" t="s">
+      <c r="N320" t="s" s="3">
         <v>904</v>
-      </c>
-[...28 lines deleted...]
-        <v>906</v>
       </c>
       <c r="O320" s="4">
         <v>89.90</v>
       </c>
       <c r="P320" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="321">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321">
-        <v>26671</v>
+        <v>27081</v>
       </c>
       <c r="C321" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="D321" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="F321">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="G321">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="H321" t="s">
         <v>21</v>
       </c>
       <c r="I321">
         <v>150</v>
       </c>
       <c r="J321">
         <v>210</v>
       </c>
       <c r="K321">
         <v>9</v>
       </c>
       <c r="L321" s="1">
-        <v>43171</v>
+        <v>43320</v>
       </c>
       <c r="M321" s="2">
-        <v>9788536277332</v>
+        <v>9788536281612</v>
       </c>
       <c r="N321" t="s" s="3">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="O321" s="4">
         <v>89.90</v>
       </c>
       <c r="P321" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="322">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322">
-        <v>24894</v>
+        <v>26671</v>
       </c>
       <c r="C322" t="s">
+        <v>908</v>
+      </c>
+      <c r="D322" t="s">
+        <v>909</v>
+      </c>
+      <c r="F322">
+        <v>160</v>
+      </c>
+      <c r="G322">
+        <v>198</v>
+      </c>
+      <c r="H322" t="s">
+        <v>21</v>
+      </c>
+      <c r="I322">
+        <v>150</v>
+      </c>
+      <c r="J322">
+        <v>210</v>
+      </c>
+      <c r="K322">
+        <v>9</v>
+      </c>
+      <c r="L322" s="1">
+        <v>43171</v>
+      </c>
+      <c r="M322" s="2">
+        <v>9788536277332</v>
+      </c>
+      <c r="N322" t="s" s="3">
         <v>910</v>
       </c>
-      <c r="D322" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O322" s="4">
-        <v>97.70</v>
+        <v>89.90</v>
       </c>
       <c r="P322" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="323">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323">
-        <v>27258</v>
+        <v>24894</v>
       </c>
       <c r="C323" t="s">
+        <v>911</v>
+      </c>
+      <c r="D323" t="s">
+        <v>912</v>
+      </c>
+      <c r="F323">
+        <v>174</v>
+      </c>
+      <c r="G323">
+        <v>216</v>
+      </c>
+      <c r="H323" t="s">
+        <v>21</v>
+      </c>
+      <c r="I323">
+        <v>150</v>
+      </c>
+      <c r="J323">
+        <v>210</v>
+      </c>
+      <c r="K323">
+        <v>10</v>
+      </c>
+      <c r="L323" s="1">
+        <v>42587</v>
+      </c>
+      <c r="M323" s="2">
+        <v>9788536260242</v>
+      </c>
+      <c r="N323" t="s" s="3">
         <v>913</v>
       </c>
-      <c r="D323" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O323" s="4">
-        <v>139.90</v>
+        <v>97.70</v>
       </c>
       <c r="P323" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="324">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324">
-        <v>25149</v>
+        <v>27258</v>
       </c>
       <c r="C324" t="s">
+        <v>914</v>
+      </c>
+      <c r="D324" t="s">
+        <v>915</v>
+      </c>
+      <c r="F324">
+        <v>266</v>
+      </c>
+      <c r="G324">
+        <v>330</v>
+      </c>
+      <c r="H324" t="s">
+        <v>21</v>
+      </c>
+      <c r="I324">
+        <v>150</v>
+      </c>
+      <c r="J324">
+        <v>210</v>
+      </c>
+      <c r="K324">
+        <v>14</v>
+      </c>
+      <c r="L324" s="1">
+        <v>43369</v>
+      </c>
+      <c r="M324" s="2">
+        <v>9788536283197</v>
+      </c>
+      <c r="N324" t="s" s="3">
         <v>916</v>
       </c>
-      <c r="D324" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O324" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P324" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="325">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325">
-        <v>26370</v>
+        <v>25149</v>
       </c>
       <c r="C325" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="D325" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="F325">
         <v>132</v>
       </c>
       <c r="G325">
-        <v>108</v>
+        <v>164</v>
       </c>
       <c r="H325" t="s">
         <v>21</v>
       </c>
       <c r="I325">
         <v>150</v>
       </c>
       <c r="J325">
         <v>210</v>
       </c>
       <c r="K325">
         <v>8</v>
       </c>
       <c r="L325" s="1">
-        <v>43059</v>
+        <v>42661</v>
       </c>
       <c r="M325" s="2">
-        <v>9788536274812</v>
+        <v>9788536262772</v>
       </c>
       <c r="N325" t="s" s="3">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="O325" s="4">
         <v>79.90</v>
       </c>
       <c r="P325" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="326">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326">
-        <v>27643</v>
+        <v>26370</v>
       </c>
       <c r="C326" t="s">
+        <v>920</v>
+      </c>
+      <c r="D326" t="s">
+        <v>918</v>
+      </c>
+      <c r="F326">
+        <v>132</v>
+      </c>
+      <c r="G326">
+        <v>108</v>
+      </c>
+      <c r="H326" t="s">
+        <v>21</v>
+      </c>
+      <c r="I326">
+        <v>150</v>
+      </c>
+      <c r="J326">
+        <v>210</v>
+      </c>
+      <c r="K326">
+        <v>8</v>
+      </c>
+      <c r="L326" s="1">
+        <v>43059</v>
+      </c>
+      <c r="M326" s="2">
+        <v>9788536274812</v>
+      </c>
+      <c r="N326" t="s" s="3">
         <v>921</v>
-      </c>
-[...28 lines deleted...]
-        <v>922</v>
       </c>
       <c r="O326" s="4">
         <v>79.90</v>
       </c>
       <c r="P326" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="327">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327">
-        <v>29419</v>
+        <v>27643</v>
       </c>
       <c r="C327" t="s">
+        <v>922</v>
+      </c>
+      <c r="D327" t="s">
+        <v>918</v>
+      </c>
+      <c r="F327">
+        <v>126</v>
+      </c>
+      <c r="G327">
+        <v>156</v>
+      </c>
+      <c r="H327" t="s">
+        <v>21</v>
+      </c>
+      <c r="I327">
+        <v>150</v>
+      </c>
+      <c r="J327">
+        <v>210</v>
+      </c>
+      <c r="K327">
+        <v>7</v>
+      </c>
+      <c r="L327" s="1">
+        <v>43542</v>
+      </c>
+      <c r="M327" s="2">
+        <v>9788536286846</v>
+      </c>
+      <c r="N327" t="s" s="3">
         <v>923</v>
       </c>
-      <c r="D327" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O327" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P327" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="328">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328">
-        <v>31344</v>
+        <v>29419</v>
       </c>
       <c r="C328" t="s">
+        <v>924</v>
+      </c>
+      <c r="D328" t="s">
+        <v>918</v>
+      </c>
+      <c r="F328">
+        <v>244</v>
+      </c>
+      <c r="G328">
+        <v>303</v>
+      </c>
+      <c r="H328" t="s">
+        <v>21</v>
+      </c>
+      <c r="I328">
+        <v>150</v>
+      </c>
+      <c r="J328">
+        <v>210</v>
+      </c>
+      <c r="K328">
+        <v>13</v>
+      </c>
+      <c r="L328" s="1">
+        <v>44551</v>
+      </c>
+      <c r="M328" s="2">
+        <v>9786556059938</v>
+      </c>
+      <c r="N328" t="s" s="3">
         <v>925</v>
       </c>
-      <c r="D328" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O328" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P328" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="329">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329">
-        <v>22464</v>
+        <v>31344</v>
       </c>
       <c r="C329" t="s">
+        <v>926</v>
+      </c>
+      <c r="D329" t="s">
+        <v>918</v>
+      </c>
+      <c r="F329">
+        <v>122</v>
+      </c>
+      <c r="G329">
+        <v>151</v>
+      </c>
+      <c r="H329" t="s">
+        <v>21</v>
+      </c>
+      <c r="I329">
+        <v>150</v>
+      </c>
+      <c r="J329">
+        <v>210</v>
+      </c>
+      <c r="K329">
+        <v>7</v>
+      </c>
+      <c r="L329" s="1">
+        <v>45621</v>
+      </c>
+      <c r="M329" s="2">
+        <v>9786526316085</v>
+      </c>
+      <c r="N329" t="s" s="3">
         <v>927</v>
       </c>
-      <c r="D329" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O329" s="4">
-        <v>109.90</v>
+        <v>89.90</v>
       </c>
       <c r="P329" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="330">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330">
-        <v>28236</v>
+        <v>22464</v>
       </c>
       <c r="C330" t="s">
+        <v>928</v>
+      </c>
+      <c r="D330" t="s">
+        <v>929</v>
+      </c>
+      <c r="F330">
+        <v>201</v>
+      </c>
+      <c r="G330">
+        <v>265</v>
+      </c>
+      <c r="H330" t="s">
+        <v>21</v>
+      </c>
+      <c r="I330">
+        <v>150</v>
+      </c>
+      <c r="J330">
+        <v>210</v>
+      </c>
+      <c r="K330">
+        <v>11</v>
+      </c>
+      <c r="L330" s="1">
+        <v>40918</v>
+      </c>
+      <c r="M330" s="2">
+        <v>9788536235943</v>
+      </c>
+      <c r="N330" t="s" s="3">
         <v>930</v>
       </c>
-      <c r="D330" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O330" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P330" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="331">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331">
-        <v>27616</v>
+        <v>28236</v>
       </c>
       <c r="C331" t="s">
+        <v>931</v>
+      </c>
+      <c r="D331" t="s">
+        <v>932</v>
+      </c>
+      <c r="F331">
+        <v>262</v>
+      </c>
+      <c r="G331">
+        <v>325</v>
+      </c>
+      <c r="H331" t="s">
+        <v>21</v>
+      </c>
+      <c r="I331">
+        <v>150</v>
+      </c>
+      <c r="J331">
+        <v>210</v>
+      </c>
+      <c r="K331">
+        <v>13</v>
+      </c>
+      <c r="L331" s="1">
+        <v>43810</v>
+      </c>
+      <c r="M331" s="2">
+        <v>9788536291949</v>
+      </c>
+      <c r="N331" t="s" s="3">
         <v>933</v>
       </c>
-      <c r="D331" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O331" s="4">
-        <v>139.90</v>
+        <v>129.90</v>
       </c>
       <c r="P331" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="332">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332">
-        <v>22587</v>
+        <v>27616</v>
       </c>
       <c r="C332" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="D332" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="F332">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="G332">
-        <v>437</v>
+        <v>372</v>
       </c>
       <c r="H332" t="s">
         <v>21</v>
       </c>
       <c r="I332">
         <v>150</v>
       </c>
       <c r="J332">
         <v>210</v>
       </c>
       <c r="K332">
         <v>16</v>
       </c>
       <c r="L332" s="1">
-        <v>41024</v>
+        <v>43521</v>
       </c>
       <c r="M332" s="2">
-        <v>9788536237374</v>
+        <v>9788536286495</v>
       </c>
       <c r="N332" t="s" s="3">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="O332" s="4">
-        <v>149.90</v>
+        <v>139.90</v>
       </c>
       <c r="P332" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="333">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333">
-        <v>22088</v>
+        <v>22587</v>
       </c>
       <c r="C333" t="s">
+        <v>937</v>
+      </c>
+      <c r="D333" t="s">
+        <v>938</v>
+      </c>
+      <c r="F333">
+        <v>304</v>
+      </c>
+      <c r="G333">
+        <v>437</v>
+      </c>
+      <c r="H333" t="s">
+        <v>21</v>
+      </c>
+      <c r="I333">
+        <v>150</v>
+      </c>
+      <c r="J333">
+        <v>210</v>
+      </c>
+      <c r="K333">
+        <v>16</v>
+      </c>
+      <c r="L333" s="1">
+        <v>41024</v>
+      </c>
+      <c r="M333" s="2">
+        <v>9788536237374</v>
+      </c>
+      <c r="N333" t="s" s="3">
         <v>939</v>
       </c>
-      <c r="D333" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O333" s="4">
-        <v>107.70</v>
+        <v>149.90</v>
       </c>
       <c r="P333" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="334">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334">
-        <v>28934</v>
+        <v>22088</v>
       </c>
       <c r="C334" t="s">
+        <v>940</v>
+      </c>
+      <c r="D334" t="s">
+        <v>941</v>
+      </c>
+      <c r="F334">
+        <v>198</v>
+      </c>
+      <c r="G334">
+        <v>275</v>
+      </c>
+      <c r="H334" t="s">
+        <v>21</v>
+      </c>
+      <c r="I334">
+        <v>150</v>
+      </c>
+      <c r="J334">
+        <v>210</v>
+      </c>
+      <c r="K334">
+        <v>11</v>
+      </c>
+      <c r="L334" s="1">
+        <v>40518</v>
+      </c>
+      <c r="M334" s="2">
+        <v>9788536232133</v>
+      </c>
+      <c r="N334" t="s" s="3">
         <v>942</v>
       </c>
-      <c r="D334" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O334" s="4">
-        <v>97.70</v>
+        <v>107.70</v>
       </c>
       <c r="P334" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335">
-        <v>22671</v>
+        <v>28934</v>
       </c>
       <c r="C335" t="s">
+        <v>943</v>
+      </c>
+      <c r="D335" t="s">
+        <v>944</v>
+      </c>
+      <c r="F335">
+        <v>176</v>
+      </c>
+      <c r="G335">
+        <v>218</v>
+      </c>
+      <c r="H335" t="s">
+        <v>21</v>
+      </c>
+      <c r="I335">
+        <v>150</v>
+      </c>
+      <c r="J335">
+        <v>210</v>
+      </c>
+      <c r="K335">
+        <v>9</v>
+      </c>
+      <c r="L335" s="1">
+        <v>44259</v>
+      </c>
+      <c r="M335" s="2">
+        <v>9786556054254</v>
+      </c>
+      <c r="N335" t="s" s="3">
         <v>945</v>
       </c>
-      <c r="D335" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O335" s="4">
-        <v>79.90</v>
+        <v>97.70</v>
       </c>
       <c r="P335" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="336">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336">
-        <v>20522</v>
+        <v>22671</v>
       </c>
       <c r="C336" t="s">
+        <v>946</v>
+      </c>
+      <c r="D336" t="s">
+        <v>947</v>
+      </c>
+      <c r="F336">
+        <v>142</v>
+      </c>
+      <c r="G336">
+        <v>185</v>
+      </c>
+      <c r="H336" t="s">
+        <v>21</v>
+      </c>
+      <c r="I336">
+        <v>150</v>
+      </c>
+      <c r="J336">
+        <v>210</v>
+      </c>
+      <c r="K336">
+        <v>8</v>
+      </c>
+      <c r="L336" s="1">
+        <v>41093</v>
+      </c>
+      <c r="M336" s="2">
+        <v>9788536238371</v>
+      </c>
+      <c r="N336" t="s" s="3">
         <v>948</v>
       </c>
-      <c r="D336" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O336" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P336" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="337">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337">
+        <v>20522</v>
+      </c>
+      <c r="C337" t="s">
+        <v>949</v>
+      </c>
+      <c r="D337" t="s">
+        <v>950</v>
+      </c>
+      <c r="F337">
+        <v>218</v>
+      </c>
+      <c r="G337">
+        <v>276</v>
+      </c>
+      <c r="H337" t="s">
+        <v>21</v>
+      </c>
+      <c r="I337">
+        <v>150</v>
+      </c>
+      <c r="J337">
+        <v>210</v>
+      </c>
+      <c r="K337">
+        <v>12</v>
+      </c>
+      <c r="L337" s="1">
+        <v>39434</v>
+      </c>
+      <c r="M337" s="2">
+        <v>9788536218267</v>
+      </c>
+      <c r="N337" t="s" s="3">
+        <v>951</v>
+      </c>
+      <c r="O337" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P337" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338">
+        <v>337</v>
+      </c>
+      <c r="B338">
         <v>29079</v>
       </c>
-      <c r="C337" t="inlineStr">
+      <c r="C338" t="inlineStr">
         <is>
           <t>La Creación Musical y el Derecho de Autor - Originalidad, Plagio y Tecnología Digital - Colección Derecho Mercantil - Director: David Vallespín Pérez - Coordinadora: Cristina Roy Pérez</t>
         </is>
       </c>
-      <c r="D337" t="s">
-[...2 lines deleted...]
-      <c r="F337">
+      <c r="D338" t="s">
+        <v>952</v>
+      </c>
+      <c r="F338">
         <v>180</v>
       </c>
-      <c r="G337">
+      <c r="G338">
         <v>223</v>
       </c>
-      <c r="H337" t="s">
-[...8 lines deleted...]
-      <c r="K337">
+      <c r="H338" t="s">
+        <v>21</v>
+      </c>
+      <c r="I338">
+        <v>150</v>
+      </c>
+      <c r="J338">
+        <v>210</v>
+      </c>
+      <c r="K338">
         <v>10</v>
       </c>
-      <c r="L337" s="1">
+      <c r="L338" s="1">
         <v>44335</v>
       </c>
-      <c r="M337" s="2">
+      <c r="M338" s="2">
         <v>9786556056951</v>
       </c>
-      <c r="N337" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O337" s="4">
+      <c r="N338" t="s" s="3">
+        <v>953</v>
+      </c>
+      <c r="O338" s="4">
         <v>97.70</v>
-      </c>
-[...45 lines deleted...]
-        <v>79.90</v>
       </c>
       <c r="P338" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="339">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339">
-        <v>21800</v>
+        <v>26819</v>
       </c>
       <c r="C339" t="s">
+        <v>954</v>
+      </c>
+      <c r="D339" t="s">
+        <v>955</v>
+      </c>
+      <c r="F339">
+        <v>132</v>
+      </c>
+      <c r="G339">
+        <v>164</v>
+      </c>
+      <c r="H339" t="s">
+        <v>21</v>
+      </c>
+      <c r="I339">
+        <v>150</v>
+      </c>
+      <c r="J339">
+        <v>210</v>
+      </c>
+      <c r="K339">
+        <v>8</v>
+      </c>
+      <c r="L339" s="1">
+        <v>43235</v>
+      </c>
+      <c r="M339" s="2">
+        <v>9788536259871</v>
+      </c>
+      <c r="N339" t="s" s="3">
         <v>956</v>
       </c>
-      <c r="D339" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O339" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P339" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="340">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340">
+        <v>21800</v>
+      </c>
+      <c r="C340" t="s">
+        <v>957</v>
+      </c>
+      <c r="D340" t="s">
+        <v>958</v>
+      </c>
+      <c r="F340">
+        <v>212</v>
+      </c>
+      <c r="G340">
+        <v>242</v>
+      </c>
+      <c r="H340" t="s">
+        <v>21</v>
+      </c>
+      <c r="I340">
+        <v>150</v>
+      </c>
+      <c r="J340">
+        <v>210</v>
+      </c>
+      <c r="K340">
+        <v>12</v>
+      </c>
+      <c r="L340" s="1">
+        <v>40333</v>
+      </c>
+      <c r="M340" s="2">
+        <v>9788536230245</v>
+      </c>
+      <c r="N340" t="s" s="3">
+        <v>959</v>
+      </c>
+      <c r="O340" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P340" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341">
+        <v>340</v>
+      </c>
+      <c r="B341">
         <v>28913</v>
       </c>
-      <c r="C340" t="inlineStr">
+      <c r="C341" t="inlineStr">
         <is>
           <t>La Dimensión Constitucional del Derecho de la Competencia - Teoría y Práctica - Colección Derecho Mercantil - Director: David Vallespín Pérez - Coordinadora: Cristina Roy Pérez</t>
         </is>
       </c>
-      <c r="D340" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D341" t="s">
-        <v>961</v>
+        <v>944</v>
       </c>
       <c r="F341">
         <v>144</v>
       </c>
       <c r="G341">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="H341" t="s">
         <v>21</v>
       </c>
       <c r="I341">
         <v>150</v>
       </c>
       <c r="J341">
         <v>210</v>
       </c>
       <c r="K341">
         <v>8</v>
       </c>
       <c r="L341" s="1">
-        <v>40255</v>
+        <v>44232</v>
       </c>
       <c r="M341" s="2">
-        <v>9788536228921</v>
+        <v>9786556054353</v>
       </c>
       <c r="N341" t="s" s="3">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="O341" s="4">
         <v>79.90</v>
       </c>
       <c r="P341" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="342">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342">
-        <v>30299</v>
+        <v>21601</v>
       </c>
       <c r="C342" t="s">
+        <v>961</v>
+      </c>
+      <c r="D342" t="s">
+        <v>962</v>
+      </c>
+      <c r="F342">
+        <v>144</v>
+      </c>
+      <c r="G342">
+        <v>200</v>
+      </c>
+      <c r="H342" t="s">
+        <v>21</v>
+      </c>
+      <c r="I342">
+        <v>150</v>
+      </c>
+      <c r="J342">
+        <v>210</v>
+      </c>
+      <c r="K342">
+        <v>8</v>
+      </c>
+      <c r="L342" s="1">
+        <v>40255</v>
+      </c>
+      <c r="M342" s="2">
+        <v>9788536228921</v>
+      </c>
+      <c r="N342" t="s" s="3">
         <v>963</v>
       </c>
-      <c r="D342" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O342" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P342" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="343">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343">
-        <v>28190</v>
+        <v>30299</v>
       </c>
       <c r="C343" t="s">
+        <v>964</v>
+      </c>
+      <c r="D343" t="s">
+        <v>965</v>
+      </c>
+      <c r="F343">
+        <v>134</v>
+      </c>
+      <c r="G343">
+        <v>166</v>
+      </c>
+      <c r="H343" t="s">
+        <v>21</v>
+      </c>
+      <c r="I343">
+        <v>150</v>
+      </c>
+      <c r="J343">
+        <v>210</v>
+      </c>
+      <c r="K343">
+        <v>7</v>
+      </c>
+      <c r="L343" s="1">
+        <v>44956</v>
+      </c>
+      <c r="M343" s="2">
+        <v>9786526304037</v>
+      </c>
+      <c r="N343" t="s" s="3">
         <v>966</v>
       </c>
-      <c r="D343" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O343" s="4">
-        <v>159.90</v>
+        <v>89.90</v>
       </c>
       <c r="P343" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="344">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344">
+        <v>28190</v>
+      </c>
+      <c r="C344" t="s">
+        <v>967</v>
+      </c>
+      <c r="D344" t="s">
+        <v>968</v>
+      </c>
+      <c r="F344">
+        <v>316</v>
+      </c>
+      <c r="G344">
+        <v>392</v>
+      </c>
+      <c r="H344" t="s">
+        <v>21</v>
+      </c>
+      <c r="I344">
+        <v>150</v>
+      </c>
+      <c r="J344">
+        <v>210</v>
+      </c>
+      <c r="K344">
+        <v>16</v>
+      </c>
+      <c r="L344" s="1">
+        <v>43790</v>
+      </c>
+      <c r="M344" s="2">
+        <v>9788536290409</v>
+      </c>
+      <c r="N344" t="s" s="3">
+        <v>969</v>
+      </c>
+      <c r="O344" s="4">
+        <v>159.90</v>
+      </c>
+      <c r="P344" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345">
+        <v>344</v>
+      </c>
+      <c r="B345">
         <v>22041</v>
       </c>
-      <c r="C344" t="inlineStr">
+      <c r="C345" t="inlineStr">
         <is>
           <t>La Ley de Las Armas de Fuego - Ley 10.826, de 22.12.2003, (actualizada por las Leyes 10.867/04, 10.884/04, 11.118/05, 11.191/05, 11.501/07, 11.706/08 y 11.922/09) comentada - Texto en Español de la Ley Brasileña</t>
         </is>
       </c>
-      <c r="D344" t="s">
-[...2 lines deleted...]
-      <c r="F344">
+      <c r="D345" t="s">
+        <v>970</v>
+      </c>
+      <c r="F345">
         <v>400</v>
       </c>
-      <c r="G344">
+      <c r="G345">
         <v>548</v>
       </c>
-      <c r="H344" t="s">
+      <c r="H345" t="s">
         <v>17</v>
       </c>
-      <c r="I344">
+      <c r="I345">
         <v>165</v>
       </c>
-      <c r="J344">
+      <c r="J345">
         <v>215</v>
       </c>
-      <c r="K344">
+      <c r="K345">
         <v>30</v>
       </c>
-      <c r="L344" s="1">
+      <c r="L345" s="1">
         <v>40477</v>
       </c>
-      <c r="M344" s="2">
+      <c r="M345" s="2">
         <v>9788536231587</v>
       </c>
-      <c r="N344" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O344" s="4">
+      <c r="N345" t="s" s="3">
+        <v>971</v>
+      </c>
+      <c r="O345" s="4">
         <v>189.90</v>
       </c>
-      <c r="P344" t="s">
-[...7 lines deleted...]
-      <c r="B345">
+      <c r="P345" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346">
+        <v>345</v>
+      </c>
+      <c r="B346">
         <v>26195</v>
       </c>
-      <c r="C345" t="inlineStr">
+      <c r="C346" t="inlineStr">
         <is>
           <t>La Libertad de Expresión en América y Europa - Teoría y Práctica - Colección Derecho Constitucional – Director: David Vallespín Pérez – Coordinadora: Argelia Queralt Jiménez</t>
         </is>
       </c>
-      <c r="D345" t="s">
-[...2 lines deleted...]
-      <c r="F345">
+      <c r="D346" t="s">
+        <v>972</v>
+      </c>
+      <c r="F346">
         <v>380</v>
       </c>
-      <c r="G345">
+      <c r="G346">
         <v>471</v>
       </c>
-      <c r="H345" t="s">
-[...8 lines deleted...]
-      <c r="K345">
+      <c r="H346" t="s">
+        <v>21</v>
+      </c>
+      <c r="I346">
+        <v>150</v>
+      </c>
+      <c r="J346">
+        <v>210</v>
+      </c>
+      <c r="K346">
         <v>20</v>
       </c>
-      <c r="L345" s="1">
+      <c r="L346" s="1">
         <v>42997</v>
       </c>
-      <c r="M345" s="2">
+      <c r="M346" s="2">
         <v>9788536272771</v>
       </c>
-      <c r="N345" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O345" s="4">
+      <c r="N346" t="s" s="3">
+        <v>973</v>
+      </c>
+      <c r="O346" s="4">
         <v>189.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>99.90</v>
       </c>
       <c r="P346" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="347">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347">
-        <v>21655</v>
+        <v>30289</v>
       </c>
       <c r="C347" t="s">
+        <v>974</v>
+      </c>
+      <c r="D347" t="s">
+        <v>975</v>
+      </c>
+      <c r="F347">
+        <v>144</v>
+      </c>
+      <c r="G347">
+        <v>178</v>
+      </c>
+      <c r="H347" t="s">
+        <v>21</v>
+      </c>
+      <c r="I347">
+        <v>150</v>
+      </c>
+      <c r="J347">
+        <v>210</v>
+      </c>
+      <c r="K347">
+        <v>7</v>
+      </c>
+      <c r="L347" s="1">
+        <v>44950</v>
+      </c>
+      <c r="M347" s="2">
+        <v>9786526304099</v>
+      </c>
+      <c r="N347" t="s" s="3">
         <v>976</v>
       </c>
-      <c r="D347" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O347" s="4">
-        <v>107.70</v>
+        <v>99.90</v>
       </c>
       <c r="P347" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="348">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348">
-        <v>31626</v>
+        <v>21655</v>
       </c>
       <c r="C348" t="s">
+        <v>977</v>
+      </c>
+      <c r="D348" t="s">
+        <v>781</v>
+      </c>
+      <c r="F348">
+        <v>200</v>
+      </c>
+      <c r="G348">
+        <v>221</v>
+      </c>
+      <c r="H348" t="s">
+        <v>21</v>
+      </c>
+      <c r="I348">
+        <v>150</v>
+      </c>
+      <c r="J348">
+        <v>210</v>
+      </c>
+      <c r="K348">
+        <v>11</v>
+      </c>
+      <c r="L348" s="1">
+        <v>40261</v>
+      </c>
+      <c r="M348" s="2">
+        <v>9788536225005</v>
+      </c>
+      <c r="N348" t="s" s="3">
         <v>978</v>
       </c>
-      <c r="D348" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O348" s="4">
-        <v>89.90</v>
+        <v>107.70</v>
       </c>
       <c r="P348" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="349">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349">
-        <v>23286</v>
+        <v>31626</v>
       </c>
       <c r="C349" t="s">
+        <v>979</v>
+      </c>
+      <c r="D349" t="s">
+        <v>980</v>
+      </c>
+      <c r="F349">
+        <v>132</v>
+      </c>
+      <c r="G349">
+        <v>195</v>
+      </c>
+      <c r="H349" t="s">
+        <v>21</v>
+      </c>
+      <c r="I349">
+        <v>150</v>
+      </c>
+      <c r="J349">
+        <v>210</v>
+      </c>
+      <c r="K349">
+        <v>7</v>
+      </c>
+      <c r="L349" s="1">
+        <v>45819</v>
+      </c>
+      <c r="M349" s="2">
+        <v>9786526318218</v>
+      </c>
+      <c r="N349" t="s" s="3">
         <v>981</v>
       </c>
-      <c r="D349" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O349" s="4">
-        <v>259.90</v>
+        <v>89.90</v>
       </c>
       <c r="P349" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="350">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350">
-        <v>20316</v>
+        <v>23286</v>
       </c>
       <c r="C350" t="s">
+        <v>982</v>
+      </c>
+      <c r="D350" t="s">
+        <v>983</v>
+      </c>
+      <c r="F350">
+        <v>592</v>
+      </c>
+      <c r="G350">
+        <v>738</v>
+      </c>
+      <c r="H350" t="s">
+        <v>21</v>
+      </c>
+      <c r="I350">
+        <v>150</v>
+      </c>
+      <c r="J350">
+        <v>210</v>
+      </c>
+      <c r="K350">
+        <v>30</v>
+      </c>
+      <c r="L350" s="1">
+        <v>41653</v>
+      </c>
+      <c r="M350" s="2">
+        <v>9788536244310</v>
+      </c>
+      <c r="N350" t="s" s="3">
         <v>984</v>
       </c>
-      <c r="D350" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O350" s="4">
-        <v>69.90</v>
+        <v>259.90</v>
       </c>
       <c r="P350" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="351">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351">
+        <v>20316</v>
+      </c>
+      <c r="C351" t="s">
+        <v>985</v>
+      </c>
+      <c r="D351" t="s">
+        <v>986</v>
+      </c>
+      <c r="F351">
+        <v>122</v>
+      </c>
+      <c r="G351">
+        <v>170</v>
+      </c>
+      <c r="H351" t="s">
+        <v>21</v>
+      </c>
+      <c r="I351">
+        <v>150</v>
+      </c>
+      <c r="J351">
+        <v>210</v>
+      </c>
+      <c r="K351">
+        <v>7</v>
+      </c>
+      <c r="L351" s="1">
+        <v>39265</v>
+      </c>
+      <c r="M351" s="2">
+        <v>9788536216256</v>
+      </c>
+      <c r="N351" t="s" s="3">
+        <v>987</v>
+      </c>
+      <c r="O351" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P351" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352">
+        <v>351</v>
+      </c>
+      <c r="B352">
         <v>31636</v>
       </c>
-      <c r="C351" t="inlineStr">
+      <c r="C352" t="inlineStr">
         <is>
           <t>La Reforma De La Unión Europea - Un Paso Más Hacia la Federación - Colección Derecho Supranacional - Director: David Vallespín Pérez - Coordinador: Francisco Javier Donaire</t>
         </is>
       </c>
-      <c r="D351" t="s">
-[...2 lines deleted...]
-      <c r="F351">
+      <c r="D352" t="s">
+        <v>988</v>
+      </c>
+      <c r="F352">
         <v>316</v>
       </c>
-      <c r="G351">
+      <c r="G352">
         <v>405</v>
       </c>
-      <c r="H351" t="s">
-[...8 lines deleted...]
-      <c r="K351">
+      <c r="H352" t="s">
+        <v>21</v>
+      </c>
+      <c r="I352">
+        <v>150</v>
+      </c>
+      <c r="J352">
+        <v>210</v>
+      </c>
+      <c r="K352">
         <v>15</v>
       </c>
-      <c r="L351" s="1">
+      <c r="L352" s="1">
         <v>45824</v>
       </c>
-      <c r="M351" s="2">
+      <c r="M352" s="2">
         <v>9786526313770</v>
       </c>
-      <c r="N351" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O351" s="4">
+      <c r="N352" t="s" s="3">
+        <v>989</v>
+      </c>
+      <c r="O352" s="4">
         <v>149.90</v>
       </c>
-      <c r="P351" t="s">
-[...7 lines deleted...]
-      <c r="B352">
+      <c r="P352" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353">
+        <v>352</v>
+      </c>
+      <c r="B353">
         <v>30543</v>
       </c>
-      <c r="C352" t="inlineStr">
+      <c r="C353" t="inlineStr">
         <is>
           <t>La Regulación de la Cooperación Internacional y de los Cooperantes en España - La Ley 1/2023 de Cooperación para el Desarrollo Sostenible y la Solidaridad Global - Teoría y Práctica - Colección de Derecho Administrativo</t>
         </is>
       </c>
-      <c r="D352" t="s">
-[...2 lines deleted...]
-      <c r="F352">
+      <c r="D353" t="s">
+        <v>990</v>
+      </c>
+      <c r="F353">
         <v>290</v>
       </c>
-      <c r="G352">
+      <c r="G353">
         <v>360</v>
       </c>
-      <c r="H352" t="s">
-[...8 lines deleted...]
-      <c r="K352">
+      <c r="H353" t="s">
+        <v>21</v>
+      </c>
+      <c r="I353">
+        <v>150</v>
+      </c>
+      <c r="J353">
+        <v>210</v>
+      </c>
+      <c r="K353">
         <v>14</v>
       </c>
-      <c r="L352" s="1">
+      <c r="L353" s="1">
         <v>45106</v>
       </c>
-      <c r="M352" s="2">
+      <c r="M353" s="2">
         <v>9786526305614</v>
       </c>
-      <c r="N352" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O352" s="4">
+      <c r="N353" t="s" s="3">
+        <v>991</v>
+      </c>
+      <c r="O353" s="4">
         <v>149.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>99.90</v>
       </c>
       <c r="P353" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="354">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354">
-        <v>22100</v>
+        <v>23498</v>
       </c>
       <c r="C354" t="s">
+        <v>992</v>
+      </c>
+      <c r="D354" t="s">
+        <v>993</v>
+      </c>
+      <c r="F354">
+        <v>184</v>
+      </c>
+      <c r="G354">
+        <v>228</v>
+      </c>
+      <c r="H354" t="s">
+        <v>21</v>
+      </c>
+      <c r="I354">
+        <v>150</v>
+      </c>
+      <c r="J354">
+        <v>210</v>
+      </c>
+      <c r="K354">
+        <v>10</v>
+      </c>
+      <c r="L354" s="1">
+        <v>41827</v>
+      </c>
+      <c r="M354" s="2">
+        <v>9788536244563</v>
+      </c>
+      <c r="N354" t="s" s="3">
         <v>994</v>
       </c>
-      <c r="D354" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O354" s="4">
-        <v>199.90</v>
+        <v>99.90</v>
       </c>
       <c r="P354" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="355">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355">
+        <v>22100</v>
+      </c>
+      <c r="C355" t="s">
+        <v>995</v>
+      </c>
+      <c r="D355" t="s">
+        <v>996</v>
+      </c>
+      <c r="F355">
+        <v>456</v>
+      </c>
+      <c r="G355">
+        <v>585</v>
+      </c>
+      <c r="H355" t="s">
+        <v>660</v>
+      </c>
+      <c r="I355">
+        <v>150</v>
+      </c>
+      <c r="J355">
+        <v>210</v>
+      </c>
+      <c r="K355">
+        <v>23</v>
+      </c>
+      <c r="L355" s="1">
+        <v>40532</v>
+      </c>
+      <c r="M355" s="2">
+        <v>9788536231952</v>
+      </c>
+      <c r="N355" t="s" s="3">
+        <v>997</v>
+      </c>
+      <c r="O355" s="4">
+        <v>199.90</v>
+      </c>
+      <c r="P355" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356">
+        <v>355</v>
+      </c>
+      <c r="B356">
         <v>21781</v>
       </c>
-      <c r="C355" t="s">
-[...2 lines deleted...]
-      <c r="D355" t="inlineStr">
+      <c r="C356" t="s">
+        <v>998</v>
+      </c>
+      <c r="D356" t="inlineStr">
         <is>
           <t>Henar Álvarez Cuesta, Javier Fernández-Costales Muñiz, José Gustavo Quirós Hidalgo, María de los Reyes Martínez Barroso, Roberto Fernández Fernández e Rodrigo Tascón López</t>
         </is>
       </c>
-      <c r="F355">
+      <c r="F356">
         <v>288</v>
       </c>
-      <c r="G355">
+      <c r="G356">
         <v>327</v>
       </c>
-      <c r="H355" t="s">
-[...8 lines deleted...]
-      <c r="K355">
+      <c r="H356" t="s">
+        <v>21</v>
+      </c>
+      <c r="I356">
+        <v>150</v>
+      </c>
+      <c r="J356">
+        <v>210</v>
+      </c>
+      <c r="K356">
         <v>15</v>
       </c>
-      <c r="L355" s="1">
+      <c r="L356" s="1">
         <v>40324</v>
       </c>
-      <c r="M355" s="2">
+      <c r="M356" s="2">
         <v>9788536230139</v>
       </c>
-      <c r="N355" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O355" s="4">
+      <c r="N356" t="s" s="3">
+        <v>999</v>
+      </c>
+      <c r="O356" s="4">
         <v>139.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>79.90</v>
       </c>
       <c r="P356" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="357">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357">
+        <v>23315</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F357">
+        <v>152</v>
+      </c>
+      <c r="G357">
+        <v>189</v>
+      </c>
+      <c r="H357" t="s">
+        <v>21</v>
+      </c>
+      <c r="I357">
+        <v>150</v>
+      </c>
+      <c r="J357">
+        <v>210</v>
+      </c>
+      <c r="K357">
+        <v>9</v>
+      </c>
+      <c r="L357" s="1">
+        <v>41682</v>
+      </c>
+      <c r="M357" s="2">
+        <v>9788536244686</v>
+      </c>
+      <c r="N357" t="s" s="3">
+        <v>1002</v>
+      </c>
+      <c r="O357" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P357" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358">
+        <v>357</v>
+      </c>
+      <c r="B358">
         <v>29194</v>
       </c>
-      <c r="C357" t="inlineStr">
+      <c r="C358" t="inlineStr">
         <is>
           <t>Las Subvenciones en el Derecho de la Unión Europea - Colección Relaciones Jurídicas Público-Privadas en la Unión Europea - Directores de la Colección: Carlos Francisco Molina Del Pozo y Roberto Cippitani</t>
         </is>
       </c>
-      <c r="D357" t="s">
-[...2 lines deleted...]
-      <c r="F357">
+      <c r="D358" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F358">
         <v>198</v>
       </c>
-      <c r="G357">
+      <c r="G358">
         <v>246</v>
       </c>
-      <c r="H357" t="s">
-[...8 lines deleted...]
-      <c r="K357">
+      <c r="H358" t="s">
+        <v>21</v>
+      </c>
+      <c r="I358">
+        <v>150</v>
+      </c>
+      <c r="J358">
+        <v>210</v>
+      </c>
+      <c r="K358">
         <v>10</v>
       </c>
-      <c r="L357" s="1">
+      <c r="L358" s="1">
         <v>44413</v>
       </c>
-      <c r="M357" s="2">
+      <c r="M358" s="2">
         <v>9786556057958</v>
       </c>
-      <c r="N357" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O357" s="4">
+      <c r="N358" t="s" s="3">
+        <v>1004</v>
+      </c>
+      <c r="O358" s="4">
         <v>107.70</v>
-      </c>
-[...45 lines deleted...]
-        <v>259.90</v>
       </c>
       <c r="P358" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="359">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359">
-        <v>21143</v>
+        <v>21389</v>
       </c>
       <c r="C359" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F359">
+        <v>696</v>
+      </c>
+      <c r="G359">
+        <v>965</v>
+      </c>
+      <c r="H359" t="s">
+        <v>660</v>
+      </c>
+      <c r="I359">
+        <v>150</v>
+      </c>
+      <c r="J359">
+        <v>210</v>
+      </c>
+      <c r="K359">
+        <v>35</v>
+      </c>
+      <c r="L359" s="1">
+        <v>40122</v>
+      </c>
+      <c r="M359" s="2">
+        <v>9788536226958</v>
+      </c>
+      <c r="N359" t="s" s="3">
         <v>1007</v>
       </c>
-      <c r="D359" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O359" s="4">
-        <v>89.90</v>
+        <v>259.90</v>
       </c>
       <c r="P359" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="360">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360">
-        <v>20611</v>
+        <v>21143</v>
       </c>
       <c r="C360" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F360">
+        <v>144</v>
+      </c>
+      <c r="G360">
+        <v>138</v>
+      </c>
+      <c r="H360" t="s">
+        <v>21</v>
+      </c>
+      <c r="I360">
+        <v>150</v>
+      </c>
+      <c r="J360">
+        <v>210</v>
+      </c>
+      <c r="K360">
+        <v>8</v>
+      </c>
+      <c r="L360" s="1">
+        <v>39954</v>
+      </c>
+      <c r="M360" s="2">
+        <v>9788536223247</v>
+      </c>
+      <c r="N360" t="s" s="3">
         <v>1010</v>
       </c>
-      <c r="D360" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O360" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P360" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="361">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361">
-        <v>28768</v>
+        <v>20611</v>
       </c>
       <c r="C361" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F361">
+        <v>156</v>
+      </c>
+      <c r="G361">
+        <v>178</v>
+      </c>
+      <c r="H361" t="s">
+        <v>21</v>
+      </c>
+      <c r="I361">
+        <v>150</v>
+      </c>
+      <c r="J361">
+        <v>210</v>
+      </c>
+      <c r="K361">
+        <v>9</v>
+      </c>
+      <c r="L361" s="1">
+        <v>39517</v>
+      </c>
+      <c r="M361" s="2">
+        <v>9788536219301</v>
+      </c>
+      <c r="N361" t="s" s="3">
         <v>1013</v>
       </c>
-      <c r="D361" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O361" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P361" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="362">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362">
-        <v>26665</v>
+        <v>28768</v>
       </c>
       <c r="C362" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F362">
+        <v>186</v>
+      </c>
+      <c r="G362">
+        <v>231</v>
+      </c>
+      <c r="H362" t="s">
+        <v>21</v>
+      </c>
+      <c r="I362">
+        <v>150</v>
+      </c>
+      <c r="J362">
+        <v>210</v>
+      </c>
+      <c r="K362">
+        <v>10</v>
+      </c>
+      <c r="L362" s="1">
+        <v>44140</v>
+      </c>
+      <c r="M362" s="2">
+        <v>9786556052137</v>
+      </c>
+      <c r="N362" t="s" s="3">
         <v>1016</v>
-      </c>
-[...28 lines deleted...]
-        <v>1018</v>
       </c>
       <c r="O362" s="4">
         <v>109.90</v>
       </c>
       <c r="P362" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="363">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363">
-        <v>27362</v>
+        <v>26665</v>
       </c>
       <c r="C363" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F363">
+        <v>218</v>
+      </c>
+      <c r="G363">
+        <v>270</v>
+      </c>
+      <c r="H363" t="s">
+        <v>21</v>
+      </c>
+      <c r="I363">
+        <v>150</v>
+      </c>
+      <c r="J363">
+        <v>210</v>
+      </c>
+      <c r="K363">
+        <v>12</v>
+      </c>
+      <c r="L363" s="1">
+        <v>43178</v>
+      </c>
+      <c r="M363" s="2">
+        <v>9788536277622</v>
+      </c>
+      <c r="N363" t="s" s="3">
         <v>1019</v>
-      </c>
-[...28 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="O363" s="4">
         <v>109.90</v>
       </c>
       <c r="P363" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="364">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364">
-        <v>29072</v>
+        <v>27362</v>
       </c>
       <c r="C364" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="D364" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="F364">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="G364">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="H364" t="s">
         <v>21</v>
       </c>
       <c r="I364">
         <v>150</v>
       </c>
       <c r="J364">
         <v>210</v>
       </c>
       <c r="K364">
         <v>11</v>
       </c>
       <c r="L364" s="1">
-        <v>44330</v>
+        <v>43413</v>
       </c>
       <c r="M364" s="2">
-        <v>9786556056968</v>
+        <v>9788536284231</v>
       </c>
       <c r="N364" t="s" s="3">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="O364" s="4">
         <v>109.90</v>
       </c>
       <c r="P364" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="365">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365">
-        <v>28497</v>
+        <v>29072</v>
       </c>
       <c r="C365" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F365">
+        <v>208</v>
+      </c>
+      <c r="G365">
+        <v>258</v>
+      </c>
+      <c r="H365" t="s">
+        <v>21</v>
+      </c>
+      <c r="I365">
+        <v>150</v>
+      </c>
+      <c r="J365">
+        <v>210</v>
+      </c>
+      <c r="K365">
+        <v>11</v>
+      </c>
+      <c r="L365" s="1">
+        <v>44330</v>
+      </c>
+      <c r="M365" s="2">
+        <v>9786556056968</v>
+      </c>
+      <c r="N365" t="s" s="3">
         <v>1025</v>
       </c>
-      <c r="D365" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O365" s="4">
-        <v>199.90</v>
+        <v>109.90</v>
       </c>
       <c r="P365" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="366">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366">
-        <v>22495</v>
+        <v>28497</v>
       </c>
       <c r="C366" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F366">
+        <v>418</v>
+      </c>
+      <c r="G366">
+        <v>518</v>
+      </c>
+      <c r="H366" t="s">
+        <v>21</v>
+      </c>
+      <c r="I366">
+        <v>150</v>
+      </c>
+      <c r="J366">
+        <v>210</v>
+      </c>
+      <c r="K366">
+        <v>21</v>
+      </c>
+      <c r="L366" s="1">
+        <v>43964</v>
+      </c>
+      <c r="M366" s="2">
+        <v>9786556050713</v>
+      </c>
+      <c r="N366" t="s" s="3">
         <v>1028</v>
       </c>
-      <c r="D366" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O366" s="4">
-        <v>119.90</v>
+        <v>199.90</v>
       </c>
       <c r="P366" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="367">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367">
-        <v>24986</v>
+        <v>22495</v>
       </c>
       <c r="C367" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F367">
+        <v>254</v>
+      </c>
+      <c r="G367">
+        <v>398</v>
+      </c>
+      <c r="H367" t="s">
+        <v>21</v>
+      </c>
+      <c r="I367">
+        <v>150</v>
+      </c>
+      <c r="J367">
+        <v>210</v>
+      </c>
+      <c r="K367">
+        <v>14</v>
+      </c>
+      <c r="L367" s="1">
+        <v>40945</v>
+      </c>
+      <c r="M367" s="2">
+        <v>9788536236414</v>
+      </c>
+      <c r="N367" t="s" s="3">
         <v>1031</v>
       </c>
-      <c r="D367" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O367" s="4">
-        <v>219.90</v>
+        <v>119.90</v>
       </c>
       <c r="P367" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="368">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368">
+        <v>24986</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F368">
+        <v>500</v>
+      </c>
+      <c r="G368">
+        <v>620</v>
+      </c>
+      <c r="H368" t="s">
+        <v>21</v>
+      </c>
+      <c r="I368">
+        <v>150</v>
+      </c>
+      <c r="J368">
+        <v>210</v>
+      </c>
+      <c r="K368">
+        <v>25</v>
+      </c>
+      <c r="L368" s="1">
+        <v>42613</v>
+      </c>
+      <c r="M368" s="2">
+        <v>9788536261232</v>
+      </c>
+      <c r="N368" t="s" s="3">
+        <v>1034</v>
+      </c>
+      <c r="O368" s="4">
+        <v>219.90</v>
+      </c>
+      <c r="P368" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369">
+        <v>368</v>
+      </c>
+      <c r="B369">
         <v>23784</v>
       </c>
-      <c r="C368" t="inlineStr">
+      <c r="C369" t="inlineStr">
         <is>
           <t>Licitación Pública - Parámetro y Supranacionalidad - Prólogo de Agustín Gordillo - De conformidad con las normas vigentes en: Argentina, Brasil, Bolivia, Chile, Colombia, Ecuador, Paraguay, Perú, Uruguay, Venezuela, España, Francia, Inglaterra, Italia y Portugal</t>
         </is>
       </c>
-      <c r="D368" t="s">
-[...2 lines deleted...]
-      <c r="F368">
+      <c r="D369" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F369">
         <v>338</v>
       </c>
-      <c r="G368">
+      <c r="G369">
         <v>419</v>
       </c>
-      <c r="H368" t="s">
-[...8 lines deleted...]
-      <c r="K368">
+      <c r="H369" t="s">
+        <v>21</v>
+      </c>
+      <c r="I369">
+        <v>150</v>
+      </c>
+      <c r="J369">
+        <v>210</v>
+      </c>
+      <c r="K369">
         <v>18</v>
       </c>
-      <c r="L368" s="1">
+      <c r="L369" s="1">
         <v>42041</v>
       </c>
-      <c r="M368" s="2">
+      <c r="M369" s="2">
         <v>9788536250144</v>
       </c>
-      <c r="N368" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O368" s="4">
+      <c r="N369" t="s" s="3">
+        <v>1036</v>
+      </c>
+      <c r="O369" s="4">
         <v>159.90</v>
       </c>
-      <c r="P368" t="s">
-[...7 lines deleted...]
-      <c r="B369">
+      <c r="P369" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370">
+        <v>369</v>
+      </c>
+      <c r="B370">
         <v>29027</v>
       </c>
-      <c r="C369" t="inlineStr">
+      <c r="C370" t="inlineStr">
         <is>
           <t>Limites da Competência Sancionatória dos Tribunais de Contas - Apresentação de Georges Abboud - Prefácio do Ministro Gilmar Ferreira Mendes, Ministro do Supremo Tribunal Federal – Biblioteca IDP – Juruá</t>
         </is>
       </c>
-      <c r="D369" t="s">
-[...2 lines deleted...]
-      <c r="F369">
+      <c r="D370" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F370">
         <v>154</v>
       </c>
-      <c r="G369">
+      <c r="G370">
         <v>191</v>
       </c>
-      <c r="H369" t="s">
-[...8 lines deleted...]
-      <c r="K369">
+      <c r="H370" t="s">
+        <v>21</v>
+      </c>
+      <c r="I370">
+        <v>150</v>
+      </c>
+      <c r="J370">
+        <v>210</v>
+      </c>
+      <c r="K370">
         <v>8</v>
       </c>
-      <c r="L369" s="1">
+      <c r="L370" s="1">
         <v>44299</v>
       </c>
-      <c r="M369" s="2">
+      <c r="M370" s="2">
         <v>9786556055664</v>
       </c>
-      <c r="N369" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O369" s="4">
+      <c r="N370" t="s" s="3">
+        <v>1038</v>
+      </c>
+      <c r="O370" s="4">
         <v>89.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>109.90</v>
       </c>
       <c r="P370" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="371">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371">
-        <v>30373</v>
+        <v>28803</v>
       </c>
       <c r="C371" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F371">
+        <v>184</v>
+      </c>
+      <c r="G371">
+        <v>228</v>
+      </c>
+      <c r="H371" t="s">
+        <v>21</v>
+      </c>
+      <c r="I371">
+        <v>150</v>
+      </c>
+      <c r="J371">
+        <v>210</v>
+      </c>
+      <c r="K371">
+        <v>10</v>
+      </c>
+      <c r="L371" s="1">
+        <v>44161</v>
+      </c>
+      <c r="M371" s="2">
+        <v>9786556053561</v>
+      </c>
+      <c r="N371" t="s" s="3">
         <v>1041</v>
       </c>
-      <c r="D371" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O371" s="4">
-        <v>179.90</v>
+        <v>109.90</v>
       </c>
       <c r="P371" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="372">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372">
-        <v>27830</v>
+        <v>30373</v>
       </c>
       <c r="C372" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F372">
+        <v>390</v>
+      </c>
+      <c r="G372">
+        <v>484</v>
+      </c>
+      <c r="H372" t="s">
+        <v>21</v>
+      </c>
+      <c r="I372">
+        <v>150</v>
+      </c>
+      <c r="J372">
+        <v>210</v>
+      </c>
+      <c r="K372">
+        <v>19</v>
+      </c>
+      <c r="L372" s="1">
+        <v>45002</v>
+      </c>
+      <c r="M372" s="2">
+        <v>9786526305041</v>
+      </c>
+      <c r="N372" t="s" s="3">
         <v>1044</v>
       </c>
-      <c r="D372" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O372" s="4">
-        <v>129.90</v>
+        <v>179.90</v>
       </c>
       <c r="P372" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="373">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373">
-        <v>27550</v>
+        <v>27830</v>
       </c>
       <c r="C373" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F373">
+        <v>236</v>
+      </c>
+      <c r="G373">
+        <v>293</v>
+      </c>
+      <c r="H373" t="s">
+        <v>21</v>
+      </c>
+      <c r="I373">
+        <v>150</v>
+      </c>
+      <c r="J373">
+        <v>210</v>
+      </c>
+      <c r="K373">
+        <v>13</v>
+      </c>
+      <c r="L373" s="1">
+        <v>43614</v>
+      </c>
+      <c r="M373" s="2">
+        <v>9788536289052</v>
+      </c>
+      <c r="N373" t="s" s="3">
         <v>1047</v>
       </c>
-      <c r="D373" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O373" s="4">
-        <v>99.90</v>
+        <v>129.90</v>
       </c>
       <c r="P373" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="374">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374">
-        <v>31310</v>
+        <v>27550</v>
       </c>
       <c r="C374" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F374">
+        <v>202</v>
+      </c>
+      <c r="G374">
+        <v>251</v>
+      </c>
+      <c r="H374" t="s">
+        <v>21</v>
+      </c>
+      <c r="I374">
+        <v>150</v>
+      </c>
+      <c r="J374">
+        <v>210</v>
+      </c>
+      <c r="K374">
+        <v>11</v>
+      </c>
+      <c r="L374" s="1">
+        <v>43496</v>
+      </c>
+      <c r="M374" s="2">
+        <v>9788536285931</v>
+      </c>
+      <c r="N374" t="s" s="3">
         <v>1050</v>
       </c>
-      <c r="D374" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O374" s="4">
-        <v>159.90</v>
+        <v>99.90</v>
       </c>
       <c r="P374" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="375">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375">
-        <v>23259</v>
+        <v>31310</v>
       </c>
       <c r="C375" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F375">
+        <v>298</v>
+      </c>
+      <c r="G375">
+        <v>370</v>
+      </c>
+      <c r="H375" t="s">
+        <v>21</v>
+      </c>
+      <c r="I375">
+        <v>150</v>
+      </c>
+      <c r="J375">
+        <v>210</v>
+      </c>
+      <c r="K375">
+        <v>15</v>
+      </c>
+      <c r="L375" s="1">
+        <v>45600</v>
+      </c>
+      <c r="M375" s="2">
+        <v>9786526312056</v>
+      </c>
+      <c r="N375" t="s" s="3">
         <v>1053</v>
       </c>
-      <c r="D375" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O375" s="4">
-        <v>109.90</v>
+        <v>159.90</v>
       </c>
       <c r="P375" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376">
-        <v>27430</v>
+        <v>23259</v>
       </c>
       <c r="C376" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F376">
+        <v>228</v>
+      </c>
+      <c r="G376">
+        <v>285</v>
+      </c>
+      <c r="H376" t="s">
+        <v>21</v>
+      </c>
+      <c r="I376">
+        <v>150</v>
+      </c>
+      <c r="J376">
+        <v>210</v>
+      </c>
+      <c r="K376">
+        <v>12</v>
+      </c>
+      <c r="L376" s="1">
+        <v>41606</v>
+      </c>
+      <c r="M376" s="2">
+        <v>9788536244815</v>
+      </c>
+      <c r="N376" t="s" s="3">
         <v>1056</v>
       </c>
-      <c r="D376" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O376" s="4">
-        <v>129.90</v>
+        <v>109.90</v>
       </c>
       <c r="P376" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="377">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377">
-        <v>28814</v>
+        <v>27430</v>
       </c>
       <c r="C377" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F377">
+        <v>254</v>
+      </c>
+      <c r="G377">
+        <v>315</v>
+      </c>
+      <c r="H377" t="s">
+        <v>21</v>
+      </c>
+      <c r="I377">
+        <v>150</v>
+      </c>
+      <c r="J377">
+        <v>210</v>
+      </c>
+      <c r="K377">
+        <v>14</v>
+      </c>
+      <c r="L377" s="1">
+        <v>43434</v>
+      </c>
+      <c r="M377" s="2">
+        <v>9788536284828</v>
+      </c>
+      <c r="N377" t="s" s="3">
         <v>1059</v>
       </c>
-      <c r="D377" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O377" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P377" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="378">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378">
-        <v>28046</v>
+        <v>28814</v>
       </c>
       <c r="C378" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F378">
+        <v>172</v>
+      </c>
+      <c r="G378">
+        <v>213</v>
+      </c>
+      <c r="H378" t="s">
+        <v>21</v>
+      </c>
+      <c r="I378">
+        <v>150</v>
+      </c>
+      <c r="J378">
+        <v>210</v>
+      </c>
+      <c r="K378">
+        <v>9</v>
+      </c>
+      <c r="L378" s="1">
+        <v>44168</v>
+      </c>
+      <c r="M378" s="2">
+        <v>9786556053363</v>
+      </c>
+      <c r="N378" t="s" s="3">
         <v>1062</v>
       </c>
-      <c r="D378" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O378" s="4">
-        <v>119.90</v>
+        <v>89.90</v>
       </c>
       <c r="P378" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="379">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379">
-        <v>27085</v>
+        <v>28046</v>
       </c>
       <c r="C379" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D379" t="s">
+        <v>50</v>
+      </c>
+      <c r="F379">
+        <v>234</v>
+      </c>
+      <c r="G379">
+        <v>290</v>
+      </c>
+      <c r="H379" t="s">
+        <v>21</v>
+      </c>
+      <c r="I379">
+        <v>150</v>
+      </c>
+      <c r="J379">
+        <v>210</v>
+      </c>
+      <c r="K379">
+        <v>13</v>
+      </c>
+      <c r="L379" s="1">
+        <v>43731</v>
+      </c>
+      <c r="M379" s="2">
+        <v>9788536290201</v>
+      </c>
+      <c r="N379" t="s" s="3">
         <v>1064</v>
       </c>
-      <c r="D379" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O379" s="4">
-        <v>139.90</v>
+        <v>119.90</v>
       </c>
       <c r="P379" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="380">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380">
-        <v>24194</v>
+        <v>27085</v>
       </c>
       <c r="C380" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F380">
+        <v>292</v>
+      </c>
+      <c r="G380">
+        <v>362</v>
+      </c>
+      <c r="H380" t="s">
+        <v>21</v>
+      </c>
+      <c r="I380">
+        <v>150</v>
+      </c>
+      <c r="J380">
+        <v>210</v>
+      </c>
+      <c r="K380">
+        <v>15</v>
+      </c>
+      <c r="L380" s="1">
+        <v>43322</v>
+      </c>
+      <c r="M380" s="2">
+        <v>9788536281599</v>
+      </c>
+      <c r="N380" t="s" s="3">
         <v>1067</v>
       </c>
-      <c r="D380" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O380" s="4">
-        <v>97.70</v>
+        <v>139.90</v>
       </c>
       <c r="P380" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="381">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381">
+        <v>24194</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F381">
+        <v>180</v>
+      </c>
+      <c r="G381">
+        <v>223</v>
+      </c>
+      <c r="H381" t="s">
+        <v>21</v>
+      </c>
+      <c r="I381">
+        <v>150</v>
+      </c>
+      <c r="J381">
+        <v>210</v>
+      </c>
+      <c r="K381">
+        <v>10</v>
+      </c>
+      <c r="L381" s="1">
+        <v>42251</v>
+      </c>
+      <c r="M381" s="2">
+        <v>9788536253701</v>
+      </c>
+      <c r="N381" t="s" s="3">
+        <v>1070</v>
+      </c>
+      <c r="O381" s="4">
+        <v>97.70</v>
+      </c>
+      <c r="P381" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382">
+        <v>381</v>
+      </c>
+      <c r="B382">
         <v>24560</v>
       </c>
-      <c r="C381" t="inlineStr">
+      <c r="C382" t="inlineStr">
         <is>
           <t>Medidas Cautelares Personales - Detención, Libertad Provisional y Prisión Preventiva - Teoría y Práctica - Colección Procesal Penal - Coordinador: David Vallespín Pérez</t>
         </is>
       </c>
-      <c r="D381" t="s">
-[...2 lines deleted...]
-      <c r="F381">
+      <c r="D382" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F382">
         <v>196</v>
       </c>
-      <c r="G381">
+      <c r="G382">
         <v>243</v>
-      </c>
-[...45 lines deleted...]
-        <v>246</v>
       </c>
       <c r="H382" t="s">
         <v>21</v>
       </c>
       <c r="I382">
         <v>150</v>
       </c>
       <c r="J382">
         <v>210</v>
       </c>
       <c r="K382">
         <v>11</v>
       </c>
       <c r="L382" s="1">
-        <v>43525</v>
+        <v>42487</v>
       </c>
       <c r="M382" s="2">
-        <v>9788536286631</v>
+        <v>9788536256726</v>
       </c>
       <c r="N382" t="s" s="3">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="O382" s="4">
         <v>99.90</v>
       </c>
       <c r="P382" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="383">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383">
+        <v>27622</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F383">
+        <v>198</v>
+      </c>
+      <c r="G383">
+        <v>246</v>
+      </c>
+      <c r="H383" t="s">
+        <v>21</v>
+      </c>
+      <c r="I383">
+        <v>150</v>
+      </c>
+      <c r="J383">
+        <v>210</v>
+      </c>
+      <c r="K383">
+        <v>11</v>
+      </c>
+      <c r="L383" s="1">
+        <v>43525</v>
+      </c>
+      <c r="M383" s="2">
+        <v>9788536286631</v>
+      </c>
+      <c r="N383" t="s" s="3">
+        <v>1075</v>
+      </c>
+      <c r="O383" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P383" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384">
+        <v>383</v>
+      </c>
+      <c r="B384">
         <v>26805</v>
       </c>
-      <c r="C383" t="inlineStr">
+      <c r="C384" t="inlineStr">
         <is>
           <t>Meios de Obtenção de Prova no Processo Penal - Busca Pessoal e Ações Policiais • Direito à Prova Penal • Direito à Segurança Pública • Direito à Livre Circulação • Direito à Intimidade - Coleção Direito Policial</t>
         </is>
       </c>
-      <c r="D383" t="s">
-[...2 lines deleted...]
-      <c r="F383">
+      <c r="D384" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F384">
         <v>192</v>
       </c>
-      <c r="G383">
+      <c r="G384">
         <v>238</v>
       </c>
-      <c r="H383" t="s">
-[...8 lines deleted...]
-      <c r="K383">
+      <c r="H384" t="s">
+        <v>21</v>
+      </c>
+      <c r="I384">
+        <v>150</v>
+      </c>
+      <c r="J384">
+        <v>210</v>
+      </c>
+      <c r="K384">
         <v>11</v>
       </c>
-      <c r="L383" s="1">
+      <c r="L384" s="1">
         <v>43231</v>
       </c>
-      <c r="M383" s="2">
+      <c r="M384" s="2">
         <v>9788536278957</v>
       </c>
-      <c r="N383" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O383" s="4">
+      <c r="N384" t="s" s="3">
+        <v>1077</v>
+      </c>
+      <c r="O384" s="4">
         <v>109.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>249.90</v>
       </c>
       <c r="P384" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="385">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385">
-        <v>20401</v>
+        <v>23653</v>
       </c>
       <c r="C385" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F385">
+        <v>536</v>
+      </c>
+      <c r="G385">
+        <v>664</v>
+      </c>
+      <c r="H385" t="s">
+        <v>21</v>
+      </c>
+      <c r="I385">
+        <v>150</v>
+      </c>
+      <c r="J385">
+        <v>210</v>
+      </c>
+      <c r="K385">
+        <v>27</v>
+      </c>
+      <c r="L385" s="1">
+        <v>41933</v>
+      </c>
+      <c r="M385" s="2">
+        <v>9788536248707</v>
+      </c>
+      <c r="N385" t="s" s="3">
         <v>1080</v>
       </c>
-      <c r="D385" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O385" s="4">
-        <v>199.90</v>
+        <v>249.90</v>
       </c>
       <c r="P385" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="386">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386">
-        <v>28780</v>
+        <v>20401</v>
       </c>
       <c r="C386" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F386">
+        <v>524</v>
+      </c>
+      <c r="G386">
+        <v>795</v>
+      </c>
+      <c r="H386" t="s">
+        <v>21</v>
+      </c>
+      <c r="I386">
+        <v>150</v>
+      </c>
+      <c r="J386">
+        <v>210</v>
+      </c>
+      <c r="K386">
+        <v>26</v>
+      </c>
+      <c r="L386" s="1">
+        <v>39328</v>
+      </c>
+      <c r="M386" s="2">
+        <v>9788536217048</v>
+      </c>
+      <c r="N386" t="s" s="3">
         <v>1083</v>
       </c>
-      <c r="D386" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O386" s="4">
-        <v>69.90</v>
+        <v>199.90</v>
       </c>
       <c r="P386" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="387">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387">
-        <v>28797</v>
+        <v>28780</v>
       </c>
       <c r="C387" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F387">
+        <v>102</v>
+      </c>
+      <c r="G387">
+        <v>127</v>
+      </c>
+      <c r="H387" t="s">
+        <v>21</v>
+      </c>
+      <c r="I387">
+        <v>150</v>
+      </c>
+      <c r="J387">
+        <v>210</v>
+      </c>
+      <c r="K387">
+        <v>6</v>
+      </c>
+      <c r="L387" s="1">
+        <v>44147</v>
+      </c>
+      <c r="M387" s="2">
+        <v>9786556053875</v>
+      </c>
+      <c r="N387" t="s" s="3">
         <v>1086</v>
       </c>
-      <c r="D387" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O387" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P387" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="388">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388">
-        <v>23298</v>
+        <v>28797</v>
       </c>
       <c r="C388" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F388">
+        <v>140</v>
+      </c>
+      <c r="G388">
+        <v>174</v>
+      </c>
+      <c r="H388" t="s">
+        <v>21</v>
+      </c>
+      <c r="I388">
+        <v>150</v>
+      </c>
+      <c r="J388">
+        <v>210</v>
+      </c>
+      <c r="K388">
+        <v>8</v>
+      </c>
+      <c r="L388" s="1">
+        <v>44158</v>
+      </c>
+      <c r="M388" s="2">
+        <v>9786556053707</v>
+      </c>
+      <c r="N388" t="s" s="3">
         <v>1089</v>
       </c>
-      <c r="D388" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O388" s="4">
-        <v>159.90</v>
+        <v>89.90</v>
       </c>
       <c r="P388" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="389">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389">
-        <v>27181</v>
+        <v>23298</v>
       </c>
       <c r="C389" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F389">
+        <v>314</v>
+      </c>
+      <c r="G389">
+        <v>391</v>
+      </c>
+      <c r="H389" t="s">
+        <v>21</v>
+      </c>
+      <c r="I389">
+        <v>150</v>
+      </c>
+      <c r="J389">
+        <v>210</v>
+      </c>
+      <c r="K389">
+        <v>16</v>
+      </c>
+      <c r="L389" s="1">
+        <v>41668</v>
+      </c>
+      <c r="M389" s="2">
+        <v>9788536245294</v>
+      </c>
+      <c r="N389" t="s" s="3">
         <v>1092</v>
       </c>
-      <c r="D389" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O389" s="4">
-        <v>119.90</v>
+        <v>159.90</v>
       </c>
       <c r="P389" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="390">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390">
-        <v>27155</v>
+        <v>27181</v>
       </c>
       <c r="C390" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F390">
+        <v>238</v>
+      </c>
+      <c r="G390">
+        <v>295</v>
+      </c>
+      <c r="H390" t="s">
+        <v>21</v>
+      </c>
+      <c r="I390">
+        <v>150</v>
+      </c>
+      <c r="J390">
+        <v>210</v>
+      </c>
+      <c r="K390">
+        <v>13</v>
+      </c>
+      <c r="L390" s="1">
+        <v>43357</v>
+      </c>
+      <c r="M390" s="2">
+        <v>9788536282435</v>
+      </c>
+      <c r="N390" t="s" s="3">
         <v>1095</v>
       </c>
-      <c r="D390" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O390" s="4">
-        <v>129.90</v>
+        <v>119.90</v>
       </c>
       <c r="P390" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="391">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391">
+        <v>27155</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F391">
+        <v>264</v>
+      </c>
+      <c r="G391">
+        <v>327</v>
+      </c>
+      <c r="H391" t="s">
+        <v>21</v>
+      </c>
+      <c r="I391">
+        <v>150</v>
+      </c>
+      <c r="J391">
+        <v>210</v>
+      </c>
+      <c r="K391">
+        <v>14</v>
+      </c>
+      <c r="L391" s="1">
+        <v>43346</v>
+      </c>
+      <c r="M391" s="2">
+        <v>9788536282169</v>
+      </c>
+      <c r="N391" t="s" s="3">
+        <v>1098</v>
+      </c>
+      <c r="O391" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P391" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392">
+        <v>391</v>
+      </c>
+      <c r="B392">
         <v>28320</v>
       </c>
-      <c r="C391" t="inlineStr">
+      <c r="C392" t="inlineStr">
         <is>
           <t>Múltiplas Faces do Direito em Max Weber, As - Fundamentos para uma Leitura Contemporânea - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação: Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D391" t="s">
-[...2 lines deleted...]
-      <c r="F391">
+      <c r="D392" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F392">
         <v>402</v>
       </c>
-      <c r="G391">
+      <c r="G392">
         <v>499</v>
       </c>
-      <c r="H391" t="s">
-[...8 lines deleted...]
-      <c r="K391">
+      <c r="H392" t="s">
+        <v>21</v>
+      </c>
+      <c r="I392">
+        <v>150</v>
+      </c>
+      <c r="J392">
+        <v>210</v>
+      </c>
+      <c r="K392">
         <v>20</v>
       </c>
-      <c r="L391" s="1">
+      <c r="L392" s="1">
         <v>43860</v>
       </c>
-      <c r="M391" s="2">
+      <c r="M392" s="2">
         <v>9788536293875</v>
       </c>
-      <c r="N391" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O391" s="4">
+      <c r="N392" t="s" s="3">
+        <v>1100</v>
+      </c>
+      <c r="O392" s="4">
         <v>189.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>89.90</v>
       </c>
       <c r="P392" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="393">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393">
-        <v>28580</v>
+        <v>22603</v>
       </c>
       <c r="C393" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F393">
+        <v>166</v>
+      </c>
+      <c r="G393">
+        <v>230</v>
+      </c>
+      <c r="H393" t="s">
+        <v>21</v>
+      </c>
+      <c r="I393">
+        <v>150</v>
+      </c>
+      <c r="J393">
+        <v>210</v>
+      </c>
+      <c r="K393">
+        <v>9</v>
+      </c>
+      <c r="L393" s="1">
+        <v>41040</v>
+      </c>
+      <c r="M393" s="2">
+        <v>9788536237572</v>
+      </c>
+      <c r="N393" t="s" s="3">
         <v>1103</v>
       </c>
-      <c r="D393" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O393" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P393" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="394">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394">
-        <v>27310</v>
+        <v>28580</v>
       </c>
       <c r="C394" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F394">
+        <v>260</v>
+      </c>
+      <c r="G394">
+        <v>322</v>
+      </c>
+      <c r="H394" t="s">
+        <v>21</v>
+      </c>
+      <c r="I394">
+        <v>150</v>
+      </c>
+      <c r="J394">
+        <v>210</v>
+      </c>
+      <c r="K394">
+        <v>13</v>
+      </c>
+      <c r="L394" s="1">
+        <v>44018</v>
+      </c>
+      <c r="M394" s="2">
+        <v>9786556050164</v>
+      </c>
+      <c r="N394" t="s" s="3">
         <v>1106</v>
       </c>
-      <c r="D394" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O394" s="4">
-        <v>109.90</v>
+        <v>129.90</v>
       </c>
       <c r="P394" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="395">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395">
+        <v>27310</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F395">
+        <v>216</v>
+      </c>
+      <c r="G395">
+        <v>278</v>
+      </c>
+      <c r="H395" t="s">
+        <v>21</v>
+      </c>
+      <c r="I395">
+        <v>150</v>
+      </c>
+      <c r="J395">
+        <v>210</v>
+      </c>
+      <c r="K395">
+        <v>12</v>
+      </c>
+      <c r="L395" s="1">
+        <v>43381</v>
+      </c>
+      <c r="M395" s="2">
+        <v>9788536283685</v>
+      </c>
+      <c r="N395" t="s" s="3">
+        <v>1109</v>
+      </c>
+      <c r="O395" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P395" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396">
+        <v>395</v>
+      </c>
+      <c r="B396">
         <v>26699</v>
       </c>
-      <c r="C395" t="inlineStr">
+      <c r="C396" t="inlineStr">
         <is>
           <t>Neurociencias, Psicopatía y Derecho Penal - Presentación de la Autora: Dr. Miguel Kfoury Neto – Presentación de la Obra: Dra. Mirentxu Corcoy Bidasolo – Prefacio: Dra. Maria Casado González</t>
         </is>
       </c>
-      <c r="D395" t="s">
-[...2 lines deleted...]
-      <c r="F395">
+      <c r="D396" t="s">
+        <v>819</v>
+      </c>
+      <c r="F396">
         <v>424</v>
       </c>
-      <c r="G395">
+      <c r="G396">
         <v>526</v>
       </c>
-      <c r="H395" t="s">
-[...8 lines deleted...]
-      <c r="K395">
+      <c r="H396" t="s">
+        <v>21</v>
+      </c>
+      <c r="I396">
+        <v>150</v>
+      </c>
+      <c r="J396">
+        <v>210</v>
+      </c>
+      <c r="K396">
         <v>22</v>
       </c>
-      <c r="L395" s="1">
+      <c r="L396" s="1">
         <v>43194</v>
       </c>
-      <c r="M395" s="2">
+      <c r="M396" s="2">
         <v>9788536277684</v>
       </c>
-      <c r="N395" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O395" s="4">
+      <c r="N396" t="s" s="3">
+        <v>1110</v>
+      </c>
+      <c r="O396" s="4">
         <v>189.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>149.90</v>
       </c>
       <c r="P396" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="397">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397">
-        <v>27528</v>
+        <v>27106</v>
       </c>
       <c r="C397" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F397">
+        <v>338</v>
+      </c>
+      <c r="G397">
+        <v>419</v>
+      </c>
+      <c r="H397" t="s">
+        <v>21</v>
+      </c>
+      <c r="I397">
+        <v>150</v>
+      </c>
+      <c r="J397">
+        <v>210</v>
+      </c>
+      <c r="K397">
+        <v>18</v>
+      </c>
+      <c r="L397" s="1">
+        <v>43327</v>
+      </c>
+      <c r="M397" s="2">
+        <v>9788536281674</v>
+      </c>
+      <c r="N397" t="s" s="3">
         <v>1113</v>
       </c>
-      <c r="D397" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O397" s="4">
-        <v>99.90</v>
+        <v>149.90</v>
       </c>
       <c r="P397" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="398">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398">
-        <v>29206</v>
+        <v>27528</v>
       </c>
       <c r="C398" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F398">
+        <v>186</v>
+      </c>
+      <c r="G398">
+        <v>231</v>
+      </c>
+      <c r="H398" t="s">
+        <v>21</v>
+      </c>
+      <c r="I398">
+        <v>150</v>
+      </c>
+      <c r="J398">
+        <v>210</v>
+      </c>
+      <c r="K398">
+        <v>10</v>
+      </c>
+      <c r="L398" s="1">
+        <v>43490</v>
+      </c>
+      <c r="M398" s="2">
+        <v>9788536285795</v>
+      </c>
+      <c r="N398" t="s" s="3">
         <v>1116</v>
       </c>
-      <c r="D398" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O398" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P398" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="399">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399">
-        <v>26935</v>
+        <v>29206</v>
       </c>
       <c r="C399" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F399">
+        <v>124</v>
+      </c>
+      <c r="G399">
+        <v>154</v>
+      </c>
+      <c r="H399" t="s">
+        <v>21</v>
+      </c>
+      <c r="I399">
+        <v>150</v>
+      </c>
+      <c r="J399">
+        <v>210</v>
+      </c>
+      <c r="K399">
+        <v>7</v>
+      </c>
+      <c r="L399" s="1">
+        <v>44424</v>
+      </c>
+      <c r="M399" s="2">
+        <v>9786556057699</v>
+      </c>
+      <c r="N399" t="s" s="3">
         <v>1119</v>
       </c>
-      <c r="D399" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O399" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P399" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="400">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400">
-        <v>27983</v>
+        <v>26935</v>
       </c>
       <c r="C400" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E400" t="s">
+        <v>357</v>
+      </c>
+      <c r="F400">
+        <v>144</v>
+      </c>
+      <c r="G400">
+        <v>178</v>
+      </c>
+      <c r="H400" t="s">
+        <v>21</v>
+      </c>
+      <c r="I400">
+        <v>150</v>
+      </c>
+      <c r="J400">
+        <v>210</v>
+      </c>
+      <c r="K400">
+        <v>8</v>
+      </c>
+      <c r="L400" s="1">
+        <v>43272</v>
+      </c>
+      <c r="M400" s="2">
+        <v>9788536280134</v>
+      </c>
+      <c r="N400" t="s" s="3">
         <v>1122</v>
       </c>
-      <c r="D400" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O400" s="4">
-        <v>129.90</v>
+        <v>89.90</v>
       </c>
       <c r="P400" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="401">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401">
-        <v>27407</v>
+        <v>27983</v>
       </c>
       <c r="C401" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F401">
+        <v>258</v>
+      </c>
+      <c r="G401">
+        <v>320</v>
+      </c>
+      <c r="H401" t="s">
+        <v>21</v>
+      </c>
+      <c r="I401">
+        <v>150</v>
+      </c>
+      <c r="J401">
+        <v>210</v>
+      </c>
+      <c r="K401">
+        <v>14</v>
+      </c>
+      <c r="L401" s="1">
+        <v>43696</v>
+      </c>
+      <c r="M401" s="2">
+        <v>9788536290539</v>
+      </c>
+      <c r="N401" t="s" s="3">
         <v>1125</v>
       </c>
-      <c r="D401" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O401" s="4">
-        <v>149.90</v>
+        <v>129.90</v>
       </c>
       <c r="P401" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="402">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402">
-        <v>28061</v>
+        <v>27407</v>
       </c>
       <c r="C402" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F402">
+        <v>304</v>
+      </c>
+      <c r="G402">
+        <v>377</v>
+      </c>
+      <c r="H402" t="s">
+        <v>21</v>
+      </c>
+      <c r="I402">
+        <v>150</v>
+      </c>
+      <c r="J402">
+        <v>210</v>
+      </c>
+      <c r="K402">
+        <v>16</v>
+      </c>
+      <c r="L402" s="1">
+        <v>43430</v>
+      </c>
+      <c r="M402" s="2">
+        <v>9788536284675</v>
+      </c>
+      <c r="N402" t="s" s="3">
         <v>1128</v>
       </c>
-      <c r="D402" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O402" s="4">
-        <v>69.90</v>
+        <v>149.90</v>
       </c>
       <c r="P402" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="403">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403">
-        <v>27432</v>
+        <v>28061</v>
       </c>
       <c r="C403" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E403" t="s">
+        <v>357</v>
+      </c>
+      <c r="F403">
+        <v>118</v>
+      </c>
+      <c r="G403">
+        <v>146</v>
+      </c>
+      <c r="H403" t="s">
+        <v>21</v>
+      </c>
+      <c r="I403">
+        <v>150</v>
+      </c>
+      <c r="J403">
+        <v>210</v>
+      </c>
+      <c r="K403">
+        <v>7</v>
+      </c>
+      <c r="L403" s="1">
+        <v>43732</v>
+      </c>
+      <c r="M403" s="2">
+        <v>9788536290317</v>
+      </c>
+      <c r="N403" t="s" s="3">
         <v>1131</v>
       </c>
-      <c r="D403" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O403" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P403" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="404">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404">
-        <v>28188</v>
+        <v>27432</v>
       </c>
       <c r="C404" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F404">
+        <v>210</v>
+      </c>
+      <c r="G404">
+        <v>260</v>
+      </c>
+      <c r="H404" t="s">
+        <v>21</v>
+      </c>
+      <c r="I404">
+        <v>150</v>
+      </c>
+      <c r="J404">
+        <v>210</v>
+      </c>
+      <c r="K404">
+        <v>11</v>
+      </c>
+      <c r="L404" s="1">
+        <v>43480</v>
+      </c>
+      <c r="M404" s="2">
+        <v>9788536285016</v>
+      </c>
+      <c r="N404" t="s" s="3">
         <v>1134</v>
       </c>
-      <c r="D404" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O404" s="4">
-        <v>139.90</v>
+        <v>109.90</v>
       </c>
       <c r="P404" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="405">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405">
-        <v>28899</v>
+        <v>28188</v>
       </c>
       <c r="C405" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F405">
+        <v>282</v>
+      </c>
+      <c r="G405">
+        <v>350</v>
+      </c>
+      <c r="H405" t="s">
+        <v>21</v>
+      </c>
+      <c r="I405">
+        <v>150</v>
+      </c>
+      <c r="J405">
+        <v>210</v>
+      </c>
+      <c r="K405">
+        <v>14</v>
+      </c>
+      <c r="L405" s="1">
+        <v>43791</v>
+      </c>
+      <c r="M405" s="2">
+        <v>9788536291222</v>
+      </c>
+      <c r="N405" t="s" s="3">
         <v>1137</v>
       </c>
-      <c r="D405" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O405" s="4">
-        <v>67.90</v>
+        <v>139.90</v>
       </c>
       <c r="P405" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="406">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406">
-        <v>28040</v>
+        <v>28899</v>
       </c>
       <c r="C406" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F406">
+        <v>110</v>
+      </c>
+      <c r="G406">
+        <v>136</v>
+      </c>
+      <c r="H406" t="s">
+        <v>21</v>
+      </c>
+      <c r="I406">
+        <v>150</v>
+      </c>
+      <c r="J406">
+        <v>210</v>
+      </c>
+      <c r="K406">
+        <v>6</v>
+      </c>
+      <c r="L406" s="1">
+        <v>44223</v>
+      </c>
+      <c r="M406" s="2">
+        <v>9786556054902</v>
+      </c>
+      <c r="N406" t="s" s="3">
         <v>1140</v>
       </c>
-      <c r="D406" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O406" s="4">
-        <v>99.90</v>
+        <v>67.90</v>
       </c>
       <c r="P406" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="407">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407">
-        <v>28042</v>
+        <v>28040</v>
       </c>
       <c r="C407" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="D407" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="F407">
-        <v>154</v>
+        <v>196</v>
       </c>
       <c r="G407">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="H407" t="s">
         <v>21</v>
       </c>
       <c r="I407">
         <v>150</v>
       </c>
       <c r="J407">
         <v>210</v>
       </c>
       <c r="K407">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L407" s="1">
         <v>43717</v>
       </c>
       <c r="M407" s="2">
-        <v>9788536289786</v>
+        <v>9788536289755</v>
       </c>
       <c r="N407" t="s" s="3">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="O407" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P407" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="408">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408">
-        <v>27381</v>
+        <v>28042</v>
       </c>
       <c r="C408" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F408">
+        <v>154</v>
+      </c>
+      <c r="G408">
+        <v>191</v>
+      </c>
+      <c r="H408" t="s">
+        <v>21</v>
+      </c>
+      <c r="I408">
+        <v>150</v>
+      </c>
+      <c r="J408">
+        <v>210</v>
+      </c>
+      <c r="K408">
+        <v>9</v>
+      </c>
+      <c r="L408" s="1">
+        <v>43717</v>
+      </c>
+      <c r="M408" s="2">
+        <v>9788536289786</v>
+      </c>
+      <c r="N408" t="s" s="3">
         <v>1145</v>
       </c>
-      <c r="D408" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O408" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P408" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="409">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409">
-        <v>28714</v>
+        <v>27381</v>
       </c>
       <c r="C409" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="D409" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F409">
-        <v>280</v>
+        <v>262</v>
       </c>
       <c r="G409">
-        <v>347</v>
+        <v>325</v>
       </c>
       <c r="H409" t="s">
         <v>21</v>
       </c>
       <c r="I409">
         <v>150</v>
       </c>
       <c r="J409">
         <v>210</v>
       </c>
       <c r="K409">
         <v>14</v>
       </c>
       <c r="L409" s="1">
-        <v>44106</v>
+        <v>43417</v>
       </c>
       <c r="M409" s="2">
-        <v>9786556052731</v>
+        <v>9788536284484</v>
       </c>
       <c r="N409" t="s" s="3">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="O409" s="4">
-        <v>139.90</v>
+        <v>129.90</v>
       </c>
       <c r="P409" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="410">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410">
-        <v>27764</v>
+        <v>28714</v>
       </c>
       <c r="C410" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F410">
+        <v>280</v>
+      </c>
+      <c r="G410">
+        <v>347</v>
+      </c>
+      <c r="H410" t="s">
+        <v>21</v>
+      </c>
+      <c r="I410">
+        <v>150</v>
+      </c>
+      <c r="J410">
+        <v>210</v>
+      </c>
+      <c r="K410">
+        <v>14</v>
+      </c>
+      <c r="L410" s="1">
+        <v>44106</v>
+      </c>
+      <c r="M410" s="2">
+        <v>9786556052731</v>
+      </c>
+      <c r="N410" t="s" s="3">
         <v>1151</v>
       </c>
-      <c r="D410" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O410" s="4">
-        <v>89.90</v>
+        <v>139.90</v>
       </c>
       <c r="P410" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="411">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411">
+        <v>27764</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F411">
+        <v>144</v>
+      </c>
+      <c r="G411">
+        <v>178</v>
+      </c>
+      <c r="H411" t="s">
+        <v>21</v>
+      </c>
+      <c r="I411">
+        <v>150</v>
+      </c>
+      <c r="J411">
+        <v>210</v>
+      </c>
+      <c r="K411">
+        <v>8</v>
+      </c>
+      <c r="L411" s="1">
+        <v>43580</v>
+      </c>
+      <c r="M411" s="2">
+        <v>9788536287744</v>
+      </c>
+      <c r="N411" t="s" s="3">
+        <v>1154</v>
+      </c>
+      <c r="O411" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P411" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412">
+        <v>411</v>
+      </c>
+      <c r="B412">
         <v>26186</v>
       </c>
-      <c r="C411" t="inlineStr">
+      <c r="C412" t="inlineStr">
         <is>
           <t>Órgano de Administración de las Sociedades Mercantiles Capitalistas - Teoría y Práctica - Colección Derecho Mercantil - Director: David Vallespín Pérez - Coordinadora: Cristina Roy Pérez</t>
         </is>
       </c>
-      <c r="D411" t="s">
-[...2 lines deleted...]
-      <c r="F411">
+      <c r="D412" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F412">
         <v>134</v>
       </c>
-      <c r="G411">
+      <c r="G412">
         <v>166</v>
       </c>
-      <c r="H411" t="s">
-[...8 lines deleted...]
-      <c r="K411">
+      <c r="H412" t="s">
+        <v>21</v>
+      </c>
+      <c r="I412">
+        <v>150</v>
+      </c>
+      <c r="J412">
+        <v>210</v>
+      </c>
+      <c r="K412">
         <v>8</v>
       </c>
-      <c r="L411" s="1">
+      <c r="L412" s="1">
         <v>42997</v>
       </c>
-      <c r="M411" s="2">
+      <c r="M412" s="2">
         <v>9788536272108</v>
       </c>
-      <c r="N411" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O411" s="4">
+      <c r="N412" t="s" s="3">
+        <v>1156</v>
+      </c>
+      <c r="O412" s="4">
         <v>79.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>159.90</v>
       </c>
       <c r="P412" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="413">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413">
-        <v>24268</v>
+        <v>28252</v>
       </c>
       <c r="C413" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F413">
+        <v>326</v>
+      </c>
+      <c r="G413">
+        <v>404</v>
+      </c>
+      <c r="H413" t="s">
+        <v>21</v>
+      </c>
+      <c r="I413">
+        <v>150</v>
+      </c>
+      <c r="J413">
+        <v>210</v>
+      </c>
+      <c r="K413">
+        <v>17</v>
+      </c>
+      <c r="L413" s="1">
+        <v>43811</v>
+      </c>
+      <c r="M413" s="2">
+        <v>9788536292526</v>
+      </c>
+      <c r="N413" t="s" s="3">
         <v>1159</v>
       </c>
-      <c r="D413" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O413" s="4">
-        <v>119.90</v>
+        <v>159.90</v>
       </c>
       <c r="P413" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="414">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414">
-        <v>28546</v>
+        <v>24268</v>
       </c>
       <c r="C414" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F414">
+        <v>226</v>
+      </c>
+      <c r="G414">
+        <v>280</v>
+      </c>
+      <c r="H414" t="s">
+        <v>21</v>
+      </c>
+      <c r="I414">
+        <v>150</v>
+      </c>
+      <c r="J414">
+        <v>210</v>
+      </c>
+      <c r="K414">
+        <v>12</v>
+      </c>
+      <c r="L414" s="1">
+        <v>42297</v>
+      </c>
+      <c r="M414" s="2">
+        <v>9788536254586</v>
+      </c>
+      <c r="N414" t="s" s="3">
         <v>1162</v>
       </c>
-      <c r="D414" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O414" s="4">
-        <v>89.90</v>
+        <v>119.90</v>
       </c>
       <c r="P414" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="415">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415">
-        <v>27285</v>
+        <v>28546</v>
       </c>
       <c r="C415" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F415">
+        <v>162</v>
+      </c>
+      <c r="G415">
+        <v>201</v>
+      </c>
+      <c r="H415" t="s">
+        <v>21</v>
+      </c>
+      <c r="I415">
+        <v>150</v>
+      </c>
+      <c r="J415">
+        <v>210</v>
+      </c>
+      <c r="K415">
+        <v>9</v>
+      </c>
+      <c r="L415" s="1">
+        <v>43994</v>
+      </c>
+      <c r="M415" s="2">
+        <v>9786556050294</v>
+      </c>
+      <c r="N415" t="s" s="3">
         <v>1165</v>
       </c>
-      <c r="D415" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O415" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P415" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="416">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416">
-        <v>29116</v>
+        <v>27285</v>
       </c>
       <c r="C416" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="D416" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="F416">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="G416">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="H416" t="s">
         <v>21</v>
       </c>
       <c r="I416">
         <v>150</v>
       </c>
       <c r="J416">
         <v>210</v>
       </c>
       <c r="K416">
         <v>8</v>
       </c>
       <c r="L416" s="1">
-        <v>44365</v>
+        <v>43381</v>
       </c>
       <c r="M416" s="2">
-        <v>9786556056760</v>
+        <v>9788536283364</v>
       </c>
       <c r="N416" t="s" s="3">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="O416" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P416" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="417">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417">
-        <v>28542</v>
+        <v>29116</v>
       </c>
       <c r="C417" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F417">
+        <v>154</v>
+      </c>
+      <c r="G417">
+        <v>191</v>
+      </c>
+      <c r="H417" t="s">
+        <v>21</v>
+      </c>
+      <c r="I417">
+        <v>150</v>
+      </c>
+      <c r="J417">
+        <v>210</v>
+      </c>
+      <c r="K417">
+        <v>8</v>
+      </c>
+      <c r="L417" s="1">
+        <v>44365</v>
+      </c>
+      <c r="M417" s="2">
+        <v>9786556056760</v>
+      </c>
+      <c r="N417" t="s" s="3">
         <v>1171</v>
       </c>
-      <c r="D417" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O417" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P417" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="418">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418">
-        <v>24676</v>
+        <v>28542</v>
       </c>
       <c r="C418" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F418">
+        <v>174</v>
+      </c>
+      <c r="G418">
+        <v>216</v>
+      </c>
+      <c r="H418" t="s">
+        <v>21</v>
+      </c>
+      <c r="I418">
+        <v>150</v>
+      </c>
+      <c r="J418">
+        <v>210</v>
+      </c>
+      <c r="K418">
+        <v>9</v>
+      </c>
+      <c r="L418" s="1">
+        <v>43992</v>
+      </c>
+      <c r="M418" s="2">
+        <v>9786556050621</v>
+      </c>
+      <c r="N418" t="s" s="3">
         <v>1174</v>
       </c>
-      <c r="D418" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O418" s="4">
-        <v>129.90</v>
+        <v>99.90</v>
       </c>
       <c r="P418" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="419">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419">
-        <v>27685</v>
+        <v>24676</v>
       </c>
       <c r="C419" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F419">
+        <v>260</v>
+      </c>
+      <c r="G419">
+        <v>322</v>
+      </c>
+      <c r="H419" t="s">
+        <v>21</v>
+      </c>
+      <c r="I419">
+        <v>150</v>
+      </c>
+      <c r="J419">
+        <v>210</v>
+      </c>
+      <c r="K419">
+        <v>14</v>
+      </c>
+      <c r="L419" s="1">
+        <v>42513</v>
+      </c>
+      <c r="M419" s="2">
+        <v>9788536257525</v>
+      </c>
+      <c r="N419" t="s" s="3">
         <v>1177</v>
       </c>
-      <c r="D419" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O419" s="4">
-        <v>99.90</v>
+        <v>129.90</v>
       </c>
       <c r="P419" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="420">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420">
-        <v>23263</v>
+        <v>27685</v>
       </c>
       <c r="C420" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F420">
+        <v>148</v>
+      </c>
+      <c r="G420">
+        <v>184</v>
+      </c>
+      <c r="H420" t="s">
+        <v>21</v>
+      </c>
+      <c r="I420">
+        <v>150</v>
+      </c>
+      <c r="J420">
+        <v>210</v>
+      </c>
+      <c r="K420">
+        <v>8</v>
+      </c>
+      <c r="L420" s="1">
+        <v>43560</v>
+      </c>
+      <c r="M420" s="2">
+        <v>9788536287256</v>
+      </c>
+      <c r="N420" t="s" s="3">
         <v>1180</v>
       </c>
-      <c r="D420" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O420" s="4">
-        <v>229.90</v>
+        <v>99.90</v>
       </c>
       <c r="P420" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="421">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421">
-        <v>27064</v>
+        <v>23263</v>
       </c>
       <c r="C421" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F421">
+        <v>492</v>
+      </c>
+      <c r="G421">
+        <v>613</v>
+      </c>
+      <c r="H421" t="s">
+        <v>21</v>
+      </c>
+      <c r="I421">
+        <v>150</v>
+      </c>
+      <c r="J421">
+        <v>210</v>
+      </c>
+      <c r="K421">
+        <v>25</v>
+      </c>
+      <c r="L421" s="1">
+        <v>41611</v>
+      </c>
+      <c r="M421" s="2">
+        <v>9788536244785</v>
+      </c>
+      <c r="N421" t="s" s="3">
         <v>1183</v>
       </c>
-      <c r="D421" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O421" s="4">
-        <v>99.90</v>
+        <v>229.90</v>
       </c>
       <c r="P421" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="422">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422">
+        <v>27064</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F422">
+        <v>190</v>
+      </c>
+      <c r="G422">
+        <v>236</v>
+      </c>
+      <c r="H422" t="s">
+        <v>21</v>
+      </c>
+      <c r="I422">
+        <v>150</v>
+      </c>
+      <c r="J422">
+        <v>210</v>
+      </c>
+      <c r="K422">
+        <v>10</v>
+      </c>
+      <c r="L422" s="1">
+        <v>43314</v>
+      </c>
+      <c r="M422" s="2">
+        <v>9788536281414</v>
+      </c>
+      <c r="N422" t="s" s="3">
+        <v>1186</v>
+      </c>
+      <c r="O422" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P422" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423">
+        <v>422</v>
+      </c>
+      <c r="B423">
         <v>29171</v>
       </c>
-      <c r="C422" t="inlineStr">
+      <c r="C423" t="inlineStr">
         <is>
           <t>Poder Judiciário na Efetivação de Políticas Públicas em Saúde Auditiva, O - A Pessoa com Deficiência e o Uso do Sistema de Frequência Modulada Pessoal (FM) no Ambiente Escolar</t>
         </is>
       </c>
-      <c r="D422" t="s">
-[...2 lines deleted...]
-      <c r="F422">
+      <c r="D423" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F423">
         <v>118</v>
       </c>
-      <c r="G422">
+      <c r="G423">
         <v>146</v>
       </c>
-      <c r="H422" t="s">
-[...8 lines deleted...]
-      <c r="K422">
+      <c r="H423" t="s">
+        <v>21</v>
+      </c>
+      <c r="I423">
+        <v>150</v>
+      </c>
+      <c r="J423">
+        <v>210</v>
+      </c>
+      <c r="K423">
         <v>7</v>
       </c>
-      <c r="L422" s="1">
+      <c r="L423" s="1">
         <v>44397</v>
       </c>
-      <c r="M422" s="2">
+      <c r="M423" s="2">
         <v>9786556057927</v>
       </c>
-      <c r="N422" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O422" s="4">
+      <c r="N423" t="s" s="3">
+        <v>1188</v>
+      </c>
+      <c r="O423" s="4">
         <v>79.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>109.90</v>
       </c>
       <c r="P423" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="424">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424">
-        <v>23752</v>
+        <v>28601</v>
       </c>
       <c r="C424" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F424">
+        <v>210</v>
+      </c>
+      <c r="G424">
+        <v>260</v>
+      </c>
+      <c r="H424" t="s">
+        <v>21</v>
+      </c>
+      <c r="I424">
+        <v>150</v>
+      </c>
+      <c r="J424">
+        <v>210</v>
+      </c>
+      <c r="K424">
+        <v>11</v>
+      </c>
+      <c r="L424" s="1">
+        <v>44028</v>
+      </c>
+      <c r="M424" s="2">
+        <v>9786556050010</v>
+      </c>
+      <c r="N424" t="s" s="3">
         <v>1191</v>
       </c>
-      <c r="D424" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O424" s="4">
-        <v>99.90</v>
+        <v>109.90</v>
       </c>
       <c r="P424" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="425">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425">
-        <v>23046</v>
+        <v>23752</v>
       </c>
       <c r="C425" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F425">
+        <v>174</v>
+      </c>
+      <c r="G425">
+        <v>216</v>
+      </c>
+      <c r="H425" t="s">
+        <v>21</v>
+      </c>
+      <c r="I425">
+        <v>150</v>
+      </c>
+      <c r="J425">
+        <v>210</v>
+      </c>
+      <c r="K425">
+        <v>10</v>
+      </c>
+      <c r="L425" s="1">
+        <v>42017</v>
+      </c>
+      <c r="M425" s="2">
+        <v>9788536249476</v>
+      </c>
+      <c r="N425" t="s" s="3">
         <v>1194</v>
       </c>
-      <c r="D425" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O425" s="4">
-        <v>169.90</v>
+        <v>99.90</v>
       </c>
       <c r="P425" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="426">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426">
-        <v>29488</v>
+        <v>23046</v>
       </c>
       <c r="C426" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F426">
+        <v>356</v>
+      </c>
+      <c r="G426">
+        <v>440</v>
+      </c>
+      <c r="H426" t="s">
+        <v>21</v>
+      </c>
+      <c r="I426">
+        <v>150</v>
+      </c>
+      <c r="J426">
+        <v>210</v>
+      </c>
+      <c r="K426">
+        <v>18</v>
+      </c>
+      <c r="L426" s="1">
+        <v>41410</v>
+      </c>
+      <c r="M426" s="2">
+        <v>9788536242293</v>
+      </c>
+      <c r="N426" t="s" s="3">
         <v>1197</v>
       </c>
-      <c r="D426" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O426" s="4">
-        <v>109.90</v>
+        <v>169.90</v>
       </c>
       <c r="P426" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="427">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427">
-        <v>28044</v>
+        <v>29488</v>
       </c>
       <c r="C427" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1199</v>
+      </c>
+      <c r="F427">
+        <v>246</v>
+      </c>
+      <c r="G427">
+        <v>305</v>
+      </c>
+      <c r="H427" t="s">
+        <v>21</v>
+      </c>
+      <c r="I427">
+        <v>150</v>
+      </c>
+      <c r="J427">
+        <v>210</v>
+      </c>
+      <c r="K427">
+        <v>13</v>
+      </c>
+      <c r="L427" s="1">
+        <v>44601</v>
+      </c>
+      <c r="M427" s="2">
+        <v>9786556059099</v>
+      </c>
+      <c r="N427" t="s" s="3">
         <v>1200</v>
       </c>
-      <c r="D427" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O427" s="4">
-        <v>179.90</v>
+        <v>109.90</v>
       </c>
       <c r="P427" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="428">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428">
-        <v>29413</v>
+        <v>28044</v>
       </c>
       <c r="C428" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F428">
+        <v>392</v>
+      </c>
+      <c r="G428">
+        <v>486</v>
+      </c>
+      <c r="H428" t="s">
+        <v>21</v>
+      </c>
+      <c r="I428">
+        <v>150</v>
+      </c>
+      <c r="J428">
+        <v>210</v>
+      </c>
+      <c r="K428">
+        <v>20</v>
+      </c>
+      <c r="L428" s="1">
+        <v>43724</v>
+      </c>
+      <c r="M428" s="2">
+        <v>9788536289847</v>
+      </c>
+      <c r="N428" t="s" s="3">
         <v>1202</v>
       </c>
-      <c r="D428" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O428" s="4">
-        <v>149.90</v>
+        <v>179.90</v>
       </c>
       <c r="P428" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="429">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429">
-        <v>29020</v>
+        <v>29413</v>
       </c>
       <c r="C429" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F429">
+        <v>300</v>
+      </c>
+      <c r="G429">
+        <v>372</v>
+      </c>
+      <c r="H429" t="s">
+        <v>21</v>
+      </c>
+      <c r="I429">
+        <v>150</v>
+      </c>
+      <c r="J429">
+        <v>210</v>
+      </c>
+      <c r="K429">
+        <v>15</v>
+      </c>
+      <c r="L429" s="1">
+        <v>44545</v>
+      </c>
+      <c r="M429" s="2">
+        <v>9786556058009</v>
+      </c>
+      <c r="N429" t="s" s="3">
         <v>1205</v>
       </c>
-      <c r="D429" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O429" s="4">
-        <v>79.90</v>
+        <v>149.90</v>
       </c>
       <c r="P429" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="430">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430">
-        <v>27162</v>
+        <v>29020</v>
       </c>
       <c r="C430" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F430">
+        <v>130</v>
+      </c>
+      <c r="G430">
+        <v>161</v>
+      </c>
+      <c r="H430" t="s">
+        <v>21</v>
+      </c>
+      <c r="I430">
+        <v>150</v>
+      </c>
+      <c r="J430">
+        <v>210</v>
+      </c>
+      <c r="K430">
+        <v>7</v>
+      </c>
+      <c r="L430" s="1">
+        <v>44293</v>
+      </c>
+      <c r="M430" s="2">
+        <v>9786556055947</v>
+      </c>
+      <c r="N430" t="s" s="3">
         <v>1208</v>
       </c>
-      <c r="D430" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O430" s="4">
-        <v>119.90</v>
+        <v>79.90</v>
       </c>
       <c r="P430" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="431">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431">
-        <v>27530</v>
+        <v>27162</v>
       </c>
       <c r="C431" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F431">
+        <v>238</v>
+      </c>
+      <c r="G431">
+        <v>295</v>
+      </c>
+      <c r="H431" t="s">
+        <v>21</v>
+      </c>
+      <c r="I431">
+        <v>150</v>
+      </c>
+      <c r="J431">
+        <v>210</v>
+      </c>
+      <c r="K431">
+        <v>13</v>
+      </c>
+      <c r="L431" s="1">
+        <v>43346</v>
+      </c>
+      <c r="M431" s="2">
+        <v>9788536282008</v>
+      </c>
+      <c r="N431" t="s" s="3">
         <v>1211</v>
       </c>
-      <c r="D431" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O431" s="4">
-        <v>109.90</v>
+        <v>119.90</v>
       </c>
       <c r="P431" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="432">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432">
-        <v>21355</v>
+        <v>27530</v>
       </c>
       <c r="C432" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F432">
+        <v>208</v>
+      </c>
+      <c r="G432">
+        <v>258</v>
+      </c>
+      <c r="H432" t="s">
+        <v>21</v>
+      </c>
+      <c r="I432">
+        <v>150</v>
+      </c>
+      <c r="J432">
+        <v>210</v>
+      </c>
+      <c r="K432">
+        <v>11</v>
+      </c>
+      <c r="L432" s="1">
+        <v>43495</v>
+      </c>
+      <c r="M432" s="2">
+        <v>9788536285788</v>
+      </c>
+      <c r="N432" t="s" s="3">
         <v>1214</v>
       </c>
-      <c r="D432" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O432" s="4">
-        <v>259.90</v>
+        <v>109.90</v>
       </c>
       <c r="P432" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="433">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433">
-        <v>29899</v>
+        <v>21355</v>
       </c>
       <c r="C433" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F433">
+        <v>672</v>
+      </c>
+      <c r="G433">
+        <v>808</v>
+      </c>
+      <c r="H433" t="s">
+        <v>21</v>
+      </c>
+      <c r="I433">
+        <v>150</v>
+      </c>
+      <c r="J433">
+        <v>210</v>
+      </c>
+      <c r="K433">
+        <v>34</v>
+      </c>
+      <c r="L433" s="1">
+        <v>40122</v>
+      </c>
+      <c r="M433" s="2">
+        <v>9788536226620</v>
+      </c>
+      <c r="N433" t="s" s="3">
         <v>1217</v>
       </c>
-      <c r="D433" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O433" s="4">
-        <v>69.90</v>
+        <v>259.90</v>
       </c>
       <c r="P433" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="434">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434">
-        <v>29222</v>
+        <v>29899</v>
       </c>
       <c r="C434" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D434" t="s">
+        <v>405</v>
+      </c>
+      <c r="F434">
+        <v>102</v>
+      </c>
+      <c r="G434">
+        <v>127</v>
+      </c>
+      <c r="H434" t="s">
+        <v>21</v>
+      </c>
+      <c r="I434">
+        <v>150</v>
+      </c>
+      <c r="J434">
+        <v>210</v>
+      </c>
+      <c r="K434">
+        <v>6</v>
+      </c>
+      <c r="L434" s="1">
+        <v>44762</v>
+      </c>
+      <c r="M434" s="2">
+        <v>9788536297361</v>
+      </c>
+      <c r="N434" t="s" s="3">
         <v>1219</v>
       </c>
-      <c r="D434" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O434" s="4">
-        <v>189.90</v>
+        <v>69.90</v>
       </c>
       <c r="P434" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="435">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435">
-        <v>27087</v>
+        <v>29222</v>
       </c>
       <c r="C435" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F435">
+        <v>408</v>
+      </c>
+      <c r="G435">
+        <v>506</v>
+      </c>
+      <c r="H435" t="s">
+        <v>21</v>
+      </c>
+      <c r="I435">
+        <v>150</v>
+      </c>
+      <c r="J435">
+        <v>210</v>
+      </c>
+      <c r="K435">
+        <v>20</v>
+      </c>
+      <c r="L435" s="1">
+        <v>44434</v>
+      </c>
+      <c r="M435" s="2">
+        <v>9786556057477</v>
+      </c>
+      <c r="N435" t="s" s="3">
         <v>1222</v>
       </c>
-      <c r="D435" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O435" s="4">
-        <v>89.90</v>
+        <v>189.90</v>
       </c>
       <c r="P435" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="436">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436">
-        <v>28225</v>
+        <v>27087</v>
       </c>
       <c r="C436" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F436">
+        <v>166</v>
+      </c>
+      <c r="G436">
+        <v>206</v>
+      </c>
+      <c r="H436" t="s">
+        <v>21</v>
+      </c>
+      <c r="I436">
+        <v>150</v>
+      </c>
+      <c r="J436">
+        <v>210</v>
+      </c>
+      <c r="K436">
+        <v>9</v>
+      </c>
+      <c r="L436" s="1">
+        <v>43321</v>
+      </c>
+      <c r="M436" s="2">
+        <v>9788536281667</v>
+      </c>
+      <c r="N436" t="s" s="3">
         <v>1225</v>
-      </c>
-[...28 lines deleted...]
-        <v>1227</v>
       </c>
       <c r="O436" s="4">
         <v>89.90</v>
       </c>
       <c r="P436" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="437">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437">
-        <v>29184</v>
+        <v>28225</v>
       </c>
       <c r="C437" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F437">
+        <v>144</v>
+      </c>
+      <c r="G437">
+        <v>178</v>
+      </c>
+      <c r="H437" t="s">
+        <v>21</v>
+      </c>
+      <c r="I437">
+        <v>150</v>
+      </c>
+      <c r="J437">
+        <v>210</v>
+      </c>
+      <c r="K437">
+        <v>8</v>
+      </c>
+      <c r="L437" s="1">
+        <v>43808</v>
+      </c>
+      <c r="M437" s="2">
+        <v>9788536292380</v>
+      </c>
+      <c r="N437" t="s" s="3">
         <v>1228</v>
       </c>
-      <c r="D437" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O437" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P437" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="438">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438">
-        <v>28459</v>
+        <v>29184</v>
       </c>
       <c r="C438" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F438">
+        <v>100</v>
+      </c>
+      <c r="G438">
+        <v>124</v>
+      </c>
+      <c r="H438" t="s">
+        <v>21</v>
+      </c>
+      <c r="I438">
+        <v>150</v>
+      </c>
+      <c r="J438">
+        <v>210</v>
+      </c>
+      <c r="K438">
+        <v>6</v>
+      </c>
+      <c r="L438" s="1">
+        <v>44406</v>
+      </c>
+      <c r="M438" s="2">
+        <v>9786556056111</v>
+      </c>
+      <c r="N438" t="s" s="3">
         <v>1231</v>
       </c>
-      <c r="D438" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O438" s="4">
-        <v>139.90</v>
+        <v>79.90</v>
       </c>
       <c r="P438" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="439">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439">
-        <v>30883</v>
+        <v>28459</v>
       </c>
       <c r="C439" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F439">
+        <v>280</v>
+      </c>
+      <c r="G439">
+        <v>376</v>
+      </c>
+      <c r="H439" t="s">
+        <v>332</v>
+      </c>
+      <c r="I439">
+        <v>150</v>
+      </c>
+      <c r="J439">
+        <v>210</v>
+      </c>
+      <c r="K439">
+        <v>21</v>
+      </c>
+      <c r="L439" s="1">
+        <v>43936</v>
+      </c>
+      <c r="M439" s="2">
+        <v>9786556050911</v>
+      </c>
+      <c r="N439" t="s" s="3">
         <v>1234</v>
       </c>
-      <c r="D439" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O439" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P439" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="440">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440">
-        <v>24615</v>
+        <v>30883</v>
       </c>
       <c r="C440" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F440">
+        <v>102</v>
+      </c>
+      <c r="G440">
+        <v>127</v>
+      </c>
+      <c r="H440" t="s">
+        <v>21</v>
+      </c>
+      <c r="I440">
+        <v>150</v>
+      </c>
+      <c r="J440">
+        <v>210</v>
+      </c>
+      <c r="K440">
+        <v>5</v>
+      </c>
+      <c r="L440" s="1">
+        <v>45315</v>
+      </c>
+      <c r="M440" s="2">
+        <v>9786526306291</v>
+      </c>
+      <c r="N440" t="s" s="3">
         <v>1237</v>
       </c>
-      <c r="D440" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O440" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P440" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="441">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441">
+        <v>24615</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F441">
+        <v>184</v>
+      </c>
+      <c r="G441">
+        <v>228</v>
+      </c>
+      <c r="H441" t="s">
+        <v>21</v>
+      </c>
+      <c r="I441">
+        <v>150</v>
+      </c>
+      <c r="J441">
+        <v>210</v>
+      </c>
+      <c r="K441">
+        <v>10</v>
+      </c>
+      <c r="L441" s="1">
+        <v>42492</v>
+      </c>
+      <c r="M441" s="2">
+        <v>9788536257433</v>
+      </c>
+      <c r="N441" t="s" s="3">
+        <v>1240</v>
+      </c>
+      <c r="O441" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P441" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442">
+        <v>441</v>
+      </c>
+      <c r="B442">
         <v>25525</v>
       </c>
-      <c r="C441" t="inlineStr">
+      <c r="C442" t="inlineStr">
         <is>
           <t>Proceso Monitorio - Evolución Legislativa, Doctrinal y Jurisprudencial - Actualizado con la Reforma de la Ley 42/2015, de 5 de Octubre - Con Apéndices sobre el Proceso Monitorio Europeo y el Proceso Europeo de Escasa Cuantía</t>
         </is>
       </c>
-      <c r="D441" t="s">
-[...2 lines deleted...]
-      <c r="F441">
+      <c r="D442" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F442">
         <v>202</v>
       </c>
-      <c r="G441">
+      <c r="G442">
         <v>251</v>
       </c>
-      <c r="H441" t="s">
-[...8 lines deleted...]
-      <c r="K441">
+      <c r="H442" t="s">
+        <v>21</v>
+      </c>
+      <c r="I442">
+        <v>150</v>
+      </c>
+      <c r="J442">
+        <v>210</v>
+      </c>
+      <c r="K442">
         <v>11</v>
       </c>
-      <c r="L441" s="1">
+      <c r="L442" s="1">
         <v>42801</v>
       </c>
-      <c r="M441" s="2">
+      <c r="M442" s="2">
         <v>9788536266336</v>
       </c>
-      <c r="N441" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O441" s="4">
+      <c r="N442" t="s" s="3">
+        <v>1242</v>
+      </c>
+      <c r="O442" s="4">
         <v>107.70</v>
-      </c>
-[...45 lines deleted...]
-        <v>79.90</v>
       </c>
       <c r="P442" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="443">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443">
+        <v>23387</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F443">
+        <v>132</v>
+      </c>
+      <c r="G443">
+        <v>164</v>
+      </c>
+      <c r="H443" t="s">
+        <v>21</v>
+      </c>
+      <c r="I443">
+        <v>150</v>
+      </c>
+      <c r="J443">
+        <v>210</v>
+      </c>
+      <c r="K443">
+        <v>8</v>
+      </c>
+      <c r="L443" s="1">
+        <v>41752</v>
+      </c>
+      <c r="M443" s="2">
+        <v>9788536245188</v>
+      </c>
+      <c r="N443" t="s" s="3">
+        <v>1245</v>
+      </c>
+      <c r="O443" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P443" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444">
+        <v>443</v>
+      </c>
+      <c r="B444">
         <v>29165</v>
       </c>
-      <c r="C443" t="inlineStr">
+      <c r="C444" t="inlineStr">
         <is>
           <t>Processo Democrático e Desenvolvimento - A Dignidade no Centro do Debate sobre a Transformação Digital, a Globalização Tributária e a Pandemia - Apresentação de Ricardo Morishita Wada - Prefácio de Monica Sapucaia Machado - Biblioteca IDP - Juruá</t>
         </is>
       </c>
-      <c r="D443" t="s">
-[...2 lines deleted...]
-      <c r="F443">
+      <c r="D444" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F444">
         <v>192</v>
       </c>
-      <c r="G443">
+      <c r="G444">
         <v>238</v>
       </c>
-      <c r="H443" t="s">
-[...8 lines deleted...]
-      <c r="K443">
+      <c r="H444" t="s">
+        <v>21</v>
+      </c>
+      <c r="I444">
+        <v>150</v>
+      </c>
+      <c r="J444">
+        <v>210</v>
+      </c>
+      <c r="K444">
         <v>10</v>
       </c>
-      <c r="L443" s="1">
+      <c r="L444" s="1">
         <v>44392</v>
       </c>
-      <c r="M443" s="2">
+      <c r="M444" s="2">
         <v>9786556056289</v>
       </c>
-      <c r="N443" t="s" s="3">
-[...16 lines deleted...]
-      <c r="C444" t="s">
+      <c r="N444" t="s" s="3">
         <v>1247</v>
-      </c>
-[...28 lines deleted...]
-        <v>1249</v>
       </c>
       <c r="O444" s="4">
         <v>109.90</v>
       </c>
       <c r="P444" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="445">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445">
-        <v>24696</v>
+        <v>27838</v>
       </c>
       <c r="C445" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F445">
+        <v>222</v>
+      </c>
+      <c r="G445">
+        <v>275</v>
+      </c>
+      <c r="H445" t="s">
+        <v>21</v>
+      </c>
+      <c r="I445">
+        <v>150</v>
+      </c>
+      <c r="J445">
+        <v>210</v>
+      </c>
+      <c r="K445">
+        <v>12</v>
+      </c>
+      <c r="L445" s="1">
+        <v>43616</v>
+      </c>
+      <c r="M445" s="2">
+        <v>9788536288642</v>
+      </c>
+      <c r="N445" t="s" s="3">
         <v>1250</v>
       </c>
-      <c r="D445" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O445" s="4">
-        <v>169.90</v>
+        <v>109.90</v>
       </c>
       <c r="P445" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="446">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446">
-        <v>24698</v>
+        <v>24696</v>
       </c>
       <c r="C446" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="D446" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="F446">
-        <v>420</v>
+        <v>382</v>
       </c>
       <c r="G446">
-        <v>513</v>
+        <v>471</v>
       </c>
       <c r="H446" t="s">
         <v>21</v>
       </c>
       <c r="I446">
         <v>150</v>
       </c>
       <c r="J446">
         <v>210</v>
       </c>
       <c r="K446">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="L446" s="1">
         <v>42514</v>
       </c>
       <c r="M446" s="2">
-        <v>9788536255965</v>
+        <v>9788536255903</v>
       </c>
       <c r="N446" t="s" s="3">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="O446" s="4">
-        <v>179.90</v>
+        <v>169.90</v>
       </c>
       <c r="P446" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="447">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447">
-        <v>24700</v>
+        <v>24698</v>
       </c>
       <c r="C447" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="D447" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="F447">
-        <v>508</v>
+        <v>420</v>
       </c>
       <c r="G447">
-        <v>620</v>
+        <v>513</v>
       </c>
       <c r="H447" t="s">
         <v>21</v>
       </c>
       <c r="I447">
         <v>150</v>
       </c>
       <c r="J447">
         <v>210</v>
       </c>
       <c r="K447">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="L447" s="1">
         <v>42514</v>
       </c>
       <c r="M447" s="2">
-        <v>9788536256023</v>
+        <v>9788536255965</v>
       </c>
       <c r="N447" t="s" s="3">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="O447" s="4">
-        <v>209.90</v>
+        <v>179.90</v>
       </c>
       <c r="P447" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="448">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448">
-        <v>29679</v>
+        <v>24700</v>
       </c>
       <c r="C448" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F448">
+        <v>508</v>
+      </c>
+      <c r="G448">
+        <v>620</v>
+      </c>
+      <c r="H448" t="s">
+        <v>21</v>
+      </c>
+      <c r="I448">
+        <v>150</v>
+      </c>
+      <c r="J448">
+        <v>210</v>
+      </c>
+      <c r="K448">
+        <v>26</v>
+      </c>
+      <c r="L448" s="1">
+        <v>42514</v>
+      </c>
+      <c r="M448" s="2">
+        <v>9788536256023</v>
+      </c>
+      <c r="N448" t="s" s="3">
         <v>1257</v>
       </c>
-      <c r="D448" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O448" s="4">
-        <v>159.90</v>
+        <v>209.90</v>
       </c>
       <c r="P448" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="449">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449">
-        <v>27020</v>
+        <v>29679</v>
       </c>
       <c r="C449" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F449">
+        <v>338</v>
+      </c>
+      <c r="G449">
+        <v>419</v>
+      </c>
+      <c r="H449" t="s">
+        <v>21</v>
+      </c>
+      <c r="I449">
+        <v>150</v>
+      </c>
+      <c r="J449">
+        <v>210</v>
+      </c>
+      <c r="K449">
+        <v>17</v>
+      </c>
+      <c r="L449" s="1">
+        <v>44680</v>
+      </c>
+      <c r="M449" s="2">
+        <v>9788536296142</v>
+      </c>
+      <c r="N449" t="s" s="3">
         <v>1260</v>
       </c>
-      <c r="D449" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O449" s="4">
-        <v>69.90</v>
+        <v>159.90</v>
       </c>
       <c r="P449" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="450">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450">
-        <v>27904</v>
+        <v>27020</v>
       </c>
       <c r="C450" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F450">
+        <v>106</v>
+      </c>
+      <c r="G450">
+        <v>131</v>
+      </c>
+      <c r="H450" t="s">
+        <v>21</v>
+      </c>
+      <c r="I450">
+        <v>150</v>
+      </c>
+      <c r="J450">
+        <v>210</v>
+      </c>
+      <c r="K450">
+        <v>6</v>
+      </c>
+      <c r="L450" s="1">
+        <v>43301</v>
+      </c>
+      <c r="M450" s="2">
+        <v>9788536280936</v>
+      </c>
+      <c r="N450" t="s" s="3">
         <v>1263</v>
       </c>
-      <c r="D450" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O450" s="4">
-        <v>77.70</v>
+        <v>69.90</v>
       </c>
       <c r="P450" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="451">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451">
-        <v>23490</v>
+        <v>27904</v>
       </c>
       <c r="C451" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F451">
+        <v>146</v>
+      </c>
+      <c r="G451">
+        <v>181</v>
+      </c>
+      <c r="H451" t="s">
+        <v>21</v>
+      </c>
+      <c r="I451">
+        <v>150</v>
+      </c>
+      <c r="J451">
+        <v>210</v>
+      </c>
+      <c r="K451">
+        <v>8</v>
+      </c>
+      <c r="L451" s="1">
+        <v>43657</v>
+      </c>
+      <c r="M451" s="2">
+        <v>9788536289465</v>
+      </c>
+      <c r="N451" t="s" s="3">
         <v>1266</v>
       </c>
-      <c r="D451" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O451" s="4">
-        <v>109.90</v>
+        <v>77.70</v>
       </c>
       <c r="P451" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="452">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452">
-        <v>28754</v>
+        <v>23490</v>
       </c>
       <c r="C452" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F452">
+        <v>196</v>
+      </c>
+      <c r="G452">
+        <v>243</v>
+      </c>
+      <c r="H452" t="s">
+        <v>21</v>
+      </c>
+      <c r="I452">
+        <v>150</v>
+      </c>
+      <c r="J452">
+        <v>210</v>
+      </c>
+      <c r="K452">
+        <v>11</v>
+      </c>
+      <c r="L452" s="1">
+        <v>41822</v>
+      </c>
+      <c r="M452" s="2">
+        <v>9788536247106</v>
+      </c>
+      <c r="N452" t="s" s="3">
         <v>1269</v>
       </c>
-      <c r="D452" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O452" s="4">
-        <v>209.90</v>
+        <v>109.90</v>
       </c>
       <c r="P452" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="453">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453">
-        <v>23084</v>
+        <v>28754</v>
       </c>
       <c r="C453" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F453">
+        <v>472</v>
+      </c>
+      <c r="G453">
+        <v>585</v>
+      </c>
+      <c r="H453" t="s">
+        <v>21</v>
+      </c>
+      <c r="I453">
+        <v>150</v>
+      </c>
+      <c r="J453">
+        <v>210</v>
+      </c>
+      <c r="K453">
+        <v>23</v>
+      </c>
+      <c r="L453" s="1">
+        <v>44131</v>
+      </c>
+      <c r="M453" s="2">
+        <v>9786556052144</v>
+      </c>
+      <c r="N453" t="s" s="3">
         <v>1272</v>
       </c>
-      <c r="D453" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O453" s="4">
-        <v>129.90</v>
+        <v>209.90</v>
       </c>
       <c r="P453" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="454">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454">
-        <v>28618</v>
+        <v>23084</v>
       </c>
       <c r="C454" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D454" t="s">
+        <v>600</v>
+      </c>
+      <c r="F454">
+        <v>264</v>
+      </c>
+      <c r="G454">
+        <v>355</v>
+      </c>
+      <c r="H454" t="s">
+        <v>21</v>
+      </c>
+      <c r="I454">
+        <v>150</v>
+      </c>
+      <c r="J454">
+        <v>210</v>
+      </c>
+      <c r="K454">
+        <v>14</v>
+      </c>
+      <c r="L454" s="1">
+        <v>41449</v>
+      </c>
+      <c r="M454" s="2">
+        <v>9788536242538</v>
+      </c>
+      <c r="N454" t="s" s="3">
         <v>1274</v>
       </c>
-      <c r="D454" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O454" s="4">
-        <v>189.90</v>
+        <v>129.90</v>
       </c>
       <c r="P454" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="455">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455">
+        <v>28618</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F455">
+        <v>416</v>
+      </c>
+      <c r="G455">
+        <v>516</v>
+      </c>
+      <c r="H455" t="s">
+        <v>21</v>
+      </c>
+      <c r="I455">
+        <v>150</v>
+      </c>
+      <c r="J455">
+        <v>210</v>
+      </c>
+      <c r="K455">
+        <v>21</v>
+      </c>
+      <c r="L455" s="1">
+        <v>44042</v>
+      </c>
+      <c r="M455" s="2">
+        <v>9786556050034</v>
+      </c>
+      <c r="N455" t="s" s="3">
+        <v>1277</v>
+      </c>
+      <c r="O455" s="4">
+        <v>189.90</v>
+      </c>
+      <c r="P455" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456">
+        <v>455</v>
+      </c>
+      <c r="B456">
         <v>29120</v>
       </c>
-      <c r="C455" t="inlineStr">
+      <c r="C456" t="inlineStr">
         <is>
           <t>Protección Jurisdiccional de los Derechos - Sistemas Español, Universal, Regional Europeo y Supranacional - Teoría y Práctica - Colección Derecho Constitucional - Director: David Vallespín Pérez - Coordinadora: Argelia Queralt Jiménez</t>
         </is>
       </c>
-      <c r="D455" t="s">
-[...2 lines deleted...]
-      <c r="F455">
+      <c r="D456" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F456">
         <v>292</v>
       </c>
-      <c r="G455">
+      <c r="G456">
         <v>362</v>
       </c>
-      <c r="H455" t="s">
-[...8 lines deleted...]
-      <c r="K455">
+      <c r="H456" t="s">
+        <v>21</v>
+      </c>
+      <c r="I456">
+        <v>150</v>
+      </c>
+      <c r="J456">
+        <v>210</v>
+      </c>
+      <c r="K456">
         <v>15</v>
       </c>
-      <c r="L455" s="1">
+      <c r="L456" s="1">
         <v>44369</v>
       </c>
-      <c r="M455" s="2">
+      <c r="M456" s="2">
         <v>9786556056296</v>
       </c>
-      <c r="N455" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O455" s="4">
+      <c r="N456" t="s" s="3">
+        <v>1279</v>
+      </c>
+      <c r="O456" s="4">
         <v>149.90</v>
       </c>
-      <c r="P455" t="s">
-[...7 lines deleted...]
-      <c r="B456">
+      <c r="P456" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457">
+        <v>456</v>
+      </c>
+      <c r="B457">
         <v>24480</v>
       </c>
-      <c r="C456" t="inlineStr">
+      <c r="C457" t="inlineStr">
         <is>
           <t>Protección por Desempleo - Los Distintos Niveles Complementarios y Sucesivos - Teoría y Práctica - Colección Derecho del Trabajo y Seguridad Social - Coordinadora: Yolanda Sánchez-Urán Azaña</t>
         </is>
       </c>
-      <c r="D456" t="s">
-[...2 lines deleted...]
-      <c r="F456">
+      <c r="D457" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F457">
         <v>172</v>
       </c>
-      <c r="G456">
+      <c r="G457">
         <v>213</v>
-      </c>
-[...45 lines deleted...]
-        <v>241</v>
       </c>
       <c r="H457" t="s">
         <v>21</v>
       </c>
       <c r="I457">
         <v>150</v>
       </c>
       <c r="J457">
         <v>210</v>
       </c>
       <c r="K457">
         <v>10</v>
       </c>
       <c r="L457" s="1">
-        <v>44071</v>
+        <v>42445</v>
       </c>
       <c r="M457" s="2">
-        <v>9786556051116</v>
+        <v>9788536256016</v>
       </c>
       <c r="N457" t="s" s="3">
-        <v>1283</v>
+        <v>1281</v>
       </c>
       <c r="O457" s="4">
-        <v>99.90</v>
+        <v>97.70</v>
       </c>
       <c r="P457" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="458">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458">
-        <v>23922</v>
+        <v>28663</v>
       </c>
       <c r="C458" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F458">
+        <v>194</v>
+      </c>
+      <c r="G458">
+        <v>241</v>
+      </c>
+      <c r="H458" t="s">
+        <v>21</v>
+      </c>
+      <c r="I458">
+        <v>150</v>
+      </c>
+      <c r="J458">
+        <v>210</v>
+      </c>
+      <c r="K458">
+        <v>10</v>
+      </c>
+      <c r="L458" s="1">
+        <v>44071</v>
+      </c>
+      <c r="M458" s="2">
+        <v>9786556051116</v>
+      </c>
+      <c r="N458" t="s" s="3">
         <v>1284</v>
       </c>
-      <c r="D458" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O458" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P458" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="459">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459">
-        <v>29169</v>
+        <v>23922</v>
       </c>
       <c r="C459" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F459">
+        <v>164</v>
+      </c>
+      <c r="G459">
+        <v>203</v>
+      </c>
+      <c r="H459" t="s">
+        <v>21</v>
+      </c>
+      <c r="I459">
+        <v>150</v>
+      </c>
+      <c r="J459">
+        <v>210</v>
+      </c>
+      <c r="K459">
+        <v>9</v>
+      </c>
+      <c r="L459" s="1">
+        <v>42122</v>
+      </c>
+      <c r="M459" s="2">
+        <v>9788536251042</v>
+      </c>
+      <c r="N459" t="s" s="3">
         <v>1287</v>
       </c>
-      <c r="D459" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O459" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P459" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="460">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460">
-        <v>29190</v>
+        <v>29169</v>
       </c>
       <c r="C460" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F460">
+        <v>78</v>
+      </c>
+      <c r="G460">
+        <v>97</v>
+      </c>
+      <c r="H460" t="s">
+        <v>21</v>
+      </c>
+      <c r="I460">
+        <v>150</v>
+      </c>
+      <c r="J460">
+        <v>210</v>
+      </c>
+      <c r="K460">
+        <v>5</v>
+      </c>
+      <c r="L460" s="1">
+        <v>44396</v>
+      </c>
+      <c r="M460" s="2">
+        <v>9786556056234</v>
+      </c>
+      <c r="N460" t="s" s="3">
         <v>1290</v>
       </c>
-      <c r="D460" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O460" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P460" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="461">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461">
-        <v>23241</v>
+        <v>29190</v>
       </c>
       <c r="C461" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F461">
+        <v>188</v>
+      </c>
+      <c r="G461">
+        <v>233</v>
+      </c>
+      <c r="H461" t="s">
+        <v>21</v>
+      </c>
+      <c r="I461">
+        <v>150</v>
+      </c>
+      <c r="J461">
+        <v>210</v>
+      </c>
+      <c r="K461">
+        <v>10</v>
+      </c>
+      <c r="L461" s="1">
+        <v>44411</v>
+      </c>
+      <c r="M461" s="2">
+        <v>9786556057965</v>
+      </c>
+      <c r="N461" t="s" s="3">
         <v>1293</v>
       </c>
-      <c r="D461" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O461" s="4">
-        <v>69.90</v>
+        <v>89.90</v>
       </c>
       <c r="P461" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="462">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462">
-        <v>27675</v>
+        <v>23241</v>
       </c>
       <c r="C462" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F462">
+        <v>126</v>
+      </c>
+      <c r="G462">
+        <v>157</v>
+      </c>
+      <c r="H462" t="s">
+        <v>21</v>
+      </c>
+      <c r="I462">
+        <v>150</v>
+      </c>
+      <c r="J462">
+        <v>210</v>
+      </c>
+      <c r="K462">
+        <v>7</v>
+      </c>
+      <c r="L462" s="1">
+        <v>41584</v>
+      </c>
+      <c r="M462" s="2">
+        <v>9788536244273</v>
+      </c>
+      <c r="N462" t="s" s="3">
         <v>1296</v>
       </c>
-      <c r="D462" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O462" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P462" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="463">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463">
-        <v>25622</v>
+        <v>27675</v>
       </c>
       <c r="C463" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F463">
+        <v>224</v>
+      </c>
+      <c r="G463">
+        <v>278</v>
+      </c>
+      <c r="H463" t="s">
+        <v>21</v>
+      </c>
+      <c r="I463">
+        <v>150</v>
+      </c>
+      <c r="J463">
+        <v>210</v>
+      </c>
+      <c r="K463">
+        <v>12</v>
+      </c>
+      <c r="L463" s="1">
+        <v>43542</v>
+      </c>
+      <c r="M463" s="2">
+        <v>9788536287164</v>
+      </c>
+      <c r="N463" t="s" s="3">
         <v>1299</v>
       </c>
-      <c r="D463" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O463" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P463" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="464">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464">
-        <v>23605</v>
+        <v>25622</v>
       </c>
       <c r="C464" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="D464" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="F464">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="G464">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="H464" t="s">
         <v>21</v>
       </c>
       <c r="I464">
         <v>150</v>
       </c>
       <c r="J464">
         <v>210</v>
       </c>
       <c r="K464">
         <v>8</v>
       </c>
       <c r="L464" s="1">
-        <v>41901</v>
+        <v>42831</v>
       </c>
       <c r="M464" s="2">
-        <v>9788536247748</v>
+        <v>9788536267005</v>
       </c>
       <c r="N464" t="s" s="3">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="O464" s="4">
         <v>79.90</v>
       </c>
       <c r="P464" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="465">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465">
+        <v>23605</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F465">
+        <v>148</v>
+      </c>
+      <c r="G465">
+        <v>184</v>
+      </c>
+      <c r="H465" t="s">
+        <v>21</v>
+      </c>
+      <c r="I465">
+        <v>150</v>
+      </c>
+      <c r="J465">
+        <v>210</v>
+      </c>
+      <c r="K465">
+        <v>8</v>
+      </c>
+      <c r="L465" s="1">
+        <v>41901</v>
+      </c>
+      <c r="M465" s="2">
+        <v>9788536247748</v>
+      </c>
+      <c r="N465" t="s" s="3">
+        <v>1305</v>
+      </c>
+      <c r="O465" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P465" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466">
+        <v>465</v>
+      </c>
+      <c r="B466">
         <v>23959</v>
       </c>
-      <c r="C465" t="inlineStr">
+      <c r="C466" t="inlineStr">
         <is>
           <t>Recursos Extraordinarios en la Jurisdicción Social - Teoría y Práctica - Colección Derecho del Trabajo y Seguridad Social - Coordinadora: Yolanda Sánchez-Urán Azaña</t>
         </is>
       </c>
-      <c r="D465" t="s">
-[...2 lines deleted...]
-      <c r="F465">
+      <c r="D466" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F466">
         <v>142</v>
       </c>
-      <c r="G465">
+      <c r="G466">
         <v>176</v>
       </c>
-      <c r="H465" t="s">
-[...8 lines deleted...]
-      <c r="K465">
+      <c r="H466" t="s">
+        <v>21</v>
+      </c>
+      <c r="I466">
+        <v>150</v>
+      </c>
+      <c r="J466">
+        <v>210</v>
+      </c>
+      <c r="K466">
         <v>8</v>
       </c>
-      <c r="L465" s="1">
+      <c r="L466" s="1">
         <v>42146</v>
       </c>
-      <c r="M465" s="2">
+      <c r="M466" s="2">
         <v>9788536250816</v>
       </c>
-      <c r="N465" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O465" s="4">
+      <c r="N466" t="s" s="3">
+        <v>1307</v>
+      </c>
+      <c r="O466" s="4">
         <v>79.90</v>
-      </c>
-[...45 lines deleted...]
-        <v>159.90</v>
       </c>
       <c r="P466" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="467">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467">
-        <v>27960</v>
+        <v>26473</v>
       </c>
       <c r="C467" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F467">
+        <v>304</v>
+      </c>
+      <c r="G467">
+        <v>377</v>
+      </c>
+      <c r="H467" t="s">
+        <v>21</v>
+      </c>
+      <c r="I467">
+        <v>150</v>
+      </c>
+      <c r="J467">
+        <v>210</v>
+      </c>
+      <c r="K467">
+        <v>16</v>
+      </c>
+      <c r="L467" s="1">
+        <v>43091</v>
+      </c>
+      <c r="M467" s="2">
+        <v>9788536275567</v>
+      </c>
+      <c r="N467" t="s" s="3">
         <v>1310</v>
       </c>
-      <c r="D467" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O467" s="4">
-        <v>59.90</v>
+        <v>159.90</v>
       </c>
       <c r="P467" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="468">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468">
-        <v>29186</v>
+        <v>27960</v>
       </c>
       <c r="C468" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F468">
+        <v>106</v>
+      </c>
+      <c r="G468">
+        <v>131</v>
+      </c>
+      <c r="H468" t="s">
+        <v>21</v>
+      </c>
+      <c r="I468">
+        <v>150</v>
+      </c>
+      <c r="J468">
+        <v>210</v>
+      </c>
+      <c r="K468">
+        <v>6</v>
+      </c>
+      <c r="L468" s="1">
+        <v>43682</v>
+      </c>
+      <c r="M468" s="2">
+        <v>9788536289724</v>
+      </c>
+      <c r="N468" t="s" s="3">
         <v>1313</v>
       </c>
-      <c r="D468" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O468" s="4">
-        <v>159.90</v>
+        <v>59.90</v>
       </c>
       <c r="P468" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="469">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469">
-        <v>28487</v>
+        <v>29186</v>
       </c>
       <c r="C469" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F469">
+        <v>318</v>
+      </c>
+      <c r="G469">
+        <v>394</v>
+      </c>
+      <c r="H469" t="s">
+        <v>21</v>
+      </c>
+      <c r="I469">
+        <v>150</v>
+      </c>
+      <c r="J469">
+        <v>210</v>
+      </c>
+      <c r="K469">
+        <v>16</v>
+      </c>
+      <c r="L469" s="1">
+        <v>44410</v>
+      </c>
+      <c r="M469" s="2">
+        <v>9786556057613</v>
+      </c>
+      <c r="N469" t="s" s="3">
         <v>1316</v>
       </c>
-      <c r="D469" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O469" s="4">
-        <v>79.90</v>
+        <v>159.90</v>
       </c>
       <c r="P469" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="470">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470">
-        <v>20298</v>
+        <v>28487</v>
       </c>
       <c r="C470" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D470" t="s">
+        <v>199</v>
+      </c>
+      <c r="F470">
+        <v>118</v>
+      </c>
+      <c r="G470">
+        <v>146</v>
+      </c>
+      <c r="H470" t="s">
+        <v>21</v>
+      </c>
+      <c r="I470">
+        <v>150</v>
+      </c>
+      <c r="J470">
+        <v>210</v>
+      </c>
+      <c r="K470">
+        <v>7</v>
+      </c>
+      <c r="L470" s="1">
+        <v>43957</v>
+      </c>
+      <c r="M470" s="2">
+        <v>9786556050942</v>
+      </c>
+      <c r="N470" t="s" s="3">
         <v>1318</v>
       </c>
-      <c r="D470" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O470" s="4">
-        <v>109.90</v>
+        <v>79.90</v>
       </c>
       <c r="P470" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="471">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471">
-        <v>28512</v>
+        <v>20298</v>
       </c>
       <c r="C471" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F471">
+        <v>224</v>
+      </c>
+      <c r="G471">
+        <v>320</v>
+      </c>
+      <c r="H471" t="s">
+        <v>21</v>
+      </c>
+      <c r="I471">
+        <v>150</v>
+      </c>
+      <c r="J471">
+        <v>210</v>
+      </c>
+      <c r="K471">
+        <v>12</v>
+      </c>
+      <c r="L471" s="1">
+        <v>39254</v>
+      </c>
+      <c r="M471" s="2">
+        <v>9788536216140</v>
+      </c>
+      <c r="N471" t="s" s="3">
         <v>1321</v>
       </c>
-      <c r="D471" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O471" s="4">
-        <v>299.90</v>
+        <v>109.90</v>
       </c>
       <c r="P471" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="472">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472">
-        <v>25601</v>
+        <v>28512</v>
       </c>
       <c r="C472" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1323</v>
+      </c>
+      <c r="F472">
+        <v>760</v>
+      </c>
+      <c r="G472">
+        <v>1051</v>
+      </c>
+      <c r="H472" t="s">
+        <v>332</v>
+      </c>
+      <c r="I472">
+        <v>150</v>
+      </c>
+      <c r="J472">
+        <v>210</v>
+      </c>
+      <c r="K472">
+        <v>57</v>
+      </c>
+      <c r="L472" s="1">
+        <v>43972</v>
+      </c>
+      <c r="M472" s="2">
+        <v>9786556050492</v>
+      </c>
+      <c r="N472" t="s" s="3">
         <v>1324</v>
       </c>
-      <c r="D472" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O472" s="4">
-        <v>169.90</v>
+        <v>299.90</v>
       </c>
       <c r="P472" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="473">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473">
-        <v>27346</v>
+        <v>25601</v>
       </c>
       <c r="C473" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="D473" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="F473">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="G473">
-        <v>424</v>
+        <v>439</v>
       </c>
       <c r="H473" t="s">
         <v>21</v>
       </c>
       <c r="I473">
         <v>150</v>
       </c>
       <c r="J473">
         <v>210</v>
       </c>
       <c r="K473">
         <v>18</v>
       </c>
       <c r="L473" s="1">
-        <v>43403</v>
+        <v>42838</v>
       </c>
       <c r="M473" s="2">
-        <v>9788536284101</v>
+        <v>9788536266497</v>
       </c>
       <c r="N473" t="s" s="3">
-        <v>1328</v>
+        <v>1327</v>
       </c>
       <c r="O473" s="4">
         <v>169.90</v>
       </c>
       <c r="P473" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="474">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474">
-        <v>28795</v>
+        <v>27346</v>
       </c>
       <c r="C474" t="s">
-        <v>1329</v>
+        <v>1328</v>
       </c>
       <c r="D474" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="F474">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="G474">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="H474" t="s">
         <v>21</v>
       </c>
       <c r="I474">
         <v>150</v>
       </c>
       <c r="J474">
         <v>210</v>
       </c>
       <c r="K474">
         <v>18</v>
       </c>
       <c r="L474" s="1">
-        <v>44155</v>
+        <v>43403</v>
       </c>
       <c r="M474" s="2">
-        <v>9786556053646</v>
+        <v>9788536284101</v>
       </c>
       <c r="N474" t="s" s="3">
-        <v>1330</v>
+        <v>1329</v>
       </c>
       <c r="O474" s="4">
-        <v>179.90</v>
+        <v>169.90</v>
       </c>
       <c r="P474" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="475">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475">
-        <v>30244</v>
+        <v>28795</v>
       </c>
       <c r="C475" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F475">
+        <v>352</v>
+      </c>
+      <c r="G475">
+        <v>437</v>
+      </c>
+      <c r="H475" t="s">
+        <v>21</v>
+      </c>
+      <c r="I475">
+        <v>150</v>
+      </c>
+      <c r="J475">
+        <v>210</v>
+      </c>
+      <c r="K475">
+        <v>18</v>
+      </c>
+      <c r="L475" s="1">
+        <v>44155</v>
+      </c>
+      <c r="M475" s="2">
+        <v>9786556053646</v>
+      </c>
+      <c r="N475" t="s" s="3">
         <v>1331</v>
       </c>
-      <c r="D475" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O475" s="4">
-        <v>229.10</v>
+        <v>179.90</v>
       </c>
       <c r="P475" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="476">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476">
-        <v>26677</v>
+        <v>30244</v>
       </c>
       <c r="C476" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F476">
+        <v>490</v>
+      </c>
+      <c r="G476">
+        <v>608</v>
+      </c>
+      <c r="H476" t="s">
+        <v>21</v>
+      </c>
+      <c r="I476">
+        <v>150</v>
+      </c>
+      <c r="J476">
+        <v>210</v>
+      </c>
+      <c r="K476">
+        <v>24</v>
+      </c>
+      <c r="L476" s="1">
+        <v>44914</v>
+      </c>
+      <c r="M476" s="2">
+        <v>9786526302507</v>
+      </c>
+      <c r="N476" t="s" s="3">
         <v>1333</v>
       </c>
-      <c r="D476" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O476" s="4">
-        <v>109.90</v>
+        <v>229.10</v>
       </c>
       <c r="P476" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="477">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477">
-        <v>29130</v>
+        <v>26677</v>
       </c>
       <c r="C477" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F477">
+        <v>212</v>
+      </c>
+      <c r="G477">
+        <v>263</v>
+      </c>
+      <c r="H477" t="s">
+        <v>21</v>
+      </c>
+      <c r="I477">
+        <v>150</v>
+      </c>
+      <c r="J477">
+        <v>210</v>
+      </c>
+      <c r="K477">
+        <v>12</v>
+      </c>
+      <c r="L477" s="1">
+        <v>43180</v>
+      </c>
+      <c r="M477" s="2">
+        <v>9788536277660</v>
+      </c>
+      <c r="N477" t="s" s="3">
         <v>1336</v>
       </c>
-      <c r="D477" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O477" s="4">
-        <v>69.90</v>
+        <v>109.90</v>
       </c>
       <c r="P477" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="478">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478">
-        <v>27260</v>
+        <v>29130</v>
       </c>
       <c r="C478" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F478">
+        <v>88</v>
+      </c>
+      <c r="G478">
+        <v>109</v>
+      </c>
+      <c r="H478" t="s">
+        <v>21</v>
+      </c>
+      <c r="I478">
+        <v>150</v>
+      </c>
+      <c r="J478">
+        <v>210</v>
+      </c>
+      <c r="K478">
+        <v>5</v>
+      </c>
+      <c r="L478" s="1">
+        <v>44376</v>
+      </c>
+      <c r="M478" s="2">
+        <v>9786556056777</v>
+      </c>
+      <c r="N478" t="s" s="3">
         <v>1339</v>
       </c>
-      <c r="D478" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O478" s="4">
-        <v>89.90</v>
+        <v>69.90</v>
       </c>
       <c r="P478" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="479">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479">
-        <v>26754</v>
+        <v>27260</v>
       </c>
       <c r="C479" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F479">
+        <v>148</v>
+      </c>
+      <c r="G479">
+        <v>184</v>
+      </c>
+      <c r="H479" t="s">
+        <v>21</v>
+      </c>
+      <c r="I479">
+        <v>150</v>
+      </c>
+      <c r="J479">
+        <v>210</v>
+      </c>
+      <c r="K479">
+        <v>8</v>
+      </c>
+      <c r="L479" s="1">
+        <v>43368</v>
+      </c>
+      <c r="M479" s="2">
+        <v>9788536282961</v>
+      </c>
+      <c r="N479" t="s" s="3">
         <v>1342</v>
       </c>
-      <c r="D479" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O479" s="4">
-        <v>179.90</v>
+        <v>89.90</v>
       </c>
       <c r="P479" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="480">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480">
-        <v>23747</v>
+        <v>26754</v>
       </c>
       <c r="C480" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F480">
+        <v>400</v>
+      </c>
+      <c r="G480">
+        <v>496</v>
+      </c>
+      <c r="H480" t="s">
+        <v>21</v>
+      </c>
+      <c r="I480">
+        <v>150</v>
+      </c>
+      <c r="J480">
+        <v>210</v>
+      </c>
+      <c r="K480">
+        <v>21</v>
+      </c>
+      <c r="L480" s="1">
+        <v>43202</v>
+      </c>
+      <c r="M480" s="2">
+        <v>9788536278315</v>
+      </c>
+      <c r="N480" t="s" s="3">
         <v>1345</v>
       </c>
-      <c r="D480" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O480" s="4">
-        <v>209.90</v>
+        <v>179.90</v>
       </c>
       <c r="P480" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="481">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481">
-        <v>23510</v>
+        <v>23747</v>
       </c>
       <c r="C481" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F481">
+        <v>476</v>
+      </c>
+      <c r="G481">
+        <v>590</v>
+      </c>
+      <c r="H481" t="s">
+        <v>21</v>
+      </c>
+      <c r="I481">
+        <v>150</v>
+      </c>
+      <c r="J481">
+        <v>210</v>
+      </c>
+      <c r="K481">
+        <v>24</v>
+      </c>
+      <c r="L481" s="1">
+        <v>42011</v>
+      </c>
+      <c r="M481" s="2">
+        <v>9788536249384</v>
+      </c>
+      <c r="N481" t="s" s="3">
         <v>1348</v>
       </c>
-      <c r="D481" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O481" s="4">
-        <v>159.90</v>
+        <v>209.90</v>
       </c>
       <c r="P481" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="482">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482">
-        <v>24093</v>
+        <v>23510</v>
       </c>
       <c r="C482" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F482">
+        <v>388</v>
+      </c>
+      <c r="G482">
+        <v>471</v>
+      </c>
+      <c r="H482" t="s">
+        <v>21</v>
+      </c>
+      <c r="I482">
+        <v>150</v>
+      </c>
+      <c r="J482">
+        <v>210</v>
+      </c>
+      <c r="K482">
+        <v>20</v>
+      </c>
+      <c r="L482" s="1">
+        <v>41835</v>
+      </c>
+      <c r="M482" s="2">
+        <v>9788536246918</v>
+      </c>
+      <c r="N482" t="s" s="3">
         <v>1350</v>
       </c>
-      <c r="D482" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O482" s="4">
-        <v>97.70</v>
+        <v>159.90</v>
       </c>
       <c r="P482" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="483">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483">
-        <v>25337</v>
+        <v>24093</v>
       </c>
       <c r="C483" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D483" t="s">
+        <v>830</v>
+      </c>
+      <c r="F483">
+        <v>178</v>
+      </c>
+      <c r="G483">
+        <v>221</v>
+      </c>
+      <c r="H483" t="s">
+        <v>21</v>
+      </c>
+      <c r="I483">
+        <v>150</v>
+      </c>
+      <c r="J483">
+        <v>210</v>
+      </c>
+      <c r="K483">
+        <v>10</v>
+      </c>
+      <c r="L483" s="1">
+        <v>42209</v>
+      </c>
+      <c r="M483" s="2">
+        <v>9788536252797</v>
+      </c>
+      <c r="N483" t="s" s="3">
         <v>1352</v>
       </c>
-      <c r="D483" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O483" s="4">
-        <v>139.90</v>
+        <v>97.70</v>
       </c>
       <c r="P483" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="484">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484">
-        <v>29203</v>
+        <v>25337</v>
       </c>
       <c r="C484" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F484">
+        <v>278</v>
+      </c>
+      <c r="G484">
+        <v>345</v>
+      </c>
+      <c r="H484" t="s">
+        <v>21</v>
+      </c>
+      <c r="I484">
+        <v>150</v>
+      </c>
+      <c r="J484">
+        <v>210</v>
+      </c>
+      <c r="K484">
+        <v>15</v>
+      </c>
+      <c r="L484" s="1">
+        <v>42725</v>
+      </c>
+      <c r="M484" s="2">
+        <v>9788536264653</v>
+      </c>
+      <c r="N484" t="s" s="3">
         <v>1356</v>
       </c>
-      <c r="D484" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O484" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P484" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="485">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485">
-        <v>28993</v>
+        <v>29203</v>
       </c>
       <c r="C485" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F485">
+        <v>136</v>
+      </c>
+      <c r="G485">
+        <v>169</v>
+      </c>
+      <c r="H485" t="s">
+        <v>21</v>
+      </c>
+      <c r="I485">
+        <v>150</v>
+      </c>
+      <c r="J485">
+        <v>210</v>
+      </c>
+      <c r="K485">
+        <v>7</v>
+      </c>
+      <c r="L485" s="1">
+        <v>44420</v>
+      </c>
+      <c r="M485" s="2">
+        <v>9786556057996</v>
+      </c>
+      <c r="N485" t="s" s="3">
         <v>1359</v>
       </c>
-      <c r="D485" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O485" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P485" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="486">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486">
-        <v>21788</v>
+        <v>28993</v>
       </c>
       <c r="C486" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F486">
+        <v>150</v>
+      </c>
+      <c r="G486">
+        <v>186</v>
+      </c>
+      <c r="H486" t="s">
+        <v>21</v>
+      </c>
+      <c r="I486">
+        <v>150</v>
+      </c>
+      <c r="J486">
+        <v>210</v>
+      </c>
+      <c r="K486">
+        <v>8</v>
+      </c>
+      <c r="L486" s="1">
+        <v>44278</v>
+      </c>
+      <c r="M486" s="2">
+        <v>9786556054223</v>
+      </c>
+      <c r="N486" t="s" s="3">
         <v>1362</v>
       </c>
-      <c r="D486" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O486" s="4">
-        <v>179.90</v>
+        <v>89.90</v>
       </c>
       <c r="P486" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="487">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487">
-        <v>27868</v>
+        <v>21788</v>
       </c>
       <c r="C487" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F487">
+        <v>368</v>
+      </c>
+      <c r="G487">
+        <v>408</v>
+      </c>
+      <c r="H487" t="s">
+        <v>21</v>
+      </c>
+      <c r="I487">
+        <v>150</v>
+      </c>
+      <c r="J487">
+        <v>210</v>
+      </c>
+      <c r="K487">
+        <v>19</v>
+      </c>
+      <c r="L487" s="1">
+        <v>40329</v>
+      </c>
+      <c r="M487" s="2">
+        <v>9788536230061</v>
+      </c>
+      <c r="N487" t="s" s="3">
         <v>1365</v>
       </c>
-      <c r="D487" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O487" s="4">
-        <v>149.90</v>
+        <v>179.90</v>
       </c>
       <c r="P487" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="488">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488">
-        <v>22274</v>
+        <v>27868</v>
       </c>
       <c r="C488" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E488" t="s">
+        <v>357</v>
+      </c>
+      <c r="F488">
+        <v>300</v>
+      </c>
+      <c r="G488">
+        <v>372</v>
+      </c>
+      <c r="H488" t="s">
+        <v>21</v>
+      </c>
+      <c r="I488">
+        <v>150</v>
+      </c>
+      <c r="J488">
+        <v>210</v>
+      </c>
+      <c r="K488">
+        <v>16</v>
+      </c>
+      <c r="L488" s="1">
+        <v>43642</v>
+      </c>
+      <c r="M488" s="2">
+        <v>9788536289120</v>
+      </c>
+      <c r="N488" t="s" s="3">
         <v>1368</v>
       </c>
-      <c r="D488" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O488" s="4">
-        <v>179.90</v>
+        <v>149.90</v>
       </c>
       <c r="P488" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="489">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489">
-        <v>28168</v>
+        <v>22274</v>
       </c>
       <c r="C489" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F489">
+        <v>368</v>
+      </c>
+      <c r="G489">
+        <v>415</v>
+      </c>
+      <c r="H489" t="s">
+        <v>21</v>
+      </c>
+      <c r="I489">
+        <v>150</v>
+      </c>
+      <c r="J489">
+        <v>210</v>
+      </c>
+      <c r="K489">
+        <v>19</v>
+      </c>
+      <c r="L489" s="1">
+        <v>40722</v>
+      </c>
+      <c r="M489" s="2">
+        <v>9788536233949</v>
+      </c>
+      <c r="N489" t="s" s="3">
         <v>1371</v>
       </c>
-      <c r="D489" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O489" s="4">
-        <v>129.90</v>
+        <v>179.90</v>
       </c>
       <c r="P489" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="490">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490">
-        <v>31780</v>
+        <v>28168</v>
       </c>
       <c r="C490" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F490">
+        <v>260</v>
+      </c>
+      <c r="G490">
+        <v>322</v>
+      </c>
+      <c r="H490" t="s">
+        <v>21</v>
+      </c>
+      <c r="I490">
+        <v>150</v>
+      </c>
+      <c r="J490">
+        <v>210</v>
+      </c>
+      <c r="K490">
+        <v>14</v>
+      </c>
+      <c r="L490" s="1">
+        <v>43777</v>
+      </c>
+      <c r="M490" s="2">
+        <v>9788536291734</v>
+      </c>
+      <c r="N490" t="s" s="3">
         <v>1374</v>
       </c>
-      <c r="D490" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O490" s="4">
-        <v>79.90</v>
+        <v>129.90</v>
       </c>
       <c r="P490" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="491">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491">
-        <v>27770</v>
+        <v>31780</v>
       </c>
       <c r="C491" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F491">
+        <v>136</v>
+      </c>
+      <c r="G491">
+        <v>200</v>
+      </c>
+      <c r="H491" t="s">
+        <v>21</v>
+      </c>
+      <c r="I491">
+        <v>150</v>
+      </c>
+      <c r="J491">
+        <v>210</v>
+      </c>
+      <c r="K491">
+        <v>7</v>
+      </c>
+      <c r="L491" s="1">
+        <v>45916</v>
+      </c>
+      <c r="M491" s="2">
+        <v>9786526316849</v>
+      </c>
+      <c r="N491" t="s" s="3">
         <v>1377</v>
       </c>
-      <c r="D491" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O491" s="4">
-        <v>89.90</v>
+        <v>79.90</v>
       </c>
       <c r="P491" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="492">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492">
-        <v>28778</v>
+        <v>27770</v>
       </c>
       <c r="C492" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F492">
+        <v>140</v>
+      </c>
+      <c r="G492">
+        <v>174</v>
+      </c>
+      <c r="H492" t="s">
+        <v>21</v>
+      </c>
+      <c r="I492">
+        <v>150</v>
+      </c>
+      <c r="J492">
+        <v>210</v>
+      </c>
+      <c r="K492">
+        <v>8</v>
+      </c>
+      <c r="L492" s="1">
+        <v>43584</v>
+      </c>
+      <c r="M492" s="2">
+        <v>9788536287683</v>
+      </c>
+      <c r="N492" t="s" s="3">
         <v>1380</v>
       </c>
-      <c r="D492" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O492" s="4">
-        <v>159.90</v>
+        <v>89.90</v>
       </c>
       <c r="P492" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="493">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493">
-        <v>27852</v>
+        <v>28778</v>
       </c>
       <c r="C493" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F493">
+        <v>332</v>
+      </c>
+      <c r="G493">
+        <v>412</v>
+      </c>
+      <c r="H493" t="s">
+        <v>21</v>
+      </c>
+      <c r="I493">
+        <v>150</v>
+      </c>
+      <c r="J493">
+        <v>210</v>
+      </c>
+      <c r="K493">
+        <v>17</v>
+      </c>
+      <c r="L493" s="1">
+        <v>44146</v>
+      </c>
+      <c r="M493" s="2">
+        <v>9786556053806</v>
+      </c>
+      <c r="N493" t="s" s="3">
         <v>1383</v>
       </c>
-      <c r="D493" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O493" s="4">
-        <v>89.90</v>
+        <v>159.90</v>
       </c>
       <c r="P493" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="494">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494">
-        <v>28722</v>
+        <v>27852</v>
       </c>
       <c r="C494" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F494">
+        <v>162</v>
+      </c>
+      <c r="G494">
+        <v>201</v>
+      </c>
+      <c r="H494" t="s">
+        <v>21</v>
+      </c>
+      <c r="I494">
+        <v>150</v>
+      </c>
+      <c r="J494">
+        <v>210</v>
+      </c>
+      <c r="K494">
+        <v>9</v>
+      </c>
+      <c r="L494" s="1">
+        <v>43629</v>
+      </c>
+      <c r="M494" s="2">
+        <v>9788536288680</v>
+      </c>
+      <c r="N494" t="s" s="3">
         <v>1386</v>
       </c>
-      <c r="D494" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O494" s="4">
-        <v>139.90</v>
+        <v>89.90</v>
       </c>
       <c r="P494" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="495">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495">
+        <v>28722</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F495">
+        <v>264</v>
+      </c>
+      <c r="G495">
+        <v>327</v>
+      </c>
+      <c r="H495" t="s">
+        <v>21</v>
+      </c>
+      <c r="I495">
+        <v>150</v>
+      </c>
+      <c r="J495">
+        <v>210</v>
+      </c>
+      <c r="K495">
+        <v>14</v>
+      </c>
+      <c r="L495" s="1">
+        <v>44196</v>
+      </c>
+      <c r="M495" s="2">
+        <v>9786556052236</v>
+      </c>
+      <c r="N495" t="s" s="3">
+        <v>1389</v>
+      </c>
+      <c r="O495" s="4">
+        <v>139.90</v>
+      </c>
+      <c r="P495" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496">
+        <v>495</v>
+      </c>
+      <c r="B496">
+        <v>31976</v>
+      </c>
+      <c r="C496" t="inlineStr">
+        <is>
+          <t>Responsabilidad Civil Extracontractual por un uso Inadecuado de Sistemas de Inteligencia Artificial - Determinación de la Competencia Judicial Internacional en La Unión Europea</t>
+        </is>
+      </c>
+      <c r="D496" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F496">
+        <v>176</v>
+      </c>
+      <c r="G496">
+        <v>226</v>
+      </c>
+      <c r="H496" t="s">
+        <v>21</v>
+      </c>
+      <c r="I496">
+        <v>150</v>
+      </c>
+      <c r="J496">
+        <v>210</v>
+      </c>
+      <c r="K496">
+        <v>9</v>
+      </c>
+      <c r="L496" s="1">
+        <v>46050</v>
+      </c>
+      <c r="M496" s="2">
+        <v>9786526320310</v>
+      </c>
+      <c r="N496" t="s" s="3">
+        <v>1391</v>
+      </c>
+      <c r="O496" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P496" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497">
+        <v>496</v>
+      </c>
+      <c r="B497">
         <v>25094</v>
       </c>
-      <c r="C495" t="inlineStr">
+      <c r="C497" t="inlineStr">
         <is>
           <t>Responsabilidad Civil y Derecho de Daños - Tras las Reformas Legislativas de 2015 - Teoría y Práctica - Colección Derecho Civil - Coordinadora: Inmaculada García Presas</t>
         </is>
       </c>
-      <c r="D495" t="s">
-[...2 lines deleted...]
-      <c r="E495" t="s">
+      <c r="D497" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E497" t="s">
         <v>44</v>
       </c>
-      <c r="F495">
+      <c r="F497">
         <v>180</v>
       </c>
-      <c r="G495">
+      <c r="G497">
         <v>223</v>
       </c>
-      <c r="H495" t="s">
-[...8 lines deleted...]
-      <c r="K495">
+      <c r="H497" t="s">
+        <v>21</v>
+      </c>
+      <c r="I497">
+        <v>150</v>
+      </c>
+      <c r="J497">
+        <v>210</v>
+      </c>
+      <c r="K497">
         <v>10</v>
       </c>
-      <c r="L495" s="1">
+      <c r="L497" s="1">
         <v>42643</v>
       </c>
-      <c r="M495" s="2">
+      <c r="M497" s="2">
         <v>9788536262277</v>
       </c>
-      <c r="N495" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O495" s="4">
+      <c r="N497" t="s" s="3">
+        <v>1393</v>
+      </c>
+      <c r="O497" s="4">
         <v>97.70</v>
-      </c>
-[...92 lines deleted...]
-        <v>209.90</v>
       </c>
       <c r="P497" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="498">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498">
-        <v>23751</v>
+        <v>23248</v>
       </c>
       <c r="C498" t="s">
-        <v>1397</v>
+        <v>1394</v>
       </c>
       <c r="D498" t="s">
-        <v>1398</v>
+        <v>1395</v>
       </c>
       <c r="F498">
-        <v>334</v>
+        <v>460</v>
       </c>
       <c r="G498">
-        <v>407</v>
+        <v>573</v>
       </c>
       <c r="H498" t="s">
         <v>21</v>
       </c>
       <c r="I498">
         <v>150</v>
       </c>
       <c r="J498">
         <v>210</v>
       </c>
       <c r="K498">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="L498" s="1">
-        <v>42016</v>
+        <v>41596</v>
       </c>
       <c r="M498" s="2">
-        <v>9788536249445</v>
+        <v>9788536244365</v>
       </c>
       <c r="N498" t="s" s="3">
-        <v>1399</v>
+        <v>1396</v>
       </c>
       <c r="O498" s="4">
-        <v>159.90</v>
+        <v>199.90</v>
       </c>
       <c r="P498" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="499">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499">
-        <v>26836</v>
+        <v>23420</v>
       </c>
       <c r="C499" t="s">
-        <v>1400</v>
+        <v>1397</v>
       </c>
       <c r="D499" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="F499">
-        <v>162</v>
+        <v>464</v>
       </c>
       <c r="G499">
-        <v>198</v>
+        <v>578</v>
       </c>
       <c r="H499" t="s">
         <v>21</v>
       </c>
       <c r="I499">
         <v>150</v>
       </c>
       <c r="J499">
         <v>210</v>
       </c>
       <c r="K499">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="L499" s="1">
-        <v>43234</v>
+        <v>41766</v>
       </c>
       <c r="M499" s="2">
-        <v>9788536279091</v>
+        <v>9788536246376</v>
       </c>
       <c r="N499" t="s" s="3">
-        <v>1402</v>
+        <v>1399</v>
       </c>
       <c r="O499" s="4">
-        <v>89.90</v>
+        <v>209.90</v>
       </c>
       <c r="P499" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="500">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500">
-        <v>26669</v>
+        <v>23751</v>
       </c>
       <c r="C500" t="s">
-        <v>1403</v>
+        <v>1400</v>
       </c>
       <c r="D500" t="s">
-        <v>1404</v>
+        <v>1401</v>
       </c>
       <c r="F500">
-        <v>282</v>
+        <v>334</v>
       </c>
       <c r="G500">
-        <v>350</v>
+        <v>407</v>
       </c>
       <c r="H500" t="s">
         <v>21</v>
       </c>
       <c r="I500">
         <v>150</v>
       </c>
       <c r="J500">
         <v>210</v>
       </c>
       <c r="K500">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="L500" s="1">
-        <v>43172</v>
+        <v>42016</v>
       </c>
       <c r="M500" s="2">
-        <v>9788536277318</v>
+        <v>9788536249445</v>
       </c>
       <c r="N500" t="s" s="3">
-        <v>1405</v>
+        <v>1402</v>
       </c>
       <c r="O500" s="4">
-        <v>139.90</v>
+        <v>159.90</v>
       </c>
       <c r="P500" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="501">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501">
-        <v>29337</v>
+        <v>26836</v>
       </c>
       <c r="C501" t="s">
-        <v>1406</v>
+        <v>1403</v>
       </c>
       <c r="D501" t="s">
-        <v>300</v>
+        <v>1404</v>
       </c>
       <c r="F501">
-        <v>286</v>
+        <v>162</v>
       </c>
       <c r="G501">
-        <v>355</v>
+        <v>198</v>
       </c>
       <c r="H501" t="s">
         <v>21</v>
       </c>
       <c r="I501">
         <v>150</v>
       </c>
       <c r="J501">
         <v>210</v>
       </c>
       <c r="K501">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="L501" s="1">
-        <v>44505</v>
+        <v>43234</v>
       </c>
       <c r="M501" s="2">
-        <v>9786556058818</v>
+        <v>9788536279091</v>
       </c>
       <c r="N501" t="s" s="3">
-        <v>1407</v>
+        <v>1405</v>
       </c>
       <c r="O501" s="4">
-        <v>139.90</v>
+        <v>89.90</v>
       </c>
       <c r="P501" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="502">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502">
-        <v>29339</v>
+        <v>26669</v>
       </c>
       <c r="C502" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F502">
+        <v>282</v>
+      </c>
+      <c r="G502">
+        <v>350</v>
+      </c>
+      <c r="H502" t="s">
+        <v>21</v>
+      </c>
+      <c r="I502">
+        <v>150</v>
+      </c>
+      <c r="J502">
+        <v>210</v>
+      </c>
+      <c r="K502">
+        <v>15</v>
+      </c>
+      <c r="L502" s="1">
+        <v>43172</v>
+      </c>
+      <c r="M502" s="2">
+        <v>9788536277318</v>
+      </c>
+      <c r="N502" t="s" s="3">
         <v>1408</v>
-      </c>
-[...28 lines deleted...]
-        <v>1409</v>
       </c>
       <c r="O502" s="4">
         <v>139.90</v>
       </c>
       <c r="P502" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="503">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503">
-        <v>29824</v>
+        <v>29337</v>
       </c>
       <c r="C503" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="D503" t="s">
         <v>300</v>
       </c>
       <c r="F503">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="G503">
-        <v>377</v>
+        <v>355</v>
       </c>
       <c r="H503" t="s">
         <v>21</v>
       </c>
       <c r="I503">
         <v>150</v>
       </c>
       <c r="J503">
         <v>210</v>
       </c>
       <c r="K503">
         <v>15</v>
       </c>
       <c r="L503" s="1">
-        <v>44727</v>
+        <v>44505</v>
       </c>
       <c r="M503" s="2">
-        <v>9788536297934</v>
+        <v>9786556058818</v>
       </c>
       <c r="N503" t="s" s="3">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="O503" s="4">
         <v>139.90</v>
       </c>
       <c r="P503" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="504">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504">
-        <v>29822</v>
+        <v>29339</v>
       </c>
       <c r="C504" t="s">
-        <v>1412</v>
+        <v>1411</v>
       </c>
       <c r="D504" t="s">
         <v>300</v>
       </c>
       <c r="F504">
-        <v>348</v>
+        <v>270</v>
       </c>
       <c r="G504">
-        <v>432</v>
+        <v>335</v>
       </c>
       <c r="H504" t="s">
         <v>21</v>
       </c>
       <c r="I504">
         <v>150</v>
       </c>
       <c r="J504">
         <v>210</v>
       </c>
       <c r="K504">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L504" s="1">
-        <v>44727</v>
+        <v>44505</v>
       </c>
       <c r="M504" s="2">
-        <v>9788536298597</v>
+        <v>9786556057293</v>
       </c>
       <c r="N504" t="s" s="3">
-        <v>1413</v>
+        <v>1412</v>
       </c>
       <c r="O504" s="4">
-        <v>159.90</v>
+        <v>139.90</v>
       </c>
       <c r="P504" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="505">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505">
-        <v>23818</v>
+        <v>29824</v>
       </c>
       <c r="C505" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D505" t="s">
+        <v>300</v>
+      </c>
+      <c r="F505">
+        <v>304</v>
+      </c>
+      <c r="G505">
+        <v>377</v>
+      </c>
+      <c r="H505" t="s">
+        <v>21</v>
+      </c>
+      <c r="I505">
+        <v>150</v>
+      </c>
+      <c r="J505">
+        <v>210</v>
+      </c>
+      <c r="K505">
+        <v>15</v>
+      </c>
+      <c r="L505" s="1">
+        <v>44727</v>
+      </c>
+      <c r="M505" s="2">
+        <v>9788536297934</v>
+      </c>
+      <c r="N505" t="s" s="3">
         <v>1414</v>
       </c>
-      <c r="D505" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O505" s="4">
-        <v>109.90</v>
+        <v>139.90</v>
       </c>
       <c r="P505" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="506">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506">
-        <v>28297</v>
+        <v>29822</v>
       </c>
       <c r="C506" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D506" t="s">
+        <v>300</v>
+      </c>
+      <c r="F506">
+        <v>348</v>
+      </c>
+      <c r="G506">
+        <v>432</v>
+      </c>
+      <c r="H506" t="s">
+        <v>21</v>
+      </c>
+      <c r="I506">
+        <v>150</v>
+      </c>
+      <c r="J506">
+        <v>210</v>
+      </c>
+      <c r="K506">
+        <v>18</v>
+      </c>
+      <c r="L506" s="1">
+        <v>44727</v>
+      </c>
+      <c r="M506" s="2">
+        <v>9788536298597</v>
+      </c>
+      <c r="N506" t="s" s="3">
         <v>1416</v>
       </c>
-      <c r="D506" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O506" s="4">
-        <v>99.90</v>
+        <v>159.90</v>
       </c>
       <c r="P506" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="507">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507">
-        <v>26647</v>
+        <v>23818</v>
       </c>
       <c r="C507" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="D507" t="s">
-        <v>1420</v>
+        <v>918</v>
       </c>
       <c r="F507">
-        <v>214</v>
+        <v>192</v>
       </c>
       <c r="G507">
-        <v>265</v>
+        <v>238</v>
       </c>
       <c r="H507" t="s">
         <v>21</v>
       </c>
       <c r="I507">
         <v>150</v>
       </c>
       <c r="J507">
         <v>210</v>
       </c>
       <c r="K507">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="L507" s="1">
-        <v>43179</v>
+        <v>42061</v>
       </c>
       <c r="M507" s="2">
-        <v>9788536277370</v>
+        <v>9788536250328</v>
       </c>
       <c r="N507" t="s" s="3">
-        <v>1421</v>
+        <v>1418</v>
       </c>
       <c r="O507" s="4">
         <v>109.90</v>
       </c>
       <c r="P507" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="508">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508">
-        <v>28833</v>
+        <v>28297</v>
       </c>
       <c r="C508" t="s">
-        <v>1422</v>
+        <v>1419</v>
       </c>
       <c r="D508" t="s">
-        <v>1423</v>
+        <v>1420</v>
       </c>
       <c r="F508">
-        <v>232</v>
+        <v>176</v>
       </c>
       <c r="G508">
-        <v>288</v>
+        <v>218</v>
       </c>
       <c r="H508" t="s">
         <v>21</v>
       </c>
       <c r="I508">
         <v>150</v>
       </c>
       <c r="J508">
         <v>210</v>
       </c>
       <c r="K508">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="L508" s="1">
-        <v>44180</v>
+        <v>43852</v>
       </c>
       <c r="M508" s="2">
-        <v>9786556053295</v>
+        <v>9788536293196</v>
       </c>
       <c r="N508" t="s" s="3">
-        <v>1424</v>
+        <v>1421</v>
       </c>
       <c r="O508" s="4">
-        <v>119.90</v>
+        <v>99.90</v>
       </c>
       <c r="P508" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="509">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509">
-        <v>30253</v>
+        <v>26647</v>
       </c>
       <c r="C509" t="s">
-        <v>1425</v>
+        <v>1422</v>
       </c>
       <c r="D509" t="s">
-        <v>1426</v>
+        <v>1423</v>
       </c>
       <c r="F509">
-        <v>136</v>
+        <v>214</v>
       </c>
       <c r="G509">
-        <v>169</v>
+        <v>265</v>
       </c>
       <c r="H509" t="s">
         <v>21</v>
       </c>
       <c r="I509">
         <v>150</v>
       </c>
       <c r="J509">
         <v>210</v>
       </c>
       <c r="K509">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="L509" s="1">
-        <v>44937</v>
+        <v>43179</v>
       </c>
       <c r="M509" s="2">
-        <v>9786526302484</v>
+        <v>9788536277370</v>
       </c>
       <c r="N509" t="s" s="3">
-        <v>1427</v>
+        <v>1424</v>
       </c>
       <c r="O509" s="4">
-        <v>79.90</v>
+        <v>109.90</v>
       </c>
       <c r="P509" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="510">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510">
-        <v>23866</v>
+        <v>28833</v>
       </c>
       <c r="C510" t="s">
-        <v>1428</v>
+        <v>1425</v>
       </c>
       <c r="D510" t="s">
-        <v>1429</v>
+        <v>1426</v>
       </c>
       <c r="F510">
-        <v>602</v>
+        <v>232</v>
       </c>
       <c r="G510">
-        <v>745</v>
+        <v>288</v>
       </c>
       <c r="H510" t="s">
-        <v>659</v>
+        <v>21</v>
       </c>
       <c r="I510">
         <v>150</v>
       </c>
       <c r="J510">
         <v>210</v>
       </c>
       <c r="K510">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="L510" s="1">
-        <v>42104</v>
+        <v>44180</v>
       </c>
       <c r="M510" s="2">
-        <v>9788536250700</v>
+        <v>9786556053295</v>
       </c>
       <c r="N510" t="s" s="3">
-        <v>1430</v>
+        <v>1427</v>
       </c>
       <c r="O510" s="4">
-        <v>239.90</v>
+        <v>119.90</v>
       </c>
       <c r="P510" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="511">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511">
-        <v>25842</v>
+        <v>30253</v>
       </c>
       <c r="C511" t="s">
-        <v>1431</v>
+        <v>1428</v>
       </c>
       <c r="D511" t="s">
-        <v>1432</v>
+        <v>1429</v>
       </c>
       <c r="F511">
-        <v>264</v>
+        <v>136</v>
       </c>
       <c r="G511">
-        <v>327</v>
+        <v>169</v>
       </c>
       <c r="H511" t="s">
         <v>21</v>
       </c>
       <c r="I511">
         <v>150</v>
       </c>
       <c r="J511">
         <v>210</v>
       </c>
       <c r="K511">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="L511" s="1">
-        <v>42888</v>
+        <v>44937</v>
       </c>
       <c r="M511" s="2">
-        <v>9788536269061</v>
+        <v>9786526302484</v>
       </c>
       <c r="N511" t="s" s="3">
-        <v>1433</v>
+        <v>1430</v>
       </c>
       <c r="O511" s="4">
-        <v>129.90</v>
+        <v>79.90</v>
       </c>
       <c r="P511" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="512">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512">
-        <v>28843</v>
+        <v>23866</v>
       </c>
       <c r="C512" t="s">
-        <v>1434</v>
+        <v>1431</v>
       </c>
       <c r="D512" t="s">
-        <v>1435</v>
+        <v>1432</v>
       </c>
       <c r="F512">
-        <v>190</v>
+        <v>602</v>
       </c>
       <c r="G512">
-        <v>236</v>
+        <v>745</v>
       </c>
       <c r="H512" t="s">
-        <v>21</v>
+        <v>660</v>
       </c>
       <c r="I512">
         <v>150</v>
       </c>
       <c r="J512">
         <v>210</v>
       </c>
       <c r="K512">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="L512" s="1">
-        <v>44186</v>
+        <v>42104</v>
       </c>
       <c r="M512" s="2">
-        <v>9786556053387</v>
+        <v>9788536250700</v>
       </c>
       <c r="N512" t="s" s="3">
-        <v>1436</v>
+        <v>1433</v>
       </c>
       <c r="O512" s="4">
-        <v>99.90</v>
+        <v>239.90</v>
       </c>
       <c r="P512" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="513">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513">
-        <v>28845</v>
+        <v>25842</v>
       </c>
       <c r="C513" t="s">
-        <v>1437</v>
+        <v>1434</v>
       </c>
       <c r="D513" t="s">
         <v>1435</v>
       </c>
       <c r="F513">
-        <v>244</v>
+        <v>264</v>
       </c>
       <c r="G513">
-        <v>303</v>
+        <v>327</v>
       </c>
       <c r="H513" t="s">
         <v>21</v>
       </c>
       <c r="I513">
         <v>150</v>
       </c>
       <c r="J513">
         <v>210</v>
       </c>
       <c r="K513">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L513" s="1">
-        <v>44186</v>
+        <v>42888</v>
       </c>
       <c r="M513" s="2">
-        <v>9786556053332</v>
+        <v>9788536269061</v>
       </c>
       <c r="N513" t="s" s="3">
-        <v>1438</v>
+        <v>1436</v>
       </c>
       <c r="O513" s="4">
         <v>129.90</v>
       </c>
       <c r="P513" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="514">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514">
-        <v>28847</v>
+        <v>28843</v>
       </c>
       <c r="C514" t="s">
-        <v>1439</v>
+        <v>1437</v>
       </c>
       <c r="D514" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="F514">
-        <v>270</v>
+        <v>190</v>
       </c>
       <c r="G514">
-        <v>335</v>
+        <v>236</v>
       </c>
       <c r="H514" t="s">
         <v>21</v>
       </c>
       <c r="I514">
         <v>150</v>
       </c>
       <c r="J514">
         <v>210</v>
       </c>
       <c r="K514">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L514" s="1">
         <v>44186</v>
       </c>
       <c r="M514" s="2">
-        <v>9786556053349</v>
+        <v>9786556053387</v>
       </c>
       <c r="N514" t="s" s="3">
-        <v>1440</v>
+        <v>1439</v>
       </c>
       <c r="O514" s="4">
-        <v>139.90</v>
+        <v>99.90</v>
       </c>
       <c r="P514" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="515">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515">
-        <v>28849</v>
+        <v>28845</v>
       </c>
       <c r="C515" t="s">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="D515" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="F515">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="G515">
-        <v>278</v>
+        <v>303</v>
       </c>
       <c r="H515" t="s">
         <v>21</v>
       </c>
       <c r="I515">
         <v>150</v>
       </c>
       <c r="J515">
         <v>210</v>
       </c>
       <c r="K515">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="L515" s="1">
         <v>44186</v>
       </c>
       <c r="M515" s="2">
-        <v>9786556053301</v>
+        <v>9786556053332</v>
       </c>
       <c r="N515" t="s" s="3">
-        <v>1442</v>
+        <v>1441</v>
       </c>
       <c r="O515" s="4">
-        <v>119.90</v>
+        <v>129.90</v>
       </c>
       <c r="P515" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="516">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516">
-        <v>28206</v>
+        <v>28847</v>
       </c>
       <c r="C516" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F516">
+        <v>270</v>
+      </c>
+      <c r="G516">
+        <v>335</v>
+      </c>
+      <c r="H516" t="s">
+        <v>21</v>
+      </c>
+      <c r="I516">
+        <v>150</v>
+      </c>
+      <c r="J516">
+        <v>210</v>
+      </c>
+      <c r="K516">
+        <v>14</v>
+      </c>
+      <c r="L516" s="1">
+        <v>44186</v>
+      </c>
+      <c r="M516" s="2">
+        <v>9786556053349</v>
+      </c>
+      <c r="N516" t="s" s="3">
         <v>1443</v>
       </c>
-      <c r="D516" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="O516" s="4">
-        <v>169.90</v>
+        <v>139.90</v>
       </c>
       <c r="P516" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="517">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517">
-        <v>29429</v>
+        <v>28849</v>
       </c>
       <c r="C517" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
       <c r="D517" t="s">
-        <v>1444</v>
+        <v>1438</v>
       </c>
       <c r="F517">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="G517">
-        <v>258</v>
+        <v>278</v>
       </c>
       <c r="H517" t="s">
         <v>21</v>
       </c>
       <c r="I517">
         <v>150</v>
       </c>
       <c r="J517">
         <v>210</v>
       </c>
       <c r="K517">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L517" s="1">
-        <v>44608</v>
+        <v>44186</v>
       </c>
       <c r="M517" s="2">
-        <v>9786556059020</v>
+        <v>9786556053301</v>
       </c>
       <c r="N517" t="s" s="3">
-        <v>1447</v>
+        <v>1445</v>
       </c>
       <c r="O517" s="4">
         <v>119.90</v>
       </c>
       <c r="P517" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="518">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518">
+        <v>28206</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F518">
+        <v>344</v>
+      </c>
+      <c r="G518">
+        <v>427</v>
+      </c>
+      <c r="H518" t="s">
+        <v>21</v>
+      </c>
+      <c r="I518">
+        <v>150</v>
+      </c>
+      <c r="J518">
+        <v>210</v>
+      </c>
+      <c r="K518">
+        <v>17</v>
+      </c>
+      <c r="L518" s="1">
+        <v>43797</v>
+      </c>
+      <c r="M518" s="2">
+        <v>9788536292786</v>
+      </c>
+      <c r="N518" t="s" s="3">
+        <v>1448</v>
+      </c>
+      <c r="O518" s="4">
+        <v>169.90</v>
+      </c>
+      <c r="P518" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519">
+        <v>518</v>
+      </c>
+      <c r="B519">
+        <v>29429</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F519">
+        <v>208</v>
+      </c>
+      <c r="G519">
+        <v>258</v>
+      </c>
+      <c r="H519" t="s">
+        <v>21</v>
+      </c>
+      <c r="I519">
+        <v>150</v>
+      </c>
+      <c r="J519">
+        <v>210</v>
+      </c>
+      <c r="K519">
+        <v>11</v>
+      </c>
+      <c r="L519" s="1">
+        <v>44608</v>
+      </c>
+      <c r="M519" s="2">
+        <v>9786556059020</v>
+      </c>
+      <c r="N519" t="s" s="3">
+        <v>1450</v>
+      </c>
+      <c r="O519" s="4">
+        <v>119.90</v>
+      </c>
+      <c r="P519" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520">
+        <v>519</v>
+      </c>
+      <c r="B520">
         <v>24252</v>
       </c>
-      <c r="C518" t="inlineStr">
+      <c r="C520" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano I - Número I - 2º Semestre 2015 - Direito e Justiça - Aspectos Atuais e Problemáticos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D518" t="s">
-[...2 lines deleted...]
-      <c r="F518">
+      <c r="D520" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F520">
         <v>800</v>
       </c>
-      <c r="G518">
+      <c r="G520">
         <v>1097</v>
       </c>
-      <c r="H518" t="s">
-[...8 lines deleted...]
-      <c r="K518">
+      <c r="H520" t="s">
+        <v>21</v>
+      </c>
+      <c r="I520">
+        <v>150</v>
+      </c>
+      <c r="J520">
+        <v>210</v>
+      </c>
+      <c r="K520">
         <v>40</v>
       </c>
-      <c r="L518" s="1">
+      <c r="L520" s="1">
         <v>42290</v>
       </c>
-      <c r="M518" s="2">
+      <c r="M520" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N518" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O518" s="4">
+      <c r="N520" t="s" s="3">
+        <v>1452</v>
+      </c>
+      <c r="O520" s="4">
         <v>309.90</v>
       </c>
-      <c r="P518" t="s">
-[...7 lines deleted...]
-      <c r="B519">
+      <c r="P520" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521">
+        <v>520</v>
+      </c>
+      <c r="B521">
         <v>25029</v>
       </c>
-      <c r="C519" t="inlineStr">
+      <c r="C521" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano II - Número II - 1º Semestre 2016 - Efetividade do Direito - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D519" t="s">
-[...2 lines deleted...]
-      <c r="F519">
+      <c r="D521" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F521">
         <v>496</v>
       </c>
-      <c r="G519">
+      <c r="G521">
         <v>615</v>
       </c>
-      <c r="H519" t="s">
-[...8 lines deleted...]
-      <c r="K519">
+      <c r="H521" t="s">
+        <v>21</v>
+      </c>
+      <c r="I521">
+        <v>150</v>
+      </c>
+      <c r="J521">
+        <v>210</v>
+      </c>
+      <c r="K521">
         <v>25</v>
       </c>
-      <c r="L519" s="1">
+      <c r="L521" s="1">
         <v>42625</v>
       </c>
-      <c r="M519" s="2">
+      <c r="M521" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N519" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O519" s="4">
+      <c r="N521" t="s" s="3">
+        <v>1453</v>
+      </c>
+      <c r="O521" s="4">
         <v>209.90</v>
       </c>
-      <c r="P519" t="s">
-[...7 lines deleted...]
-      <c r="B520">
+      <c r="P521" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522">
+        <v>521</v>
+      </c>
+      <c r="B522">
         <v>25378</v>
       </c>
-      <c r="C520" t="inlineStr">
+      <c r="C522" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano II - Número III - 2º Semestre 2016 - Protección de los Derechos Fundamentales en un Contexto Global - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D520" t="s">
-[...2 lines deleted...]
-      <c r="F520">
+      <c r="D522" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F522">
         <v>600</v>
       </c>
-      <c r="G520">
+      <c r="G522">
         <v>822</v>
       </c>
-      <c r="H520" t="s">
+      <c r="H522" t="s">
         <v>332</v>
       </c>
-      <c r="I520">
+      <c r="I522">
         <v>165</v>
       </c>
-      <c r="J520">
+      <c r="J522">
         <v>215</v>
       </c>
-      <c r="K520">
+      <c r="K522">
         <v>45</v>
       </c>
-      <c r="L520" s="1">
+      <c r="L522" s="1">
         <v>42720</v>
       </c>
-      <c r="M520" s="2">
+      <c r="M522" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N520" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O520" s="4">
+      <c r="N522" t="s" s="3">
+        <v>1454</v>
+      </c>
+      <c r="O522" s="4">
         <v>209.90</v>
       </c>
-      <c r="P520" t="s">
-[...7 lines deleted...]
-      <c r="B521">
+      <c r="P522" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523">
+        <v>522</v>
+      </c>
+      <c r="B523">
         <v>25948</v>
       </c>
-      <c r="C521" t="inlineStr">
+      <c r="C523" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano III - Número IV - 1º Semestre 2017 - Derecho ante los Desafios de la Globalización - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D521" t="s">
-[...2 lines deleted...]
-      <c r="F521">
+      <c r="D523" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F523">
         <v>544</v>
       </c>
-      <c r="G521">
+      <c r="G523">
         <v>742</v>
       </c>
-      <c r="H521" t="s">
+      <c r="H523" t="s">
         <v>332</v>
       </c>
-      <c r="I521">
+      <c r="I523">
         <v>165</v>
       </c>
-      <c r="J521">
+      <c r="J523">
         <v>215</v>
       </c>
-      <c r="K521">
+      <c r="K523">
         <v>41</v>
       </c>
-      <c r="L521" s="1">
+      <c r="L523" s="1">
         <v>42916</v>
       </c>
-      <c r="M521" s="2">
+      <c r="M523" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N521" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O521" s="4">
+      <c r="N523" t="s" s="3">
+        <v>1456</v>
+      </c>
+      <c r="O523" s="4">
         <v>209.90</v>
       </c>
-      <c r="P521" t="s">
-[...7 lines deleted...]
-      <c r="B522">
+      <c r="P523" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524">
+        <v>523</v>
+      </c>
+      <c r="B524">
         <v>26482</v>
       </c>
-      <c r="C522" t="inlineStr">
+      <c r="C524" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano III - Número V - 2º Semestre 2017 - Derecho ante los Desafios de la Globalización - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D522" t="s">
-[...2 lines deleted...]
-      <c r="F522">
+      <c r="D524" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F524">
         <v>520</v>
       </c>
-      <c r="G522">
+      <c r="G524">
         <v>708</v>
       </c>
-      <c r="H522" t="s">
+      <c r="H524" t="s">
         <v>332</v>
       </c>
-      <c r="I522">
+      <c r="I524">
         <v>165</v>
       </c>
-      <c r="J522">
+      <c r="J524">
         <v>215</v>
       </c>
-      <c r="K522">
+      <c r="K524">
         <v>39</v>
       </c>
-      <c r="L522" s="1">
+      <c r="L524" s="1">
         <v>43091</v>
       </c>
-      <c r="M522" s="2">
+      <c r="M524" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N522" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O522" s="4">
+      <c r="N524" t="s" s="3">
+        <v>1457</v>
+      </c>
+      <c r="O524" s="4">
         <v>209.90</v>
       </c>
-      <c r="P522" t="s">
-[...7 lines deleted...]
-      <c r="B523">
+      <c r="P524" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525">
+        <v>524</v>
+      </c>
+      <c r="B525">
         <v>27016</v>
       </c>
-      <c r="C523" t="inlineStr">
+      <c r="C525" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano IV - Número VI - 1º Semestre 2018 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D523" t="s">
-[...2 lines deleted...]
-      <c r="F523">
+      <c r="D525" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F525">
         <v>440</v>
       </c>
-      <c r="G523">
+      <c r="G525">
         <v>619</v>
       </c>
-      <c r="H523" t="s">
+      <c r="H525" t="s">
         <v>332</v>
       </c>
-      <c r="I523">
+      <c r="I525">
         <v>165</v>
       </c>
-      <c r="J523">
+      <c r="J525">
         <v>215</v>
       </c>
-      <c r="K523">
+      <c r="K525">
         <v>33</v>
       </c>
-      <c r="L523" s="1">
+      <c r="L525" s="1">
         <v>43280</v>
       </c>
-      <c r="M523" s="2">
+      <c r="M525" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N523" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O523" s="4">
+      <c r="N525" t="s" s="3">
+        <v>1458</v>
+      </c>
+      <c r="O525" s="4">
         <v>189.90</v>
       </c>
-      <c r="P523" t="s">
-[...7 lines deleted...]
-      <c r="B524">
+      <c r="P525" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526">
+        <v>525</v>
+      </c>
+      <c r="B526">
         <v>27523</v>
       </c>
-      <c r="C524" t="inlineStr">
+      <c r="C526" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano IV - Número VII - 2º Semestre 2018 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D524" t="s">
-[...2 lines deleted...]
-      <c r="F524">
+      <c r="D526" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F526">
         <v>488</v>
       </c>
-      <c r="G524">
+      <c r="G526">
         <v>667</v>
       </c>
-      <c r="H524" t="s">
+      <c r="H526" t="s">
         <v>332</v>
       </c>
-      <c r="I524">
+      <c r="I526">
         <v>165</v>
       </c>
-      <c r="J524">
+      <c r="J526">
         <v>215</v>
       </c>
-      <c r="K524">
+      <c r="K526">
         <v>37</v>
       </c>
-      <c r="L524" s="1">
+      <c r="L526" s="1">
         <v>43453</v>
       </c>
-      <c r="M524" s="2">
+      <c r="M526" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N524" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O524" s="4">
+      <c r="N526" t="s" s="3">
+        <v>1459</v>
+      </c>
+      <c r="O526" s="4">
         <v>209.90</v>
       </c>
-      <c r="P524" t="s">
-[...7 lines deleted...]
-      <c r="B525">
+      <c r="P526" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527">
+        <v>526</v>
+      </c>
+      <c r="B527">
         <v>30559</v>
       </c>
-      <c r="C525" t="inlineStr">
+      <c r="C527" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano IX - Número XVI - 1º Semestre 2023 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D525" t="inlineStr">
+      <c r="D527" t="inlineStr">
         <is>
           <t>Diretor Executivo e Editor: David Vallespín Pérez - Codireção: María Yolanda Sánchez-Urán Azaña, Germán Barreiro González, Gonçalo S. de Melo Bandeira, Antônio César Bochenek</t>
         </is>
       </c>
-      <c r="F525">
+      <c r="F527">
         <v>544</v>
       </c>
-      <c r="G525">
+      <c r="G527">
         <v>742</v>
       </c>
-      <c r="H525" t="s">
+      <c r="H527" t="s">
         <v>332</v>
       </c>
-      <c r="I525">
-[...5 lines deleted...]
-      <c r="K525">
+      <c r="I527">
+        <v>150</v>
+      </c>
+      <c r="J527">
+        <v>210</v>
+      </c>
+      <c r="K527">
         <v>43</v>
       </c>
-      <c r="L525" s="1">
+      <c r="L527" s="1">
         <v>45107</v>
       </c>
-      <c r="M525" s="2">
+      <c r="M527" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N525" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O525" s="4">
+      <c r="N527" t="s" s="3">
+        <v>1460</v>
+      </c>
+      <c r="O527" s="4">
         <v>249.90</v>
       </c>
-      <c r="P525" t="s">
-[...7 lines deleted...]
-      <c r="B526">
+      <c r="P527" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528">
+        <v>527</v>
+      </c>
+      <c r="B528">
         <v>30870</v>
       </c>
-      <c r="C526" t="inlineStr">
+      <c r="C528" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano IX - Número XVII - 2º Semestre 2023 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D526" t="inlineStr">
+      <c r="D528" t="inlineStr">
         <is>
           <t>Diretor Executivo e Editor: David Vallespín Pérez - Codireção: María Yolanda Sánchez-Urán Azaña, Germán Barreiro González, Gonçalo S. de Melo Bandeira, Antônio César Bochenek</t>
         </is>
       </c>
-      <c r="F526">
+      <c r="F528">
         <v>784</v>
       </c>
-      <c r="G526">
+      <c r="G528">
         <v>1051</v>
       </c>
-      <c r="H526" t="s">
+      <c r="H528" t="s">
         <v>332</v>
       </c>
-      <c r="I526">
-[...5 lines deleted...]
-      <c r="K526">
+      <c r="I528">
+        <v>150</v>
+      </c>
+      <c r="J528">
+        <v>210</v>
+      </c>
+      <c r="K528">
         <v>57</v>
       </c>
-      <c r="L526" s="1">
+      <c r="L528" s="1">
         <v>45279</v>
       </c>
-      <c r="M526" s="2">
+      <c r="M528" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N526" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O526" s="4">
+      <c r="N528" t="s" s="3">
+        <v>1461</v>
+      </c>
+      <c r="O528" s="4">
         <v>399.90</v>
       </c>
-      <c r="P526" t="s">
-[...7 lines deleted...]
-      <c r="B527">
+      <c r="P528" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529">
+        <v>528</v>
+      </c>
+      <c r="B529">
         <v>28277</v>
       </c>
-      <c r="C527" t="inlineStr">
+      <c r="C529" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano V - Número IX - 2º Semestre 2019 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D527" t="s">
-[...2 lines deleted...]
-      <c r="F527">
+      <c r="D529" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F529">
         <v>816</v>
       </c>
-      <c r="G527">
+      <c r="G529">
         <v>1099</v>
       </c>
-      <c r="H527" t="s">
+      <c r="H529" t="s">
         <v>332</v>
       </c>
-      <c r="I527">
-[...5 lines deleted...]
-      <c r="K527">
+      <c r="I529">
+        <v>150</v>
+      </c>
+      <c r="J529">
+        <v>210</v>
+      </c>
+      <c r="K529">
         <v>61</v>
       </c>
-      <c r="L527" s="1">
+      <c r="L529" s="1">
         <v>43817</v>
       </c>
-      <c r="M527" s="2">
+      <c r="M529" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N527" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O527" s="4">
+      <c r="N529" t="s" s="3">
+        <v>1462</v>
+      </c>
+      <c r="O529" s="4">
         <v>359.90</v>
       </c>
-      <c r="P527" t="s">
-[...7 lines deleted...]
-      <c r="B528">
+      <c r="P529" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530">
+        <v>529</v>
+      </c>
+      <c r="B530">
         <v>27915</v>
       </c>
-      <c r="C528" t="inlineStr">
+      <c r="C530" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano V - Número VIII - 1º Semestre 2019 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D528" t="s">
-[...2 lines deleted...]
-      <c r="F528">
+      <c r="D530" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F530">
         <v>608</v>
       </c>
-      <c r="G528">
+      <c r="G530">
         <v>832</v>
       </c>
-      <c r="H528" t="s">
+      <c r="H530" t="s">
         <v>332</v>
       </c>
-      <c r="I528">
+      <c r="I530">
         <v>165</v>
       </c>
-      <c r="J528">
+      <c r="J530">
         <v>215</v>
       </c>
-      <c r="K528">
+      <c r="K530">
         <v>46</v>
       </c>
-      <c r="L528" s="1">
+      <c r="L530" s="1">
         <v>43644</v>
       </c>
-      <c r="M528" s="2">
+      <c r="M530" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N528" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O528" s="4">
+      <c r="N530" t="s" s="3">
+        <v>1463</v>
+      </c>
+      <c r="O530" s="4">
         <v>269.90</v>
       </c>
-      <c r="P528" t="s">
-[...7 lines deleted...]
-      <c r="B529">
+      <c r="P530" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531">
+        <v>530</v>
+      </c>
+      <c r="B531">
         <v>28586</v>
       </c>
-      <c r="C529" t="inlineStr">
+      <c r="C531" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano VI - Número X - 1º Semestre 2020 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D529" t="s">
-[...2 lines deleted...]
-      <c r="F529">
+      <c r="D531" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F531">
         <v>720</v>
       </c>
-      <c r="G529">
+      <c r="G531">
         <v>986</v>
       </c>
-      <c r="H529" t="s">
+      <c r="H531" t="s">
         <v>332</v>
       </c>
-      <c r="I529">
-[...5 lines deleted...]
-      <c r="K529">
+      <c r="I531">
+        <v>150</v>
+      </c>
+      <c r="J531">
+        <v>210</v>
+      </c>
+      <c r="K531">
         <v>54</v>
       </c>
-      <c r="L529" s="1">
+      <c r="L531" s="1">
         <v>44012</v>
       </c>
-      <c r="M529" s="2">
+      <c r="M531" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N529" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O529" s="4">
+      <c r="N531" t="s" s="3">
+        <v>1464</v>
+      </c>
+      <c r="O531" s="4">
         <v>299.90</v>
       </c>
-      <c r="P529" t="s">
-[...7 lines deleted...]
-      <c r="B530">
+      <c r="P531" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532">
+        <v>531</v>
+      </c>
+      <c r="B532">
         <v>28841</v>
       </c>
-      <c r="C530" t="inlineStr">
+      <c r="C532" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano VI - Número XI - 2º Semestre 2020 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D530" t="s">
-[...2 lines deleted...]
-      <c r="F530">
+      <c r="D532" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F532">
         <v>656</v>
       </c>
-      <c r="G530">
+      <c r="G532">
         <v>900</v>
       </c>
-      <c r="H530" t="s">
+      <c r="H532" t="s">
         <v>332</v>
       </c>
-      <c r="I530">
-[...5 lines deleted...]
-      <c r="K530">
+      <c r="I532">
+        <v>150</v>
+      </c>
+      <c r="J532">
+        <v>210</v>
+      </c>
+      <c r="K532">
         <v>50</v>
       </c>
-      <c r="L530" s="1">
+      <c r="L532" s="1">
         <v>44183</v>
       </c>
-      <c r="M530" s="2">
+      <c r="M532" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N530" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O530" s="4">
+      <c r="N532" t="s" s="3">
+        <v>1465</v>
+      </c>
+      <c r="O532" s="4">
         <v>279.90</v>
       </c>
-      <c r="P530" t="s">
-[...7 lines deleted...]
-      <c r="B531">
+      <c r="P532" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533">
+        <v>532</v>
+      </c>
+      <c r="B533">
         <v>29128</v>
       </c>
-      <c r="C531" t="inlineStr">
+      <c r="C533" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano VII - Número XII - 1º Semestre 2021 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D531" t="s">
-[...2 lines deleted...]
-      <c r="F531">
+      <c r="D533" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F533">
         <v>392</v>
       </c>
-      <c r="G531">
+      <c r="G533">
         <v>523</v>
       </c>
-      <c r="H531" t="s">
+      <c r="H533" t="s">
         <v>332</v>
       </c>
-      <c r="I531">
-[...5 lines deleted...]
-      <c r="K531">
+      <c r="I533">
+        <v>150</v>
+      </c>
+      <c r="J533">
+        <v>210</v>
+      </c>
+      <c r="K533">
         <v>29</v>
       </c>
-      <c r="L531" s="1">
+      <c r="L533" s="1">
         <v>44377</v>
       </c>
-      <c r="M531" s="2">
+      <c r="M533" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N531" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O531" s="4">
+      <c r="N533" t="s" s="3">
+        <v>1466</v>
+      </c>
+      <c r="O533" s="4">
         <v>179.90</v>
       </c>
-      <c r="P531" t="s">
-[...7 lines deleted...]
-      <c r="B532">
+      <c r="P533" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534">
+        <v>533</v>
+      </c>
+      <c r="B534">
         <v>29438</v>
       </c>
-      <c r="C532" t="inlineStr">
+      <c r="C534" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano VII - Número XIII - 2º Semestre 2021 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D532" t="s">
-[...2 lines deleted...]
-      <c r="F532">
+      <c r="D534" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F534">
         <v>492</v>
       </c>
-      <c r="G532">
+      <c r="G534">
         <v>672</v>
       </c>
-      <c r="H532" t="s">
+      <c r="H534" t="s">
         <v>332</v>
       </c>
-      <c r="I532">
-[...5 lines deleted...]
-      <c r="K532">
+      <c r="I534">
+        <v>150</v>
+      </c>
+      <c r="J534">
+        <v>210</v>
+      </c>
+      <c r="K534">
         <v>37</v>
       </c>
-      <c r="L532" s="1">
+      <c r="L534" s="1">
         <v>44551</v>
       </c>
-      <c r="M532" s="2">
+      <c r="M534" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N532" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O532" s="4">
+      <c r="N534" t="s" s="3">
+        <v>1467</v>
+      </c>
+      <c r="O534" s="4">
         <v>209.90</v>
       </c>
-      <c r="P532" t="s">
-[...7 lines deleted...]
-      <c r="B533">
+      <c r="P534" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535">
+        <v>534</v>
+      </c>
+      <c r="B535">
         <v>29862</v>
       </c>
-      <c r="C533" t="inlineStr">
+      <c r="C535" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano VIII - Número XIV - 1º Semestre 2022 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D533" t="s">
-[...2 lines deleted...]
-      <c r="F533">
+      <c r="D535" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F535">
         <v>544</v>
       </c>
-      <c r="G533">
+      <c r="G535">
         <v>742</v>
       </c>
-      <c r="H533" t="s">
+      <c r="H535" t="s">
         <v>332</v>
       </c>
-      <c r="I533">
-[...5 lines deleted...]
-      <c r="K533">
+      <c r="I535">
+        <v>150</v>
+      </c>
+      <c r="J535">
+        <v>210</v>
+      </c>
+      <c r="K535">
         <v>41</v>
       </c>
-      <c r="L533" s="1">
+      <c r="L535" s="1">
         <v>44742</v>
       </c>
-      <c r="M533" s="2">
+      <c r="M535" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N533" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O533" s="4">
+      <c r="N535" t="s" s="3">
+        <v>1468</v>
+      </c>
+      <c r="O535" s="4">
         <v>259.90</v>
       </c>
-      <c r="P533" t="s">
-[...7 lines deleted...]
-      <c r="B534">
+      <c r="P535" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536">
+        <v>535</v>
+      </c>
+      <c r="B536">
         <v>30259</v>
       </c>
-      <c r="C534" t="inlineStr">
+      <c r="C536" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano VIII - Número XV - 2º Semestre 2022 - El Impacto de la Revolución Tecnológica en el Derecho - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D534" t="s">
-[...2 lines deleted...]
-      <c r="F534">
+      <c r="D536" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F536">
         <v>560</v>
       </c>
-      <c r="G534">
+      <c r="G536">
         <v>763</v>
       </c>
-      <c r="H534" t="s">
+      <c r="H536" t="s">
         <v>332</v>
       </c>
-      <c r="I534">
-[...5 lines deleted...]
-      <c r="K534">
+      <c r="I536">
+        <v>150</v>
+      </c>
+      <c r="J536">
+        <v>210</v>
+      </c>
+      <c r="K536">
         <v>42</v>
       </c>
-      <c r="L534" s="1">
+      <c r="L536" s="1">
         <v>44914</v>
       </c>
-      <c r="M534" s="2">
+      <c r="M536" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N534" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O534" s="4">
+      <c r="N536" t="s" s="3">
+        <v>1469</v>
+      </c>
+      <c r="O536" s="4">
         <v>259.90</v>
       </c>
-      <c r="P534" t="s">
-[...7 lines deleted...]
-      <c r="B535">
+      <c r="P536" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537">
+        <v>536</v>
+      </c>
+      <c r="B537">
         <v>31401</v>
       </c>
-      <c r="C535" t="inlineStr">
+      <c r="C537" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano X - Número XIX - 2º Semestre 2024 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D535" t="inlineStr">
+      <c r="D537" t="inlineStr">
         <is>
           <t>Diretor Executivo e Editor: David Vallespín Pérez - Codireção: María Yolanda Sánchez-Urán Azaña, Germán Barreiro González, Gonçalo S. de Melo Bandeira (In Memoriam), Antônio César Bochenek</t>
         </is>
       </c>
-      <c r="F535">
+      <c r="F537">
         <v>896</v>
       </c>
-      <c r="G535">
+      <c r="G537">
         <v>1206</v>
       </c>
-      <c r="H535" t="s">
+      <c r="H537" t="s">
         <v>332</v>
       </c>
-      <c r="I535">
-[...5 lines deleted...]
-      <c r="K535">
+      <c r="I537">
+        <v>150</v>
+      </c>
+      <c r="J537">
+        <v>210</v>
+      </c>
+      <c r="K537">
         <v>66</v>
       </c>
-      <c r="L535" s="1">
+      <c r="L537" s="1">
         <v>45637</v>
       </c>
-      <c r="M535" s="2">
+      <c r="M537" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N535" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O535" s="4">
+      <c r="N537" t="s" s="3">
+        <v>1470</v>
+      </c>
+      <c r="O537" s="4">
         <v>359.90</v>
       </c>
-      <c r="P535" t="s">
-[...7 lines deleted...]
-      <c r="B536">
+      <c r="P537" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538">
+        <v>537</v>
+      </c>
+      <c r="B538">
         <v>31177</v>
       </c>
-      <c r="C536" t="inlineStr">
+      <c r="C538" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano X - Número XVIII - 1º Semestre 2024 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D536" t="inlineStr">
+      <c r="D538" t="inlineStr">
         <is>
           <t>Diretor Executivo e Editor: David Vallespín Pérez - Codireção: María Yolanda Sánchez-Urán Azaña, Germán Barreiro González, Gonçalo S. de Melo Bandeira (In Memoriam), Antônio César Bochenek</t>
         </is>
       </c>
-      <c r="F536">
+      <c r="F538">
         <v>1072</v>
       </c>
-      <c r="G536">
+      <c r="G538">
         <v>1464</v>
       </c>
-      <c r="H536" t="s">
+      <c r="H538" t="s">
         <v>332</v>
       </c>
-      <c r="I536">
-[...5 lines deleted...]
-      <c r="K536">
+      <c r="I538">
+        <v>150</v>
+      </c>
+      <c r="J538">
+        <v>210</v>
+      </c>
+      <c r="K538">
         <v>79</v>
       </c>
-      <c r="L536" s="1">
+      <c r="L538" s="1">
         <v>45473</v>
       </c>
-      <c r="M536" s="2">
+      <c r="M538" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N536" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O536" s="4">
+      <c r="N538" t="s" s="3">
+        <v>1471</v>
+      </c>
+      <c r="O538" s="4">
         <v>449.90</v>
       </c>
-      <c r="P536" t="s">
-[...7 lines deleted...]
-      <c r="B537">
+      <c r="P538" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539">
+        <v>538</v>
+      </c>
+      <c r="B539">
         <v>31665</v>
       </c>
-      <c r="C537" t="inlineStr">
+      <c r="C539" t="inlineStr">
         <is>
           <t>Revista Internacional Consinter de Direito - Ano XI - Número XX - 1º Semestre 2025 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
         </is>
       </c>
-      <c r="D537" t="s">
+      <c r="D539" t="s">
         <v>515</v>
       </c>
-      <c r="F537">
+      <c r="F539">
         <v>736</v>
       </c>
-      <c r="G537">
+      <c r="G539">
         <v>1075</v>
       </c>
-      <c r="H537" t="s">
+      <c r="H539" t="s">
         <v>332</v>
       </c>
-      <c r="I537">
-[...5 lines deleted...]
-      <c r="K537">
+      <c r="I539">
+        <v>150</v>
+      </c>
+      <c r="J539">
+        <v>210</v>
+      </c>
+      <c r="K539">
         <v>55</v>
       </c>
-      <c r="L537" s="1">
+      <c r="L539" s="1">
         <v>45838</v>
       </c>
-      <c r="M537" s="2">
+      <c r="M539" s="2">
         <v>9772183639605</v>
       </c>
-      <c r="N537" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O537" s="4">
+      <c r="N539" t="s" s="3">
+        <v>1472</v>
+      </c>
+      <c r="O539" s="4">
         <v>299.90</v>
-      </c>
-[...92 lines deleted...]
-        <v>69.90</v>
       </c>
       <c r="P539" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="540">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540">
-        <v>28172</v>
-[...2 lines deleted...]
-        <v>1476</v>
+        <v>31942</v>
+      </c>
+      <c r="C540" t="inlineStr">
+        <is>
+          <t>Revista Internacional Consinter de Direito - Ano XI - Número XXI - 2º Semestre 2025 - Estudos Contemporâneos - Publicação Semestral Oficial do Conselho Internacional de Estudos Contemporâneos em Pós-Graduação</t>
+        </is>
       </c>
       <c r="D540" t="s">
-        <v>1477</v>
+        <v>515</v>
       </c>
       <c r="F540">
-        <v>172</v>
+        <v>960</v>
       </c>
       <c r="G540">
-        <v>213</v>
+        <v>1340</v>
       </c>
       <c r="H540" t="s">
-        <v>21</v>
+        <v>332</v>
       </c>
       <c r="I540">
         <v>150</v>
       </c>
       <c r="J540">
         <v>210</v>
       </c>
       <c r="K540">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="L540" s="1">
-        <v>43781</v>
+        <v>46008</v>
       </c>
       <c r="M540" s="2">
-        <v>9788536291970</v>
+        <v>9772183639605</v>
       </c>
       <c r="N540" t="s" s="3">
-        <v>1478</v>
+        <v>1473</v>
       </c>
       <c r="O540" s="4">
-        <v>99.90</v>
+        <v>499.90</v>
       </c>
       <c r="P540" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="541">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541">
-        <v>31454</v>
+        <v>29353</v>
       </c>
       <c r="C541" t="s">
-        <v>1479</v>
+        <v>1474</v>
       </c>
       <c r="D541" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
       <c r="F541">
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="G541">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="H541" t="s">
         <v>21</v>
       </c>
       <c r="I541">
         <v>150</v>
       </c>
       <c r="J541">
         <v>210</v>
       </c>
       <c r="K541">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L541" s="1">
-        <v>45701</v>
+        <v>44509</v>
       </c>
       <c r="M541" s="2">
-        <v>9786526315934</v>
+        <v>9786556058740</v>
       </c>
       <c r="N541" t="s" s="3">
-        <v>1481</v>
+        <v>1476</v>
       </c>
       <c r="O541" s="4">
-        <v>89.90</v>
+        <v>99.90</v>
       </c>
       <c r="P541" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="542">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542">
-        <v>28518</v>
+        <v>31019</v>
       </c>
       <c r="C542" t="s">
-        <v>1482</v>
+        <v>1477</v>
       </c>
       <c r="D542" t="s">
-        <v>1483</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>1478</v>
       </c>
       <c r="F542">
-        <v>340</v>
+        <v>64</v>
       </c>
       <c r="G542">
-        <v>422</v>
+        <v>79</v>
       </c>
       <c r="H542" t="s">
         <v>21</v>
       </c>
       <c r="I542">
         <v>150</v>
       </c>
       <c r="J542">
         <v>210</v>
       </c>
       <c r="K542">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="L542" s="1">
-        <v>43976</v>
+        <v>45406</v>
       </c>
       <c r="M542" s="2">
-        <v>9786556050584</v>
+        <v>9786526309605</v>
       </c>
       <c r="N542" t="s" s="3">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="O542" s="4">
-        <v>169.90</v>
+        <v>69.90</v>
       </c>
       <c r="P542" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="543">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543">
-        <v>28672</v>
+        <v>28172</v>
       </c>
       <c r="C543" t="s">
-        <v>1485</v>
+        <v>1480</v>
       </c>
       <c r="D543" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="F543">
-        <v>298</v>
+        <v>172</v>
       </c>
       <c r="G543">
-        <v>370</v>
+        <v>213</v>
       </c>
       <c r="H543" t="s">
         <v>21</v>
       </c>
       <c r="I543">
         <v>150</v>
       </c>
       <c r="J543">
         <v>210</v>
       </c>
       <c r="K543">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="L543" s="1">
-        <v>44083</v>
+        <v>43781</v>
       </c>
       <c r="M543" s="2">
-        <v>9786556051086</v>
+        <v>9788536291970</v>
       </c>
       <c r="N543" t="s" s="3">
-        <v>1487</v>
+        <v>1482</v>
       </c>
       <c r="O543" s="4">
-        <v>139.90</v>
+        <v>99.90</v>
       </c>
       <c r="P543" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="544">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544">
-        <v>29010</v>
+        <v>31454</v>
       </c>
       <c r="C544" t="s">
-        <v>1488</v>
+        <v>1483</v>
       </c>
       <c r="D544" t="s">
-        <v>1489</v>
+        <v>1484</v>
       </c>
       <c r="F544">
-        <v>212</v>
+        <v>132</v>
       </c>
       <c r="G544">
-        <v>263</v>
+        <v>164</v>
       </c>
       <c r="H544" t="s">
         <v>21</v>
       </c>
       <c r="I544">
         <v>150</v>
       </c>
       <c r="J544">
         <v>210</v>
       </c>
       <c r="K544">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="L544" s="1">
-        <v>44286</v>
+        <v>45701</v>
       </c>
       <c r="M544" s="2">
-        <v>9786556055657</v>
+        <v>9786526315934</v>
       </c>
       <c r="N544" t="s" s="3">
-        <v>1490</v>
+        <v>1485</v>
       </c>
       <c r="O544" s="4">
-        <v>99.70</v>
+        <v>89.90</v>
       </c>
       <c r="P544" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="545">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545">
-        <v>27183</v>
+        <v>28518</v>
       </c>
       <c r="C545" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
       <c r="D545" t="s">
-        <v>1492</v>
+        <v>1487</v>
+      </c>
+      <c r="E545" t="s">
+        <v>357</v>
       </c>
       <c r="F545">
-        <v>308</v>
+        <v>340</v>
       </c>
       <c r="G545">
-        <v>382</v>
+        <v>422</v>
       </c>
       <c r="H545" t="s">
         <v>21</v>
       </c>
       <c r="I545">
         <v>150</v>
       </c>
       <c r="J545">
         <v>210</v>
       </c>
       <c r="K545">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L545" s="1">
-        <v>43355</v>
+        <v>43976</v>
       </c>
       <c r="M545" s="2">
-        <v>9788536282213</v>
+        <v>9786556050584</v>
       </c>
       <c r="N545" t="s" s="3">
-        <v>1493</v>
+        <v>1488</v>
       </c>
       <c r="O545" s="4">
-        <v>149.90</v>
+        <v>169.90</v>
       </c>
       <c r="P545" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="546">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546">
-        <v>21356</v>
+        <v>28672</v>
       </c>
       <c r="C546" t="s">
-        <v>1494</v>
+        <v>1489</v>
       </c>
       <c r="D546" t="s">
-        <v>1495</v>
+        <v>1490</v>
       </c>
       <c r="F546">
-        <v>132</v>
+        <v>298</v>
       </c>
       <c r="G546">
-        <v>176</v>
+        <v>370</v>
       </c>
       <c r="H546" t="s">
         <v>21</v>
       </c>
       <c r="I546">
         <v>150</v>
       </c>
       <c r="J546">
         <v>210</v>
       </c>
       <c r="K546">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="L546" s="1">
-        <v>40122</v>
+        <v>44083</v>
       </c>
       <c r="M546" s="2">
-        <v>9788536226637</v>
+        <v>9786556051086</v>
       </c>
       <c r="N546" t="s" s="3">
-        <v>1496</v>
+        <v>1491</v>
       </c>
       <c r="O546" s="4">
-        <v>79.90</v>
+        <v>139.90</v>
       </c>
       <c r="P546" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="547">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547">
-        <v>29341</v>
+        <v>29010</v>
       </c>
       <c r="C547" t="s">
-        <v>1497</v>
+        <v>1492</v>
       </c>
       <c r="D547" t="s">
-        <v>1498</v>
+        <v>1493</v>
       </c>
       <c r="F547">
-        <v>500</v>
+        <v>212</v>
       </c>
       <c r="G547">
-        <v>620</v>
+        <v>263</v>
       </c>
       <c r="H547" t="s">
         <v>21</v>
       </c>
       <c r="I547">
         <v>150</v>
       </c>
       <c r="J547">
         <v>210</v>
       </c>
       <c r="K547">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="L547" s="1">
-        <v>44504</v>
+        <v>44286</v>
       </c>
       <c r="M547" s="2">
-        <v>9786556058757</v>
+        <v>9786556055657</v>
       </c>
       <c r="N547" t="s" s="3">
-        <v>1499</v>
+        <v>1494</v>
       </c>
       <c r="O547" s="4">
-        <v>229.90</v>
+        <v>99.70</v>
       </c>
       <c r="P547" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="548">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548">
-        <v>28609</v>
+        <v>27183</v>
       </c>
       <c r="C548" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
       <c r="D548" t="s">
-        <v>1501</v>
+        <v>1496</v>
       </c>
       <c r="F548">
-        <v>138</v>
+        <v>308</v>
       </c>
       <c r="G548">
-        <v>171</v>
+        <v>382</v>
       </c>
       <c r="H548" t="s">
         <v>21</v>
       </c>
       <c r="I548">
         <v>150</v>
       </c>
       <c r="J548">
         <v>210</v>
       </c>
       <c r="K548">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="L548" s="1">
-        <v>44036</v>
+        <v>43355</v>
       </c>
       <c r="M548" s="2">
-        <v>9786556051505</v>
+        <v>9788536282213</v>
       </c>
       <c r="N548" t="s" s="3">
-        <v>1502</v>
+        <v>1497</v>
       </c>
       <c r="O548" s="4">
-        <v>89.90</v>
+        <v>149.90</v>
       </c>
       <c r="P548" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="549">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549">
-        <v>30879</v>
+        <v>21356</v>
       </c>
       <c r="C549" t="s">
-        <v>1503</v>
+        <v>1498</v>
       </c>
       <c r="D549" t="s">
-        <v>1504</v>
+        <v>1499</v>
       </c>
       <c r="F549">
-        <v>162</v>
+        <v>132</v>
       </c>
       <c r="G549">
-        <v>201</v>
+        <v>176</v>
       </c>
       <c r="H549" t="s">
         <v>21</v>
       </c>
       <c r="I549">
         <v>150</v>
       </c>
       <c r="J549">
         <v>210</v>
       </c>
       <c r="K549">
         <v>8</v>
       </c>
       <c r="L549" s="1">
-        <v>45309</v>
+        <v>40122</v>
       </c>
       <c r="M549" s="2">
-        <v>9786526310939</v>
+        <v>9788536226637</v>
       </c>
       <c r="N549" t="s" s="3">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="O549" s="4">
-        <v>99.90</v>
+        <v>79.90</v>
       </c>
       <c r="P549" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="550">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550">
-        <v>26929</v>
+        <v>29341</v>
       </c>
       <c r="C550" t="s">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="D550" t="s">
-        <v>1507</v>
+        <v>1502</v>
       </c>
       <c r="F550">
-        <v>166</v>
+        <v>500</v>
       </c>
       <c r="G550">
-        <v>206</v>
+        <v>620</v>
       </c>
       <c r="H550" t="s">
         <v>21</v>
       </c>
       <c r="I550">
         <v>150</v>
       </c>
       <c r="J550">
         <v>210</v>
       </c>
       <c r="K550">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="L550" s="1">
-        <v>43271</v>
+        <v>44504</v>
       </c>
       <c r="M550" s="2">
-        <v>9788536279893</v>
+        <v>9786556058757</v>
       </c>
       <c r="N550" t="s" s="3">
-        <v>1508</v>
+        <v>1503</v>
       </c>
       <c r="O550" s="4">
-        <v>99.90</v>
+        <v>229.90</v>
       </c>
       <c r="P550" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="551">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551">
-        <v>28980</v>
+        <v>28609</v>
       </c>
       <c r="C551" t="s">
-        <v>1509</v>
+        <v>1504</v>
       </c>
       <c r="D551" t="s">
-        <v>1510</v>
+        <v>1505</v>
       </c>
       <c r="F551">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="G551">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="H551" t="s">
         <v>21</v>
       </c>
       <c r="I551">
         <v>150</v>
       </c>
       <c r="J551">
         <v>210</v>
       </c>
       <c r="K551">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="L551" s="1">
-        <v>44364</v>
+        <v>44036</v>
       </c>
       <c r="M551" s="2">
-        <v>9786556055718</v>
+        <v>9786556051505</v>
       </c>
       <c r="N551" t="s" s="3">
-        <v>1511</v>
+        <v>1506</v>
       </c>
       <c r="O551" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P551" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="552">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552">
-        <v>26659</v>
+        <v>30879</v>
       </c>
       <c r="C552" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="D552" t="s">
-        <v>1513</v>
+        <v>1508</v>
       </c>
       <c r="F552">
-        <v>134</v>
+        <v>162</v>
       </c>
       <c r="G552">
-        <v>166</v>
+        <v>201</v>
       </c>
       <c r="H552" t="s">
         <v>21</v>
       </c>
       <c r="I552">
         <v>150</v>
       </c>
       <c r="J552">
         <v>210</v>
       </c>
       <c r="K552">
         <v>8</v>
       </c>
       <c r="L552" s="1">
-        <v>43174</v>
+        <v>45309</v>
       </c>
       <c r="M552" s="2">
-        <v>9788536277356</v>
+        <v>9786526310939</v>
       </c>
       <c r="N552" t="s" s="3">
-        <v>1514</v>
+        <v>1509</v>
       </c>
       <c r="O552" s="4">
-        <v>79.90</v>
+        <v>99.90</v>
       </c>
       <c r="P552" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="553">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553">
-        <v>27568</v>
+        <v>26929</v>
       </c>
       <c r="C553" t="s">
-        <v>1515</v>
+        <v>1510</v>
       </c>
       <c r="D553" t="s">
-        <v>1516</v>
+        <v>1511</v>
       </c>
       <c r="F553">
-        <v>298</v>
+        <v>166</v>
       </c>
       <c r="G553">
-        <v>370</v>
+        <v>206</v>
       </c>
       <c r="H553" t="s">
         <v>21</v>
       </c>
       <c r="I553">
         <v>150</v>
       </c>
       <c r="J553">
         <v>210</v>
       </c>
       <c r="K553">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="L553" s="1">
-        <v>43495</v>
+        <v>43271</v>
       </c>
       <c r="M553" s="2">
-        <v>9788536285948</v>
+        <v>9788536279893</v>
       </c>
       <c r="N553" t="s" s="3">
-        <v>1517</v>
+        <v>1512</v>
       </c>
       <c r="O553" s="4">
-        <v>149.90</v>
+        <v>99.90</v>
       </c>
       <c r="P553" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="554">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554">
+        <v>28980</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F554">
+        <v>158</v>
+      </c>
+      <c r="G554">
+        <v>211</v>
+      </c>
+      <c r="H554" t="s">
+        <v>21</v>
+      </c>
+      <c r="I554">
+        <v>150</v>
+      </c>
+      <c r="J554">
+        <v>210</v>
+      </c>
+      <c r="K554">
+        <v>9</v>
+      </c>
+      <c r="L554" s="1">
+        <v>44364</v>
+      </c>
+      <c r="M554" s="2">
+        <v>9786556055718</v>
+      </c>
+      <c r="N554" t="s" s="3">
+        <v>1515</v>
+      </c>
+      <c r="O554" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P554" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555">
+        <v>554</v>
+      </c>
+      <c r="B555">
+        <v>26659</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F555">
+        <v>134</v>
+      </c>
+      <c r="G555">
+        <v>166</v>
+      </c>
+      <c r="H555" t="s">
+        <v>21</v>
+      </c>
+      <c r="I555">
+        <v>150</v>
+      </c>
+      <c r="J555">
+        <v>210</v>
+      </c>
+      <c r="K555">
+        <v>8</v>
+      </c>
+      <c r="L555" s="1">
+        <v>43174</v>
+      </c>
+      <c r="M555" s="2">
+        <v>9788536277356</v>
+      </c>
+      <c r="N555" t="s" s="3">
+        <v>1518</v>
+      </c>
+      <c r="O555" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P555" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556">
+        <v>555</v>
+      </c>
+      <c r="B556">
+        <v>27568</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F556">
+        <v>298</v>
+      </c>
+      <c r="G556">
+        <v>370</v>
+      </c>
+      <c r="H556" t="s">
+        <v>21</v>
+      </c>
+      <c r="I556">
+        <v>150</v>
+      </c>
+      <c r="J556">
+        <v>210</v>
+      </c>
+      <c r="K556">
+        <v>16</v>
+      </c>
+      <c r="L556" s="1">
+        <v>43495</v>
+      </c>
+      <c r="M556" s="2">
+        <v>9788536285948</v>
+      </c>
+      <c r="N556" t="s" s="3">
+        <v>1521</v>
+      </c>
+      <c r="O556" s="4">
+        <v>149.90</v>
+      </c>
+      <c r="P556" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557">
+        <v>556</v>
+      </c>
+      <c r="B557">
         <v>29233</v>
       </c>
-      <c r="C554" t="inlineStr">
+      <c r="C557" t="inlineStr">
         <is>
           <t>Smart Contracts - Contratos Inteligentes - Adequação ao Modelo Contratual pelas Instituições Financeiras sob as Perspectivas de Governança Corporativa, Adaptação Regulatória e Cibersegurança, Blockchain, LGPD, Contratos Eletrônicos Bancários, Crimes Cibernéticos, Responsabilidade Civil</t>
         </is>
       </c>
-      <c r="D554" t="s">
-[...2 lines deleted...]
-      <c r="F554">
+      <c r="D557" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F557">
         <v>176</v>
       </c>
-      <c r="G554">
+      <c r="G557">
         <v>218</v>
       </c>
-      <c r="H554" t="s">
-[...8 lines deleted...]
-      <c r="K554">
+      <c r="H557" t="s">
+        <v>21</v>
+      </c>
+      <c r="I557">
+        <v>150</v>
+      </c>
+      <c r="J557">
+        <v>210</v>
+      </c>
+      <c r="K557">
         <v>9</v>
       </c>
-      <c r="L554" s="1">
+      <c r="L557" s="1">
         <v>44439</v>
       </c>
-      <c r="M554" s="2">
+      <c r="M557" s="2">
         <v>9786556057668</v>
       </c>
-      <c r="N554" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O554" s="4">
+      <c r="N557" t="s" s="3">
+        <v>1523</v>
+      </c>
+      <c r="O557" s="4">
         <v>99.90</v>
       </c>
-      <c r="P554" t="s">
-[...7 lines deleted...]
-      <c r="B555">
+      <c r="P557" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558">
+        <v>557</v>
+      </c>
+      <c r="B558">
         <v>30816</v>
       </c>
-      <c r="C555" t="s">
-[...8 lines deleted...]
-      <c r="F555">
+      <c r="C558" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F558">
         <v>404</v>
       </c>
-      <c r="G555">
+      <c r="G558">
         <v>501</v>
       </c>
-      <c r="H555" t="s">
-[...11 lines deleted...]
-      <c r="L555" s="1">
+      <c r="H558" t="s">
+        <v>21</v>
+      </c>
+      <c r="I558">
+        <v>150</v>
+      </c>
+      <c r="J558">
+        <v>210</v>
+      </c>
+      <c r="K558">
+        <v>19</v>
+      </c>
+      <c r="L558" s="1">
         <v>45257</v>
       </c>
-      <c r="M555" s="2">
+      <c r="M558" s="2">
         <v>9786526306819</v>
       </c>
-      <c r="N555" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O555" s="4">
+      <c r="N558" t="s" s="3">
+        <v>1527</v>
+      </c>
+      <c r="O558" s="4">
         <v>199.90</v>
       </c>
-      <c r="P555" t="s">
-[...7 lines deleted...]
-      <c r="B556">
+      <c r="P558" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559">
+        <v>558</v>
+      </c>
+      <c r="B559">
         <v>31508</v>
       </c>
-      <c r="C556" t="s">
-[...5 lines deleted...]
-      <c r="F556">
+      <c r="C559" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F559">
         <v>122</v>
       </c>
-      <c r="G556">
+      <c r="G559">
         <v>175</v>
       </c>
-      <c r="H556" t="s">
-[...8 lines deleted...]
-      <c r="K556">
+      <c r="H559" t="s">
+        <v>21</v>
+      </c>
+      <c r="I559">
+        <v>150</v>
+      </c>
+      <c r="J559">
+        <v>210</v>
+      </c>
+      <c r="K559">
         <v>6</v>
       </c>
-      <c r="L556" s="1">
+      <c r="L559" s="1">
         <v>45736</v>
       </c>
-      <c r="M556" s="2">
+      <c r="M559" s="2">
         <v>9786526314500</v>
       </c>
-      <c r="N556" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O556" s="4">
+      <c r="N559" t="s" s="3">
+        <v>1530</v>
+      </c>
+      <c r="O559" s="4">
         <v>79.90</v>
       </c>
-      <c r="P556" t="s">
-[...7 lines deleted...]
-      <c r="B557">
+      <c r="P559" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560">
+        <v>559</v>
+      </c>
+      <c r="B560">
         <v>27178</v>
       </c>
-      <c r="C557" t="inlineStr">
+      <c r="C560" t="inlineStr">
         <is>
           <t>Sociedade, Direito e Concorrência - Reflexões Sociológicas sobre o Sistema Brasileiro de Defesa da Concorrência - Biblioteca de Filosofia, Sociologia e Teoria do Direito - Coordenação: Fernando Rister de Souza Lima</t>
         </is>
       </c>
-      <c r="D557" t="s">
-[...2 lines deleted...]
-      <c r="F557">
+      <c r="D560" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F560">
         <v>148</v>
       </c>
-      <c r="G557">
+      <c r="G560">
         <v>184</v>
       </c>
-      <c r="H557" t="s">
-[...8 lines deleted...]
-      <c r="K557">
+      <c r="H560" t="s">
+        <v>21</v>
+      </c>
+      <c r="I560">
+        <v>150</v>
+      </c>
+      <c r="J560">
+        <v>210</v>
+      </c>
+      <c r="K560">
         <v>8</v>
       </c>
-      <c r="L557" s="1">
+      <c r="L560" s="1">
         <v>43356</v>
       </c>
-      <c r="M557" s="2">
+      <c r="M560" s="2">
         <v>9788536282411</v>
       </c>
-      <c r="N557" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O557" s="4">
+      <c r="N560" t="s" s="3">
+        <v>1532</v>
+      </c>
+      <c r="O560" s="4">
         <v>89.90</v>
-      </c>
-[...139 lines deleted...]
-        <v>189.90</v>
       </c>
       <c r="P560" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="561">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561">
-        <v>23844</v>
+        <v>26784</v>
       </c>
       <c r="C561" t="s">
-        <v>1537</v>
+        <v>1533</v>
       </c>
       <c r="D561" t="s">
-        <v>1538</v>
+        <v>1534</v>
       </c>
       <c r="F561">
-        <v>178</v>
+        <v>224</v>
       </c>
       <c r="G561">
-        <v>216</v>
+        <v>278</v>
       </c>
       <c r="H561" t="s">
         <v>21</v>
       </c>
       <c r="I561">
         <v>150</v>
       </c>
       <c r="J561">
         <v>210</v>
       </c>
       <c r="K561">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L561" s="1">
-        <v>42086</v>
+        <v>43222</v>
       </c>
       <c r="M561" s="2">
-        <v>9788536250571</v>
+        <v>9788536278704</v>
       </c>
       <c r="N561" t="s" s="3">
-        <v>1539</v>
+        <v>1535</v>
       </c>
       <c r="O561" s="4">
-        <v>99.90</v>
+        <v>109.90</v>
       </c>
       <c r="P561" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="562">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562">
-        <v>27840</v>
+        <v>27886</v>
       </c>
       <c r="C562" t="s">
-        <v>1540</v>
+        <v>1536</v>
       </c>
       <c r="D562" t="s">
-        <v>1541</v>
+        <v>1534</v>
       </c>
       <c r="F562">
-        <v>152</v>
+        <v>268</v>
       </c>
       <c r="G562">
-        <v>189</v>
+        <v>332</v>
       </c>
       <c r="H562" t="s">
         <v>21</v>
       </c>
       <c r="I562">
         <v>150</v>
       </c>
       <c r="J562">
         <v>210</v>
       </c>
       <c r="K562">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="L562" s="1">
-        <v>43620</v>
+        <v>43648</v>
       </c>
       <c r="M562" s="2">
-        <v>9788536288697</v>
+        <v>9788536289342</v>
       </c>
       <c r="N562" t="s" s="3">
-        <v>1542</v>
+        <v>1537</v>
       </c>
       <c r="O562" s="4">
-        <v>89.90</v>
+        <v>129.90</v>
       </c>
       <c r="P562" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="563">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563">
-        <v>28522</v>
+        <v>24318</v>
       </c>
       <c r="C563" t="s">
-        <v>1543</v>
+        <v>1538</v>
       </c>
       <c r="D563" t="s">
-        <v>1544</v>
+        <v>1539</v>
       </c>
       <c r="F563">
-        <v>274</v>
+        <v>416</v>
       </c>
       <c r="G563">
-        <v>340</v>
+        <v>516</v>
       </c>
       <c r="H563" t="s">
         <v>21</v>
       </c>
       <c r="I563">
         <v>150</v>
       </c>
       <c r="J563">
         <v>210</v>
       </c>
       <c r="K563">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="L563" s="1">
-        <v>43979</v>
+        <v>42327</v>
       </c>
       <c r="M563" s="2">
-        <v>9786556050393</v>
+        <v>9788536254937</v>
       </c>
       <c r="N563" t="s" s="3">
-        <v>1545</v>
+        <v>1540</v>
       </c>
       <c r="O563" s="4">
-        <v>129.90</v>
+        <v>189.90</v>
       </c>
       <c r="P563" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="564">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564">
-        <v>23965</v>
+        <v>23844</v>
       </c>
       <c r="C564" t="s">
-        <v>1546</v>
+        <v>1541</v>
       </c>
       <c r="D564" t="s">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="F564">
-        <v>202</v>
+        <v>178</v>
       </c>
       <c r="G564">
-        <v>251</v>
+        <v>216</v>
       </c>
       <c r="H564" t="s">
         <v>21</v>
       </c>
       <c r="I564">
         <v>150</v>
       </c>
       <c r="J564">
         <v>210</v>
       </c>
       <c r="K564">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="L564" s="1">
-        <v>42150</v>
+        <v>42086</v>
       </c>
       <c r="M564" s="2">
-        <v>9788536251080</v>
+        <v>9788536250571</v>
       </c>
       <c r="N564" t="s" s="3">
-        <v>1548</v>
+        <v>1543</v>
       </c>
       <c r="O564" s="4">
-        <v>109.90</v>
+        <v>99.90</v>
       </c>
       <c r="P564" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="565">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565">
-        <v>25228</v>
+        <v>27840</v>
       </c>
       <c r="C565" t="s">
-        <v>1549</v>
+        <v>1544</v>
       </c>
       <c r="D565" t="s">
-        <v>1550</v>
+        <v>1545</v>
       </c>
       <c r="F565">
-        <v>186</v>
+        <v>152</v>
       </c>
       <c r="G565">
-        <v>231</v>
+        <v>189</v>
       </c>
       <c r="H565" t="s">
         <v>21</v>
       </c>
       <c r="I565">
         <v>150</v>
       </c>
       <c r="J565">
         <v>210</v>
       </c>
       <c r="K565">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L565" s="1">
-        <v>42684</v>
+        <v>43620</v>
       </c>
       <c r="M565" s="2">
-        <v>9788536263212</v>
+        <v>9788536288697</v>
       </c>
       <c r="N565" t="s" s="3">
-        <v>1551</v>
+        <v>1546</v>
       </c>
       <c r="O565" s="4">
-        <v>99.90</v>
+        <v>89.90</v>
       </c>
       <c r="P565" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="566">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566">
+        <v>28522</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F566">
+        <v>274</v>
+      </c>
+      <c r="G566">
+        <v>340</v>
+      </c>
+      <c r="H566" t="s">
+        <v>21</v>
+      </c>
+      <c r="I566">
+        <v>150</v>
+      </c>
+      <c r="J566">
+        <v>210</v>
+      </c>
+      <c r="K566">
+        <v>14</v>
+      </c>
+      <c r="L566" s="1">
+        <v>43979</v>
+      </c>
+      <c r="M566" s="2">
+        <v>9786556050393</v>
+      </c>
+      <c r="N566" t="s" s="3">
+        <v>1549</v>
+      </c>
+      <c r="O566" s="4">
+        <v>129.90</v>
+      </c>
+      <c r="P566" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567">
+        <v>566</v>
+      </c>
+      <c r="B567">
+        <v>23965</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F567">
+        <v>202</v>
+      </c>
+      <c r="G567">
+        <v>251</v>
+      </c>
+      <c r="H567" t="s">
+        <v>21</v>
+      </c>
+      <c r="I567">
+        <v>150</v>
+      </c>
+      <c r="J567">
+        <v>210</v>
+      </c>
+      <c r="K567">
+        <v>11</v>
+      </c>
+      <c r="L567" s="1">
+        <v>42150</v>
+      </c>
+      <c r="M567" s="2">
+        <v>9788536251080</v>
+      </c>
+      <c r="N567" t="s" s="3">
+        <v>1552</v>
+      </c>
+      <c r="O567" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P567" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568">
+        <v>567</v>
+      </c>
+      <c r="B568">
+        <v>25228</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F568">
+        <v>186</v>
+      </c>
+      <c r="G568">
+        <v>231</v>
+      </c>
+      <c r="H568" t="s">
+        <v>21</v>
+      </c>
+      <c r="I568">
+        <v>150</v>
+      </c>
+      <c r="J568">
+        <v>210</v>
+      </c>
+      <c r="K568">
+        <v>10</v>
+      </c>
+      <c r="L568" s="1">
+        <v>42684</v>
+      </c>
+      <c r="M568" s="2">
+        <v>9788536263212</v>
+      </c>
+      <c r="N568" t="s" s="3">
+        <v>1555</v>
+      </c>
+      <c r="O568" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P568" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569">
+        <v>568</v>
+      </c>
+      <c r="B569">
         <v>26393</v>
       </c>
-      <c r="C566" t="s">
-[...2 lines deleted...]
-      <c r="D566" t="inlineStr">
+      <c r="C569" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D569" t="inlineStr">
         <is>
           <t>Organizadores: Antônio José Maristrello Porto, Melina de Souza Rocha Lukic, Patrícia Regina Pinheiro Sampaio, Paulo Augusto Franco de Alcântara e Rafaela Nogueira</t>
         </is>
       </c>
-      <c r="F566">
+      <c r="F569">
         <v>180</v>
       </c>
-      <c r="G566">
+      <c r="G569">
         <v>223</v>
       </c>
-      <c r="H566" t="s">
-[...8 lines deleted...]
-      <c r="K566">
+      <c r="H569" t="s">
+        <v>21</v>
+      </c>
+      <c r="I569">
+        <v>150</v>
+      </c>
+      <c r="J569">
+        <v>210</v>
+      </c>
+      <c r="K569">
         <v>10</v>
       </c>
-      <c r="L566" s="1">
+      <c r="L569" s="1">
         <v>43073</v>
       </c>
-      <c r="M566" s="2">
+      <c r="M569" s="2">
         <v>9788536274973</v>
       </c>
-      <c r="N566" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O566" s="4">
+      <c r="N569" t="s" s="3">
+        <v>1557</v>
+      </c>
+      <c r="O569" s="4">
         <v>99.90</v>
-      </c>
-[...139 lines deleted...]
-        <v>69.90</v>
       </c>
       <c r="P569" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="570">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570">
-        <v>29541</v>
+        <v>28455</v>
       </c>
       <c r="C570" t="s">
-        <v>1563</v>
+        <v>1558</v>
       </c>
       <c r="D570" t="s">
-        <v>1564</v>
+        <v>1559</v>
       </c>
       <c r="F570">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="G570">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="H570" t="s">
         <v>21</v>
       </c>
       <c r="I570">
         <v>150</v>
       </c>
       <c r="J570">
         <v>210</v>
       </c>
       <c r="K570">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="L570" s="1">
-        <v>44635</v>
+        <v>43934</v>
       </c>
       <c r="M570" s="2">
-        <v>9786556058771</v>
+        <v>9788536294445</v>
       </c>
       <c r="N570" t="s" s="3">
-        <v>1565</v>
+        <v>1560</v>
       </c>
       <c r="O570" s="4">
         <v>99.90</v>
       </c>
       <c r="P570" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="571">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571">
+        <v>28052</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F571">
+        <v>158</v>
+      </c>
+      <c r="G571">
+        <v>196</v>
+      </c>
+      <c r="H571" t="s">
+        <v>21</v>
+      </c>
+      <c r="I571">
+        <v>150</v>
+      </c>
+      <c r="J571">
+        <v>210</v>
+      </c>
+      <c r="K571">
+        <v>9</v>
+      </c>
+      <c r="L571" s="1">
+        <v>43718</v>
+      </c>
+      <c r="M571" s="2">
+        <v>9788536291055</v>
+      </c>
+      <c r="N571" t="s" s="3">
+        <v>1563</v>
+      </c>
+      <c r="O571" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P571" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572">
+        <v>571</v>
+      </c>
+      <c r="B572">
+        <v>27836</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F572">
+        <v>120</v>
+      </c>
+      <c r="G572">
+        <v>149</v>
+      </c>
+      <c r="H572" t="s">
+        <v>21</v>
+      </c>
+      <c r="I572">
+        <v>150</v>
+      </c>
+      <c r="J572">
+        <v>210</v>
+      </c>
+      <c r="K572">
+        <v>7</v>
+      </c>
+      <c r="L572" s="1">
+        <v>43616</v>
+      </c>
+      <c r="M572" s="2">
+        <v>9788536288710</v>
+      </c>
+      <c r="N572" t="s" s="3">
+        <v>1566</v>
+      </c>
+      <c r="O572" s="4">
+        <v>69.90</v>
+      </c>
+      <c r="P572" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573">
+        <v>572</v>
+      </c>
+      <c r="B573">
+        <v>29541</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F573">
+        <v>180</v>
+      </c>
+      <c r="G573">
+        <v>223</v>
+      </c>
+      <c r="H573" t="s">
+        <v>21</v>
+      </c>
+      <c r="I573">
+        <v>150</v>
+      </c>
+      <c r="J573">
+        <v>210</v>
+      </c>
+      <c r="K573">
+        <v>10</v>
+      </c>
+      <c r="L573" s="1">
+        <v>44635</v>
+      </c>
+      <c r="M573" s="2">
+        <v>9786556058771</v>
+      </c>
+      <c r="N573" t="s" s="3">
+        <v>1569</v>
+      </c>
+      <c r="O573" s="4">
+        <v>99.90</v>
+      </c>
+      <c r="P573" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574">
+        <v>573</v>
+      </c>
+      <c r="B574">
         <v>27663</v>
       </c>
-      <c r="C571" t="inlineStr">
+      <c r="C574" t="inlineStr">
         <is>
           <t>Televisión Digital - El Marketing ante los Retos de la Televisión Conectada - Colección Economía y Empresa – Director: David Vallespín Pérez – Coordinadora: Anna Gil Lafuente</t>
         </is>
       </c>
-      <c r="D571" t="s">
-[...2 lines deleted...]
-      <c r="F571">
+      <c r="D574" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F574">
         <v>226</v>
       </c>
-      <c r="G571">
+      <c r="G574">
         <v>280</v>
       </c>
-      <c r="H571" t="s">
-[...8 lines deleted...]
-      <c r="K571">
+      <c r="H574" t="s">
+        <v>21</v>
+      </c>
+      <c r="I574">
+        <v>150</v>
+      </c>
+      <c r="J574">
+        <v>210</v>
+      </c>
+      <c r="K574">
         <v>12</v>
       </c>
-      <c r="L571" s="1">
+      <c r="L574" s="1">
         <v>43553</v>
       </c>
-      <c r="M571" s="2">
+      <c r="M574" s="2">
         <v>9788536287232</v>
       </c>
-      <c r="N571" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O571" s="4">
+      <c r="N574" t="s" s="3">
+        <v>1571</v>
+      </c>
+      <c r="O574" s="4">
         <v>119.90</v>
-      </c>
-[...142 lines deleted...]
-        <v>209.90</v>
       </c>
       <c r="P574" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="575">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575">
-        <v>22687</v>
+        <v>22782</v>
       </c>
       <c r="C575" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="D575" t="s">
-        <v>1578</v>
+        <v>1573</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1574</v>
       </c>
       <c r="F575">
-        <v>324</v>
+        <v>410</v>
       </c>
       <c r="G575">
-        <v>430</v>
+        <v>480</v>
       </c>
       <c r="H575" t="s">
         <v>21</v>
       </c>
       <c r="I575">
         <v>150</v>
       </c>
       <c r="J575">
         <v>210</v>
       </c>
       <c r="K575">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="L575" s="1">
-        <v>41103</v>
+        <v>41180</v>
       </c>
       <c r="M575" s="2">
-        <v>9788536238555</v>
+        <v>9788536239385</v>
       </c>
       <c r="N575" t="s" s="3">
-        <v>1579</v>
+        <v>1575</v>
       </c>
       <c r="O575" s="4">
-        <v>159.90</v>
+        <v>189.90</v>
       </c>
       <c r="P575" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="576">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576">
-        <v>24100</v>
+        <v>29576</v>
       </c>
       <c r="C576" t="s">
-        <v>1580</v>
+        <v>1576</v>
       </c>
       <c r="D576" t="s">
-        <v>1581</v>
+        <v>405</v>
       </c>
       <c r="F576">
-        <v>460</v>
+        <v>222</v>
       </c>
       <c r="G576">
-        <v>570</v>
+        <v>275</v>
       </c>
       <c r="H576" t="s">
         <v>21</v>
       </c>
       <c r="I576">
         <v>150</v>
       </c>
       <c r="J576">
         <v>210</v>
       </c>
       <c r="K576">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="L576" s="1">
-        <v>42216</v>
+        <v>44642</v>
       </c>
       <c r="M576" s="2">
-        <v>9788536252889</v>
+        <v>9788536296074</v>
       </c>
       <c r="N576" t="s" s="3">
-        <v>1582</v>
+        <v>1577</v>
       </c>
       <c r="O576" s="4">
-        <v>199.90</v>
+        <v>119.90</v>
       </c>
       <c r="P576" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="577">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577">
-        <v>25599</v>
+        <v>24492</v>
       </c>
       <c r="C577" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="D577" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="F577">
-        <v>326</v>
+        <v>488</v>
       </c>
       <c r="G577">
-        <v>404</v>
+        <v>605</v>
       </c>
       <c r="H577" t="s">
         <v>21</v>
       </c>
       <c r="I577">
         <v>150</v>
       </c>
       <c r="J577">
         <v>210</v>
       </c>
       <c r="K577">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="L577" s="1">
-        <v>42835</v>
+        <v>42450</v>
       </c>
       <c r="M577" s="2">
-        <v>9788536266480</v>
+        <v>9788536256399</v>
       </c>
       <c r="N577" t="s" s="3">
-        <v>1584</v>
+        <v>1580</v>
       </c>
       <c r="O577" s="4">
-        <v>159.90</v>
+        <v>209.90</v>
       </c>
       <c r="P577" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="578">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578">
-        <v>26617</v>
+        <v>22687</v>
       </c>
       <c r="C578" t="s">
-        <v>1585</v>
+        <v>1581</v>
       </c>
       <c r="D578" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="F578">
-        <v>456</v>
+        <v>324</v>
       </c>
       <c r="G578">
-        <v>565</v>
+        <v>430</v>
       </c>
       <c r="H578" t="s">
         <v>21</v>
       </c>
       <c r="I578">
         <v>150</v>
       </c>
       <c r="J578">
         <v>210</v>
       </c>
       <c r="K578">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="L578" s="1">
-        <v>43160</v>
+        <v>41103</v>
       </c>
       <c r="M578" s="2">
-        <v>9788536276809</v>
+        <v>9788536238555</v>
       </c>
       <c r="N578" t="s" s="3">
-        <v>1586</v>
+        <v>1583</v>
       </c>
       <c r="O578" s="4">
-        <v>209.90</v>
+        <v>159.90</v>
       </c>
       <c r="P578" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="579">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579">
-        <v>28322</v>
+        <v>24100</v>
       </c>
       <c r="C579" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="D579" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="F579">
-        <v>428</v>
+        <v>460</v>
       </c>
       <c r="G579">
-        <v>531</v>
+        <v>570</v>
       </c>
       <c r="H579" t="s">
         <v>21</v>
       </c>
       <c r="I579">
         <v>150</v>
       </c>
       <c r="J579">
         <v>210</v>
       </c>
       <c r="K579">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L579" s="1">
-        <v>43864</v>
+        <v>42216</v>
       </c>
       <c r="M579" s="2">
-        <v>9788536293660</v>
+        <v>9788536252889</v>
       </c>
       <c r="N579" t="s" s="3">
-        <v>1588</v>
+        <v>1586</v>
       </c>
       <c r="O579" s="4">
         <v>199.90</v>
       </c>
       <c r="P579" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="580">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580">
-        <v>29589</v>
+        <v>25599</v>
       </c>
       <c r="C580" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="D580" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="F580">
-        <v>384</v>
+        <v>326</v>
       </c>
       <c r="G580">
-        <v>476</v>
+        <v>404</v>
       </c>
       <c r="H580" t="s">
         <v>21</v>
       </c>
       <c r="I580">
         <v>150</v>
       </c>
       <c r="J580">
         <v>210</v>
       </c>
       <c r="K580">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="L580" s="1">
-        <v>44642</v>
+        <v>42835</v>
       </c>
       <c r="M580" s="2">
-        <v>9788536296753</v>
+        <v>9788536266480</v>
       </c>
       <c r="N580" t="s" s="3">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="O580" s="4">
-        <v>179.90</v>
+        <v>159.90</v>
       </c>
       <c r="P580" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="581">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581">
-        <v>30547</v>
+        <v>26617</v>
       </c>
       <c r="C581" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="D581" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="F581">
-        <v>424</v>
+        <v>456</v>
       </c>
       <c r="G581">
-        <v>526</v>
+        <v>565</v>
       </c>
       <c r="H581" t="s">
         <v>21</v>
       </c>
       <c r="I581">
         <v>150</v>
       </c>
       <c r="J581">
         <v>210</v>
       </c>
       <c r="K581">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="L581" s="1">
-        <v>45103</v>
+        <v>43160</v>
       </c>
       <c r="M581" s="2">
-        <v>9786526305621</v>
+        <v>9788536276809</v>
       </c>
       <c r="N581" t="s" s="3">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="O581" s="4">
         <v>209.90</v>
       </c>
       <c r="P581" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="582">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582">
-        <v>31452</v>
+        <v>28322</v>
       </c>
       <c r="C582" t="s">
-        <v>1593</v>
+        <v>1591</v>
       </c>
       <c r="D582" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="F582">
-        <v>376</v>
+        <v>428</v>
       </c>
       <c r="G582">
-        <v>466</v>
+        <v>531</v>
       </c>
       <c r="H582" t="s">
         <v>21</v>
       </c>
       <c r="I582">
         <v>150</v>
       </c>
       <c r="J582">
         <v>210</v>
       </c>
       <c r="K582">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L582" s="1">
-        <v>45700</v>
+        <v>43864</v>
       </c>
       <c r="M582" s="2">
-        <v>9786526315514</v>
+        <v>9788536293660</v>
       </c>
       <c r="N582" t="s" s="3">
-        <v>1594</v>
+        <v>1592</v>
       </c>
       <c r="O582" s="4">
-        <v>179.90</v>
+        <v>199.90</v>
       </c>
       <c r="P582" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="583">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583">
-        <v>23788</v>
+        <v>29589</v>
       </c>
       <c r="C583" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="D583" t="s">
-        <v>1596</v>
+        <v>1585</v>
       </c>
       <c r="F583">
-        <v>120</v>
+        <v>384</v>
       </c>
       <c r="G583">
-        <v>149</v>
+        <v>476</v>
       </c>
       <c r="H583" t="s">
         <v>21</v>
       </c>
       <c r="I583">
         <v>150</v>
       </c>
       <c r="J583">
         <v>210</v>
       </c>
       <c r="K583">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="L583" s="1">
-        <v>42044</v>
+        <v>44642</v>
       </c>
       <c r="M583" s="2">
-        <v>9788536249971</v>
+        <v>9788536296753</v>
       </c>
       <c r="N583" t="s" s="3">
-        <v>1597</v>
+        <v>1594</v>
       </c>
       <c r="O583" s="4">
-        <v>79.90</v>
+        <v>179.90</v>
       </c>
       <c r="P583" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="584">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584">
-        <v>25648</v>
+        <v>30547</v>
       </c>
       <c r="C584" t="s">
-        <v>1598</v>
+        <v>1595</v>
       </c>
       <c r="D584" t="s">
-        <v>1599</v>
+        <v>1585</v>
       </c>
       <c r="F584">
-        <v>338</v>
+        <v>424</v>
       </c>
       <c r="G584">
-        <v>429</v>
+        <v>526</v>
       </c>
       <c r="H584" t="s">
         <v>21</v>
       </c>
       <c r="I584">
         <v>150</v>
       </c>
       <c r="J584">
         <v>210</v>
       </c>
       <c r="K584">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="L584" s="1">
-        <v>42851</v>
+        <v>45103</v>
       </c>
       <c r="M584" s="2">
-        <v>9788536266145</v>
+        <v>9786526305621</v>
       </c>
       <c r="N584" t="s" s="3">
-        <v>1600</v>
+        <v>1596</v>
       </c>
       <c r="O584" s="4">
-        <v>169.90</v>
+        <v>209.90</v>
       </c>
       <c r="P584" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="585">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585">
-        <v>28696</v>
+        <v>31452</v>
       </c>
       <c r="C585" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
       <c r="D585" t="s">
-        <v>1602</v>
+        <v>1585</v>
       </c>
       <c r="F585">
-        <v>494</v>
+        <v>376</v>
       </c>
       <c r="G585">
-        <v>613</v>
+        <v>466</v>
       </c>
       <c r="H585" t="s">
         <v>21</v>
       </c>
       <c r="I585">
         <v>150</v>
       </c>
       <c r="J585">
         <v>210</v>
       </c>
       <c r="K585">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L585" s="1">
-        <v>44236</v>
+        <v>45700</v>
       </c>
       <c r="M585" s="2">
-        <v>9786556052502</v>
+        <v>9786526315514</v>
       </c>
       <c r="N585" t="s" s="3">
-        <v>1603</v>
+        <v>1598</v>
       </c>
       <c r="O585" s="4">
-        <v>209.90</v>
+        <v>179.90</v>
       </c>
       <c r="P585" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="586">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586">
-        <v>28457</v>
+        <v>23788</v>
       </c>
       <c r="C586" t="s">
-        <v>1604</v>
+        <v>1599</v>
       </c>
       <c r="D586" t="s">
-        <v>1605</v>
+        <v>1600</v>
       </c>
       <c r="F586">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="G586">
-        <v>186</v>
+        <v>149</v>
       </c>
       <c r="H586" t="s">
         <v>21</v>
       </c>
       <c r="I586">
         <v>150</v>
       </c>
       <c r="J586">
         <v>210</v>
       </c>
       <c r="K586">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L586" s="1">
-        <v>43935</v>
+        <v>42044</v>
       </c>
       <c r="M586" s="2">
-        <v>9788536295022</v>
+        <v>9788536249971</v>
       </c>
       <c r="N586" t="s" s="3">
-        <v>1606</v>
+        <v>1601</v>
       </c>
       <c r="O586" s="4">
-        <v>77.70</v>
+        <v>79.90</v>
       </c>
       <c r="P586" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="587">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587">
-        <v>28231</v>
+        <v>25648</v>
       </c>
       <c r="C587" t="s">
-        <v>1607</v>
+        <v>1602</v>
       </c>
       <c r="D587" t="s">
-        <v>1608</v>
+        <v>1603</v>
       </c>
       <c r="F587">
-        <v>206</v>
+        <v>338</v>
       </c>
       <c r="G587">
-        <v>255</v>
+        <v>429</v>
       </c>
       <c r="H587" t="s">
         <v>21</v>
       </c>
       <c r="I587">
         <v>150</v>
       </c>
       <c r="J587">
         <v>210</v>
       </c>
       <c r="K587">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="L587" s="1">
-        <v>43843</v>
+        <v>42851</v>
       </c>
       <c r="M587" s="2">
-        <v>9788536292205</v>
+        <v>9788536266145</v>
       </c>
       <c r="N587" t="s" s="3">
-        <v>1609</v>
+        <v>1604</v>
       </c>
       <c r="O587" s="4">
-        <v>109.90</v>
+        <v>169.90</v>
       </c>
       <c r="P587" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="588">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588">
+        <v>28696</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F588">
+        <v>494</v>
+      </c>
+      <c r="G588">
+        <v>613</v>
+      </c>
+      <c r="H588" t="s">
+        <v>21</v>
+      </c>
+      <c r="I588">
+        <v>150</v>
+      </c>
+      <c r="J588">
+        <v>210</v>
+      </c>
+      <c r="K588">
+        <v>25</v>
+      </c>
+      <c r="L588" s="1">
+        <v>44236</v>
+      </c>
+      <c r="M588" s="2">
+        <v>9786556052502</v>
+      </c>
+      <c r="N588" t="s" s="3">
+        <v>1607</v>
+      </c>
+      <c r="O588" s="4">
+        <v>209.90</v>
+      </c>
+      <c r="P588" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589">
+        <v>588</v>
+      </c>
+      <c r="B589">
+        <v>28457</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F589">
+        <v>150</v>
+      </c>
+      <c r="G589">
+        <v>186</v>
+      </c>
+      <c r="H589" t="s">
+        <v>21</v>
+      </c>
+      <c r="I589">
+        <v>150</v>
+      </c>
+      <c r="J589">
+        <v>210</v>
+      </c>
+      <c r="K589">
+        <v>8</v>
+      </c>
+      <c r="L589" s="1">
+        <v>43935</v>
+      </c>
+      <c r="M589" s="2">
+        <v>9788536295022</v>
+      </c>
+      <c r="N589" t="s" s="3">
+        <v>1610</v>
+      </c>
+      <c r="O589" s="4">
+        <v>77.70</v>
+      </c>
+      <c r="P589" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590">
+        <v>589</v>
+      </c>
+      <c r="B590">
+        <v>28231</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F590">
+        <v>206</v>
+      </c>
+      <c r="G590">
+        <v>255</v>
+      </c>
+      <c r="H590" t="s">
+        <v>21</v>
+      </c>
+      <c r="I590">
+        <v>150</v>
+      </c>
+      <c r="J590">
+        <v>210</v>
+      </c>
+      <c r="K590">
+        <v>11</v>
+      </c>
+      <c r="L590" s="1">
+        <v>43843</v>
+      </c>
+      <c r="M590" s="2">
+        <v>9788536292205</v>
+      </c>
+      <c r="N590" t="s" s="3">
+        <v>1613</v>
+      </c>
+      <c r="O590" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P590" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591">
+        <v>590</v>
+      </c>
+      <c r="B591">
         <v>28613</v>
       </c>
-      <c r="C588" t="inlineStr">
+      <c r="C591" t="inlineStr">
         <is>
           <t>Terceirização de Mão de Obra - Metodologia Avançada de Análise de Decisões (MAAD) na Lógica Argumentativa de Stephen E. Toulmin - A Súmula 331 do TST e a Proibição da Terceirização de Mão de Obra - Biblioteca IDP - Juruá</t>
         </is>
       </c>
-      <c r="D588" t="s">
-[...2 lines deleted...]
-      <c r="F588">
+      <c r="D591" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F591">
         <v>164</v>
       </c>
-      <c r="G588">
+      <c r="G591">
         <v>203</v>
       </c>
-      <c r="H588" t="s">
-[...8 lines deleted...]
-      <c r="K588">
+      <c r="H591" t="s">
+        <v>21</v>
+      </c>
+      <c r="I591">
+        <v>150</v>
+      </c>
+      <c r="J591">
+        <v>210</v>
+      </c>
+      <c r="K591">
         <v>9</v>
       </c>
-      <c r="L588" s="1">
+      <c r="L591" s="1">
         <v>44041</v>
       </c>
-      <c r="M588" s="2">
+      <c r="M591" s="2">
         <v>9786556051727</v>
       </c>
-      <c r="N588" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O588" s="4">
+      <c r="N591" t="s" s="3">
+        <v>1615</v>
+      </c>
+      <c r="O591" s="4">
         <v>89.90</v>
       </c>
-      <c r="P588" t="s">
-[...7 lines deleted...]
-      <c r="B589">
+      <c r="P591" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592">
+        <v>591</v>
+      </c>
+      <c r="B592">
         <v>29048</v>
       </c>
-      <c r="C589" t="s">
-[...5 lines deleted...]
-      <c r="F589">
+      <c r="C592" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F592">
         <v>124</v>
       </c>
-      <c r="G589">
+      <c r="G592">
         <v>154</v>
       </c>
-      <c r="H589" t="s">
-[...8 lines deleted...]
-      <c r="K589">
+      <c r="H592" t="s">
+        <v>21</v>
+      </c>
+      <c r="I592">
+        <v>150</v>
+      </c>
+      <c r="J592">
+        <v>210</v>
+      </c>
+      <c r="K592">
         <v>7</v>
       </c>
-      <c r="L589" s="1">
+      <c r="L592" s="1">
         <v>44314</v>
       </c>
-      <c r="M589" s="2">
+      <c r="M592" s="2">
         <v>9786556055107</v>
       </c>
-      <c r="N589" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O589" s="4">
+      <c r="N592" t="s" s="3">
+        <v>1618</v>
+      </c>
+      <c r="O592" s="4">
         <v>89.90</v>
       </c>
-      <c r="P589" t="s">
-[...7 lines deleted...]
-      <c r="B590">
+      <c r="P592" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593">
+        <v>592</v>
+      </c>
+      <c r="B593">
         <v>29074</v>
       </c>
-      <c r="C590" t="inlineStr">
+      <c r="C593" t="inlineStr">
         <is>
           <t>Tornozeleira Eletrônica - Análise Comparada (Brasil x EUA x Portugal) dos Parâmetros e Limites Constitucionais da Utilização da Monitoração Eletrônica - De acordo com o Pacote Anticrime (Lei 13.964/2019)</t>
         </is>
       </c>
-      <c r="D590" t="s">
-[...2 lines deleted...]
-      <c r="F590">
+      <c r="D593" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F593">
         <v>172</v>
       </c>
-      <c r="G590">
+      <c r="G593">
         <v>213</v>
       </c>
-      <c r="H590" t="s">
-[...8 lines deleted...]
-      <c r="K590">
+      <c r="H593" t="s">
+        <v>21</v>
+      </c>
+      <c r="I593">
+        <v>150</v>
+      </c>
+      <c r="J593">
+        <v>210</v>
+      </c>
+      <c r="K593">
         <v>9</v>
       </c>
-      <c r="L590" s="1">
+      <c r="L593" s="1">
         <v>44329</v>
       </c>
-      <c r="M590" s="2">
+      <c r="M593" s="2">
         <v>9786556055145</v>
       </c>
-      <c r="N590" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O590" s="4">
+      <c r="N593" t="s" s="3">
+        <v>1620</v>
+      </c>
+      <c r="O593" s="4">
         <v>99.90</v>
       </c>
-      <c r="P590" t="s">
-[...7 lines deleted...]
-      <c r="B591">
+      <c r="P593" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594">
+        <v>593</v>
+      </c>
+      <c r="B594">
         <v>23960</v>
       </c>
-      <c r="C591" t="s">
-[...5 lines deleted...]
-      <c r="F591">
+      <c r="C594" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F594">
         <v>186</v>
       </c>
-      <c r="G591">
+      <c r="G594">
         <v>231</v>
       </c>
-      <c r="H591" t="s">
-[...8 lines deleted...]
-      <c r="K591">
+      <c r="H594" t="s">
+        <v>21</v>
+      </c>
+      <c r="I594">
+        <v>150</v>
+      </c>
+      <c r="J594">
+        <v>210</v>
+      </c>
+      <c r="K594">
         <v>10</v>
       </c>
-      <c r="L591" s="1">
+      <c r="L594" s="1">
         <v>42146</v>
       </c>
-      <c r="M591" s="2">
+      <c r="M594" s="2">
         <v>9788536251301</v>
       </c>
-      <c r="N591" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O591" s="4">
+      <c r="N594" t="s" s="3">
+        <v>1623</v>
+      </c>
+      <c r="O594" s="4">
         <v>99.90</v>
       </c>
-      <c r="P591" t="s">
-[...7 lines deleted...]
-      <c r="B592">
+      <c r="P594" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595">
+        <v>594</v>
+      </c>
+      <c r="B595">
         <v>25061</v>
       </c>
-      <c r="C592" t="inlineStr">
+      <c r="C595" t="inlineStr">
         <is>
           <t>Trabajo Autónomo - Régimen Jurídico de la Prestación de Servicios - Tras las Reformas Legislativas de 2015 - Teoría y Práctica - Colección Derecho del Trabajo y Seguridad Social - Coordinadora: Yolanda Sánchez-Urán Azaña</t>
         </is>
       </c>
-      <c r="D592" t="s">
-[...2 lines deleted...]
-      <c r="E592" t="s">
+      <c r="D595" t="s">
+        <v>1624</v>
+      </c>
+      <c r="E595" t="s">
         <v>44</v>
       </c>
-      <c r="F592">
+      <c r="F595">
         <v>178</v>
       </c>
-      <c r="G592">
+      <c r="G595">
         <v>221</v>
       </c>
-      <c r="H592" t="s">
-[...8 lines deleted...]
-      <c r="K592">
+      <c r="H595" t="s">
+        <v>21</v>
+      </c>
+      <c r="I595">
+        <v>150</v>
+      </c>
+      <c r="J595">
+        <v>210</v>
+      </c>
+      <c r="K595">
         <v>10</v>
       </c>
-      <c r="L592" s="1">
+      <c r="L595" s="1">
         <v>42636</v>
       </c>
-      <c r="M592" s="2">
+      <c r="M595" s="2">
         <v>9788536261669</v>
       </c>
-      <c r="N592" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O592" s="4">
+      <c r="N595" t="s" s="3">
+        <v>1625</v>
+      </c>
+      <c r="O595" s="4">
         <v>97.70</v>
-      </c>
-[...139 lines deleted...]
-        <v>299.90</v>
       </c>
       <c r="P595" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="596">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596">
-        <v>23981</v>
+        <v>21337</v>
       </c>
       <c r="C596" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
       <c r="D596" t="s">
-        <v>1042</v>
+        <v>1627</v>
       </c>
       <c r="F596">
-        <v>602</v>
+        <v>504</v>
       </c>
       <c r="G596">
-        <v>745</v>
+        <v>610</v>
       </c>
       <c r="H596" t="s">
-        <v>659</v>
+        <v>21</v>
       </c>
       <c r="I596">
         <v>150</v>
       </c>
       <c r="J596">
         <v>210</v>
       </c>
       <c r="K596">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="L596" s="1">
-        <v>42157</v>
+        <v>40100</v>
       </c>
       <c r="M596" s="2">
-        <v>9788536251325</v>
+        <v>9788536226507</v>
       </c>
       <c r="N596" t="s" s="3">
-        <v>1630</v>
+        <v>1628</v>
       </c>
       <c r="O596" s="4">
-        <v>239.90</v>
+        <v>209.90</v>
       </c>
       <c r="P596" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="597">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597">
-        <v>23982</v>
+        <v>23979</v>
       </c>
       <c r="C597" t="s">
-        <v>1631</v>
+        <v>1629</v>
       </c>
       <c r="D597" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="F597">
-        <v>786</v>
+        <v>354</v>
       </c>
       <c r="G597">
-        <v>972</v>
+        <v>437</v>
       </c>
       <c r="H597" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="I597">
         <v>150</v>
       </c>
       <c r="J597">
         <v>210</v>
       </c>
       <c r="K597">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="L597" s="1">
         <v>42157</v>
       </c>
       <c r="M597" s="2">
-        <v>9788536251332</v>
+        <v>9788536250892</v>
       </c>
       <c r="N597" t="s" s="3">
-        <v>1632</v>
+        <v>1630</v>
       </c>
       <c r="O597" s="4">
-        <v>309.90</v>
+        <v>159.90</v>
       </c>
       <c r="P597" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="598">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598">
-        <v>28447</v>
+        <v>23980</v>
       </c>
       <c r="C598" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="D598" t="s">
-        <v>1634</v>
+        <v>1043</v>
       </c>
       <c r="F598">
-        <v>150</v>
+        <v>722</v>
       </c>
       <c r="G598">
-        <v>186</v>
+        <v>893</v>
       </c>
       <c r="H598" t="s">
-        <v>21</v>
+        <v>660</v>
       </c>
       <c r="I598">
         <v>150</v>
       </c>
       <c r="J598">
         <v>210</v>
       </c>
       <c r="K598">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="L598" s="1">
-        <v>43928</v>
+        <v>42157</v>
       </c>
       <c r="M598" s="2">
-        <v>9788536294650</v>
+        <v>9788536250885</v>
       </c>
       <c r="N598" t="s" s="3">
-        <v>1635</v>
+        <v>1632</v>
       </c>
       <c r="O598" s="4">
-        <v>89.90</v>
+        <v>299.90</v>
       </c>
       <c r="P598" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="599">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599">
-        <v>28038</v>
+        <v>23981</v>
       </c>
       <c r="C599" t="s">
-        <v>1636</v>
+        <v>1633</v>
       </c>
       <c r="D599" t="s">
-        <v>1637</v>
+        <v>1043</v>
       </c>
       <c r="F599">
-        <v>174</v>
+        <v>602</v>
       </c>
       <c r="G599">
-        <v>216</v>
+        <v>745</v>
       </c>
       <c r="H599" t="s">
-        <v>21</v>
+        <v>660</v>
       </c>
       <c r="I599">
         <v>150</v>
       </c>
       <c r="J599">
         <v>210</v>
       </c>
       <c r="K599">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="L599" s="1">
-        <v>43714</v>
+        <v>42157</v>
       </c>
       <c r="M599" s="2">
-        <v>9788536290966</v>
+        <v>9788536251325</v>
       </c>
       <c r="N599" t="s" s="3">
-        <v>1638</v>
+        <v>1634</v>
       </c>
       <c r="O599" s="4">
-        <v>89.90</v>
+        <v>239.90</v>
       </c>
       <c r="P599" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="600">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600">
-        <v>21267</v>
+        <v>23982</v>
       </c>
       <c r="C600" t="s">
-        <v>1639</v>
+        <v>1635</v>
       </c>
       <c r="D600" t="s">
-        <v>1640</v>
+        <v>1043</v>
       </c>
       <c r="F600">
-        <v>656</v>
+        <v>786</v>
       </c>
       <c r="G600">
-        <v>1005</v>
+        <v>972</v>
       </c>
       <c r="H600" t="s">
-        <v>21</v>
+        <v>660</v>
       </c>
       <c r="I600">
         <v>150</v>
       </c>
       <c r="J600">
         <v>210</v>
       </c>
       <c r="K600">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="L600" s="1">
-        <v>40050</v>
+        <v>42157</v>
       </c>
       <c r="M600" s="2">
-        <v>9788536225562</v>
+        <v>9788536251332</v>
       </c>
       <c r="N600" t="s" s="3">
-        <v>1641</v>
+        <v>1636</v>
       </c>
       <c r="O600" s="4">
-        <v>249.90</v>
+        <v>309.90</v>
       </c>
       <c r="P600" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="601">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601">
-        <v>24832</v>
+        <v>28447</v>
       </c>
       <c r="C601" t="s">
-        <v>1642</v>
+        <v>1637</v>
       </c>
       <c r="D601" t="s">
-        <v>1643</v>
+        <v>1638</v>
       </c>
       <c r="F601">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="G601">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="H601" t="s">
         <v>21</v>
       </c>
       <c r="I601">
         <v>150</v>
       </c>
       <c r="J601">
         <v>210</v>
       </c>
       <c r="K601">
         <v>8</v>
       </c>
       <c r="L601" s="1">
-        <v>42566</v>
+        <v>43928</v>
       </c>
       <c r="M601" s="2">
-        <v>9788536259772</v>
+        <v>9788536294650</v>
       </c>
       <c r="N601" t="s" s="3">
-        <v>1644</v>
+        <v>1639</v>
       </c>
       <c r="O601" s="4">
-        <v>79.90</v>
+        <v>89.90</v>
       </c>
       <c r="P601" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="602">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602">
+        <v>28038</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F602">
+        <v>174</v>
+      </c>
+      <c r="G602">
+        <v>216</v>
+      </c>
+      <c r="H602" t="s">
+        <v>21</v>
+      </c>
+      <c r="I602">
+        <v>150</v>
+      </c>
+      <c r="J602">
+        <v>210</v>
+      </c>
+      <c r="K602">
+        <v>10</v>
+      </c>
+      <c r="L602" s="1">
+        <v>43714</v>
+      </c>
+      <c r="M602" s="2">
+        <v>9788536290966</v>
+      </c>
+      <c r="N602" t="s" s="3">
+        <v>1642</v>
+      </c>
+      <c r="O602" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P602" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="603">
+      <c r="A603">
+        <v>602</v>
+      </c>
+      <c r="B603">
+        <v>21267</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F603">
+        <v>656</v>
+      </c>
+      <c r="G603">
+        <v>1005</v>
+      </c>
+      <c r="H603" t="s">
+        <v>21</v>
+      </c>
+      <c r="I603">
+        <v>150</v>
+      </c>
+      <c r="J603">
+        <v>210</v>
+      </c>
+      <c r="K603">
+        <v>33</v>
+      </c>
+      <c r="L603" s="1">
+        <v>40050</v>
+      </c>
+      <c r="M603" s="2">
+        <v>9788536225562</v>
+      </c>
+      <c r="N603" t="s" s="3">
+        <v>1645</v>
+      </c>
+      <c r="O603" s="4">
+        <v>249.90</v>
+      </c>
+      <c r="P603" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="604">
+      <c r="A604">
+        <v>603</v>
+      </c>
+      <c r="B604">
+        <v>24832</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F604">
+        <v>136</v>
+      </c>
+      <c r="G604">
+        <v>169</v>
+      </c>
+      <c r="H604" t="s">
+        <v>21</v>
+      </c>
+      <c r="I604">
+        <v>150</v>
+      </c>
+      <c r="J604">
+        <v>210</v>
+      </c>
+      <c r="K604">
+        <v>8</v>
+      </c>
+      <c r="L604" s="1">
+        <v>42566</v>
+      </c>
+      <c r="M604" s="2">
+        <v>9788536259772</v>
+      </c>
+      <c r="N604" t="s" s="3">
+        <v>1648</v>
+      </c>
+      <c r="O604" s="4">
+        <v>79.90</v>
+      </c>
+      <c r="P604" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="605">
+      <c r="A605">
+        <v>604</v>
+      </c>
+      <c r="B605">
         <v>29089</v>
       </c>
-      <c r="C602" t="inlineStr">
+      <c r="C605" t="inlineStr">
         <is>
           <t>Tributação, Consumo e Meio Ambiente - A Tributação Ambiental como Controle do Consumo e seus Reflexos no Meio Ambiente - Prefácio da Professora Maria de Fátima Ribeiro</t>
         </is>
       </c>
-      <c r="D602" t="s">
-[...2 lines deleted...]
-      <c r="F602">
+      <c r="D605" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F605">
         <v>196</v>
       </c>
-      <c r="G602">
+      <c r="G605">
         <v>243</v>
       </c>
-      <c r="H602" t="s">
-[...8 lines deleted...]
-      <c r="K602">
+      <c r="H605" t="s">
+        <v>21</v>
+      </c>
+      <c r="I605">
+        <v>150</v>
+      </c>
+      <c r="J605">
+        <v>210</v>
+      </c>
+      <c r="K605">
         <v>10</v>
       </c>
-      <c r="L602" s="1">
+      <c r="L605" s="1">
         <v>44343</v>
       </c>
-      <c r="M602" s="2">
+      <c r="M605" s="2">
         <v>9786556055190</v>
       </c>
-      <c r="N602" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O602" s="4">
+      <c r="N605" t="s" s="3">
+        <v>1650</v>
+      </c>
+      <c r="O605" s="4">
         <v>109.90</v>
-      </c>
-[...139 lines deleted...]
-        <v>169.90</v>
       </c>
       <c r="P605" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="606">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606">
-        <v>20683</v>
+        <v>31288</v>
       </c>
       <c r="C606" t="s">
-        <v>1656</v>
+        <v>1651</v>
       </c>
       <c r="D606" t="s">
-        <v>1657</v>
+        <v>1652</v>
       </c>
       <c r="F606">
-        <v>174</v>
+        <v>352</v>
       </c>
       <c r="G606">
-        <v>120</v>
+        <v>437</v>
       </c>
       <c r="H606" t="s">
         <v>21</v>
       </c>
       <c r="I606">
         <v>150</v>
       </c>
       <c r="J606">
         <v>210</v>
       </c>
       <c r="K606">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="L606" s="1">
-        <v>39581</v>
+        <v>45595</v>
       </c>
       <c r="M606" s="2">
-        <v>9788536219837</v>
+        <v>9786526311677</v>
       </c>
       <c r="N606" t="s" s="3">
-        <v>1658</v>
+        <v>1653</v>
       </c>
       <c r="O606" s="4">
-        <v>99.90</v>
+        <v>159.90</v>
       </c>
       <c r="P606" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="607">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607">
-        <v>27443</v>
+        <v>28810</v>
       </c>
       <c r="C607" t="s">
-        <v>1659</v>
+        <v>1654</v>
       </c>
       <c r="D607" t="s">
-        <v>1660</v>
+        <v>1655</v>
       </c>
       <c r="F607">
-        <v>98</v>
+        <v>178</v>
       </c>
       <c r="G607">
-        <v>122</v>
+        <v>213</v>
       </c>
       <c r="H607" t="s">
         <v>21</v>
       </c>
       <c r="I607">
         <v>150</v>
       </c>
       <c r="J607">
         <v>210</v>
       </c>
       <c r="K607">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L607" s="1">
-        <v>43438</v>
+        <v>44166</v>
       </c>
       <c r="M607" s="2">
-        <v>9788536285061</v>
+        <v>9786556053585</v>
       </c>
       <c r="N607" t="s" s="3">
-        <v>1661</v>
+        <v>1656</v>
       </c>
       <c r="O607" s="4">
-        <v>69.90</v>
+        <v>99.90</v>
       </c>
       <c r="P607" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="608">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608">
-        <v>28647</v>
+        <v>29274</v>
       </c>
       <c r="C608" t="s">
-        <v>1662</v>
+        <v>1657</v>
       </c>
       <c r="D608" t="s">
-        <v>1663</v>
+        <v>1658</v>
       </c>
       <c r="F608">
-        <v>150</v>
+        <v>318</v>
       </c>
       <c r="G608">
-        <v>186</v>
+        <v>394</v>
       </c>
       <c r="H608" t="s">
         <v>21</v>
       </c>
       <c r="I608">
         <v>150</v>
       </c>
       <c r="J608">
         <v>210</v>
       </c>
       <c r="K608">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="L608" s="1">
-        <v>44063</v>
+        <v>44468</v>
       </c>
       <c r="M608" s="2">
-        <v>9786556051109</v>
+        <v>9786556057743</v>
       </c>
       <c r="N608" t="s" s="3">
-        <v>1664</v>
+        <v>1659</v>
       </c>
       <c r="O608" s="4">
-        <v>89.90</v>
+        <v>169.90</v>
       </c>
       <c r="P608" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="609">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609">
-        <v>29216</v>
+        <v>20683</v>
       </c>
       <c r="C609" t="s">
-        <v>1665</v>
+        <v>1660</v>
       </c>
       <c r="D609" t="s">
-        <v>1666</v>
+        <v>1661</v>
       </c>
       <c r="F609">
-        <v>336</v>
+        <v>174</v>
       </c>
       <c r="G609">
-        <v>417</v>
+        <v>120</v>
       </c>
       <c r="H609" t="s">
         <v>21</v>
       </c>
       <c r="I609">
         <v>150</v>
       </c>
       <c r="J609">
         <v>210</v>
       </c>
       <c r="K609">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="L609" s="1">
-        <v>44431</v>
+        <v>39581</v>
       </c>
       <c r="M609" s="2">
-        <v>9786556057309</v>
+        <v>9788536219837</v>
       </c>
       <c r="N609" t="s" s="3">
-        <v>1667</v>
+        <v>1662</v>
       </c>
       <c r="O609" s="4">
-        <v>179.90</v>
+        <v>99.90</v>
       </c>
       <c r="P609" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="610">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610">
-        <v>26927</v>
+        <v>27443</v>
       </c>
       <c r="C610" t="s">
-        <v>1668</v>
+        <v>1663</v>
       </c>
       <c r="D610" t="s">
-        <v>1669</v>
+        <v>1664</v>
       </c>
       <c r="F610">
-        <v>206</v>
+        <v>98</v>
       </c>
       <c r="G610">
-        <v>255</v>
+        <v>122</v>
       </c>
       <c r="H610" t="s">
         <v>21</v>
       </c>
       <c r="I610">
         <v>150</v>
       </c>
       <c r="J610">
         <v>210</v>
       </c>
       <c r="K610">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="L610" s="1">
-        <v>43266</v>
+        <v>43438</v>
       </c>
       <c r="M610" s="2">
-        <v>9788536280127</v>
+        <v>9788536285061</v>
       </c>
       <c r="N610" t="s" s="3">
-        <v>1670</v>
+        <v>1665</v>
       </c>
       <c r="O610" s="4">
-        <v>109.90</v>
+        <v>69.90</v>
       </c>
       <c r="P610" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="611">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611">
+        <v>28647</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F611">
+        <v>150</v>
+      </c>
+      <c r="G611">
+        <v>186</v>
+      </c>
+      <c r="H611" t="s">
+        <v>21</v>
+      </c>
+      <c r="I611">
+        <v>150</v>
+      </c>
+      <c r="J611">
+        <v>210</v>
+      </c>
+      <c r="K611">
+        <v>8</v>
+      </c>
+      <c r="L611" s="1">
+        <v>44063</v>
+      </c>
+      <c r="M611" s="2">
+        <v>9786556051109</v>
+      </c>
+      <c r="N611" t="s" s="3">
+        <v>1668</v>
+      </c>
+      <c r="O611" s="4">
+        <v>89.90</v>
+      </c>
+      <c r="P611" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="612">
+      <c r="A612">
+        <v>611</v>
+      </c>
+      <c r="B612">
+        <v>29216</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F612">
+        <v>336</v>
+      </c>
+      <c r="G612">
+        <v>417</v>
+      </c>
+      <c r="H612" t="s">
+        <v>21</v>
+      </c>
+      <c r="I612">
+        <v>150</v>
+      </c>
+      <c r="J612">
+        <v>210</v>
+      </c>
+      <c r="K612">
+        <v>17</v>
+      </c>
+      <c r="L612" s="1">
+        <v>44431</v>
+      </c>
+      <c r="M612" s="2">
+        <v>9786556057309</v>
+      </c>
+      <c r="N612" t="s" s="3">
+        <v>1671</v>
+      </c>
+      <c r="O612" s="4">
+        <v>179.90</v>
+      </c>
+      <c r="P612" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="613">
+      <c r="A613">
+        <v>612</v>
+      </c>
+      <c r="B613">
+        <v>26927</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F613">
+        <v>206</v>
+      </c>
+      <c r="G613">
+        <v>255</v>
+      </c>
+      <c r="H613" t="s">
+        <v>21</v>
+      </c>
+      <c r="I613">
+        <v>150</v>
+      </c>
+      <c r="J613">
+        <v>210</v>
+      </c>
+      <c r="K613">
+        <v>11</v>
+      </c>
+      <c r="L613" s="1">
+        <v>43266</v>
+      </c>
+      <c r="M613" s="2">
+        <v>9788536280127</v>
+      </c>
+      <c r="N613" t="s" s="3">
+        <v>1674</v>
+      </c>
+      <c r="O613" s="4">
+        <v>109.90</v>
+      </c>
+      <c r="P613" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="614">
+      <c r="A614">
+        <v>613</v>
+      </c>
+      <c r="B614">
         <v>26725</v>
       </c>
-      <c r="C611" t="s">
-[...5 lines deleted...]
-      <c r="F611">
+      <c r="C614" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D614" t="s">
+        <v>695</v>
+      </c>
+      <c r="F614">
         <v>180</v>
       </c>
-      <c r="G611">
+      <c r="G614">
         <v>223</v>
       </c>
-      <c r="H611" t="s">
-[...8 lines deleted...]
-      <c r="K611">
+      <c r="H614" t="s">
+        <v>21</v>
+      </c>
+      <c r="I614">
+        <v>150</v>
+      </c>
+      <c r="J614">
+        <v>210</v>
+      </c>
+      <c r="K614">
         <v>10</v>
       </c>
-      <c r="L611" s="1">
+      <c r="L614" s="1">
         <v>43210</v>
       </c>
-      <c r="M611" s="2">
+      <c r="M614" s="2">
         <v>9788536278117</v>
       </c>
-      <c r="N611" t="s" s="3">
-[...2 lines deleted...]
-      <c r="O611" s="4">
+      <c r="N614" t="s" s="3">
+        <v>1676</v>
+      </c>
+      <c r="O614" s="4">
         <v>99.90</v>
       </c>
-      <c r="P611" t="s">
+      <c r="P614" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>